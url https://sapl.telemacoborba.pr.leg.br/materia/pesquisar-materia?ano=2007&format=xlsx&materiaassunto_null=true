--- v0 (2025-12-09)
+++ v1 (2026-03-15)
@@ -51,204 +51,204 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>15366</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15366/pdl_no_146-2007.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15366/pdl_no_146-2007.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Nº 146/2007, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que "APROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO FINANCEIRO DE 2002".</t>
   </si>
   <si>
     <t>15367</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15367/pdl_no_147-2007.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15367/pdl_no_147-2007.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Nº 147/2007, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que "APROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO FINANCEIRO DE 2003".</t>
   </si>
   <si>
     <t>16379</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16379/projeto_de_decreto_legislativo_no_148-07.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16379/projeto_de_decreto_legislativo_no_148-07.pdf</t>
   </si>
   <si>
     <t>SÚMULA:” CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, AO PRESIDENTE LUIZ INÁCIO LULA DA SILVA”.</t>
   </si>
   <si>
     <t>16381</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16381/projeto_de_decreto_legislativo_no_149-07.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16381/projeto_de_decreto_legislativo_no_149-07.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ”CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, AO GOVERNADOR ROBERTO REQUIÃO DE MELLO E SILVA.”</t>
   </si>
   <si>
     <t>16385</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16385/projetode_decreto_legislativo_no_150-07.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16385/projetode_decreto_legislativo_no_150-07.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “ CONCEDE O TÍTULO DE HONRA AO MÉRITO À INDUSTRIA KLABIN S/A.”</t>
   </si>
   <si>
     <t>15368</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15368/pdl_no_151-2007.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15368/pdl_no_151-2007.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Nº 151/2007, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que "APROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO FINANCEIRO DE 1999".</t>
   </si>
   <si>
     <t>15369</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15369/pdl_no_152-2007.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15369/pdl_no_152-2007.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Nº 152/2007, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que "APROVA A PRESTAÇÃO DE CONTAS DO FUNDO DO REEQUIPAMENTO DO CORPO DE BOMBEIROS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO FINANCEIRO DE 1999".</t>
   </si>
   <si>
     <t>15370</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15370/pdl_no_153-2007_fms.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15370/pdl_no_153-2007_fms.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Nº 153/2007, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que "APROVA A PRESTAÇÃO DE CONTAS DO FUNDO MUNICIPAL DE SAÚDE DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO FINANCEIRO DE 1999".</t>
   </si>
   <si>
     <t>15371</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15371/pdl_no_154-2007_-_funprev.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15371/pdl_no_154-2007_-_funprev.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Nº 154/2007, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que "APROVA A PRESTAÇÃO DE CONTAS DO FUNDO PREVIDENCIÁRIO DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO FINANCEIRO DE 1999".</t>
   </si>
   <si>
     <t>15389</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15389/pdl_no_155-2007.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15389/pdl_no_155-2007.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Nº 155/2007, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que "APROVA A PRESTAÇÃO DE CONTAS DO FUNDO MUNICIPAL DO DESENVOLVIMENTO INDUSTRIAL DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO FINANCEIRO DE 1999".</t>
   </si>
   <si>
     <t>16390</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16390/projeto_de_decreto_legislativo_no_152-07.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16390/projeto_de_decreto_legislativo_no_152-07.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “APROVA A PRESTAÇÃO DE CONTAS DO FUNDO DO REEQUIPAMENTO DO CORPO DE BOMBEIROS DO MUNIÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO FINANCEIRO DE 1999”.</t>
   </si>
   <si>
     <t>16286</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16286/projeto_de_resolucao_no_001-07.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16286/projeto_de_resolucao_no_001-07.pdf</t>
   </si>
   <si>
     <t>SÚMULA: "AUTORIZA A CÂMARA MUNICIPAL DE TELÊMACO BORBA A REUNIR-SE TEMPORARIAMENTE NA SEDE DA ASSOCIAÇÃO COMERCIAL E EMPRESARIAL DE TELÊMACO BORBA - ACITEL".</t>
   </si>
   <si>
     <t>16288</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16288/projeto_de_resolucao_no_002-2007.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16288/projeto_de_resolucao_no_002-2007.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “Dispõe sobre o Sistema do Controle Interno do Legislativo Municipal, nos termos dos artigos 70 e 74 da Constituição Federal, do artigo 59 da Lei Complementar nº 101/2000 e do artigo 94 da Lei Orgânica do Município e cria a Unidade de Controle Interno da Câmara Municipal de Telêmaco Borba”.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -555,68 +555,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15366/pdl_no_146-2007.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15367/pdl_no_147-2007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16379/projeto_de_decreto_legislativo_no_148-07.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16381/projeto_de_decreto_legislativo_no_149-07.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16385/projetode_decreto_legislativo_no_150-07.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15368/pdl_no_151-2007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15369/pdl_no_152-2007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15370/pdl_no_153-2007_fms.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15371/pdl_no_154-2007_-_funprev.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15389/pdl_no_155-2007.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16390/projeto_de_decreto_legislativo_no_152-07.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16286/projeto_de_resolucao_no_001-07.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16288/projeto_de_resolucao_no_002-2007.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15366/pdl_no_146-2007.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15367/pdl_no_147-2007.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16379/projeto_de_decreto_legislativo_no_148-07.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16381/projeto_de_decreto_legislativo_no_149-07.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16385/projetode_decreto_legislativo_no_150-07.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15368/pdl_no_151-2007.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15369/pdl_no_152-2007.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15370/pdl_no_153-2007_fms.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15371/pdl_no_154-2007_-_funprev.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/15389/pdl_no_155-2007.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16390/projeto_de_decreto_legislativo_no_152-07.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16286/projeto_de_resolucao_no_001-07.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2007/16288/projeto_de_resolucao_no_002-2007.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="120.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="119.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>