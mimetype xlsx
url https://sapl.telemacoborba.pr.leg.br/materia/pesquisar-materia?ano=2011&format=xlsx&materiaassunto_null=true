--- v0 (2025-10-12)
+++ v1 (2026-03-15)
@@ -54,133 +54,133 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16394</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16394/projeto_de_decreto_legislativo_169-11.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16394/projeto_de_decreto_legislativo_169-11.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO, AO SENHOR JOEL MALUCELLI; DESTE MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>16392</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16392/projeto_de_decreto_legislativo_no_172-2012.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16392/projeto_de_decreto_legislativo_no_172-2012.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PREFEITO MUNICIPAL EROS DANILO AREÚJO, À AUSENTAR-SE DO PAÍS, NO PERÍODO DE 05 A 12 DE DEZEMBRO DE 2011, CONFORME O ARTGO 27 INCISO VII DA LEI ORGÂNICA MUNICIPAL".</t>
   </si>
   <si>
     <t>16285</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16285/projeto_de_resolucao_no_001-11.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16285/projeto_de_resolucao_no_001-11.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA A MODALIDADE DE LICITAÇÃO DENOMINADA PREGÃO PARA AQUISIÇÃO DE BENS DE SERVIÇOS COMUNS, NO ÂMBITO DO PODER LEGISLATIVO DO MUNICIPIO DE TELÊMACO BORBA”._x000D_
 "A MESA DIRETORA DA CAMARA MUNICIPAL DE TELÊMACO BORBA, ESTADO DO PARANÁ, uso de suas atribuições legais e com fundamento no que dispõe o Regimento Interno e demais dispositivos aplicáveis, bem como tendo em vista o disposto na Lei Federal nº 10520, de 17 de julho de 2002”.</t>
   </si>
   <si>
     <t>16333</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16333/ante_projeto_de_resolucao_no_002-11.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16333/ante_projeto_de_resolucao_no_002-11.pdf</t>
   </si>
   <si>
     <t>SÚMULA: “AUTORIZA O PRESENTE DO LEGISLATIVO MUNICIPAL À DEVOLUÇÃO IMEDIATA DE 100% DOS RECURSOS FINANCEIROS EXISTENTE EM CAIXA, EXCETO OS VALORES PARA CUSTEIO DESTE EGRÉDIO PARLAMENTO NO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>16279</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16279/projeto_de_resolucao_no_003-2011.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16279/projeto_de_resolucao_no_003-2011.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA AS NOMEAÇÕES PARA CARGOS EM COMISSÃO NO ÂMBITO DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16282</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16282/projeto_de_resolucao_no_004-2011.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16282/projeto_de_resolucao_no_004-2011.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ‘ABRE NO ORÇAMENTO DO EXERCÍCIO DE 2011 DO PODER LEGISLATIVO, CRÉDITO ADICIONAL SUPLEMENTAR CONFORME DOTAÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>5478</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2011/5478/5478_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2011/5478/5478_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROPOSTA DE EMENDA À LEI ORGÂNICA, QUE: "DÁ NOVA REDAÇÃO AOS § 1º E § 2º DO ARTIGO 34 DA LEI ORGÂNICA DO MUNICÍPIO DE TELÊMACO BORBA E DÁ OUTRAS PROVIDÊNCIAS".   </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -487,68 +487,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16394/projeto_de_decreto_legislativo_169-11.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16392/projeto_de_decreto_legislativo_no_172-2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16285/projeto_de_resolucao_no_001-11.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16333/ante_projeto_de_resolucao_no_002-11.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16279/projeto_de_resolucao_no_003-2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16282/projeto_de_resolucao_no_004-2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2011/5478/5478_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16394/projeto_de_decreto_legislativo_169-11.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16392/projeto_de_decreto_legislativo_no_172-2012.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16285/projeto_de_resolucao_no_001-11.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16333/ante_projeto_de_resolucao_no_002-11.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16279/projeto_de_resolucao_no_003-2011.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2011/16282/projeto_de_resolucao_no_004-2011.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2011/5478/5478_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="122.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="121.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>