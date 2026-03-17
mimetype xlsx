--- v0 (2026-01-23)
+++ v1 (2026-03-17)
@@ -51,51 +51,51 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4543</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA Nº 001/2016, DE INICIATIVA DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, QUE APRESENTA EMENDA DE REDAÇÃO AO PROJETO DE LEI Nº 001/2016, PROPONDO A ALTERAÇÃO DA SÚMULA PARA A SEGUINTE REDAÇÃO: "DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ PARA O EXERCÍCIO DE 2016, CRIA CARGOS DE MOTORISTA, REENQUADRAMENTO DOS CARGOS DE AGENTE DE TRÂNSITO E DÁ OUTRAS PROVIDÊNCIAS".   </t>
   </si>
   <si>
     <t>4544</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>EMENDA Nº 002/2016, DE INICIATIVA DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, QUE APRESENTA EMENDA ADITIVA AO PROJETO DE LEI Nº 001/2016, PASSANDO O ART. 4º A TER A SEGUINTE REDAÇÃO: "ART. 4º - FICAM OS PODERES EXECUTIVO E LEGISLATIVO AUTORIZADOS A COMPLEMENTAR OS VENCIMENTOS DOS SERVIDORES QUE, APÓS REAJUSTE GERAL ANUAL DA REMUNERAÇÃO, PERCEBEREM VALORES ABAIXO DO SALÁRIO MINIMO NACIONAL".</t>
   </si>
   <si>
     <t>5235</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Célia Andrade, Fátima da Rádio, Rubens Benck</t>
   </si>
   <si>
     <t>EMENDA Nº 003/2016, DE INICIATIVA DA COMISSÃO DE ECONOMIA, ORÇAMENTO, FINANÇAS E FISCALIZAÇÃO, QUE APRESENTA EMENDA SUPRESSIVA AO PROJETO DE LEI ORDINÁRIA Nº 004/2016, DE INICIATIVA DO PODER EXECUTIVO QUE &amp;#8220;INSTITUI O PLANO MUNICIPAL DE CULTURA DE TELÊMACO BORBA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;, PASSANDO O ART. 7º, INCISO IV, ALÍNEA &amp;#8220;G&amp;#8221;, A VIGORAR COM A SEGUINTE REDAÇÃO: ART. 7º, INCISO IV, ALÍNEA G - POSSIBILITAR O PLANEJAMENTO DE UMA CULTURA SUSTENTÁVEL E ADEQUADA AS DEMANDAS, ATRAVÉS DA SENSIBILIZAÇÃO DO PODER PÚBLICO QUANTO ÀS QUESTÕES RELACIONADAS À PREVISÃO E FORMALIZAÇÃO DO ORÇAMENTO ANUAL DESTINADO À CULTURA.</t>
   </si>
@@ -311,10805 +311,10805 @@
   <si>
     <t>EMENDA Nº 025/2016, DE INICIATIVA DO VEREADOR RUBENS BENCK, QUE APRESENTA "EMENDA SUPRESSIVA AO PROJETO DE RESOLUÇÃO QUE INSTITUI O CÓDIGO DE ÉTICA E DECORO PARLAMENTAR".</t>
   </si>
   <si>
     <t>5701</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t xml:space="preserve">EMENDA Nº 026/2016, DE INICIATIVA DA COMISSÃO DE EDUCAÇÃO, CULTURA, BEM ESTAR SOCIAL E ECOLOGIA, QUE APRESENTA EMENDA SUBSTITUTIVA AO PROJETO DE LEI ORDINÁRIA Nº 008/2016, QUE "AUTORIZA O CHEFE DO PODER EXECUTIVO A NOMINAR ÁREA INDUSTRIAL E SUAS VIAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS". </t>
   </si>
   <si>
     <t>4549</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Professor Neri</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4549/4549_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4549/4549_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE APLICAÇÃO DE CBUQ EM TODA A EXTENSÃO DA RUA SÃO JOÃO DO TRIUNFO NO BAIRRO BELA VISTA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4550</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4550/4550_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4550/4550_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE APLICAÇÃO DE CBUQ NA RUA TAMARANA NO BAIRRO JARDIM ALVORADA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4551</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4551/4551_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4551/4551_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A PAVIMENTAÇÃO ASFALTICA NA RUA SENEGAL NA VILA CRISTINA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4552</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4552/4552_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4552/4552_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A LIMPEZA DE BUEIROS COM CAMINHÃO HIDROJATEADOR EM TODA A EXTENSÃO DA RUA OURO PRETO NA VILA ESPERANÇA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4553</t>
   </si>
   <si>
     <t>Carlão da Rádio</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4553/4553_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4553/4553_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE LIMPEZA E ROÇADA E REMOÇÃO DE BURACOS NAS RUAS IMBUIA E JACARANDÁ, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA I&amp;#8221;. </t>
   </si>
   <si>
     <t>4554</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4554/4554_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4554/4554_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM RECAPE ASFÁLTICO NA RUA PEROBA, 550, AO LADO DO POSTO DE SAÚDE, NO PARQUE LIMEIRA &amp;#8211; ÁREA 1&amp;#8221;. </t>
   </si>
   <si>
     <t>4555</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4555/4555_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4555/4555_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE A POSSIBILIDADE DE INSTALAÇÃO DE LIXEIRAS NA RUA CAMPINA ALTA, EM FRENTE AO MERCADO LIMEIRA 01, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 2&amp;#8221;.  </t>
   </si>
   <si>
     <t>4556</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4556/4556_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4556/4556_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO UM ESTUDO PARA COLOCAÇÃO DE LOMBADA NA RUA CAMPINA ALTA, EM FRENTE A PANIFICADORA DUTHONY, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 2&amp;#8221;.  </t>
   </si>
   <si>
     <t>4557</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4557/4557_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4557/4557_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE OPERAÇÃO TAPA BURACOS NA RUA MANDAÇAIA, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 2&amp;#8221;.  </t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4559/4559_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4559/4559_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE A COLOCAÇÃO DE UMA TAMPA DE BUEIRO NA RUA SOCIMBRA COM A ESQUINA RUA FAZENDA VELHA, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 2&amp;#8221;. </t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4560/4560_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4560/4560_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA COLOCAÇÃO DE UMA LOMBADA NA RUA UVARANAS, PRÓXIMO AO Nº 76, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA II&amp;#8221;. </t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4561/4561_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4561/4561_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NA RUA TRAVESSA MIRANDINHA, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 2&amp;#8221;. </t>
   </si>
   <si>
     <t>4562</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4562/4562_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4562/4562_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE MEDIDAS URGENTES PARA RECUPERAÇÃO DA RUA RIO IGUAÇU, NO PARQUE LIMEIRA &amp;#8211; ÁREA 3&amp;#8221;.  </t>
   </si>
   <si>
     <t>4564</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4564/4564_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4564/4564_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE LIMPEZA E ROÇADA E LIMPEZA DOS BUEIROS NA RUA GUANABARA, NO BAIRRO CEM CASAS&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4566</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4566/4566_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4566/4566_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UMA OPERAÇÃO TAPA BURACOS NAS RUA URBANO, SATURNO, SÃO PAULO, JUPITER E N. S. APARECIDA, NO BAIRRO CEM CASAS&amp;#8221;.</t>
   </si>
   <si>
     <t>4567</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4567/4567_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4567/4567_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE OBRAS DE RECUPERAÇÃO DA RUA IGUAÇU, ONDE HOUVE O DESLIZAMENTO DE TERRA, RACHADURA E BURACOS, ENTRE OS BAIRROS PARQUE LIMEIRA &amp;#8211; ÁREAS 3 E ÁREA 6&amp;#8221;.  </t>
   </si>
   <si>
     <t>4568</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4568/4568_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4568/4568_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE RECAPE ASFÁLTICO NAS RUAS BANDEIRAS E ANTONIO RODRIGUES ARZÃO, NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;. </t>
   </si>
   <si>
     <t>4569</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4569/4569_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4569/4569_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA A INSTALAÇÃO DE UMA LOMBADA NA RUA JOÃO PEREIRA, 279, NO JARDIM BANDEIRANTES&amp;#8221;. </t>
   </si>
   <si>
     <t>4570</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4570/4570_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4570/4570_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE OBRAS DE RECUPERAÇÃO DA RUA CANTILHO, ONDE HOUVE O DESLIZAMENTO DE TERRA, NO BAIRRO JARDIM BONAVILA&amp;#8221;. </t>
   </si>
   <si>
     <t>4571</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4571/4571_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4571/4571_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE LIMPEZA E ROÇADA NA TRAVESSA ALEMANHA, NO BAIRRO JARDIM EUROPA&amp;#8221;.  </t>
   </si>
   <si>
     <t>4572</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4572/4572_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4572/4572_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE RECUPERAÇÃO DA PONTE NA CONTINUAÇÃO DA TRAVESSA SÃO TOMÉ, NO BAIRRO JARDIM KROLL&amp;#8221;.  </t>
   </si>
   <si>
     <t>4573</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4573/4573_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4573/4573_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UMA OPERAÇÃO TAPA BURACOS NA AV. BRILHANTE, MAIS NO FINAL DA AVENIDA, NO BAIRRO SÃO FRANCISCO&amp;#8221;.  </t>
   </si>
   <si>
     <t>4574</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4574/4574_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4574/4574_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO UM ESTUDO PARA OU RETIRAR A LOMBADA, OU AUMENTAR A ALTURA DELA E NESSE CASO PROVIDENCIAR A PINTURA DA MESMA NA RUA RIO BRANCO, PRÓXIMO AO Nº 180, NO BAIRRO SÃO JOÃO&amp;#8221;.  </t>
   </si>
   <si>
     <t>4575</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4575/4575_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4575/4575_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM ESTUDO PARA CANALIZAR O OLHO D&amp;#8217;ÁGUA ALI EXISTENTE, NO FINAL DA RUA MIRIM, NO BAIRRO SÃO LUIS&amp;#8221;.  </t>
   </si>
   <si>
     <t>4576</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4576/4576_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4576/4576_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UMA VERIFICAÇÃO DA EXISTÊNCIA DE UM BURACO GRANDE E O DEVIDO REPARO, NA RUA MIRIM, 78, NO BAIRRO SÃO LUIZ&amp;#8221;.  </t>
   </si>
   <si>
     <t>4577</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4577/4577_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4577/4577_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UMA MANUTENÇÃO DAS RUAS 2, 3 E 4, NO BAIRRO SÃO LUIZ&amp;#8221;.  </t>
   </si>
   <si>
     <t>4578</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4578/4578_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4578/4578_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE RECUPERAÇÃO TOTAL DA RUA ANDORINHA, NO BAIRRO SÃO SILVESTRE&amp;#8221;.  </t>
   </si>
   <si>
     <t>4579</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4579/4579_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4579/4579_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UMA REFORMA GERAL NO ESCADÃO DA RUA ANA MARY, NO BAIRRO ANA MARY&amp;#8221;.  </t>
   </si>
   <si>
     <t>4580</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4580/4580_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4580/4580_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UMA OPERAÇÃO TAPA BURACOS NA RUA OURO PRETO, NO BAIRRO VILA ESPERENÇA&amp;#8221;.  </t>
   </si>
   <si>
     <t>4581</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4581/4581_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4581/4581_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO DE TODAS AS RUAS DA VILA RURAL&amp;#8221;.  </t>
   </si>
   <si>
     <t>4582</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Miltinho</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4582/4582_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4582/4582_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SENHOR SECRETÁRIO DE OBRAS SEJA FEITO SERVIÇO DE RECAPE ASFALTICO NAS RUAS DO ROSÁRIO, SANTA ROSA, SANTIAGO, SAN SALVADOR E SAN MARTIN, TODAS NO BAIRRO JARDIM AMÉRICA.&amp;#8221;_x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4583</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4583/4583_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4583/4583_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SENHOR SECRETÁRIO DE OBRAS SEJA FEITO UM ESTUDO DE RECAPE ASFÁLTICO NA RUA RIO PITANGUI, BAIRRO SÃO JOÃO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4584</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4584/4584_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4584/4584_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SENHOR SECRETARIO DE OBRAS SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NAS RUAS &amp;#8211;DOS CANÁRIOS, DOS CURIÓS, DOS SABIÁ, DOS PINTASSILGOS E RUA JOÃO DE BARRO, TODAS NO BAIRRO SÃO SILVESTRE."_x000D_
 </t>
   </si>
   <si>
     <t>4585</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4585/4585_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4585/4585_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">'INDICA AO SENHOR PREFEITO QUE O AO SENHOR SECRETARIO DE OBRAS SEJA FEITO UM ESTUDO DE SERVIÇO DE PAVIMENTAÇÃO NA RUA SANTA FÉ, BAIRRO JARDIM AMÉRICA'._x000D_
 </t>
   </si>
   <si>
     <t>4587</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4587/4587_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4587/4587_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SENHOR SECRETARIO DE OBRAS QUE SEJA FEITO UM ESTUDO DE SERVIÇO DE PAVIMENTAÇÃO ASFÁLTICA NAS RUAS QUERO-QUERO, ARAPONGAS E RUA DAS ARARAS, TODAS NO BAIRRO SÃO SILVESTRE"_x000D_
 </t>
   </si>
   <si>
     <t>4589</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Maurício</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4589/4589_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4589/4589_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA CONCLUIDO O SERVIÇO DE MELHORIAS NO CAMPO DE FUTEBOL LOCALIZADO PROXIMO A ESCOLA DO CAIC, QUE FOI INICIADO NO ANO DE 2014, E QUE ATÉ A PRESENTE DATA AINDA NÃO FOI CONCLUIDO."_x000D_
 </t>
   </si>
   <si>
     <t>4592</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4592/4592_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4592/4592_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO A SEQUENCIA DO ASFALTO NA RUA RIO IGUAÇU NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4593</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4593/4593_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4593/4593_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADAS MELHORIAS NA SINALIZAÇÃO, ILUMINAÇÃO E NO ACESSO A ENTRADA DA VILA RURAL BRILHO DO SOL."_x000D_
 </t>
   </si>
   <si>
     <t>4594</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4594/4594_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4594/4594_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ORGÃOS COMPETENTES PARA QUE SEJA FEITO O ESTUDO DE VIABILIDADE PARA PADRONIZAÇÃO DA FROTA DE TAXI QUE CIRCULA EM NOSSO MUNICIPIO."_x000D_
 </t>
   </si>
   <si>
     <t>4595</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4595/4595_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4595/4595_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO ASFALTO NAS RUAS RIO GUAPORÉ, RIO MAMORÉ E RIO TAPAJÓS NO BAIRRO ÁREA SETE."_x000D_
                </t>
   </si>
   <si>
     <t>4596</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4596/4596_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4596/4596_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO ASFALTO NAS RUAS SANTO AGOSTINHO, SANTA LUZIA E TRAVESSA SÃO BRAZ NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4598</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4598/4598_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4598/4598_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE ESTUDE A POSSIBILIDADE DA CONSTRUÇÃO DE UM CENTRO POLIESPORTIVO NA AREA PERDIDA QUE SE ENCONTRA AO LADO DO AEROPORTO, AREA ESTA DENOMINADA CAMPO DO JÓIA NA ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4599</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4599/4599_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4599/4599_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA SOLICITADO A EMPRESA RESPONSÁVEL PELO TRANSPORTE PUBLICO DO NOSSO MUNICIPIO UM ESTUDO PARA QUE SEJA PRODUZIDA E DEPOIS FIXADA JUNTO AOS PONTOS DE ÔNIBUS DA NOSSA CIDADE UMA TABELA CONTENDO OS HORÁRIOS DAS CIRCULARES  COM OS RESPECTIVOS BAIRROS."_x000D_
 </t>
   </si>
   <si>
     <t>4600</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4600/4600_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4600/4600_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA A CONSTRUÇÃO DE UMA QUADRA POLIESPORTIVA NO TERRENO LOCALIZADO NA RUA RIO TIGRE AO LADO DO RESIDENCIAL ATLÂNTICO NO BAIRRO RIO ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>4601</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4601/4601_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4601/4601_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE OPERAÇÃO TAPA BURACOS NA RUA MINA DE PRATA NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4602</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4602/4602_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4602/4602_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA FEITO O ESTUDO PARA CONSTRUÇÃO DE CALÇADA PARA PEDESTRE NA RUA RIO IGUAÇU AO LADO DO CAMPO DO JÓIA NA ENTRADA DO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4603</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4603/4603_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4603/4603_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO O RECAPE COM LAMA ASFÁLTICA NA RUA MAR VERMELHO NO BAIRRO RIO ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>4604</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4604/4604_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4604/4604_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO O ESTUDO PARA QUE SEJA FEITO RECAPE COM LAMA ASFÁLTICA NA AVENIDA NOSSA SENHORA DE FATIMA NOS TRECHOS ABAIXO DA ESCOLA LEOPOLDO MERCER, EM FRENTE AO FORUM ELEITORAL E ABAIXO DA PRAÇA DOS PINHEIROS."_x000D_
 </t>
   </si>
   <si>
     <t>4605</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4605/4605_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4605/4605_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO ÁREA 3, CONFORME PREVISTO NO ORÇAMENTO DE 2014, ATRAVÉS DE EMENDA DE AUTORIA DO SIGNATÁRIO."_x000D_
 </t>
   </si>
   <si>
     <t>4606</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4606/4606_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4606/4606_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO O ESTUDO PARA A CONSTRUÇÃO DE UM CEMEI PARA ATENDER OS MORADORES DOS BAIRROS ÁREA TRÊS E JARDIM PROGRESSO (ÁREA 6)."_x000D_
 </t>
   </si>
   <si>
     <t>4607</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4607/4607_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4607/4607_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE RECAPE COM LAMA ASFALTICA E QUE SEJA FEITO CALÇADA PARA PEDESTRES EM TODA EXTENSÃO DA RUA OLINDA NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4608</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4608/4608_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4608/4608_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA CONSTRUIDA UMA FAIXA DE PEDESTRES ELEVADA EM FRENTE À IGREJA ASSEMBLEIA DE DEUS CENTRAL NA AVENIDA PARANÁ."_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4609</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4609/4609_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4609/4609_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO ESTUDO PARA ASFALTAR E CONSTRUIR GALERIA PARA CAPTAÇÃO DE AGUAS DA CHUVA NA TRAVESSA RIO BONITO NO BAIRRO AGUA VERDE(AREA 7)."_x000D_
 </t>
   </si>
   <si>
     <t>4610</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4610/4610_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4610/4610_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM MUTIRÃO (LIMPEZA E DESOBSTRUÇÃO DE BUEIROS, COLETA DE GALHOS, LIXOS DIVERSOS, ROÇADA/LIMPEZA DOS CALÇAMENTOS POLIÉDRICOS), TAMBÉM PEDE PARA NOTIFICAR OS PROPRIETÁRIOS DOS TERRENOS BALDIOS, POIS ALGUNS ESTÃO EXTREMAMENTE SUJOS E COM MUITO MATO."_x000D_
 </t>
   </si>
   <si>
     <t>4611</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4611/4611_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4611/4611_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM SOLICITAMOS SERVIÇOS DE &amp;#8220;TAPA BURACO&amp;#8221;, URGENTE,  NA RUA CARMO DA MATA, BAIRRO VILA ROSA,  EM FRENTE AOS NÚMEROS 123 E 155 (FOTOS APENSA).&amp;#8221;_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4612</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO PROVIDÊNCIAS URGENTES PARA EXECUÇÃO DE REPAROS, NA RUA QUE FICA ENTRE O CAMPO DE FUTEBOL E O CAIC, NO BAIRRO JARDIM EUROPA."_x000D_
 </t>
   </si>
   <si>
     <t>4613</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4613/4613_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4613/4613_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO PATROLAMENTO E CASCALHAMENTO URGENTE,  NA RUA COLIBRI, BAIRRO CENTRO, REFERÊNCIA:  FUNDOS DA AV. N. SRA. DE FÁTIMA." </t>
   </si>
   <si>
     <t>4614</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4614/4614_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4614/4614_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA INSTALADO 3 LUMINÁRIAS, URGENTE, NA RUA ALTO PARANÁ (FINAL DA RUA &amp;#8211; ESQUINA COM A RUA CANOAS), BAIRRO ÁREA 3, OS POSTES JÁ ESTÃO INSTALADOS."_x000D_
 </t>
   </si>
   <si>
     <t>4615</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>Rubens Benck, Rubens Benck</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4615/4615_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4615/4615_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA REVITALIZADO A PRAÇA DE ESPORTES E REFEITO A REDE DE ENERGIA (BAIRRO SOCOMIM)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4616</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4616/4616_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4616/4616_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, RETIRAR O LIXO, PATROLAR E MACADAMIZAR A RUA BRÁULIO DE CAMARGO (VILA ROSA)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4617</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4617/4617_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4617/4617_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO LIMPEZA DE MATOS NA RUA MANDAÇAIA (ÁREA 2)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4618</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4618/4618_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4618/4618_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, SEJA ESTUDADO A POSSIBILIDADE DE ESTACIONAMENTO VERTICAL NA TRAVESSA IRATI (CENTRO)&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4619</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4619/4619_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4619/4619_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITA PODA DE ÁRVORE NA RUA IMBUIA NÚMERO 105, BAIRRO AREA 1&amp;#8221;._x000D_
 _x000D_
                                                          _x000D_
 </t>
   </si>
   <si>
     <t>4620</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4620/4620_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4620/4620_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE PARA QUE SEJA FEITO A LIMPEZA DO LOTE NA RUA JOÃO SIQUEIRA FILHO EM FRENTE AO NÚMERO 971, BAIRRO SOCOMIM&amp;#8221;. _x000D_
 _x000D_
 _x000D_
   			 _x000D_
 </t>
   </si>
   <si>
     <t>4621</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4621/4621_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4621/4621_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR JUNTO AO ÓRGÃO COMPETENTE A COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO EM TODA A EXTENSÃO DO BAIRRO AREA 2 PRINCIPALMENTE ENTRE AS RUA RIBEIRÃO COM A BOM RETIRO&amp;#8221;._x000D_
 _x000D_
 		_x000D_
 </t>
   </si>
   <si>
     <t>4622</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4622/4622_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4622/4622_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO UM ESTUDO PARA COLOCAÇÃO DE UMA LOMBADA NA RUA PORTUGAL EM CONFLUÊNCIA COM A TRAVESSA UCRÂNIA."_x000D_
 _x000D_
   _x000D_
 	</t>
   </si>
   <si>
     <t>4623</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4623/4623_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4623/4623_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE PARA QUE SEJA FEITA CORTE DAS ÁRVORES EM TORNO DA ESCOLA MUNICIPAL LEOPOLDO MERCER&amp;#8221;. _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>4630</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4630/4630_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4630/4630_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA DO TERRENO AO LADO DO N. 228 NA RUA SANTA EFIGÊNIA NO BAIRRO BELA VISTA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4631</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4631/4631_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4631/4631_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE RECAPE ASFÁLTICO NA RUA BOROROS NO BAIRRO BNH&amp;#8221;._x000D_
  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4632</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4632/4632_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4632/4632_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE RECAPE ASFÁLTICO NA RUA JOAQUIM TAVORA NO BAIRRO CENTRO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4633</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4633/4633_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4633/4633_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O ESTUDO PARA INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA BRAULIO BATISTA LEAL, PRÓXIMO A ESCOLA SONHO MÁGICO, 152 NO BAIRRO BONA VILA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4634</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4634/4634_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4634/4634_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE RECAPE ASFÁLTICO NA RUA OTILIA MACEDO SIKORSKI NO BAIRRO CENTRO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4635</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4635/4635_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4635/4635_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE CAPINA E ROÇADA NAS RUAS DO BAIRRO SÃO LUIZ&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4636</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4636/4636_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4636/4636_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE TAPA BURACOS NAS RUAS FREI TIMOTEO, ITU E MIRIM NO BAIRRO SÃO LUIZ&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4637</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4637/4637_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4637/4637_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA COLOCADO LAMA ASFÁLTICA SOBRE O CALÇAMENTO POLIÉDRICO EXISTENTE NA AVENIDA IPE ROXO NO BAIRRO JARDIM MONTE CARLO E CONSTRUÍDO UMA LOMBADA EM FRENTE AO Nº 65 NESTE MESMO ENDEREÇO."_x000D_
 </t>
   </si>
   <si>
     <t>4638</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4638/4638_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4638/4638_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE ESTUDO PARA A INSTALAÇÃO DE UM POSTE COM LUMINÁRIA NO FORMATO DE PÉTALA NA ACADEMIA AO AR LIVRE BEM COMO ROÇADA E LIMPEZA DA MESMA SITUADA NA RUA RIO IGUAÇU NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4639</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4639/4639_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4639/4639_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA INSTALADA A ACADEMIA AO AR LIVRE NO TERRENO QUE FICA AO LADO DO CENTRO COMUNITÁRIO DO BAIRRO RIO ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4640/4640_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4640/4640_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE REALIZAÇÃO DE MELHORIAS NA SINALIZAÇÃO DE PREFERENCIAL DE TRÂNSITO TANTO VERTICAL QUANTO HORIZONTAL NO CRUZAMENTO DA AVENIDA JURUTANHI COM A RUA OLINDA ESQUINA DA IGREJA ASSEMBLÉIA DE DEUS DO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4641</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4641/4641_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4641/4641_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO O ESTUDO PARA ASFALTAR A TRAVESSA LAGEADO NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4642</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4642/4642_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4642/4642_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO O ESTUDO PARA COLOCAÇÃO DE ALAMBRADO EM VOLTA DO CAMPO DE FUTEBOL DA VILA RURAL BRILHO DO SOL."_x000D_
 </t>
   </si>
   <si>
     <t>4643</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4643/4643_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4643/4643_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA FEITO ESTUDO PARA QUE SEJA FEITO ASFALTO NA RUA DENOMINADA DE RUA DA DRAGA NO BAIRRO RIO ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>4644</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4644/4644_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4644/4644_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O ESTUDO PARA QUE SEJA FEITO A RETIRADA DA CAIXA D&amp;#8217;ÁGUA PEQUENA QUE ABASTECIA A VILA RURAL, E QUE AGORA FOI SUBSTITUÍDA POR OUTRA MAIOR, E QUE SEJA TRANSFERIDA E INSTALADA NO BAIRRO DO TRIÂNGULO."_x000D_
 </t>
   </si>
   <si>
     <t>4645</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4645/4645_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4645/4645_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A COLOCAÇÃO DE PLACA INDICANDO A PROIBIÇÃO DE REALIZAR MOVIMENTO DE CONVERSÃO A ESQUERDA NO CANTEIRO CENTRAL DA AVENIDA CHANCELER HORÁCIO LAFFER EM FRENTE À ÓTICA RAIO DE LUZ."_x000D_
 </t>
   </si>
   <si>
     <t>4646</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Célia Andrade</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4646/4646_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4646/4646_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, DETERMINE AOS ORGÃOS COMPETENTES PARA QUE ESTUDE A POSSIBILIDADE DE SER COLOCADA UMA LOMBADA NA RUA JOÃO MORAES DA SILVA EM FRENTE AO Nº209&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
        _x000D_
 </t>
   </si>
   <si>
     <t>4647</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4647/4647_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4647/4647_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, DETERMINE AOS ORGÃOS COMPETENTES PARA QUE ESTUDE A POSSIBILIDADE DE SER COLOCADA UMA LOMBADA NA RUA PASTOR BRAULLIO JORGE MATEUS EM FRENTE AO Nº101, (IGREJA PENTECOSTAL FONTE ETERNA DA VILA CRISTINA)&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4648</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4648/4648_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4648/4648_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO MUNICIPAL QUE, DETERMINE AOS ÓRGÃOS COMPETENTES PARA QUE ESTUDE A POSSIBILIDADE DE SER COLOCADA UMA LOMBADA NA RUA AUGUSTO TOBICH EM FRENTE AO Nº165&amp;#8221;. _x000D_
 _x000D_
 _x000D_
         _x000D_
 </t>
   </si>
   <si>
     <t>4649</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4649/4649_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4649/4649_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA EFETUADO SERVIÇOS DE RECAPE COM LAMA ASFÁLTICA NAS RUAS: GRALHA AZUL, LÍBIA, TIGRE, PÉROLA NEGRA E SALGUEIRO  NO BAIRRO VILA CRISTINA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4654</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4654/4654_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4654/4654_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA EFETUADO SERVIÇOS DE RECAPE COM LAMA ASFÁLTICA NAS RUAS: ALTO PIQUIRI, PALMEIRA, SANTA HELENA, JUSSARA, E GUAÍRA, NO BAIRRO JARDIM ALVORADA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4655</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4655/4655_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4655/4655_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO MUNICIPAL QUE, DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA EFETUADO SERVIÇOS DE RECAPE COM LAMA ASFÁLTICA NAS RUAS: NAPOLI E TURIM, NO BAIRRO JARDIM ITÁLIA&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>4656</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4656/4656_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4656/4656_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA FEITO PROJETO PARA RECONSTRUÇÃO DA RUA GUINÉ (PARQUE LIMEIRA ÁREA I), LIGAÇÃO COM A RUA TUNÍSIA (VILA ESPERANÇA), LOCAL ONDE HOUVE DESMORONAMENTO NA PASSAGEM DO CÓRREGO&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4657</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>Fubá</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4657/4657_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4657/4657_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAR LIMPEZA NO PONTO DO CIRCULAR E NA CALÇADA DA RUA JACARANDÁ, ÁREA 1, AO LADO DA ENTRADA QUE VAI PARA A VILA ESPERANÇA&amp;#8221;.   </t>
   </si>
   <si>
     <t>4660</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4660/4660_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4660/4660_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR LOMBADA NA RUA CARMO DA MATA EM  FRENTE O N° 22 BAIRRO VILA ROSA&amp;#8221;. </t>
   </si>
   <si>
     <t>4659</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4659/4659_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4659/4659_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR LOMBADA FRENTE A IGREJA CATÓLICA , DA RUA CIRO DE CASTRO RIBAS&amp;#8221;.  </t>
   </si>
   <si>
     <t>4661</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4661/4661_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4661/4661_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR CASCALHO NAS RUAS DAS PEDREIRAS,  NO BAIRRO JARDIM UNIÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>4662</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4662/4662_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4662/4662_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR LIMPEZA DE CORTE DE GRAMA, NA RUA BANDEIRAS NO BAIRRO SÃO FRANCISCO&amp;#8221;.A MESMA ESTÁ  TRAZENDO DESCONFORTO AOS MORADORES.</t>
   </si>
   <si>
     <t>4663</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4663/4663_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4663/4663_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR RECAPE NAS RUAS: PARATI, RUA DAS PEDRA, RUA JOSE MARTINS E RUA OLIVEIRA, NO BAIRRO SÃO FRANCISCO&amp;#8221;.</t>
   </si>
   <si>
     <t>4664</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4664/4664_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4664/4664_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR  LIMPEZA EM BUEIRO NA RUA CARMO DA MATA EM FRENTE AO N°249, BAIRRO VILA ROSA&amp;#8221;.</t>
   </si>
   <si>
     <t>4665</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4665/4665_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4665/4665_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR MEIO FIO NA TRAVESSA SOCIMBRA, BAIRRO ÁREA 2&amp;#8221;.</t>
   </si>
   <si>
     <t>4666</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4666/4666_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4666/4666_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO NA RUA CAMBOJA, INICIO VILA ESPERANÇA DESCENDO SÃO GERALDO&amp;#8221;.</t>
   </si>
   <si>
     <t>4667</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4667/4667_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4667/4667_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAR PATROLAMENTO,CASCALHAMENTO NA RUA BAHAMAS NO BAIRRO VILA ESPERANÇA, POIS O MESMO JÁ POSSUI, CEP,  ÁGUA E LUZ E NECESSITA DE MELHORIAS."</t>
   </si>
   <si>
     <t>4668</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4668/4668_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4668/4668_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, SEJA MELHORADO A SINALIZAÇÃO DE LOMBADA, NA RUA ALBERTO EHLERT FILHO (EM FRENTE A IGREJA CATÓLICA)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4669</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4669/4669_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4669/4669_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO A MANUTENÇÃO DA ACADEMIA AO AR LIVRE LOCALIZADA NA RUA ANDIRÁ, EM FRENTE AO POSTO DE SAÚDE (ÁREA 2)"_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4670</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4670/4670_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4670/4670_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO OPERAÇÃO TAPA-BURACOS NA RUA DAS PEDRAS, EM FRENTE O Nº 122 (BAIRRO SÃO FRANCISCO)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4671</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4671/4671_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4671/4671_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO OPERAÇÃO TAPA-BURACOS E LIMPEZA DE MATOS NA RUA CUIABÁ, EM FRENTE A IGREJA EVANGÉLICA ASSEMBLÉIA DE DEUS (BAIRRO SÃO LUIZ)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4672</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4672/4672_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4672/4672_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA AUMENTO DA ÁREA DE ESTACIONAMENTO NA AVENIDA CHANCELER HORÁCIO LAFFER, Nº 192&amp;#8221;.</t>
   </si>
   <si>
     <t>4673</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4673/4673_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4673/4673_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITA A PINTURA DE FAIXA DE SINALIZAÇÃO NA RUA ALAGOAS NO BAIRRO VILA OSÓRIO&amp;#8221;.</t>
   </si>
   <si>
     <t>4674</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4674/4674_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4674/4674_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITA LIMPEZA DE BUEIRO NA RUA EVANGELINA BORBA CARNEIRO EM FRENTE AO N° 73 NO BAIRRO VILA OSÓRIO&amp;#8221;.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4675/4675_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4675/4675_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA A COLOCAÇÃO DE UMA LOMBADA NA BIFURCAÇÃO DA RUA EUCALIPTO COM A RUA ALECRIM PRÓXIMO AO VIADUTO NO BAIRRO PARQUE LIMEIRA AREA I&amp;#8221;</t>
   </si>
   <si>
     <t>4676</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4676/4676_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4676/4676_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE PAVIMENTAÇÃO ASFÁLTICA NA RUA CORUMBÁ &amp;#8211; VILA SÃO JORGE&amp;#8221;.</t>
   </si>
   <si>
     <t>4677</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4677/4677_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4677/4677_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE PINTURA DE FAIXAS DE SINALIZAÇÃO EM TODAS AS RUAS DO BAIRRO JARDIM ALEGRE&amp;#8221;.</t>
   </si>
   <si>
     <t>4679</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4679/4679_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4679/4679_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA RUA EVANGELINA BORBA CARNEIRO NO BAIRRO VILA OSÓRIO&amp;#8221;.</t>
   </si>
   <si>
     <t>4680</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4680/4680_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4680/4680_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO RECAPE ASFÁLTICO NAS RUAS EDUARDO GERONASSO, LAGOA DOURADA, PARÁ E TRAVESSA MATINHOS."</t>
   </si>
   <si>
     <t>4681</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4681/4681_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4681/4681_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE ROÇADA E RETIRADA DE MATO AO REDOR DA ACADEMIA AO AR LIVRE DO BAIRRO VILA OSÓRIO&amp;#8221;.</t>
   </si>
   <si>
     <t>4682</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4682/4682_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4682/4682_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITA ROÇADA E RETIRADA DE MATO AO REDOR DA SECRETARIA DE OBRAS NA ESTRADA FERNÃO DIAS, EM RENTE AO NÚMERO 207 BAIRRO MACOPA&amp;#8221;.</t>
   </si>
   <si>
     <t>4683</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4683/4683_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4683/4683_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE TAPA BURACO NA RUA ALAGOAS EM FRENTE AO NÚMERO 200&amp;#8221;.</t>
   </si>
   <si>
     <t>4684</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4684/4684_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4684/4684_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITA A COLOCAÇÃO DE MEIO FIO NA ESQUINA DA RUA LAGOA DOURADA COM A FRANCISCO FERREIRA PRESTES PRÓXIMO A ACADEMIA AO AR LIVRE NO BAIRRO VILA OSÓRIO&amp;#8221;.</t>
   </si>
   <si>
     <t>4685</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Gilson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4685/4685_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4685/4685_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA COLOCAR LAMA ASFÁLTICA NAS SEGUINTES RUAS DO JARDIM EUROPA: TRAVESSA SUÍÇA, ROMÊNIA E DAMA; BAIRRO SÃO FRANCISCO: RUA BOM RETIRO; BAIRRO CEM CASAS: RUA GUANABARA E RUA PERNAMBUCO; BAIRRO SANTA RITA: MACEIÓ E MANAUS; BAIRRO SOCOMIM: RUA ARGENTINA E JOÃO SIQUEIRA FILHO; BAIRRO BNH: RUA DOM PEDRO 2; BAIRRO CENTRO: RUA MENDES SÁ;  BAIRRO MACOPA: SÃO LUIZ E FERNÃO DIAS"._x000D_
 </t>
   </si>
   <si>
     <t>4686</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>Toto</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4686/4686_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4686/4686_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA DA RUA JADE &amp;#8211; SÃO FRANCISCO&amp;#8221;. _x000D_
 _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>4687</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4687/4687_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4687/4687_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA DA RUA BERILO &amp;#8211; SÃO FRANCISCO&amp;#8221;. _x000D_
 _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>4688</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4688/4688_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4688/4688_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA DA RUA XIBIU &amp;#8211; SÃO FRANCISCO&amp;#8221;. _x000D_
 _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>4689</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4689/4689_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4689/4689_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA DA RUA DO CASCALHO &amp;#8211; SÃO FRANCISCO&amp;#8221;. _x000D_
 _x000D_
   _x000D_
 </t>
   </si>
   <si>
     <t>4690</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4690/4690_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4690/4690_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA DA RUA PARATI &amp;#8211; SÃO FRANCISCO&amp;#8221;. _x000D_
 _x000D_
   _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4691</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4691/4691_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4691/4691_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA DA RUA PRINCESA DOS CAMPOS &amp;#8211; SÃO LUIZ&amp;#8221;. _x000D_
 _x000D_
 _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>4692</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4692/4692_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4692/4692_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE TAMPA PARA O BUEIRO LOCALIZADO NA RUA CACILDO BATISTA ARPELAU &amp;#8211; CENTRO (FRENTE PRAÇA CASA DA CULTURA) EM FRENTE CASA DE N. 430&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4694</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4694/4694_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4694/4694_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA COLOCAÇÃO DE LOMBADAS NA RUA SÍRIO DE CASTRO RIBAS, SENDO UMA PRÓXIMO A MERCEARIA AURORA E OUTRA EM FRENTE A IGREJA CATÓLICA, NO BAIRRO JARDIM UNIÃO&amp;#8221;. </t>
   </si>
   <si>
     <t>4695</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>Marcos William</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4695/4695_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4695/4695_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICO AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE MELHORIAS NA  LOMBADA JÁ EXISTENTE   NA AV MARECHAL  FLORIANO PEIXOTO BAIRRO SOCOMIM, EM FRENTE A IGREJA CATÓLICA PRÓXIMO AO JP MOTOS."  </t>
   </si>
   <si>
     <t>4696</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4696/4696_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4696/4696_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE OBRAS, PROVIDÊNCIAS NECESSÁRIAS PARA PROVIDENCIAR UMA TAMPA PARA UM BUEIRO ABERTO, EM FRENTE AO Nº 24, NA RUA SANTARÉM, NA VILA ESPERANÇA&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4697</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4697/4697_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4697/4697_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE QUE EFETUE O SERVIÇO DE RECOLHIMENTO DAS COBERTURAS ANTIGAS DE ALGUNS PONTOS DE ÔNIBUS PELA CIDADE.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>4698</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4698/4698_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4698/4698_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO DA RUA FRANCISCO ESPINOSA NO JARDIM BANDEIRANTES&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4699</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4699/4699_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4699/4699_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE LIMPEZA DE ENTULHOS DOS MAIS VARIADOS TIPOS E LIMPEZA DE MATAGAL NA RUA MAX STADAUCHER&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4710</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4710/4710_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4710/4710_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE, DETERMINE AOS ÓRGÃOS COMPETENTES PARA QUE ESTUDE A POSSIBILIDADE DE SER CONSERTADA A RUA MARILÂNDIA NO BAIRRO MACOPA". _x000D_
 _x000D_
 _x000D_
 	_x000D_
                                              _x000D_
                       </t>
   </si>
   <si>
     <t>4711</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4711/4711_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4711/4711_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE REFORÇO NAS PINTURAS E MELHORIA NA SINALIZAÇÃO, NA RUA RESERVA ESQUINA COM PINHAL BONITO (PRÓXIMO AO SUPERMERCADO VIEIRAS) NO PARQUE LIMEIRA ÁREA 2".  </t>
   </si>
   <si>
     <t>4712</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4712/4712_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4712/4712_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE REFORÇO NAS PINTURAS E MELHORIA NA SINALIZAÇÃO, NA AVENIDA EUCLIDES BONIFÁCIO LONDRES".  </t>
   </si>
   <si>
     <t>4713</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4713/4713_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4713/4713_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE QUE SEJA FEITA LIMPEZA DE BUEIRO NA RUA PARANÁ, NÚMERO 59, NO BAIRRO ANA MARY".</t>
   </si>
   <si>
     <t>4714</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4714/4714_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4714/4714_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE TAPA BURACO NA RUA GUAJUVIRA EM FRENTE AO NÚMERO 121 &amp;#8211; PARQUE LIMEIRA ÁREA I". </t>
   </si>
   <si>
     <t>4715</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4715/4715_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4715/4715_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA A COLOCAÇÃO DE UMA LOMBADA NA RUA ESMERALDA NO JARDIM MONTE CARLO". </t>
   </si>
   <si>
     <t>4716</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4716/4716_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4716/4716_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA A COLOCAÇÃO DE UMA LOMBADA NA RUA BRASÍLIA EM FRENTE AO NÚMERO 58 E OUTRA A SER ESTUDADA PELO ÓRGÃO COMPETENTE NO BAIRRO - MACOPA". </t>
   </si>
   <si>
     <t>4717</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4717/4717_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4717/4717_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE PROMOVA ESTUDO VISANDO A ALTERAÇÃO NO SENTIDO DE CIRCULAÇÃO, OU SEJA, TORNANDO MÃO ÚNICA A RUA BRASÍLIA &amp;#8211; BAIRRO MACOPA".</t>
   </si>
   <si>
     <t>4718</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4718/4718_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4718/4718_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE ROÇADA E RETIRADA DE MATO AO REDOR DA ACADEMIA AO AR LIVRE DOS BAIRROS MACOPA E MARINHA". </t>
   </si>
   <si>
     <t>4719</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4719/4719_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4719/4719_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO MANUTENÇÃO OU TROCA DOS APARELHOS DA ACADEMIA AO AR LIVRE DO BAIRRO MACOPA".</t>
   </si>
   <si>
     <t>4720</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4720/4720_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4720/4720_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO ESTUDO PARA TORNAR PROIBIDO ESTACIONAR EM UM DOS LADOS DA RUA PROFESSORA OTÍLIA MACEDO SIKORSKI NO CENTRO"._x000D_
 </t>
   </si>
   <si>
     <t>4721</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4721/4721_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4721/4721_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO ESTUDO PARA CRIAÇÃO DE UMA ÁREA EXCLUSIVA PARA CARGA E DESCARGA NA RUA LONDRINA NO BAIRRO MACOPA EM FRENTE AO MERCADO REAL"._x000D_
 </t>
   </si>
   <si>
     <t>4722</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4722/4722_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4722/4722_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA COLOCAÇÃO DE POSTES COM LUMINÁRIA NA RUA PROJETADA AO LADO DO CETMAM QUE LIGA A RUA RIO IGUAÇU NA ÁREA TRÊS A RUA CHARQUEADA NO BAIRRO ÁGUA VERDE"._x000D_
 </t>
   </si>
   <si>
     <t>4723</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4723/4723_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4723/4723_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE PATROLAMENTO E CASCALHAMENTO NA PARTE FINAL DAS SEGUINTES RUAS DO BAIRRO ÁREA TRÊS: SÃO JERONIMO, SÃO JOÃO, SANTA LUZIA E GIGANTE DE PEDRA"._x000D_
 </t>
   </si>
   <si>
     <t>4724</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4724/4724_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4724/4724_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACOS NA RUA SÃO LEOPOLDO EM FRENTE AO NUMERO 329 ESQUINA COM A AVENIDA JURUTANHI NO BAIRRO ÁREA TRÊS"._x000D_
 </t>
   </si>
   <si>
     <t>4725</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4725/4725_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4725/4725_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZEM A COLOCAÇÃO DE TACHÃO ONDE JÁ EXISTE A PINTURA FEITA NO ASFALTO, PARA DEMARCAR A DIVISÃO DE PISTAS DE ENTRADA E SAÍDA DO ACESSO AO BAIRRO JARDIM BANDEIRANTES"._x000D_
 </t>
   </si>
   <si>
     <t>4726</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4726/4726_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4726/4726_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL&amp;#8221; QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA PROVIDENCIADO O REBAIXAMENTO DAS CAIXAS E DESOBSTRUÇÃO DOS QUATRO BUEIROS LOCALIZADOS NA RUA MARMORE EM FRENTE À IGREJA ASSEMBLEIA DE DEUS NO BAIRRO ÁREA SETE"._x000D_
 </t>
   </si>
   <si>
     <t>4728</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4728/4728_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4728/4728_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, SEJA FEITO ESTUDO QUANTO A POSSIBILIDADE DE ÁREA RESERVADA PARA EMBARQUE E DESEMBARQUE (VEÍCULOS PARTICULARES), NA RODOVIÁRIA, POR UM TEMPO DE ATÉ 15 MINUTOS"._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4729</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4729/4729_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4729/4729_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA CONSERTADO BURACO EXISTENTE NA CALÇADA DA AVENIDA HORÁCIO KLABIN, EM FRENTE AO Nº 187, PRÓXIMO A ENTRADA LATERAL DO SUPERMERCADO VERONA"._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4730</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4730/4730_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4730/4730_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA DE BUEIROS EM FRENTE AO Nº 564 NA RUA PRATA, BAIRRO ÁREA 2"._x000D_
 </t>
   </si>
   <si>
     <t>4731</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4731/4731_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4731/4731_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA GERAL NA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL DOM BOSCO NO BAIRRO ÁREA 2"._x000D_
 </t>
   </si>
   <si>
     <t>4732</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4732/4732_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4732/4732_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA NO CAMPO DE FUTEBOL NO BAIRRO SÃO LUIZ"._x000D_
 </t>
   </si>
   <si>
     <t>4733</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4733/4733_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4733/4733_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE RECAPE ASFÁLTICO NA RUA 4 NO BAIRRO SÃO LUIZ"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4734</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4734/4734_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4734/4734_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE PINTURA DE FAIXAS NA AVENIDA MARECHAL FLORIANO INICIANDO NO BAIRRO SOCOMIM E TERMINANDO NO BAIRRO VILA SIQUEIRA"._x000D_
 </t>
   </si>
   <si>
     <t>4735</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4735/4735_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4735/4735_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE RECAPE ASFÁLTICO NA AV. TUPINIQUINS NO BAIRRO BNH"._x000D_
 </t>
   </si>
   <si>
     <t>4736</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4736/4736_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4736/4736_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE RECAPE ASFÁLTICO NA RUA PROJETADA E RUA TOMAZ, NO BAIRRO ANA MARY&amp;#8221;. </t>
   </si>
   <si>
     <t>4737</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4737/4737_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4737/4737_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE LIMPEZA E ROÇADA, EM TODA A EXTENSÃO AO REDOR DA QUADRA DE ESPORTES, AO LADO DO QUARTEL DA POLÍCIA MILITAR, NO BAIRRO JARDIM BANDEIRANTES". </t>
   </si>
   <si>
     <t>4738</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4738/4738_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4738/4738_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO COMPLEMENTAÇÃO DOS TUBOS DE CORRIMÃO NA ESCADA QUE DÁ ACESSO DA PRACINHA PARA RUA DOS TAPUIAS, NO BAIRRO BONAVILA". </t>
   </si>
   <si>
     <t>4739</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4739/4739_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4739/4739_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SENHOR SECRETÁRIO DE OBRAS, SEJA FEITO UM ESTUDO DE SERVIÇO DE LAMA ASFÁLTICA (CBUQ) CONCRETO BETUMINOSO USINADO A QUENTE, NA RUA JANDAIA DO SUL, BAIRRO JARDIM ITÁLIA"._x000D_
 </t>
   </si>
   <si>
     <t>4740</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4740/4740_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4740/4740_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SENHOR SECRETÁRIO DE OBRAS SEJA FEITA UMA OPERAÇÃO DE TAPA BURACO NA RUA BEIJA FLOR, MAIS PRECISAMENTE EM FRENTE O NÚMERO 242, BAIRRO VILA ESPERANÇA"_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4741</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4741/4741_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4741/4741_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO A COMISSÃO DE TRÂNSITO  SEJA FEITO UM ESTUDO DE COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA TAMARANA MAIS PRECISAMENTE EM FRENTE AO NÚMERO 66, ONDE ESTA INSTALADO UM COMÉRCIO, BAIRRO JARDIM ALVORADA"._x000D_
 </t>
   </si>
   <si>
     <t>4742</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4742/4742_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4742/4742_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO SETOR COMPETENTE SEJA FEITO LIMPEZA DE BUEIRO NA RUA RIO CABURAI MAIS PRECISAMENTE EM FRENTE AO NÚMERO 220, BAIRRO VILA ROSA".</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4743/4743_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4743/4743_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO SETOR COMPETENTE DETERMINE ESTUDOS PARA SER INSTALADA UMA ACADEMIA AO AR LIVRE NA RUA CAMBÉ, BAIRRO JARDIM KROLL"._x000D_
 </t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4744/4744_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4744/4744_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, CONSTRUA UM REDUTOR DE VELOCIDADE, PREFERENCIALMENTE UMA FAIXA ELEVADA DE PEDESTRE NA RUA JOÃO FERREIRA PRESTES, PRÓXIMO AO Nº 39 &amp;#8211; BELA VISTA". </t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4745/4745_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4745/4745_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, REFAÇA A LOMBADA NA ESTRADA DOS GUARARAPES (FRENTE ESCOLA DA ANA MERY E POSTO DE SAÚDE)".</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4746/4746_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4746/4746_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A LIMPEZA DE MATO NO PASSEIO DA RUA COLIBRI, BAIRRO JARDIM ANDREIA".</t>
   </si>
   <si>
     <t>4750</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4750/4750_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4750/4750_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR DE LIMPEZA PÚBLICA QUE SEJA FEITO LIMPEZA GERAL NAS ÁREAS, INTERNA E EXTERNA, DAS ESCOLAS MUNICIPAIS, EM ESPECIAL, A ESCOLA MUNICIPAL GONÇALVES LEDO E O CAIC.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4751/4751_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4751/4751_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE TAPA-BURACO NA RUA BANDEIRAS, ESQUINA COM AMÉRICO VESPÚCIO NO JARDIM BANDEIRANTES&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4752/4752_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4752/4752_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS, EFETUE A RECAPAGEM COM LAMA ASFÁLTICA NA RUA AMÉRICO VESPÚCIO, JARDIM BANDEIRANTES."_x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4753/4753_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4753/4753_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, DETERMINE AOS ÓRGÃOS COMPETENTES PARA QUE ESTUDE A POSSIBILIDADE DE SER COLOCADO UM REDUTOR DE VELOCIDADE OU LOMBADA NA RUA MANOEL SIMEÃO DE SOUZA (BAIRRO BOM JESUS, EM FRENTE AO N° 309- BAR DO VARDÃO).&amp;#8221; _x000D_
 </t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4754/4754_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4754/4754_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE SEJA EFETUADO SERVIÇOS DE LIMPEZA DE BUEIROS NOS BAIRROS: VILA CRISTINA, VILA ROSA, JARDIM ITÁLIA E JARDIM ALVORADA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4755/4755_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4755/4755_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA EFETUADO SERVIÇOS DE LIMPEZA, CAPINA E ROÇADA DO TERRENO LOCALIZADO AO LADO DO CMEI VINICIUS DE MORAES NO BAIRRO BELA VISTA, TERRENO QUE É DE PROPRIEDADE DO MUNICÍPIO DESTINADO PARA AMPLIAÇÃO DO CMEI&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4756</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4756/4756_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4756/4756_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJAM FEITO COLOCAÇÃO DE SINALIZAÇÃO VERTICAL E FAIXA DE RETENÇÃO NA RUA PALMEIRA ESQUINA COM: (RUA JACARANDÁ E AVENIDA DAS FLORES), BAIRRO JARDIM ALEGRE&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4758</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4758/4758_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4758/4758_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA RECONSTRUÍDA A CALÇADA PARA PEDESTRE NA RUA GUIANA VILA CRISTINA, POIS A MESMA FOI DANIFICADA DURANTE FORTES CHUVAS E OBRA DE MANILHAMENTO DO CÓRREGO&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4759</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4759/4759_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4759/4759_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE ROÇADA, RETIRADA DE MATO E LIMPEZA AO REDOR DO CENTRO COMUNITÁRIO E DA ACADEMIA AO AR LIVRE DO BAIRRO - JARDIM EUROPA"</t>
   </si>
   <si>
     <t>4761</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4761/4761_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4761/4761_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE PAVIMENTAÇÃO ASFÁLTICA NA AVENIDA JOÃO MARTINS DE OLIVEIRA &amp;#8211; NO BAIRRO JARDIM EUROPA A PARTIR DA IGREJA NOSSA SENHORA DO ROCIO&amp;#8221;.</t>
   </si>
   <si>
     <t>4762</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4762/4762_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4762/4762_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE TAPA BURACOS EM TODA EXTENSÃO DA RUA FRANCISCO KASEKER PUCCI - CENTRO&amp;#8221;.</t>
   </si>
   <si>
     <t>4763</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4763/4763_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4763/4763_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE PARA QUE SEJA CONSTRUÍDA UMA RAMPA DE ACESSO À QUADRA DE ESPORTES DA ESCOLA MUNICIPAL DOM BOSCO NO BAIRRO JARDIM ALEGRE."</t>
   </si>
   <si>
     <t>4765</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4765/4765_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4765/4765_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE ROÇADA E RETIRADA DE MATO AO REDOR DA QUADRA DE ESPORTES DO BAIRRO MARINHA&amp;#8221;</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4766/4766_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4766/4766_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE MANUTENÇÃO - TROCA DE LÂMPADAS 	NOS POSTES DA QUADRA DE ESPORTES DO BAIRRO MARINHA&amp;#8221; </t>
   </si>
   <si>
     <t>4767</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4767/4767_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4767/4767_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO UM ESTUDO VIÁRIO PARA TORNAR MÃO ÚNICA A RUA FÁBIO FANUCCHI &amp;#8211; CENTRO&amp;#8221;</t>
   </si>
   <si>
     <t>4768</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4768/4768_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4768/4768_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJAM RECAPEADAS AS RUAS: BOM RETIRO, PORTEIRA GRANDE E CORRENTE (ÁREA 2)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4769</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4769/4769_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4769/4769_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO LIMPEZA DE BUEIRO NA RUA MINA DE CARVÃO, ESQUINA COM A MANDAÇAIA (ÁREA 2)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4770</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>Rubens Benck, Professor Neri, Rubens Benck</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4770/4770_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4770/4770_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, SEJA REFEITA A SINALIZAÇÃO NO COLÉGIO ESTADUAL SÃO PEDRO, SITO À RUA ANDIRÁ (ÁREA 2)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4771</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4771/4771_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4771/4771_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, SERVIÇO DE PODA DE VÁRIAS ÁRVORES QUE ESTÃO SECAS NA PÇA. LUBA KLABIN NO BAIRRO CENTRO&amp;#8221;.</t>
   </si>
   <si>
     <t>4772</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4772/4772_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4772/4772_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, UM ESTUDO PARA UM MELHOR ESCOAMENTO DAS ÁGUAS DA CHUVA NA RUA SIRIO DE CASTRO, NO BAIRRO JARDIM UNIÃO&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4773</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4773/4773_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4773/4773_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO O ESTUDO PARA CERCAR AS DEPENDÊNCIAS DAS UNIDADES BÁSICAS DE SAÚDE NOS MESMOS MOLDES EXISTENTE NA UBS DO JARDIM PROGRESSO (ÁREA SEIS)"._x000D_
 </t>
   </si>
   <si>
     <t>4774</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4774/4774_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4774/4774_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O ESTUDO PARA QUE SEJA INCLUÍDO NO SISTEMA DE MONITORAMENTO DA CIDADE A VILA RURAL BRILHO DO SOL."_x000D_
 </t>
   </si>
   <si>
     <t>4775</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4775/4775_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4775/4775_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O ESTUDO PARA A CONSTRUÇÃO DE UMA LOMBADA NA MINA DE PRATA EM FRENTE AO NUMERO 199 NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4777</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4777/4777_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4777/4777_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O ESTUDO PARA QUE SEJA FEITO A PADRONIZAÇÃO DAS PLACAS QUE INDICAM O NOME DAS RUAS DO NOSSO MUNICÍPIO, BEM COMO A COLOCAÇÃO DAS MESMAS EM LUGAR DE FÁCIL VISUALIZAÇÃO COM UM TAMANHO MAIOR DO QUE AS JÁ EXISTENTES E QUE AS MESMAS POSSUAM TAMBÉM O CEP DA RUA, E QUE SEJA REALIZADA A REGULARIZAÇÃO DA ORDEM DOS NÚMEROS EXISTENTES NAS RESIDÊNCIAS."_x000D_
 </t>
   </si>
   <si>
     <t>4778</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4778/4778_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4778/4778_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA PROVIDENCIADA A ABERTURA DE UM RETORNO PARA VEÍCULOS NO FIM DA RUA SÃO MIGUEL NO BAIRRO BOM JESUS."_x000D_
 </t>
   </si>
   <si>
     <t>4779</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4779/4779_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4779/4779_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO NA RUA OSVALDO CRUZ, BAIRRO SÃO ROQUE&amp;#8221;.</t>
   </si>
   <si>
     <t>4780</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4780/4780_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4780/4780_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO NA RUA PARANAVAÍ, BAIRRO SÃO ROQUE&amp;#8221;.</t>
   </si>
   <si>
     <t>4781</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4781/4781_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4781/4781_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE A POSSIBILIDADE DE INSTALAÇÃO DE UMA LOMBADA NA RUA MINA DE CARVÃO, PRÓXIMO AO Nº 217, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 2&amp;#8221;.  </t>
   </si>
   <si>
     <t>4782</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4782/4782_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4782/4782_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE A POSSIBILIDADE DE INSTALAÇÃO DE UMA LOMBADA NA RUA ALBERTO EHLERT FILHO, EM FRENTE A MADE SILVA, NO CENTRO&amp;#8221;. </t>
   </si>
   <si>
     <t>4783</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4783/4783_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4783/4783_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NA RUA PROJETADA, NO BAIRRO SÃO JOÃO&amp;#8221;.  </t>
   </si>
   <si>
     <t>4784</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4784/4784_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4784/4784_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE REPAROS EM EROSÃO NO CÓRREGO AO LADO CASA, NA RUA ANITA GARIBALDI Nº 8, NO BAIRRO SIQUEIRA&amp;#8221;.  </t>
   </si>
   <si>
     <t>4785</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4785/4785_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4785/4785_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE FECHAMENTO DE BURACOS NA RUA JOÃO SIQUEIRA FILHO COM A ANITA GARIBALDI, NO BAIRRO SOCOMIM&amp;#8221;.  </t>
   </si>
   <si>
     <t>4786</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4786/4786_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4786/4786_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO  SEJA FEITO UM ESTUDO DE COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA JOÃO SIQUEIRA FILHO, MAIS PRECISAMENTE EM FRENTE AO NÚMERO 883, BAIRRO SOCOMIM.&amp;#8221;_x000D_
 _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>4787</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4787/4787_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4787/4787_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE PROCEDA UM ESTUDO DE COLOCAÇÃO DE COBERTURA NO PONTO DE CIRCULAR NA RUA HORÁCIO KLABIN EM FRENTE AO NÚMERO 1139, BAIRRO SOCOMIM.&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4788/4788_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4788/4788_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO SETOR COMPETENTE SEJA REPOSIÇÃO DE LÂMPADAS QUEIMADAS NA RUA QUERO-QUERO, NAS PROXIMIDADES DOS NÚMEROS 15 E 17, BAIRRO SÃO SILVESTRE"._x000D_
 </t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4789/4789_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4789/4789_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICO AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE MELHORIAS; TAPA BURACO LOGO APÓS A LOMBADA NA RUA DOS PINOS BAIRRO JARDIM ALEGRE, QUE LIGA COM A RUA RIO GRANDE DO BAIRRO SÃO JOÃO."</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4790/4790_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4790/4790_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE TAPA BURACOS NO CRUZAMENTO DAS RUAS VASCO DA GAMA COM A AVENIDA OSÓRIO DE ALMEIDA TAQUES NO BAIRRO CEM CASAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4792/4792_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4792/4792_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE TAPA BURACOS NA RUA TOMAZINA NO BAIRRO CEM CASAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4793</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4793/4793_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4793/4793_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, AS RECOLOCAÇÕES DE TODOS OS TACHÕES FALTANTES EM TODOS OS CRUZAMENTOS DO NOSSO MUNICÍPIO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4795</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4795/4795_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4795/4795_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NAS RUAS NOVA ERA E GUARATINGUETÁ, NO PARQUE LIMEIRA &amp;#8211; ÁREA 6&amp;#8221;.</t>
   </si>
   <si>
     <t>4796</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4796/4796_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4796/4796_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE RECAPE ASFÁLTICO NA RUA BELCHIOR DIAS MOREIRA, NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;.  </t>
   </si>
   <si>
     <t>4797</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4797/4797_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4797/4797_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE LIMPEZA E ROÇADA NO MATO EXISTENTE EM TORNO DA ACADEMIA AO AR LIVRE AO LADO DO POSTO DE SAÚDE NA RUA SÃO JOÃO DEL REY NO BAIRRO JARDIM PROGRESSO."_x000D_
 </t>
   </si>
   <si>
     <t>4799</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4799/4799_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4799/4799_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA INSTALADO UM PARQUE INFANTIL NO BAIRRO JARDIM PROGRESSO (ÁREA SEIS)."_x000D_
 </t>
   </si>
   <si>
     <t>4801</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4801/4801_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4801/4801_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO OPERAÇÃO TAPA BURACOS NA RUA PASTOR BRAULIO JORGE MATHEUS, PRÓXIMO A LOMBADA E OFICINA DO ÉRIQUE, SENTIDO VILAS: ROSA E ESPERANÇA (ÁREA 1)&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4802</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4802/4802_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4802/4802_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO OPERAÇÃO TAPA BURACO NA ROTATÓRIA EXISTENTE NA TRAVESSA PAPA PIO XII (CENTRO)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4803</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4803/4803_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4803/4803_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO PODA DAS PALMEIRAS, NA AVENIDA ELIOMAR M. XAVIER (CENTRO)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4804</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4804/4804_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4804/4804_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO ÓRGÃO COMPETENTE PROVIDENCIE INSTALAÇÃO DE LIXEIRAS NA RUA DA MATA EM FRENTE AO NÚMERO 148 - JARDIM ALEGRE&amp;#8221;.</t>
   </si>
   <si>
     <t>4805</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4805/4805_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4805/4805_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE TAPA-BURACO EM DOIS PONTOS ESPECÍFICOS DA RODOVIA PR 160 KM&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4806</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4806/4806_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4806/4806_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO DA RUA CALIFÓRNIA, CEM CASAS&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4807</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4807/4807_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4807/4807_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE OBRAS, PROVIDÊNCIAS NECESSÁRIAS PARA PROVIDENCIAR LIMPEZA E UMA TAMPA PARA UM BUEIRO ABERTO NA RUA EUCLIDES BONIFÁCIO LONDRES, NOS ARREDORES DA PRAÇA PR. PEDRO CORTEZ&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4808</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4808/4808_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4808/4808_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA DA RUA ARAPOTI &amp;#8211; PARQUE LIMEIRA &amp;#8211; ÁREA 2&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4809</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4809/4809_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4809/4809_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, REALIZE SERVIÇOS DE TAPA-BURACOS NA RUA SERAFIM COLOMBO GOMES - CENTRO&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4810</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4810/4810_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4810/4810_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, INSTALE UMA ACADEMIA AO AR LIVRE NO BAIRRO BELA VISTA, EM TERRENO PÚBLICO LOCALIZADO NA RUA PEDRO VIRIATO PARIGOT DE SOUZA, FRENTE CASA N. 46&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4811</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4811/4811_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4811/4811_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, CONSTRUA UM REDUTOR DE VELOCIDADE, PREFERENCIALMENTE UMA FAIXA ELEVADA DE PEDESTRE NA RUA JOÃO FERREIRA PRESTES PRÓXIMO AO N° 39 &amp;#8211; BELA VISTA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4817</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4817/4817_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4817/4817_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA COLOCADA UMA PLACA DE SINALIZAÇÃO INDICANDO PREFERENCIAL DE TRÂNSITO NA RUA RIO JORDÃO EM FRENTE AO NUMERO 84 NO BAIRRO RIO ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>4819</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4819/4819_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4819/4819_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA INSTALADO UM PARQUE INFANTIL NO TERRENO SITUADO AO LADO DO CENTRO COMUNITÁRIO DO BAIRRO RIO ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>4820</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4820/4820_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4820/4820_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA PASSADA A PATROLA NO TERRENO QUE PERTENCE AO MUNICÍPIO LOCALIZADO NA RUA RIO TIGRE ESQUINA COM A RUA DANÚBIO NO BAIRRO RIO ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>4821</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4821/4821_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4821/4821_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO A PINTURA DA FAIXA PARA PEDESTRES NO CRUZAMENTO DAS RUAS MAR VERMELHO E RIO JORDÃO NO BAIRRO RIO ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>4822</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4822/4822_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4822/4822_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE OPERAÇÃO TAPA BURACOS NA RUA O BRASIL PARA CRISTO EM FRENTE AOS NÚMEROS 62 E 80 NO CENTRO."_x000D_
 </t>
   </si>
   <si>
     <t>4823</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4823/4823_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4823/4823_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE LIMPEZA E ROÇADA NO MATO EXISTENTE NA RUA MACEIÓ NO BAIRRO SANTA RITA."_x000D_
 </t>
   </si>
   <si>
     <t>4824</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4824/4824_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4824/4824_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR RECAPE NAS RUAS RIO PARÚ, E RUA RIO NEGRO, NO BAIRRO PARQUE LIMEIRA ÁREA 7.&amp;#8221;</t>
   </si>
   <si>
     <t>4825</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4825/4825_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4825/4825_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR TAMPA DE BUEIRO EM FRENTE AO N° 25 NA RUA SANTA ROSA, NO BAIRRO SÃO JOÃO.&amp;#8221;</t>
   </si>
   <si>
     <t>4826</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4826/4826_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4826/4826_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR CAIXA DE LIXO, PRÓXIMO ENTRADA CHÁCARA DO ARI,  BAIRRO JARDIM UNIÃO.&amp;#8221;</t>
   </si>
   <si>
     <t>4827</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4827/4827_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4827/4827_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, CONTATAR COM A EMPRESA RESPONSÁVEL, PELOS CHAMADOS ORELHÕES A POSSIBILIDADE DE RETIRAR O ORELHÃO QUE ESTÁ SITUADO A AVENIDA NAÇÕES UNIDAS PISTA OESTE N° 342, EM FRENTE AO HOTEL PARANÁ, E COLOCAR EM FRENTE A PRAÇA DA CASA DA CULTURA.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>4828</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4828/4828_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4828/4828_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, SEJA COLOCADO PLACA &amp;#8220;PROIBIDO VIRAR À DIREITA&amp;#8221; NA RUA LIONS CLUB, ENTRADA PARA A RUA NETUNO (BAIRRO NOSSA  SENHORA DE FÁTIMA)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4829/4829_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4829/4829_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO A RETIRADA DE LIXOS E LIMPEZA DE MATOS EXISTENTES NA RUA APACHES (LOCALIZADA ATRÁS DO MINICENTRO)&amp;#8221; _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4830/4830_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4830/4830_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RETIRADA DE MATO E LIMPEZA PRÓXIMO AS CALÇADAS  DA RUA PORTUGAL NO BAIRRO JARDIM EUROPA&amp;#8221;.</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4831/4831_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4831/4831_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO PAVIMENTAÇÃO SOBRE POLIÉDRICO NAS RUAS PARANÁ E ARARAQUARA NO BAIRRO ANA MARY&amp;#8221;.</t>
   </si>
   <si>
     <t>4832</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4832/4832_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4832/4832_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJAM COLOCADAS PLACAS DE SINALIZAÇÃO NA RUA BULGÁRIA E NA TRAVESSA ROMÊNIA NO BAIRRO JARDIM EUROPA&amp;#8221;</t>
   </si>
   <si>
     <t>4833</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4833/4833_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4833/4833_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE UM PARQUE INFANTIL PRÓXIMO A ACADEMIA AO AR LIVRE DO BAIRRO VILA OSÓRIO&amp;#8221;</t>
   </si>
   <si>
     <t>4834</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4834/4834_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4834/4834_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA TRAVESSA CANELA &amp;#8211; ÁREA I JARDIM FLORESTAL&amp;#8221;</t>
   </si>
   <si>
     <t>4835</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4835/4835_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4835/4835_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE PAVIMENTAÇÃO SOBRE POLIÉDRICO NA RUA PROFESSORA EDITH GORDON NO BAIRRO &amp;#8211; CENTRO&amp;#8221;.</t>
   </si>
   <si>
     <t>4836</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4836/4836_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4836/4836_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE CONSTRUÇÃO DE CALÇADAS NO PASSEIO AO REDOR DA ESCOLA PAULO FREIRE NO BAIRRO ÁREA 6&amp;#8221;.</t>
   </si>
   <si>
     <t>4837</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4837/4837_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4837/4837_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE DESENTUPIMENTO DE GALERIA PLUVIAL NA RUA BARRO PRETO, PRÓXIMO AO Nº 642, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 2&amp;#8221;.  </t>
   </si>
   <si>
     <t>4838</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4838/4838_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4838/4838_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE TAPA BURACO NA RUA JAGUATIRICA, EM FRENTE AO Nº 71 AO LADO DA GALERIA PLUVIAL, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 2&amp;#8221;. </t>
   </si>
   <si>
     <t>4839</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4839/4839_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4839/4839_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE A INSTALAÇÃO DE UM PARQUE INFANTIL NO BAIRRO SÃO LUIS&amp;#8221;.  </t>
   </si>
   <si>
     <t>4840</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4840/4840_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4840/4840_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A CORREÇÃO DO NOME NA PLACA INDICATIVA, SENDO O CORRETO &amp;#8220; AVENIDA AUGUSTO TOBICH &amp;#8220;  NO BAIRRO CENTRO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4841</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4841/4841_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4841/4841_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE CAPINA E ROÇADA NO PASSEIO DA RUA MAR VERMELHO NO BAIRRO RIO ALEGRE&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4842</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4842/4842_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4842/4842_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO  QUE JUNTO A COMISSÃO DE TRÂNSITO  SEJA FEITO UM ESTUDO DE COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA RECIFE, MAIS PRECISAMENTE EM FRENTE AO NÚMERO 284, BAIRRO MACOPA."_x000D_
 </t>
   </si>
   <si>
     <t>4843</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4843/4843_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4843/4843_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO SENHOR SECRETARIO DE OBRAS QUE SEJA FEITO CONSERTO DE BURACO NA CAMADA ASFÁLTICA NA RUA ANAPOLIS, LOCALIZADO AO LADO DO NÚMERO 122, BAIRRO JARDIM ITÁLIA."_x000D_
 </t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4844/4844_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4844/4844_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO SETOR COMPETENTE QUE PROCEDA COLOCAÇÃO DE PLACA DE DENOMINAÇÃO DA RUA ESPIRITO SANTO, ANTIGA RUA FLORIANÓPOLIS, BAIRRO MACOPA."_x000D_
 </t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4845/4845_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4845/4845_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A RECUPERAÇÃO ASFÁLTICA DA TRAVESSA GUARULHOS &amp;#8211; PRAÇA DOS PINHEIROS&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4846/4846_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4846/4846_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA UMA AVALIAÇÃO, POR TÉCNICOS DA SECRETARIA, NA RUA MANOEL RIBAS, FRENTE CASA N. 308 &amp;#8211; CENTRO, VISANDO A CONSTRUÇÃO DE BOCAS DE LOBO (BUEIROS) NO REFERIDO LOCAL&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4847/4847_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4847/4847_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, REALIZE OS SEGUINTES SERVIÇOS NA ESCOLA MUNICIPAL CONSELHEIRO ZACARIAS: 1) CHUMBAR AS TRAVES DA QUADRA POLIESPORTIVA QUE ESTÃO COMPLETAMENTE SOLTAS; 2) REPAROS NO ALAMBRADO DA REFERIDA QUADRA; 3) COLOCAÇÃO DE TOLDOS NAS JANELAS DO REFEITÓRIO DOS ALUNOS; 4) REPARO NA COBERTURA DO SAGUÃO DA ESCOLA."_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4848/4848_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4848/4848_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO DA RUA MARTE, ESQUINA COM TV. JOAQUIM A. DE OLIVEIRA, CEM CASAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4849/4849_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4849/4849_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE SEJA FEITO UM ESTUDO PARA INSTALAÇÃO DE ACADEMIA AO AR LIVRE NA PRACINHA NA RUA SÃO PAULO, ESQUINA COM A RUA PERNAMBUCO, CEM CASAS."</t>
   </si>
   <si>
     <t>4850</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4850/4850_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4850/4850_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE MELHORIAS; LIMPEZA NA PRAÇA DO BAIRRO BELA VISTA QUE FICA NAS PROXIMIDADES DAS RUAS SANTA MARIANA E RUA BOLÍVIA." </t>
   </si>
   <si>
     <t>4854</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4854/4854_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4854/4854_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE A CONSTRUÇÃO DE CMEI NA RUA JACARANDÁ, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 1&amp;#8221;.  </t>
   </si>
   <si>
     <t>4855</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4855/4855_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4855/4855_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA FIXAR UM LADO DA PISTA DE ROLAMENTO PARA ESTACIONAMENTO NA RUA JACARANDÁ, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 1&amp;#8221;.  </t>
   </si>
   <si>
     <t>4856</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4856/4856_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4856/4856_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA INSTALAÇÃO DE UMA LOMBADA OU REDUTOR DE VELOCIDADE NA RUA JACARANDÁ, PRÓXIMO AO Nº 197, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 1&amp;#8221;.  </t>
   </si>
   <si>
     <t>4857</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4857/4857_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4857/4857_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA INSTALAÇÃO DE UMA LOMBADA NA RUA PEPITA, PRÓXIMO AO Nº 136, NO BAIRRO SÃO FRANCISCO&amp;#8221;.  </t>
   </si>
   <si>
     <t>4858</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4858/4858_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4858/4858_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE ROÇADA E LIMPEZA NA RUA CASTRO, 02, NO TERRENO AO LADO DA ESCOLA ESTADUAL DR. LUIZ VIEIRA, NO BAIRRO SÃO JOÃO&amp;#8221;. </t>
   </si>
   <si>
     <t>4859</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4859/4859_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4859/4859_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA INSTALAÇÃO DE LOMBADA NA AV. MAL. FLORIANO PEIXOTO, ENTRE A IGREJA BRASIL PARA CRISTO E O RESTAURANTE DO NEGÃO, NO BAIRRO SOCOMIM&amp;#8221;.  </t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4860/4860_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4860/4860_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NA TRAVESSA SÃO TOMÉ, TRECHO FINAL APÓS A PONTE, NO BAIRRO JARDIM KROLL&amp;#8221;. </t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>Sete</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4861/4861_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4861/4861_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA  INSTALAÇÃO DE UM SEMAFÁRO ENTRE AS RUAS  ARAUCÁRIA, FLOR DE LARANJEIRA, CAVIÚNA EXTENSÃO DA ODILON BORBA E RUA PALMEIRA&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4862/4862_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4862/4862_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICO AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE MELHORIAS; UMA LOMBADA OU UMA TRAVESSIA ELEVADA NA RUA VASCO DA GAMA EM FRETE O NUMERO 125 AO LADO DA IGREJA CATÓLICA QUE FICA NO BAIRRO NOSSA SENHORA DE FÁTIMA."  </t>
   </si>
   <si>
     <t>4863</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4863/4863_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4863/4863_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR PATROLAMENTO NA RUA PROJETADA NO BAIRRO BOM JESUS.&amp;#8221;</t>
   </si>
   <si>
     <t>4864</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4864/4864_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4864/4864_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR LOMBADA RUA BOLÍVIA, EM FRENTE AO N° 153, BAIRRO BELA VISTA."</t>
   </si>
   <si>
     <t>4865</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4865/4865_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4865/4865_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR RECAPE ASFÁLTICO NA RUA SÃO VICENTE DE PAULA, BAIRRO BOM JESUS.&amp;#8221;  </t>
   </si>
   <si>
     <t>4866</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4866/4866_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4866/4866_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR RECAPE ASFÁLTICO NA RUA URANO E NETUNO, BAIRRO CEM CASAS.&amp;#8221;  _x000D_
 _x000D_
 _x000D_
                                      _x000D_
 </t>
   </si>
   <si>
     <t>4867</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4867/4867_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4867/4867_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, RECUPERAÇÃO  DA MALHA VIÁRIA , NA RUA &amp;#8220;AC&amp;#8221; &amp;#8211; BELA VISTA EM FRENTE A IGREJA ASSEMBLÉIA DE DEUS&amp;#8221;. _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>4868</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4868/4868_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4868/4868_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, INSTALE UM PARQUE INFANTIL, NO BAIRRO BELA VISTA&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4869</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4869/4869_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4869/4869_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA ESTUDOS VISANDO A ALTERAÇÃO NO SENTIDO DE CIRCULAÇÃO, OU SEJA, TORNANDO MÃO ÚNICA, NA RUA &amp;#8220;AC&amp;#8221; &amp;#8211; BELA VISTA.&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4870</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4870/4870_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4870/4870_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A COLOCAÇÃO DE MEIO-FIO NA RUA BULGÁRIA (A PARTIR DA CASA N. 44) &amp;#8211; BAIRRO JARDIM EUROPA&amp;#8221;. _x000D_
 	_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4871</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4871/4871_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4871/4871_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO  QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO O ESTUDO PARA RECAPE COM LAMA ASFÁLTICA NA RUA SÍRIO DE CASTRO RIBAS NO BAIRRO JARDIM UNIÃO."_x000D_
 </t>
   </si>
   <si>
     <t>4872</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4872/4872_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4872/4872_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO O ESTUDO PARA RECAPE COM LAMA ASFÁLTICA NAS RUAS GUATEMALA E CANADÁ NO BAIRRO MONTE ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>4873</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4873/4873_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4873/4873_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA INSTALADO UM PARQUE INFANTIL NO BAIRRO SÃO FÉLIX."_x000D_
 </t>
   </si>
   <si>
     <t>4874</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4874/4874_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4874/4874_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA INSTALADO UM PARQUE INFANTIL AO LADO DA QUADRA DE ESPORTES NA RUA SATURNO NO BAIRRO NOSSA SENHORA DO PERPETUO SOCORRO."_x000D_
 </t>
   </si>
   <si>
     <t>4875</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4875/4875_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4875/4875_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O PARA QUE SEJA CONCLUÍDO O SERVIÇO QUE FOI INICIADO NA QUADRA DE FUTEBOL DE AREIA SITUADA NA RUA SATURNO NO BAIRRO NOSSA SENHORA DO PERPETUO SOCORRO"._x000D_
 </t>
   </si>
   <si>
     <t>4876</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4876/4876_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4876/4876_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA COLOCAÇÃO DE POSTES COM LUMINÁRIA NA ÁREA ONDE ESTÁ INSTALADO A ACADEMIA AO AR LIVRE E O PARQUINHO INFANTIL NA RUA RIO IGUAÇU NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4877</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4877/4877_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4877/4877_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO  AO SENHOR SECRETARIO DE OBRAS SEJA FEITO UM ESTUDO DE SERVIÇO DE TAPA BURACO NAS RUAS PIRAI DO SUL E VENTANIA, TODAS NO BAIRRO ÁREA II."_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4878</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4878/4878_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4878/4878_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE A REPOSIÇÃO DE CESTOS DE COLETA DE LIXO NA RUA ANGELO DALCOL JUNIOR 465, MAIS PRECISAMENTE EM FRENTE AO ANTIGO CENTRO ODONTOLÓGICO MUNICIPAL, CENTRO."_x000D_
 </t>
   </si>
   <si>
     <t>4880</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4880/4880_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4880/4880_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO A LIMPEZA DE GALHOS, MATOS E LIXOS EXISTENTES NAS CALÇADAS DA RUA TOMÉ DE SOUZA (CENTRO)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4886</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4886/4886_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4886/4886_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO OPERAÇÃO TAPA BURACOS NA RUA INDEPENDÊNCIA, PRÓXIMO AO Nº 357 (CENTRO)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4888</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4888/4888_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4888/4888_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA RETIRADO ÁRVORES QUE ESTÃO DESTRUINDO AS CALÇADAS, NA RUA PRATA (2 ÁRVORES) ESQUINA COM A RUA PIRAI, Nº 564 (2 ÁRVORES) (ÁREA 2)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4889</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4889/4889_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4889/4889_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, SE ESTUDE A POSSIBILIDADE DE MUDANÇA DO SISTEMA DE ESTACIONAMENTO (LATERAL PARA TRANSVERSAL) EM FRENTE A IGREJA ADVENTISTA DO 7.° DIA, NA RUA LOTUS, JARDIM ALEGRE (ÁREA 2)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4892</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4892/4892_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4892/4892_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA CONCLUÍDA A PAVIMENTAÇÃO (RECAPE ASFÁLTICO) DA METADE DA EXTENSÃO DA RUA SANTA PAULA (ANA MERI)&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4894</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O ESTUDO PARA MARCAÇÃO DE FAIXAS PARA ESTACIONAMENTO DE MOTOS EM FRENTE A IGREJA MATRIZ NOSSA SENHORA DE FÁTIMA, NA RUA CHANCELER HORACIO LAFER&amp;#8220;  NO BAIRRO CENTRO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4895</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4895/4895_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4895/4895_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A OPERAÇÃO TAPA BURACOS NA RUA SESSENTA E SETE, NO BAIRRO BOM JESUS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4896</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4896/4896_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4896/4896_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE CAPINA E ROÇADA NA RUA LA PRATA NO BAIRRO JARDIM AMÉRICA&amp;#8221;.                 _x000D_
 </t>
   </si>
   <si>
     <t>4897</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4897/4897_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4897/4897_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE DESENTUPIMENTO DE BUEIROS NA RUA  VITÓRIA RÉGIA NO BAIRRO SÃO FRANCISCO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4898</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4898/4898_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4898/4898_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE ROÇADA E RETIRADA DE MATO AO REDOR DA ACADEMIA AO AR LIVRE DO E DO CAMPO DE FUTEBOL DO BAIRRO SÃO JOÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>4899</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4899/4899_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4899/4899_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA RUA MEDIANEIRA &amp;#8211; NO JARDIM SÃO FELIX&amp;#8221;.</t>
   </si>
   <si>
     <t>4901</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4901/4901_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4901/4901_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA VERIFICAR A POSSÍVEL EXISTÊNCIA DE MINA PRÓXIMO AO BARRANCO DA RUA CAMBOJA ENTRE OS BAIRROS VILA ESPERANÇA E SÃO GERALDO&amp;#8221;.</t>
   </si>
   <si>
     <t>4902</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4902/4902_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4902/4902_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA VERIFICAR O QUE ESTÁ OCASIONANDO O ESCOAMENTO DO LAGO DA PRAÇA NA AVENIDA NOSSA SENHORA APARECIDA DO BAIRRO CEM CASAS E TAMBÉM O ESCOAMENTO DO LAGO PRÓXIMO A CASA DA CULTURA&amp;#8221;.</t>
   </si>
   <si>
     <t>4905</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4905/4905_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4905/4905_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NA TRAVESSA RIO BONITO, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 7&amp;#8221;.  </t>
   </si>
   <si>
     <t>4906</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4906/4906_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4906/4906_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE LIMPEZA GERAL (PRESENÇA DE MATO) NA REGIÃO EM FRENTE AO HOSPITAL DR. FEITOSA, NA AVENIDA PARANÁ, EM REDOR AO PONTO DE TAXI E ADJACÊNCIAS, NO CENTRO&amp;#8221;.  </t>
   </si>
   <si>
     <t>4907</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4907/4907_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4907/4907_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA INSTALAÇÃO DE UMA LOMBADA NA RUA RIO BAGA GEM, PRÓXIMO AO Nº 196, NO BAIRRO SÃO JOÃO&amp;#8221;.  </t>
   </si>
   <si>
     <t>4908</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4908/4908_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4908/4908_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE LIMPEZA E ROÇADA NA RUA RIO BRANCO, NA ÁREA ONDE ESTÃO OS APARELHOS DE ACADEMIA AO AR LIVRE, PRÓXIMO A Nº 127 E POSTO DE SAÚDE, NO BAIRRO VILA IZABEL&amp;#8221;.  </t>
   </si>
   <si>
     <t>4909</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4909/4909_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4909/4909_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE LIMPEZA E ROÇADA NO CEMITÉRIO SÃO MARCOS, NO BAIRRO NOSSA SENHORA DE FÁTIMA&amp;#8221;.  </t>
   </si>
   <si>
     <t>4910</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4910/4910_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4910/4910_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RETIRADA DE MATO E LIMPEZA GERAL NO CAMPINHO AO LADO DO N° 209, NA ANTIGA RUA LARANJA, ATUAL RUA RIO SÃO FRANCISCO NO BAIRRO SÃO JOÃO."</t>
   </si>
   <si>
     <t>4911</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4911/4911_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4911/4911_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA PROVIDENCIADA COBERTURA PARA O PONTO DE ÔNIBUS EM FRENTE AO FERRO VELHO TOBERAÇO NA ROD PR-160 KM 22, ÁREA II&amp;#8221;.</t>
   </si>
   <si>
     <t>4912</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4912/4912_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4912/4912_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJAM SUBSTITUÍDAS AS LÂMPADAS DOS POSTES EXISTENTES QUE HOJE SÃO DE 70 WATTS, POR OUTRAS NOVAS DE LED QUE PROPORCIONARAM MAIOR CLARIDADE NAS RUAS RIO IGUAÇU, OLINDA E JURUTANHI NO BAIRRO ÁREA TRÊS, E AVENIDA SÃO JOÃO DEL REY NO BAIRRO JARDIM PROGRESSO (ÁREA SEIS)."_x000D_
 </t>
   </si>
   <si>
     <t>4914</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4914/4914_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4914/4914_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA INSTALADO UMA LUMINÁRIA COM LÂMPADA NO POSTE EXISTENTE NA RUA ARTUR BERNARDES EM FRENTE AO Nº 563 NO CENTRO."_x000D_
 </t>
   </si>
   <si>
     <t>4915</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4915/4915_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4915/4915_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA RUA SÃO LEOPOLDO ESQUINA COM A RUA SÃO JOÃO NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4916/4916_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4916/4916_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJAM COLOCADAS NOVAS LÂMPADAS DE LED QUE PROPORCIONAM MAIOR CLARIDADE, EM TODA EXTENSÃO DA RUA CAMPOS DA MATA NO JARDIM ITÁLIA."_x000D_
 </t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4917/4917_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4917/4917_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA PROVIDENCIADO UMA TAMPA PARA O BUEIRO LOCALIZADO NA RUA CASCAVEL ESQUINA COM A RUA GUARAPUAVA NO BAIRRO SÃO FÉLIX."_x000D_
 </t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4918/4918_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4918/4918_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA INSTALADO UMA LUMINÁRIA COM LÂMPADA NO POSTE LOCALIZADO NA RUA PASTOR BRÁULIO JORGE MATHEUS EM FRENTE AO Nº 153 NO BAIRRO VILA ESPERANÇA."_x000D_
 </t>
   </si>
   <si>
     <t>4919</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4919/4919_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4919/4919_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO O ESTUDO PARA MARCAÇÃO DE FAIXAS PARA ESTACIONAMENTO DE MOTOS EM FRENTE OU NAS PROXIMIDADES DA CÂMARA MUNICIPAL DE VEREADORES."_x000D_
 </t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4920/4920_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4920/4920_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE SEJA FEITO LIMPEZA DE BUEIRO, DRENAGEM DE UMA MINA E LIMPEZA DE ENTULHOS VARIADOS NA RUA CAMBOJA, VILA ESPERANÇA." _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4921/4921_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4921/4921_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS, EFETUE SERVIÇO DE TAPA-BURACO E RECAPAGEM COM LAMA ASFÁLTICA NA TRAVESSA 4 DE MAIO, PARQUE LIMEIRA, ÁREA II."_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4922/4922_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4922/4922_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE LIMPEZA DE MATAGAL, ENTULHOS E LIXO ACUMULADOS E SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO NA AV. NOSSA SENHORA DA LUZ, CENTRO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4923</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4923/4923_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4923/4923_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE RECAPEAMENTO ASFÁLTICO, MELHORIAS DIVERSAS E A LIGAÇÃO DAS RUAS INDEPENDÊNCIA E RUA LIONS CLUBE, CENTRO&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4924</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4924/4924_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4924/4924_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O PATROLAMENTO E CASCALHAMENTO NA RUA SANTANA NO BAIRRO ANA MARY&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4925</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4925/4925_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4925/4925_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE COLOCAÇÃO DE TAMPA DE BUEIRO E RECUPERAÇÃO DE CALÇADAS COM BROQUETES NA RUA MIRANDA NO BAIRRO ÁREA 2&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4926</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4926/4926_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4926/4926_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA DE BUEIROS NA RUA ÁGUA MARINHA NO BAIRRO ÁREA 10&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4927</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4927/4927_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4927/4927_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE CONSTRUÇÃO DE BOCA DE LOBO NA RUA JOÃO MORAES DA SILVA NO BAIRRO BNH&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4935</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4935/4935_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4935/4935_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, OS SERVIÇOS DE CAPINA E ROÇADA DA GRAMA E A COLETA DE GALHOS NA PRAÇA 31 DE MARÇO, BAIRRO BOM JESUS&amp;#8221; _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>4936</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4936/4936_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4936/4936_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O ESTUDO PARA A COLOCAÇÃO DE UMA LIXEIRA METÁLICA, NA RUA SÃO MIGUEL, BAIRRO BOM JESUS.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4938/4938_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4938/4938_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE CAPINA E ROÇADA NO CAMPO ABAIXO DA COPEL, NA RUA GUANABARA, BAIRRO CEM CASAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4939/4939_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4939/4939_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE MANUTENÇÃO DO BUEIRO, NA ESQUINA DA RUA VICE-PREFEITO REGINALDO GUEDES NOCÊRA COM A RUA 1º DE MAIO, EM FRENTE AO PRÉDIO DA RÁDIO T &amp;#8220;._x000D_
 </t>
   </si>
   <si>
     <t>4940</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4940/4940_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4940/4940_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE PINTURA DE FAIXAS, GARAGENS, GUIAS REBAIXADAS NA AVENIDA DAS FLORES NO BAIRRO JARDIM ALEGRE&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4941</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4941/4941_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4941/4941_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE RECAPE ASFÁLTICO NA RUA JATOBÁ E RUA ESMERALDA NO BAIRRO MONTE CARLO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4942</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4942/4942_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4942/4942_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LAMA ASFÁLTICA NA RUA RUBI  NO BAIRRO ÁREA 4&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4943</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4943/4943_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4943/4943_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR RECAPE ASFÁLTICO NA RUA JORGE SCHEMBERGER E PARTE DA RUA MEN DE SÁ, BAIRRO CENTRO.&amp;#8221;</t>
   </si>
   <si>
     <t>4944</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4944/4944_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4944/4944_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO ALARGAMENTO NO ENCONTRO DA RUA GUINÉ COM A RUA TUNÍSIA (BAIRRO VILA ESPERANÇA)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4945</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4945/4945_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4945/4945_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO REPAROS NA PISTA DA ROTATÓRIA E EXTENSÃO DO VIADUTO, RODOVIA DO TRABALHADOR."_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4946</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4946/4946_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4946/4946_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, MELHORADO A SINALIZAÇÃO E COLOCADO PLACA DE LIMITE DE VELOCIDADE (20) KM NA TRAVESSA ENTRE AS RUAS MOCIDADE ALEGRE E ILHÉUS, ONDE ESTÁ LOCALIZADA A ESCOLA MUNICIPAL 31 DE MARÇO (VILA ESPERANÇA)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4947</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4947/4947_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4947/4947_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO SENHOR SECRETARIO DE OBRAS QUE SEJA FEITO SERVIÇOS DE PATROLAMENTO E CASCALHAMENTO NA RUA SÃO JOÃO, BAIRRO JARDIM UNIÃO."_x000D_
 </t>
   </si>
   <si>
     <t>4952</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4952/4952_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4952/4952_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA INSTALADO UM PARQUE INFANTIL NA VILA RURAL BRILHO DO SOL."_x000D_
 </t>
   </si>
   <si>
     <t>4953</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4953/4953_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4953/4953_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA PROVIDENCIADA A COLOCAÇÃO DE UMA LIXEIRA GRANDE JUNTO A ACADEMIA AO AR LIVRE NA RUA RIO IGUAÇU NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4954</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4954/4954_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4954/4954_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE PATROLAMENTO E CASCALHAMENTO NA RUA SÃO JOÃO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4955</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4955/4955_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4955/4955_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA INSTALADO UM PARQUE INFANTIL NO JARDIM UNIÃO."_x000D_
 </t>
   </si>
   <si>
     <t>4957</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4957/4957_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4957/4957_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE LIMPEZA NO MATO EXISTENTE NAS RUAS DO BAIRRO SÃO FÉLIX."_x000D_
 </t>
   </si>
   <si>
     <t>4958</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4958/4958_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4958/4958_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE ROÇADA E LIMPEZA EM TORNO DO CENTRO COMUNITÁRIO, DA QUADRA DE ESPORTES E NA ACADEMIA AO AR LIVRE DO BAIRRO DO TRIÂNGULO."_x000D_
 </t>
   </si>
   <si>
     <t>4959</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4959/4959_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4959/4959_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA A COLOCAÇÃO DE UMA LOMBADA NA RUA DAS ROSAS EM FRENTE AO NÚMERO 109 &amp;#8211; BAIRRO JARDIM ALEGRE&amp;#8221;.</t>
   </si>
   <si>
     <t>4960</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4960/4960_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4960/4960_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE MANUTENÇÃO - TROCA DE LÂMPADAS 	NOS POSTES EM FRENTE AO POSTO DE SAÚDE E DA QUADRA DE ESPORTES DO BAIRRO ANA MARY."</t>
   </si>
   <si>
     <t>4961</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4961/4961_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4961/4961_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO EM TODAS AS RUAS DO BAIRRO JARDIM MONTE CARLO&amp;#8221;.</t>
   </si>
   <si>
     <t>4962</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4962/4962_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4962/4962_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA A INSTALAÇÃO DE BICICLETÁRIOS NOS POSTOS DE SAÚDE DO NOSSO MUNICÍPIO&amp;#8221;.                                                _x000D_
 </t>
   </si>
   <si>
     <t>4964</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4964/4964_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4964/4964_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A INSTALAÇÃO DE REDUTOR DE VELOCIDADE, MODELO  ELEVADO EM FRENTE À PAROQUIA SÃO PEDRO E SÃO PAULO NO BAIRRO PARQUE LIMEIRA ÁREA 2&amp;#8220;.   _x000D_
   _x000D_
 _x000D_
                                         </t>
   </si>
   <si>
     <t>4965</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4965/4965_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4965/4965_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O REBAIXAMENTO DE CALÇADAS PARA A ACESSIBILIDADE DE PORTADORES DE DEFICIÊNCIA NAS VIAS PÚBLICAS DO BAIRRO PARQUE LIMEIRA ÁREA 2&amp;#8220;.   _x000D_
                                         </t>
   </si>
   <si>
     <t>4967</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4967/4967_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4967/4967_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE COLOCAÇÃO DE MANILHAS NA RUA AMAPORÃ NO BAIRRO JARDIM UNIÃO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4968</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4968/4968_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4968/4968_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA RUA ARGENTINA PRÓXIMO A EMPRESA MÓVEIS ATRATIVA NO BAIRRO MONTE CARLO&amp;#8221;._x000D_
                                             </t>
   </si>
   <si>
     <t>4969</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4969/4969_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4969/4969_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE REPARO NO CALÇAMENTO NA RUA ARGENTINA, PRÓXIMO A IGREJA REMANESCENTE NO BAIRRO MONTE CARLO".  _x000D_
                                       </t>
   </si>
   <si>
     <t>4970</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4970/4970_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4970/4970_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LAMA ASFÁLTICA NA RUA VENEZUELA NO BAIRRO SOCOMIM&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4972</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4972/4972_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4972/4972_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE COLOCAÇÃO DE 2 TAMPAS DE BUEIROS NA RUA VENEZUELA NO BAIRRO SOCOMIM&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4974</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4974/4974_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4974/4974_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE FECHAMENTO DE UM BURACO NA RUA COLOMBIA, PRÓXIMO AO Nº 164, NO BAIRRO SOCOMIM&amp;#8221;.  </t>
   </si>
   <si>
     <t>4975</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4975/4975_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4975/4975_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO A LIMPEZA DE MATOS (CRESCIDOS) NAS MARGINAIS DA RUA MANAUS (BAIRRO SANTA RITA)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4977</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4977/4977_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4977/4977_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO A LIMPEZA DE BUEIROS ENTUPIDOS NAS RUAS: MACHADO DE ASSIS E PALMEIRA (BAIRRO SÃO LUIZ)&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4978</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4978/4978_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4978/4978_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR PATROLAMENTO NA ÚLTIMA RUA NO BAIRRO JARDIM ADRIANE, PRÓXIMO A CHÁCARA DO MAURILIO.&amp;#8221; </t>
   </si>
   <si>
     <t>4979</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4979/4979_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4979/4979_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR RECAPE ASFÁLTICO NA RUA RIO BARREIRO BAIRRO SÃO JOÃO .&amp;#8221;</t>
   </si>
   <si>
     <t>4980</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4980/4980_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4980/4980_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR TAPA BURACOS NA RUA PARALELA COM A MANOEL MENDES DE OLIVEIRA, FINAL, NO CONJUNTO SÃO FRANCISCO.&amp;#8221;</t>
   </si>
   <si>
     <t>4981</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4981/4981_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4981/4981_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR DUAS LIXEIRAS PRÓXIMO A FARMÁCIA SANTIAGO, TRAVESSA VERA CRUZ, BAIRRO CEM CASAS.&amp;#8221;</t>
   </si>
   <si>
     <t>4982</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4982/4982_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4982/4982_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR LOMBADA PRÓXIMO AO S.O.S, PERTO DA IGREJA CHAMA VIVA.&amp;#8221;</t>
   </si>
   <si>
     <t>4983</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4983/4983_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4983/4983_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO, ATRAVÉS DO DEPT0. DE SINALIZAÇÃO, O ESTUDO NO SENTIDO DE DEIXAR MÃO ÚNICA E ESTACIONAMENTO EM UM SÓ LADO NA RUA INDEPEDÊNCIA, CENTRO (DESDE A ACADEMIA TRANSFORM ATÉ A PADARIA, ESQUINA COM A AVENIDA OZÓRIO DE ALMEIDA TAQUES)._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4984</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4984/4984_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4984/4984_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO, ATRAVÉS DO DEPT0. DE SINALIZAÇÃO, O ESTUDO NO SENTIDO DE DEIXAR MÃO ÚNICA E ESTACIONAMENTO EM UM SÓ LADO NA RUA SÃO JOÃO DO TRIUNFO, BELA VISTA."_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4992</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4992/4992_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4992/4992_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA ASFALTAR A PARTE FINAL DA RUA SÃO JOÃO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>4994</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4994/4994_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4994/4994_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE: PROVIDÊNCIAS URGENTES, PARA ELABORAR UM PLANO DE AÇÃO/ESTUDO PARA POSSÍVEL IMPLANTAÇÃO DE ROTATÓRIA E/OU MELHORIAS PARA SE CRIAR UMA ENTRADA SEGURA PARA ACESSO À UPA, HEMEPAR E HOSPITAL REGIONAL, EM TELÊMACO BORBA, BEM COMO VERIFICAR A NECESSIDADE DA MUDANÇA DO PONTO DE ÔNIBUS PARA FACILITAR O INGRESSO DAS PESSOAS."_x000D_
 _x000D_
 		      _x000D_
 _x000D_
                                        _x000D_
 </t>
   </si>
   <si>
     <t>4996</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4996/4996_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4996/4996_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA FEITO O ESTUDO PARA O RECUO DA CALÇADA EM FRENTE AO PONTO DE ÔNIBUS LOCALIZADO ENTRE A UPA E O CENTRO DA JUVENTUDE  NA AVENIDA MARECHAL FLORIANO PEIXOTO."_x000D_
 </t>
   </si>
   <si>
     <t>4997</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO O RECAPE COM LAMA ASFÁLTICA NA RUA CASCAVEL NO BAIRRO SÃO FÉLIX."_x000D_
 </t>
   </si>
   <si>
     <t>4998</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4998/4998_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4998/4998_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO O RECAPE COM LAMA ASFÁLTICA NA RUA ALCATRAZ NO BAIRRO SÃO FÉLIX."_x000D_
 </t>
   </si>
   <si>
     <t>4999</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4999/4999_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4999/4999_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO O RECAPE COM LAMA ASFÁLTICA NA RUA MARINGÁ NO BAIRRO SÃO FÉLIX."_x000D_
 </t>
   </si>
   <si>
     <t>5000</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5000/5000_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5000/5000_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE  O ESTUDO PARA QUE SEJA COLOCADO LAMA ASFÁLTICA SOBRE O CALÇAMENTO POLIÉDRICO EXISTENTE NA TRAVESSA SUÉCIA, NO BAIRRO JARDIM EUROPA."_x000D_
      _x000D_
 _x000D_
                    _x000D_
 </t>
   </si>
   <si>
     <t>5001</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5001/5001_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5001/5001_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE RECAPE ASFÁLTICO NA RUA PROJETADA E SERVIÇO DE ROÇADA NOS DOIS LADOS DA RUA, NO BAIRRO SÃO JOÃO&amp;#8221;.  </t>
   </si>
   <si>
     <t>5002</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5002/5002_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5002/5002_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NA RUA RIO DO OURO, NO BAIRRO SÃO SILVESTRE&amp;#8221;.  </t>
   </si>
   <si>
     <t>5003</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5003/5003_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5003/5003_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO ESTUDE A POSSIBILIDADE DE COLOCAR UMA LOMBADA NA RUA IPIRANGA, PRÓXIMO A MERCEARIA JERRÃO, NO TRIÂNGULO&amp;#8221;.  </t>
   </si>
   <si>
     <t>5004</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5004/5004_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5004/5004_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA O PATROLAMENTO E CASCALHAMENTO DA RUA ISAAC NEWTON &amp;#8211; FAZENDA LIMEIRA&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>5005</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5005/5005_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5005/5005_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, CONSTRUA UM REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA &amp;#8220;AC  &amp;#8211; BELA VISTA AO LADO DO NUMERO 60&amp;#8221;. 	_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5008</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5008/5008_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5008/5008_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE TAMPA PARA O BUEIRO LOCALIZADO NA RUA JOÃO CANDIDO &amp;#8211; MONTE BELO EM FRENTE CASA DE N.10&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 	_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5009</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5009/5009_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5009/5009_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE TAPA BURACOS NA AVENIDA EUCLIDES BONIFÁCIO LONDRES EM FRENTE AO N. 108 NO BAIRRO CEM CASAS&amp;#8220;.                                              _x000D_
 </t>
   </si>
   <si>
     <t>5010</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5010/5010_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5010/5010_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE APLICAÇÃO DE  CBUQ EM CALÇAMENTO POLIÉDRICO NA RUA VEREADOR HUGO ADAMOWSKI NO BAIRRO CENTRO&amp;#8221;.   _x000D_
                                       </t>
   </si>
   <si>
     <t>5011</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5011/5011_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5011/5011_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE LAMA ASFÁLTICA NA RUA PRUDENTÓPOLIS NO BAIRRO CENTRO&amp;#8220;.                                              _x000D_
 </t>
   </si>
   <si>
     <t>5012</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5012/5012_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5012/5012_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NO FINAL DA ESTRADA DOS GUARARAPES, PRÓXIMO A PONTE DO RIO TIBAGI NO BAIRRO MARINHA&amp;#8220;. _x000D_
                                       </t>
   </si>
   <si>
     <t>5013</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5013/5013_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5013/5013_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE TAPA BURACOS NA RUA MADRE DE DEUS NO BAIRRO SÃO LUIS&amp;#8220;.                                              _x000D_
 </t>
   </si>
   <si>
     <t>5014</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5014/5014_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5014/5014_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE  DESOBSTRUÇÃO DE MANILHAMENTO SUBTERRANEO E LIMPEZA DE BUEIROS NA RUA ARGENTINA, PRÓXIMO AO NUMERO 307 NO BAIRRO SOCOMIM&amp;#8220;.                                              _x000D_
 </t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5015/5015_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5015/5015_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE REFORMA NA GALERIA DE ÁGUAS PLUVIAIS DA RUA  ANTONIO PEDRO DE SOUZA, 34 NO  BAIRRO SOCOMIM&amp;#8220;.  _x000D_
                                          </t>
   </si>
   <si>
     <t>5016</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5016/5016_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5016/5016_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO CONSTRUÇÃO DE POÇO DE VISITAS DE ÁGUAS PLUVIAIS NA RUA FRANCISCO FERREIRA PRESTES, N. 200 NA VILA OZÓRIO&amp;#8220;. _x000D_
                                         </t>
   </si>
   <si>
     <t>5017</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5017/5017_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5017/5017_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE LIMPEZA DE BUEIROS NA RUA RIO CAMBURAÍ EM FRENTE AO N. 21 NO BAIRRO VILA ROSA&amp;#8220;.  _x000D_
                                        </t>
   </si>
   <si>
     <t>5018</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5018/5018_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5018/5018_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO COBERTURA COM LAMA ASFÁLTICA NA RUA JANDAIA DO SUL (ÁREA 2)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5019</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5019/5019_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5019/5019_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE SERVIÇO DE LIMPEZA DE LIXO ESPALHADO NO GRAMADO QUE RECOBRE AS LATERAIS DO VIADUTO NO JARDIM BANDEIRANTES.&amp;#8221;_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5020</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5020/5020_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5020/5020_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO DA RUA CATAGUAZES, JARDIM BONAVILA.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>5021</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5021/5021_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5021/5021_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE DETERMINE QUE EM PERÍODOS EM QUE HOUVER GRUPOS DE PESSOAS REALIZANDO ATIVIDADES FÍSICAS, HAJA O ACENDIMENTO DOS REFLETORES NO MINI-CENTRO, JARDIM KROLL.&amp;#8221;_x000D_
  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5022/5022_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5022/5022_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE DETERMINE A INSTALAÇÃO DE LIXEIRAS MAIORES PARA LIXOS ORGÂNICOS E MATERIAIS RECICLÁVEIS NO MINI-CENTRO, JARDIM KROLL.&amp;#8221;_x000D_
 _x000D_
  _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5026</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5026/5026_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5026/5026_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AOS ÓRGÃOS COMPETENTES SEJA FEITO UM ESTUDO DE UM RECUO E REBAIXAMENTO DO MEIO FIO PARA CARGA E DESCARGA COM AS DEVIDAS SINALIZAÇÕES, NA RUA BANDEIRAS EM FRENTE AO NÚMERO 554, ONDE ESTA LOCALIZADO UM COMÉRCIO NO BAIRRO JARDIM BANDEIRANTES."_x000D_
 </t>
   </si>
   <si>
     <t>5027</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5027/5027_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5027/5027_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE PROVIDENCIE O SERVIÇO DE CAPINA E ROÇADA DAS CALÇADAS E DA ROTATÓRIA ENTRE AS RUAS BOM RETIRO, RUA LÓTUS E BALSA NOVA, PARQUE LIMEIRA, ÁREA II&amp;#8221;. _x000D_
  _x000D_
 _x000D_
 _x000D_
 SALA DAS SESSÕES, 18 DE ABRIL DE 2016._x000D_
 </t>
   </si>
   <si>
     <t>5028</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5028/5028_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5028/5028_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA NOS TERRENOS NA RUA RIO ARAGUAIA NO BAIRRO ÁREA 7&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5029</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5029/5029_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5029/5029_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA E CAPINA DO MATO NO ENTORNO DA ÁREA DE LAZER DO SINDICATO DO PAPEL, SITUADO NA RUA PROFESSOR MARTINS FRANCO NO BAIRRO JARDIM ALEGRE&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5030</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5030/5030_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5030/5030_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE DESENTUPIMENTO DE BUEIROS AO LADO DA EMPRESA GLASMOLD FIBRAS NA RODOVIA DO PAPEL&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5031</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5031/5031_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5031/5031_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA CONSTRUÍDA UMA ESCADA OU UMA RAMPA PARA DAR ACESSO A PRAÇA SITUADA NA RUA MAR VERMELHO ESQUINA COM A RUA RIO TIGRE NO BAIRRO RIO ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>5032</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5032/5032_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5032/5032_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE RECAPE COM LAMA ASFÁLTICA NO FINAL DA RUA SÃO LEOPOLDO ESQUINA COM A RUA SÃO FRANCISCO DE ASSIS NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>5033</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5033/5033_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5033/5033_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA REALIZADOS REPAROS EM DETERMINADOS PONTOS DAS CALÇADAS DE AMBOS OS LADOS NA RUA MAR VERMELHO EM FRENTE AO RESIDENCIAL ATLÂNTICO NO BAIRRO RIO ALEGRE."_x000D_
 </t>
   </si>
   <si>
     <t>5034</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE,  QUE SEJA INSTALADO UM PARQUE INFANTIL NO BAIRRO JARDIM EUROPA."_x000D_
       </t>
   </si>
   <si>
     <t>5035</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5035/5035_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5035/5035_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE O CENTRO COMUNITÁRIO DO BAIRRO JARDIM EUROPA, SEJA FECHADO, OU SEJA, QUE CONSTRUAM PAREDES DE CONCRETO EM TORNO DO MESMO, POIS ATUALMENTE POSSUI APENAS UMA ESTRUTURA COM COBERTURA."_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5036</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5036/5036_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5036/5036_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR RECAPE ASFÁLTICO NA RUA MONTE BELO,  BAIRRO JARDIM BONAVILA.&amp;#8221;</t>
   </si>
   <si>
     <t>5037</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5037/5037_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5037/5037_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR RECAPE ASFÁLTICO NA RUA PITANGA, BAIRRO JARDIM BONAVILA.&amp;#8221;</t>
   </si>
   <si>
     <t>5038</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5038/5038_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5038/5038_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM CONSERTO NO BANHEIRO MASCULINO, POIS O MESMO ENCONTRA-SE INTERDITADO, DA ESCOLA MUNICIPAL PRESIDENTE CASTELO BRANCO, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA III&amp;#8221;.  </t>
   </si>
   <si>
     <t>5039</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5039/5039_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5039/5039_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM ESTUDO PARA IMPLANTAÇÃO DE UMA PISTA DE MOTOCROSS NO MESMO LOCAL ONDE TEM A PISTA DE CORRIDA DE GAIOLAS, ANTIGO FUNCIONAMENTO DO CTG, OU OUTRO LOCAL A DEFINIR&amp;#8221;.  </t>
   </si>
   <si>
     <t>5040</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5040/5040_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5040/5040_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADES OU UMA LOMBADA NA RUA DA CRUZ, NO BAIRRO SÃO FRANCISCO&amp;#8221;.  </t>
   </si>
   <si>
     <t>5041</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5041/5041_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5041/5041_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, INSTALE UM PARQUE INFANTIL, NA AVENIDA TUPINIQUINS, AONDE SE ENCONTRA ACADEMIA DE GINÁSTICA NO BAIRRO NOSSA SENHORA DO PERPETUO SOCORRO&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5042</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5042/5042_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5042/5042_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO ÓRGÃO COMPETENTE PROVIDENCIE INSTALAÇÃO DE CÂMERAS DE SEGURANÇA PRÓXIMO AO TREVO DA VILA OSÓRIO."</t>
   </si>
   <si>
     <t>5043</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5043/5043_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5043/5043_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE TAPA BURACOS EM TODA EXTENSÃO DA RUA BORORÓS BAIRRO BNH&amp;#8221;.</t>
   </si>
   <si>
     <t>5044</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5044/5044_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5044/5044_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO LIMPEZA GERAL NA  ESCOLA MUNICIPAL LEOPOLDO MERCER (CENTRO)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5045</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5045/5045_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5045/5045_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA  REALIZADO OPERAÇÃO TAPA BURACOS NA AVENIDA NOSSA SENHORA APARECIDA (BAIRRO NOSSA SENHORA DE FÁTIMA)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5048</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5048/5048_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5048/5048_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO, ATRAVÉS DA SECRETARIA DE OBRAS, O SERVIÇO DE RECOLOCAÇÃO DAS PEDRAS DO CALÇAMENTO EM &amp;#8220;PETIT-PAVÉ&amp;#8221; AO REDOR DA PRAÇA DA CULTURA, CENTRO.&amp;#8221;_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5049</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5049/5049_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5049/5049_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO DA RUA MINAS GERAIS, CEM CASAS&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>5050</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5050/5050_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5050/5050_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES O SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO NA TRAVESSA PAULA FREITAS, JARDIM BONAVILA&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5051</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5051/5051_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5051/5051_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE LIMPEZA DE MATAGAL NA RUA AMAPÁ, VILA SÃO LUIZ&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5052</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5052/5052_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5052/5052_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SOLICITE AOS ÓRGÃOS COMPETENTES O PEDIDO PARA QUE SEJA CONSTRUÍDA UMA PASSARELA SOBRE A PR 160 NA LOCALIDADE DO TRIÂNGULO PARA FACILITAR A TRAVESSIA DOS ALUNOS QUE FREQUENTAM A ESCOLA MUNICIPAL SANTOS DUMONT."_x000D_
 </t>
   </si>
   <si>
     <t>5053</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5053/5053_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5053/5053_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO O ESTUDO PARA FECHAMENTO DO CANTEIRO CENTRAL DA AVENIDA ELIOMAR MEIRA XAVIER NO CRUZAMENTO COM A ALAMEDA OSVALDO GOMES DE LIMA NO CENTRO."_x000D_
 </t>
   </si>
   <si>
     <t>5054</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5054/5054_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5054/5054_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES QUE ESTUDE A POSSIBILIDADE DA IMPLANTAÇÃO DA REDE DE ESGOTO NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>5056</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5056/5056_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5056/5056_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE LIMPEZA E ROÇADA NO MATO EXISTENTE NA RUA SANTA RITA NO BAIRRO BOM JESUS."_x000D_
 </t>
   </si>
   <si>
     <t>5057</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5057/5057_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5057/5057_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA MANUTENÇÃO NA PISTA DE VELOCROSS NO ANTIGO CTG."_x000D_
 </t>
   </si>
   <si>
     <t>5059</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5059/5059_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5059/5059_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO A PINTURA DE UMA FAIXA PARA PEDESTRES EM FRENTE A PANIFICADORA RAIZER Nº 192 NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>5060</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5060/5060_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5060/5060_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO  QUE SOLICITE DA SECRETARIA DE OBRAS PÚBLICAS QUE SEJAM INSTALADAS NOVAS LUMINÁRIAS COM LÂMPADAS EM LED NA PRAÇA DA CASA DA CULTURA LOCALIZADA ENTRE A RUA QUINZE DE NOVEMBRO E AVENIDA PREFEITO CACILDO BATISTA ARPELAU NO CENTRO."_x000D_
 </t>
   </si>
   <si>
     <t>5061</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5061/5061_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5061/5061_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA CONSTRUÍDA UMA FAIXA DE PEDESTRES ELEVADA EM FRENTE À AGÊNCIA DO TRABALHADOR NA AVENIDA PARANÁ NO CENTRO."_x000D_
 </t>
   </si>
   <si>
     <t>5063</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5063/5063_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5063/5063_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO O ESTUDO PARA RECAPE COM LAMA ASFÁLTICA NA RUA FRANCISCO R. CARVALHO NO BAIRRO BOM JESUS."_x000D_
 </t>
   </si>
   <si>
     <t>5064</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5064/5064_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5064/5064_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA FEITO O REFORÇO NA SINALIZAÇÃO DE TRÂNSITO VERTICAL E HORIZONTAL NO CRUZAMENTO DAS RUAS CAMPINA ALTA COM A MAUÁ EM FRENTE AO MERCADO LIMEIRA NO BAIRRO ÁREA DOIS."_x000D_
 </t>
   </si>
   <si>
     <t>5065</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5065/5065_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5065/5065_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O ESTUDO PARA QUE SEJA CORTADA A ÁRVORE EXISTENTE NA RUA COSTA RICA EM FRENTE AO Nº 48 NO BAIRRO ALTO DAS OLIVEIRAS."_x000D_
 </t>
   </si>
   <si>
     <t>5066</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5066/5066_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5066/5066_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA FEITO PASSEIO PARA PEDESTRES NOS DOIS LADOS DA RUA GUARAPUAVA NO BAIRRO SÃO FELIX."_x000D_
 </t>
   </si>
   <si>
     <t>5067</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5067/5067_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5067/5067_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO A TROCA DO INTERRUPTOR INTERNO, E TAMBÉM VERIFICAR O MOTIVO PELO QUAL NÃO ESTÁ FUNCIONANDO A ILUMINAÇÃO EXTERNA DO CENTRO COMUNITÁRIO DA ÁREA DOIS."_x000D_
 </t>
   </si>
   <si>
     <t>5068</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5068/5068_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5068/5068_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA PROVIDENCIADA A COLOCAÇÃO DE UMA LIXEIRA COMUNITÁRIA NOS FUNDOS DA RUA RIBEIRÃO PARALELA COM A RUA CAPELINHA NO BAIRRO ÁREA DOIS."_x000D_
 </t>
   </si>
   <si>
     <t>5070</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5070/5070_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5070/5070_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NAS SEGUINTES RUAS VILA PRETA, RIO DO OURO E TRAVESSAS CURIÚVA E SOCIMBRA TODAS NO BAIRRO ÁREA DOIS."_x000D_
 </t>
   </si>
   <si>
     <t>5071</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5071/5071_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5071/5071_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, CONSTRUA UM REDUTOR DE VELOCIDADE, PREFERENCIALMENTE UMA FAIXA ELEVADA DE PEDESTRE NA AV PRESIDENTE KENNEDY, NA FRENTE DO COLÉGIO ESTADUAL WOLFF KLABIN&amp;#8221;. _x000D_
 _x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5072</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5072/5072_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5072/5072_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO ÓRGÃO COMPETENTE PROVIDENCIE A INSTALAÇÃO DE PLACAS DE INDICAÇÃO DA LOCALIZAÇÃO DO PRÉDIO DO FÓRUM ELEITORAL DE NOSSA CIDADE, DESDE A AVENIDA PRESIDENTE KENNEDY, PASSANDO PELA RUA DUARTE DA COSTA ATÉ A AVENIDA NOSSA SENHORA DE FÁTIMA&amp;#8221;.</t>
   </si>
   <si>
     <t>5073</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5073/5073_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5073/5073_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA RUA DUARTE DA COSTA - CENTRO, PRÓXIMO A ESCOLA MUNICIPAL LEOPOLDO MERCER."</t>
   </si>
   <si>
     <t>5074</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5074/5074_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5074/5074_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA INSTALAÇÃO DE UM SEMÁFORO NO ENTRONCAMENTO ENTRE A AV. VICE-PREFEITO REGINALDO GUEDES NÔCERA COM A RUA 1º DE MAIO, NO BAIRRO CENTRO&amp;#8221;.  </t>
   </si>
   <si>
     <t>5076</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5076/5076_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5076/5076_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA  REALIZADO OPERAÇÃO TAPA BURACOS NA RUA ROSA DE OURO (VILA ESPERANÇA)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5078</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5078/5078_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5078/5078_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA  REFEITO O MURO DE ARRIMO E RESTAURADO O LEITO DA RUA 4 (BAIRRO SÃO LUIZ)&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5079</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5079/5079_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5079/5079_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, SEJA ANALISADO A VIABILIDADE DE IMPLANTAÇÃO  DE ESTACIONAMENTO MÃO ÚNICA NA RUA ILHÉUS, ENTRE A CRECHE E O POSTO DE SAÚDE (VILA ESPERANÇA)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5081</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5081/5081_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5081/5081_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE PINTURA DE LOMBADAS, GUIAS REBAIXADAS, ESTACIONAMENTOS, FAIXA CONTINUA NAS RUAS JACARANDA E RUA IMBUI NO BAIRRO ÁREA 1&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5083</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5083/5083_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5083/5083_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE RECAPEAMENTO ASFÁLTICO NA TRAVESSA CABRIÚVA NO BAIRRO ÁREA 1&amp;#8221;.</t>
   </si>
   <si>
     <t>5084</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5084/5084_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5084/5084_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A OPERAÇÃO TAPA BURACOS EM FRENTE AO NUMERO 159 NA RUA PINHEIRO SECO NO BAIRRO AREA 2&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5085</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5085/5085_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5085/5085_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O ESTUDO PARA PLANTAR ÁRVORES NA AVENIDA NOSSA SENHORA APARECIDA EM FRENTE DA ELETRÔNICA MACIEL  E DEMAIS CASAS NO  BAIRRO CEM CASAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5087</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5087/5087_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5087/5087_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O ESTUDO PARA INSTALAÇÃO DE PARQUE INFANTIL E UMA ACADEMIA AO AR LIVRE NA  PRAÇA, ACIMA DA  QUADRA  NO  BAIRRO CEM CASAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5088</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5088/5088_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5088/5088_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A CONCLUSÃO DOS SERVIÇOS NA QUADRA DE AREIA  NO  BAIRRO CEM CASAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5089</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5089/5089_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5089/5089_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A COLOCAÇÃO DE MEIO-FIOS NA TRAVESSA GUARULHOS (RUA SEM SAÍDA) NO BAIRRO MACOPA&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5091</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5091/5091_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5091/5091_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE  PATROLAMENTO E CASCALHAMENTO NO FINAL DA RUA BRILHANTE NO BAIRRO SÃO FRANCISCO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5092</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5092/5092_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5092/5092_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE RECAPE ASFÁLTICO NA RUA RIO PARANAÍBA NO BAIRRO SÃO JOÃO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5094</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5094/5094_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5094/5094_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE MELHORIAS; LIMPEZA, CAPINA E ROÇADA NA PONTE QUE LIGA A RUA CAETÊS DO BAIRRO SOCOMIM  A RODOVIA PR-160." </t>
   </si>
   <si>
     <t>5104</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5104/5104_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5104/5104_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA A COLOCAÇÃO DE UMA LOMBADA NA RUA NORTE PIONEIRO, PRÓXIMO AO NÚMERO 125 NO BAIRRO VILA OSÓRIO&amp;#8221;.</t>
   </si>
   <si>
     <t>5106</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5106/5106_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5106/5106_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE JUNTO A GERÊNCIA DO TRANSPORTE COLETIVO ESTUDEM A POSSIBILIDADE PARA QUE SEJA ALTERADA A ROTA DO ÔNIBUS DO JARDIM PROGRESSO (ÁREA 6) E ÁREA 3&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5107</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5107/5107_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5107/5107_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR MELHORIAS NA TRAVESSA ZURIK, VILA ISABEL.&amp;#8221;</t>
   </si>
   <si>
     <t>5108</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5108/5108_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5108/5108_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, CONFECCIONAR GALERIA DE ÁGUAS PLUVIAIS, NA RUA RIO ITANHEM NO BAIRRO SÃO JOÃO EM FRENTE AO N°326.&amp;#8221;</t>
   </si>
   <si>
     <t>5109</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5109/5109_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5109/5109_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR RECAPE ASFÁLTICO, NA RUA CASTRO ALVES, NO BAIRRO JARDIM BONAVILA.&amp;#8221;</t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5110/5110_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5110/5110_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE PATROLAMENTO E CASCALHAMENTO DA RUA BRIGADEIRO NA ÁREA 6&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5111</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5111/5111_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5111/5111_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA DO MATO NA RUA JATOBÁ E PINHEIRO NO BAIRRO MONTE CARLO&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5112</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5112/5112_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5112/5112_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA PROVIDENCIADA A COLOCAÇÃO DE DUAS LIXEIRAS COMUNITÁRIA NO BAIRRO JARDIM UNIÃO, SENDO UMA NO INICIO DA RUA SERRA DA CANTAREIRA E A OUTRA NA RUA SÍRIO DE CASTRO RIBAS PRÓXIMO A SERRARIA DO PEQUENO."_x000D_
 </t>
   </si>
   <si>
     <t>5113</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5113/5113_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5113/5113_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE A LIMPEZA DOS BUEIROS EM TODA EXTENSÃO DA RUA SÍRIO DE CASTRO RIBAS NO BAIRRO JARDIM UNIÃO."_x000D_
 </t>
   </si>
   <si>
     <t>5114</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5114/5114_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5114/5114_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NAS RUAS SANTAREM E MACAPÁ VILA ESPERANÇA."_x000D_
 </t>
   </si>
   <si>
     <t>5115</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5115/5115_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5115/5115_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NAS RUAS ITABUNA, OURO PRETO E CAMPINAS VILA ESPERANÇA."_x000D_
 </t>
   </si>
   <si>
     <t>5116</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5116/5116_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5116/5116_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA TRAVESSA PORTELA NA VILA ESPERANÇA."_x000D_
 </t>
   </si>
   <si>
     <t>5117</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5117/5117_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5117/5117_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA FEITO O REFORÇO NA SINALIZAÇÃO PARA OS PEDESTRES NO CRUZAMENTO ENTRE AS RUAS DESEMBARGADOR EDMUNDO MERCER JR E AVENIDA PREFEITO CACILDO BATISTA DE ARPELAU."_x000D_
 </t>
   </si>
   <si>
     <t>5118</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5118/5118_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5118/5118_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UMA AVERIGUAÇÃO DO PORQUE O CAMINHÃO DE RECICLÁVEIS NÃO ESTÁ PASSANDO E FAZER NORMALIZAR OS DIAS DE COLETA, NA TRAVESSA MIRANDINHA, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA II&amp;#8221;.  </t>
   </si>
   <si>
     <t>5119</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5119/5119_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5119/5119_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UMA OPERAÇÃO TAPA BURACOS NAS RUAS PALMITAL E HAWITA, NO BAIRRO BONA VILA&amp;#8221;.  </t>
   </si>
   <si>
     <t>5120</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5120/5120_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5120/5120_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE REVITALIZAÇÃO DA QUADRA DE ESPORTES, DO BAIRRO DO JARDIM BANDEIRANTES&amp;#8221;. </t>
   </si>
   <si>
     <t>5121</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5121/5121_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5121/5121_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA TAPADO BURACO E RESTAURADO MEIO-FIO EXISTENTE NA RUA DINÁ RIBAS WOITAS, 120 (BANDEIRANTES 2)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5125</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5125/5125_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5125/5125_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA TAPADO BURACO  NA RUA SANTA HELENA, 30, PRÓXIMO DA RUA CÓRDOBA (BAIRRO SÃO SILVESTRE)&amp;#8221;._x000D_
 _x000D_
    _x000D_
 </t>
   </si>
   <si>
     <t>5126</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5126/5126_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5126/5126_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE À COMISSÃO DE TRÂNSITO PARA QUE SEJAM REFEITOS SERVIÇOS DE PINTURAS EM LOMBADAS E FAIXAS DE PEDESTRES E OUTRAS SINALIZAÇÕES NECESSÁRIAS POR TODA A EXTENSÃO DA AVENIDA OSÓRIO DE ALMEIDA TAQUES, CENTRO&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
                               </t>
   </si>
   <si>
     <t>5127</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5127/5127_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5127/5127_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE À COMISSÃO DE TRÂNSITO PARA QUE SEJAM REALIZADOS E REPARADOS SERVIÇOS REFERENTES À SINALIZAÇÃO DE TRÂNSITO, ONDE SE FIZER NECESSÁRIO, NA RUA QUINZE DE NOVEMBRO, CENTRO&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5135</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5135/5135_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5135/5135_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA RUA GAMBIA NO BAIRRO ÁREA 1"_x000D_
 </t>
   </si>
   <si>
     <t>5136</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5136/5136_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5136/5136_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA E COLOCAÇÃO DE ILUMINAÇÃO NO CORREDOR 184 LOCALIZADO NA RUA DOM PEDRO II AO LADO DO ANTIGO BAR DO PAVÃO NO BAIRRO BONA VILA."_x000D_
 </t>
   </si>
   <si>
     <t>5137</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5137/5137_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5137/5137_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE REALIZAÇÃO DE MELHORIAS NA SINALIZAÇÃO VERTICAL E HORIZONTAL DE PREFERENCIAL DE TRÂNSITO NO CRUZAMENTO DAS RUAS MINA DE CARVÃO E SERRA GRANDE NO BAIRRO ÁREA 2."_x000D_
 </t>
   </si>
   <si>
     <t>5138</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5138/5138_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5138/5138_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA RUA SAN MARTINS PRÓXIMO AO MERCADO DO SÉRGIO NO BAIRRO SÃO SILVESTRE."_x000D_
 </t>
   </si>
   <si>
     <t>5139</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5139/5139_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5139/5139_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA RUA SÃO LEOPOLDO ESQUINA COM A RUA OLINDA NO BAIRRO ÁREA 3."_x000D_
 </t>
   </si>
   <si>
     <t>5140</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5140/5140_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5140/5140_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA RUA RIO IGUAÇU EM FRENTE À EMPRESA GRAFOBOX NO BAIRRO ÁREA 3."_x000D_
 </t>
   </si>
   <si>
     <t>5141</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5141/5141_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5141/5141_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJAM PODADAS AS ÁRVORES E PALMEIRAS EXISTENTES NA AVENIDA ELIOMAR MEIRA XAVIER (CENTRO)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5142</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5142/5142_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5142/5142_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJAM COLOCADOS BANCOS E LIXEIRAS NOS PONTOS DE ÔNIBUS, NA AVENIDA HORÁCIO KLABIN, EM FRENTE  A RODOVIÁRIA E CONCHA ACÚSTICA (CENTRO)&amp;#8221;.  _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5143</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5143/5143_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5143/5143_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO ESTUDE A POSSIBILIDADE DA INSTALAÇÃO DE UM SEMÁFORO NO CRUZAMENTO DA RUA TIRADENTES COM A AV. HORÁCIO KLABIN E ENQUANTO ISTO NÃO ACONTECER A POSSIBILIDADE DE COLOCAR UMA AGENTE DE TRÂNSITO, APENAS NO SÁBADO, PARA COORDENAR O TRÂNSITO NAQUELE CRUZAMENTO, POIS HÁ MUITAS IRREGULARIDADES POR PARTE DE ALGUNS MOTORISTAS, NO BAIRRO CENTRO&amp;#8221;.  </t>
   </si>
   <si>
     <t>5144</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5144/5144_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5144/5144_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NA ESTRADA DA FAZENDA, ENTRE OS BAIRROS JARDIM SÃO RAFAEL E JARDIM SÃO FELIX&amp;#8221;. </t>
   </si>
   <si>
     <t>5145</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5145/5145_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5145/5145_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE RECONSTRUÇÃO DO MEIO FIO NA RUA SERRADINHO NO BAIRRO ÁREA 2&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5146</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5146/5146_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5146/5146_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE CASCALHAMENTO E PATROLAMENTO NA RUA RECIFE NO BAIRRO SÃO SILVESTRE.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>5147</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5147/5147_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5147/5147_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE CASCALHAMENTO, PATROLAMENTO, RETIRADA DE ENTULHOS E LIMPEZA DE BUEIROS NO BAIRRO SÃO SILVESTRE.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>5148</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5148/5148_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5148/5148_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE À COMISSÃO DE TRÂNSITO PARA QUE SEJAM REFEITOS SERVIÇOS DE PINTURAS EM LOMBADAS, FAIXAS AMARELAS E FAIXAS DE PEDESTRES E OUTRAS SINALIZAÇÕES NECESSÁRIAS POR TODA A EXTENSÃO DA AVENIDA CHANCELLER HORÁCIO LAFFER, CENTRO&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5149</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5149/5149_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5149/5149_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE SEJA FEITO SERVIÇO DE LIMPEZA DE MATO, COLETA DE LIXO, REFORMA OU TROCA DOS APARELHOS DE EXERCÍCIOS DA ACADEMIA AO AR LIVRE NA PRACINHA, TRAVESSA CERRO AZUL, BELA VISTA&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5161</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5161/5161_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5161/5161_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA PARTE FINAL DA RUA MARTE QUE AINDA É DE CALÇAMENTO POLIÉDRICO NO BAIRRO NOSSA SENHORA DE FÁTIMA."_x000D_
 </t>
   </si>
   <si>
     <t>5162</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5162/5162_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5162/5162_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA COLOCAÇÃO DE LUMINÁRIA COM LÂMPADA NO POSTE LOCALIZADO NA TRAVESSA SÃO ROQUE PRÓXIMO A RESIDÊNCIA N º123 NO BAIRRO JARDIM PROGRESSO (ÁREA SEIS)."_x000D_
 </t>
   </si>
   <si>
     <t>5163</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5163/5163_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5163/5163_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA TRAVESSA RIO MADEIRA NO BAIRRO ÁREA 7."_x000D_
 </t>
   </si>
   <si>
     <t>5164</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5164/5164_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5164/5164_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PÚBLICAS QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA RUA CEREJEIRA NO BAIRRO ÁREA 1."_x000D_
 </t>
   </si>
   <si>
     <t>5165</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5165/5165_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5165/5165_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA RUA  PORTEIRA GRANDE PRÓXIMO AO Nº 69 NO BAIRRO ÁREA 2."_x000D_
 </t>
   </si>
   <si>
     <t>5166</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5166/5166_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5166/5166_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE ROÇADA NA LATERAL DA RUA INDEPENDÊNCIA NO BAIRRO NOSSA SENHORA DE FÁTIMA PRÓXIMO AO CONJUNTO TIBAGI, E QUE SEJAM FEITAS TAMBÉM MELHORIAS DE REFORÇO  NA ILUMINAÇÃO." </t>
   </si>
   <si>
     <t>5167</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5167/5167_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5167/5167_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA NA RUA CASCATA N°101, PRÓXIMO A IGREJA METODISTA, BAIRRO RECANTO FELIZ.&amp;#8221;</t>
   </si>
   <si>
     <t>5168</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5168/5168_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5168/5168_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR FAIXA DE TRAVESSIA ELEVADA NA AVENIDA PARANÁ EM FRENTE A PANIFICADORA E CONFEITARIA TEC'S.&amp;#8221;</t>
   </si>
   <si>
     <t>5169</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5169/5169_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5169/5169_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA RUA PARÁ &amp;#8211; NO BAIRRO VILA OSÓRIO&amp;#8221;.</t>
   </si>
   <si>
     <t>5170</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5170/5170_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5170/5170_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA TAPADO BURACO EXISTENTE NA RUA INDEPENDÊNCIA, NAS PROXIMIDADES DO Nº 357 (CENTRO)&amp;#8221;.  _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5171</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5171/5171_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5171/5171_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA TAPADO BURACO NA RUA SEIXAS, EM FRENTE AO MERCADO RIBEIRO (PONTO DE ÔNIBUS) VILA CRISTINA&amp;#8221;.  _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5172</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5172/5172_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5172/5172_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO ROÇADA NO MATO E COLOCADO PROTEÇÃO DE AÇO (GUARD-RAIL) NA RUA GUINÉ, PRÓXIMO AO BARRANCO  EXISTENTE NO LOCAL (VILA ESPERANÇA)&amp;#8221;.  _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5173</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5173/5173_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5173/5173_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE TAPA BURACO, NA AV. EUCLIDES BONIFÁCIO LONDRES, NO BAIRRO CEM CASAS&amp;#8221;.  </t>
   </si>
   <si>
     <t>5174</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5174/5174_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5174/5174_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NA ESTRADA DO SAPÉ, ANTIGO LIXÃO DO SAPÉ PARA BAIXO DO LOTEAMENTO DA CASA BELLA, NO BAIRRO JARDIM ADRIANE&amp;#8221;.  </t>
   </si>
   <si>
     <t>5175</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5175/5175_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5175/5175_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE ROÇADA NA RUA CAMBORIU, NO BAIRRO SÃO JOÃO&amp;#8221;.  </t>
   </si>
   <si>
     <t>5176</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5176/5176_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5176/5176_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE LIMPEZA GERAL DOS GALHOS ACUMULADOS NAS CALÇADAS, NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;.  </t>
   </si>
   <si>
     <t>5177</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5177/5177_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5177/5177_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE DESENTUPIMENTO DE 4 BUEIROS DE GALERIA PLUVIAL, NA RUA GARCIA RODRIGUES PAES, EM FRENTE AO BAR DO ZÉ NEGO, NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;. </t>
   </si>
   <si>
     <t>5178</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5178/5178_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5178/5178_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE RECAPE ASFÁLTICO NAS RUAS QUE NÃO FORAM CONTEMPLADAS NOS SERVIÇOS CONTRATADOS PELA KLABIN S.A. PARA REVITALIZAR AS RUAS UTILIZADAS DURANTE O PROJETO PUMA, NO USO DO RESIDENCIAL BANDEIRANTES, NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;.  </t>
   </si>
   <si>
     <t>5179</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5179/5179_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5179/5179_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE TAMPA PARA UM BUEIRO LOCALIZADO NA RUA PARATI &amp;#8211; BAIRRO SÃO FRANCISCO, EM FRENTE CASA DE Nº 31&amp;#8221;. _x000D_
 _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>5180</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5180/5180_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5180/5180_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA NA RUA PONTA GROSSA, BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO.&amp;#8221; _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5181</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5181/5181_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5181/5181_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A LIMPEZA DE MATO NA PRAÇA JUVELINO TELLES &amp;#8211; BAIRRO &amp;#8211; BNH&amp;#8221;. _x000D_
 _x000D_
 _x000D_
  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5182</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5182/5182_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5182/5182_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE PATROLAMENTO, CASCALHAMENTO E TAMBÉM A LIMPEZA DE UM LOTE QUE ESTA SENDO USADO COMO DEPOSITO DE LIXO NA RUA DOS INCAS  NO BAIRRO BONAVILLA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5183</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5183/5183_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5183/5183_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE CAPINA E ROÇADA NO CAMPO DE FUTEBOL NO BAIRRO MARINHO&amp;#8221;.                 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5184</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5184/5184_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5184/5184_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O ESTUDO PARA A IMPLANTAÇÃO DE UM SEMÁFORO ENTRE A RUA CHILE E MARECHAL FLORIANO PEIXOTO NO BAIRRO SOCOMIM&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5185</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5185/5185_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5185/5185_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE CONCLUA O SERVIÇO DE CASCALHAMENTO E PATROLAMENTO QUE COMEÇARAM, HÁ CERCA DE UM MÊS, POR TODA A EXTENSÃO DA RUA BRÁULIO BUENO DE CAMARGO, VILA ROSA E FOI PARALISADO."_x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5190</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5190/5190_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5190/5190_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NA RUA URANO, BAIRRO NOSSA SENHORA DE FÁTIMA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5191</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5191/5191_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5191/5191_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NA TRAVESSA VIENA, BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO (BNH)&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>5192</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5192/5192_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5192/5192_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NA RUA NETUNO, BAIRRO NOSSA SENHORA DE FÁTIMA&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>5193</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5193/5193_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5193/5193_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, TOME PROVIDÊNCIAS NO SENTIDO DE COLOCAR UMA LIXEIRA DE METAL, A RUA PERY &amp;#8211; BAIRRO MACOPA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5194/5194_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5194/5194_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A LIMPEZA NOS PASSEIOS DA PRAÇA EM FRENTE AO ASILO SÃO VICENTE DE PAULA, (ENTRE AS RUAS PERNAMBUCO E NETUNO),NO BAIRRO NOSSA SENHORA DE FÁTIMA&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5195/5195_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5195/5195_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A LIMPEZA NOS PASSEIOS DA PRAÇA ENTRE AS RUAS NETUNO E URANO, NO BAIRRO NOSSA SENHORA DE FÁTIMA&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5196</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5196/5196_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5196/5196_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A LIMPEZA NOS PASSEIOS EM VOLTA DA QUADRA DE ESPORTES CLODOMIRO MIGUEL FERNANDES, NO BAIRRO NOSSA SENHORA DE FÁTIMA&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5197</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5197/5197_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5197/5197_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O ESTUDO PARA A CONSTRUÇÃO DE UMA LOMBADA NA RUA MINA DE CARVÃO EM FRENTE AO Nº 257 NO BAIRRO ÁREA 2."_x000D_
 </t>
   </si>
   <si>
     <t>5198</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5198/5198_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5198/5198_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE LIMPEZA E ROÇADA NO BAIRRO JARDIM ADRIANE."_x000D_
 </t>
   </si>
   <si>
     <t>5199</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5199/5199_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5199/5199_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE QUE SEJA FEITO A LIMPEZA E RECOLHIDO O LIXO EXISTENTE NO TERRENO PRÓXIMO A ESCOLA MUNICIPAL PROFESSORA JUVENTINA BETIM DA SILVA NO BAIRRO SÃO JOÃO."_x000D_
 </t>
   </si>
   <si>
     <t>5200</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5200/5200_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5200/5200_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA CONCLUÍDO O SERVIÇO DE TAPA BURACOS NA RUA RIO PARANAÍBA NO BAIRRO SÃO JOÃO&amp;#8221;.</t>
   </si>
   <si>
     <t>5201</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5201/5201_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5201/5201_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE PINTURA NAS LOMBADAS DA RUA RIO IGUAÇU NO BAIRRO ÁREA 3&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5202</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5202/5202_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5202/5202_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O PEDIDO DE ESTUDO PARA LIBERAÇÃO DO ESTACIONAMENTO NA RUA SÃO PAULO ENTRE O TRECHO DA TRAVESSA VERA CRUZ E AVENIDA EUCLIDES BONIFÁCIO LONDRES NO BAIRRO CEM CASAS &amp;#8220;._x000D_
 </t>
   </si>
   <si>
     <t>5203</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5203/5203_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5203/5203_texto_integral.pdf</t>
   </si>
   <si>
     <t>5204</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5204/5204_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5204/5204_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, SANAR VAZAMENTOS DA COBERTURA DA QUADRA CLODOMIRO MIGUEL FERNANDES, BAIRRO CEM CASAS&amp;#8221;.                                      </t>
   </si>
   <si>
     <t>5205</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5205/5205_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5205/5205_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO ESTUDE A POSSIBILIDADE DE INSTALAR MÃO ÚNICA, NA RUA HARMONIA, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA II&amp;#8221;.  </t>
   </si>
   <si>
     <t>5206</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5206/5206_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5206/5206_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINA AO SETOR COMPETENTE UMA OPERAÇÃO TAPA BURACOS NA RUA XINGU, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 7&amp;#8221;. </t>
   </si>
   <si>
     <t>5207</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5207/5207_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5207/5207_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO LIMPEZA DE MATOS NA RUA ROSA DE OURO, PRINCIPALMENTE NO PONTO DE ÔNIBUS (VILA CRISTINA)&amp;#8221;.  _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5208</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5208/5208_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5208/5208_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO OPERAÇÃO TAPA BURACOS NA TRAVESSA VERA CRUZ (CEM CASAS)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5209</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5209/5209_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5209/5209_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, SEJA COLOCADO PLACA &amp;#8220;PROIBIDO ENTRADA DE MOTOS&amp;#8221; NO PÁTIO E PLACAS &amp;#8220;PROIBIDO FUMAR&amp;#8221; DENTRO DA QUADRA DE ESPORTES &amp;#8220;CLODOMIR MIGUEL FERNANDES&amp;#8221; (CEM CASAS)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5210</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5210/5210_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5210/5210_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA CONSERTADO O CALÇAMENTO POLIÉDRICO DA RUA PALOTINA (JARDIM BONAVILA)&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5220</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5220/5220_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5220/5220_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO MUNICIPAL QUE, DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA FEITO ESTUDO PARA COLOCAÇÃO DE UMA LOMBADA NA RUA CAMBURAÍ EM FRENTE AO Nº 115, NO BAIRRO VILA ROSA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5222</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>Maurício, Rubens Benck</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5222/5222_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5222/5222_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PÚBLICAS QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA RUA CASTELO BRANCO NO BAIRRO JARDIM BONAVILA."_x000D_
 </t>
   </si>
   <si>
     <t>5223</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5223/5223_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5223/5223_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA O PATROLAMENTO E CASCALHAMENTO DA RUA ZURIQUE &amp;#8211; VILA ISABEL&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5224</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5224/5224_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5224/5224_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM  LAMA ASFÁLTICA NA RUA GUATEMALA, BAIRRO ALTO DAS OLIVEIRAS&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>5225</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5225/5225_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5225/5225_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NA TRAVESSA CANELA, BAIRRO PARQUE LIMEIRA ÁREA-1&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>5226</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5226/5226_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5226/5226_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NA RUA ESTRADA FERNÃO DIAS, BAIRRO MACOPA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>5227</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5227/5227_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5227/5227_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA LIMPEZA NO MANILHAMENTO NO FUNDO DO NÚMERO 81 NA RUA AMAPÁ BAIRRO SANTA RITA&amp;#8221;. </t>
   </si>
   <si>
     <t>5228</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5228/5228_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5228/5228_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE CONSTRUÇÃO DE PASSEIO PARA PEDESTRES NOS DOIS LADOS DA VIA NA MARGINAL DOS TRABALHADORES PRÓXIMO A PASSARELA DA VILA OSÓRIO&amp;#8221;.</t>
   </si>
   <si>
     <t>5229</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5229/5229_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5229/5229_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA RUA GUAJUVIRA &amp;#8211; JARDIM FLORESTAL&amp;#8221;.</t>
   </si>
   <si>
     <t>5230</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5230/5230_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5230/5230_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO EM TODA EXTENSÃO DA TRAVESSA ERVA-MATE &amp;#8211; JARDIM FLORESTAL&amp;#8221;.</t>
   </si>
   <si>
     <t>5231</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5231/5231_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5231/5231_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO EM TODA EXTENSÃO DA RUA XV DE NOVEMBRO - CENTRO&amp;#8221;.</t>
   </si>
   <si>
     <t>5232</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5232/5232_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5232/5232_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO LIMPEZA DE ENTULHOS E GALHOS NA RUA FIGUEIRA (ÁREA 1)&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5233</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5233/5233_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5233/5233_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO OPERAÇÃO TAPA BURACOS NA RUA CAMBUÍ (ÁREA 1)&amp;#8221;._x000D_
 _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>5234</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5234/5234_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5234/5234_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, SEJA ESTUDADO A POSSIBILIDADE DE FECHAMENTO DO CANTEIRO CENTRAL DA AVENIDA CHANCELER HORÁCIO LAFER, PRÓXIMO AO N° 412,  QUE LIGA A TRAVESSA PAPA PIO XII (CENTRO)&amp;#8221;_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5236</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5236/5236_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5236/5236_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA CONSERTADO BURACO EXISTENTE EM FRENTE AO Nº 227, NA RUA DUARTE DA COSTA, ESQUINA COM TOMÉ DE SOUZA (CENTRO)&amp;#8221;_x000D_
 _x000D_
 _x000D_
  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5237</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA RUA SÃO SALVADOR NO BAIRRO JARDIM AMÉRICA."_x000D_
 </t>
   </si>
   <si>
     <t>5238</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5238/5238_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5238/5238_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA REALIZADO SERVIÇO DE REPARO NO CORRIMÃO QUE SE ENCONTRA CAÍDO NO ESCADÃO SITUADO NO FINAL DA RUA COPACABANA NO BAIRRO SÃO ROQUE."_x000D_
 </t>
   </si>
   <si>
     <t>5240</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5240/5240_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5240/5240_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO PATROLAMENTO E COLOCAÇÃO DE CASCALHO NA TRAVESSA LAGEADO NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>5241</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA RUA SÃO SALVADOR NO BAIRRO JARDIM AMÉRICA.&amp;#8221;</t>
   </si>
   <si>
     <t>5242</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5242/5242_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5242/5242_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO A TROCA DAS LÂMPADAS DA LUMINÁRIA QUE FICA EM FRENTE À ROTATÓRIA DA EMPRESA ROTAS PRÓXIMO AO VIADUTO NO CENTRO."</t>
   </si>
   <si>
     <t>5251</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5251/5251_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5251/5251_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NA RUA PADRE CHAGAS DE LIMA, NO BAIRRO JARDIM ADRIANE&amp;#8221;.</t>
   </si>
   <si>
     <t>5253</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5253/5253_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5253/5253_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE DESENTUPIMENTO DE BUEIROS NA RUA SERAFIM GOMES  NO BAIRRO CENTRO&amp;#8221;.</t>
   </si>
   <si>
     <t>5254</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5254/5254_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5254/5254_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE TAPA BURACOS NA ALAMEDA OSVALDO CRUZ NO BAIRRO SÃO ROQUE&amp;#8221;.</t>
   </si>
   <si>
     <t>5255</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5255/5255_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5255/5255_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA E RETIRADA DE ENTULHOS COM O BOB-CAT EM TODAS AS RUAS DO BAIRRO SÃO LUIZ&amp;#8221;.</t>
   </si>
   <si>
     <t>5256</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5256/5256_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5256/5256_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA E DESOBSTRUÇÃO DE CAIXAS DE ÁGUAS PLUVIAIS E MANILHAMENTO SUBTERRÂNEO COM O CAMINHÃO HIDROJATEADOR EM TODAS AS RUAS DOS BAIRROS VILA CRISTINA, JARDIM ALVORADA, JARDIM ITÁLIA, JARDIM ADRIANE E VILA ROSA&amp;#8221;.</t>
   </si>
   <si>
     <t>5257</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5257/5257_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5257/5257_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO DA RUA BELÉM, CEM CASAS&amp;#8221;.</t>
   </si>
   <si>
     <t>5258</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5258/5258_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5258/5258_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO DA TRAVESSA BOGOTÁ, CEM CASAS&amp;#8221;.</t>
   </si>
   <si>
     <t>5259</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5259/5259_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5259/5259_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE À COMISSÃO DE TRÂNSITO PARA QUE ESTUDE A POSSIBILIDADE DE MUDANÇA DE SENTIDO DA RUA SÃO PAULO PARA MÃO ÚNICA, DESDE A CRECHE MARTA MARGARIDA ATÉ A ROTATÓRIA EM FRENTE AO MERCADO COSTA, NO BAIRRO CEM CASAS&amp;#8221;.</t>
   </si>
   <si>
     <t>5260</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5260/5260_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5260/5260_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE ESTUDE A VIABILIDADE DE DRENAGEM E TROCA DE AREIA NO CAMPINHO EXTERNO DA QUADRA ESPORTIVA DAS CEM CASAS&amp;#8221;.</t>
   </si>
   <si>
     <t>5261</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5261/5261_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5261/5261_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO DA RUA JOÃO TEIXEIRA DE MENDONÇA, CEM CASAS&amp;#8221;.</t>
   </si>
   <si>
     <t>5269</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5269/5269_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5269/5269_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE CASCALHAMENTO OU COLOCAÇÃO DE ASFALTO FRIO NO PÁTIO DO CEMEI CÂNDIDO PORTINARI NA RUA RIO BRANCO NO SÃO JOÃO BAIRRO SÃO JOÃO."_x000D_
 </t>
   </si>
   <si>
     <t>5270</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5270/5270_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5270/5270_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA RUA PRIMEIRO DE MAIO NO TRECHO QUE COMPREENDE DA ESQUINA DA RUA VICE PREFEITO REGINALDO GUEDES NOCÊRA ATÉ NA AVENIDA HORÁCIO KLABIN NO CENTRO."_x000D_
 </t>
   </si>
   <si>
     <t>5271</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5271/5271_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5271/5271_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA COLOCADA UMA PLACA DE SINALIZAÇÃO INDICANDO CONTRA MÃO DE DIREÇÃO SUBINDO DA HORÁCIO KLABIN PELA RUA PRIMEIRO DE MAIO NO CENTRO."_x000D_
 </t>
   </si>
   <si>
     <t>5272</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5272/5272_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5272/5272_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE VERIFICAR POSSIBILIDADE DE CONSTRUÇÃO DE ROTATÓRIA OU COLOCAÇÃO DE SEMÁFORO, ENTRE A MARGINAL DOS TRABALHADORES COM A RUA RIO IGUAÇU, NA ENTRADA PRINCIPAL PARA OS BAIRRO ÁREA 3 E 6. E SE,  NÃO FOR DE COMPETÊNCIA DESSA PREFEITURA, QUE SE PROCURE QUEM DE DIREITO, NO CASO ACREDITAMOS SER O DER." _x000D_
 	      _x000D_
 _x000D_
                                             _x000D_
 _x000D_
                                     </t>
   </si>
   <si>
     <t>5273</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5273/5273_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5273/5273_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE VERIFICAR POSSIBILIDADE DE ABERTURA DE UMA RUA PARALELA À RUA RIO IGUAÇU, PARA TRAFEGO DE CAMINHÕES, ONDE HOJE É UM PASSEIO LARGO E ESTÁ SENDO UTILIZADO COMO ESTACIONAMENTO."_x000D_
 			      _x000D_
 _x000D_
  </t>
   </si>
   <si>
     <t>5274</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5274/5274_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5274/5274_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO MUNICIPAL&amp;#8221; QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA REALIZAR RECAPE COM LAMA ASFÁLTICA NA TRAVESSA VIENA &amp;#8211; BAIRRO NSRA. DO PERPETUO SOCORRO."_x000D_
 _x000D_
       _x000D_
 _x000D_
 _x000D_
                                             _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5275</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5275/5275_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5275/5275_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA REFEITO O BUEIRO E COLOCADO A GRELHA NA RUA RIO SOLIMÕES PRÓXIMO AO CRUZAMENTO DA RUA RIO TAPAJÓS BAIRRO ÁREA 7."_x000D_
 </t>
   </si>
   <si>
     <t>5276</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5276/5276_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5276/5276_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL A INSTALAÇÃO DE PLACAS INDICATIVAS (DIREÇÃO E LOCALIZAÇÃO) DA QUADRA ESPORTIVA NO BAIRRO CEM CASAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5277</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5277/5277_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5277/5277_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL PARA QUE ESTUDE A POSSIBILIDADE DE PODA DE ÁRVORES NA AVENIDA NOSSA SENHORA APARECIDA NAS PROXIMIDADES DA QUADRA DE ESPORTES, CEM CASAS&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
                               </t>
   </si>
   <si>
     <t>5278</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5278/5278_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5278/5278_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE SERVIÇO DE PODA DE ARBUSTOS AO REDOR DO CAMPINHO (QUADRA) DE AREIA NA QUADRA ESPORTIVA, CEM CASAS&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5279</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5279/5279_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5279/5279_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE SERVIÇO DE PINTURA DE LOMBADA EM FRENTE AO NÚMERO 116, RUA SATURNO, CEM CASAS&amp;#8221;._x000D_
 _x000D_
  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5280</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5280/5280_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5280/5280_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO UM ESTUDO PARA INSTALAÇÃO DE UMA LOMBADA NA RUA RIO DO OURO, EM FRENTE A CHÁCARA 14, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA II&amp;#8221;. </t>
   </si>
   <si>
     <t>5281</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5281/5281_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5281/5281_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO A SMOSP DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NA RUA CÓRDOBA, BAIRRO JARDIM AMÉRICA."</t>
   </si>
   <si>
     <t>5282</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5282/5282_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5282/5282_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR PONTO DE ÔNIBUS , COM ABRIGO COM COBERTURA , NA RUA MAR VERMELHO N° 101, EM FRENTE AO RESIDENCIAL ATLÂNTICO&amp;#8221;.                               _x000D_
 				 _x000D_
 </t>
   </si>
   <si>
     <t>5283</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5283/5283_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5283/5283_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR UMA LIXEIRA TIPO BALCÃO , NA RUA BRASILIA, ENTRADA DA RUA PERI, BAIRRO MACOPA.&amp;#8221;                               </t>
   </si>
   <si>
     <t>5284</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5284/5284_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5284/5284_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO JARDIM BONAVILA.&amp;#8221; </t>
   </si>
   <si>
     <t>5285</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE TAPA BURACOS NA RUA IMBUIA NO BAIRRO ÁREA 1&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5286</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5286/5286_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5286/5286_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE CAPINA E ROÇADA NA RUA SIRIO DE CASTRO RIBAS NO BAIRRO ALTO DAS OLIVEIRAS&amp;#8221;.                 _x000D_
 </t>
   </si>
   <si>
     <t>5287</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5287/5287_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5287/5287_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A OPERAÇÃO TAPA BURACOS NA RUA CAMPOS SALES  NO BAIRRO ALTO DAS OLIVEIRAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5288</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5288/5288_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5288/5288_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA COMISSÃO DE TRÂNSITO, SEJA ESTUDADO MELHORIAS NA SINALIZAÇÃO DO CRUZAMENTO DAS RUAS DUARTE DA COSTA E TOMÉ SE SOUZA (CENTRO)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5289</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5289/5289_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5289/5289_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, TOME PROVIDÊNCIAS NO SENTIDO DE COLOCAR UMA LIXEIRA DE METAL, NA AVENIDA NOSSA SENHORA APARECIDA, S/N. (SALÃO DE FESTAS, FUNDOS COM A QUADRA DE ESPORTES) &amp;#8211; BAIRRO NOSSA SENHORA DE FÁTIMA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5290</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5290/5290_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5290/5290_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE PLACAS INDICANDO &amp;#8220;PROIBIDO JOGAR  LIXO NESTE LOCAL&amp;#8221; EM TERRENO LOCALIZADO NA AV. NOSSA SENHORA APARECIDA SN, (TERRENO BALDIO, ABAIXO DA SOS)&amp;#8211; BAIRRO NOSSA SENHORA DE FÁTIMA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5291</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5291/5291_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5291/5291_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE PLACAS INDICANDO &amp;#8220;PROIBIDO ENTRADA DE MOTOS NESTE LOCAL&amp;#8221; E UMA SEGUNDA PLACA &amp;#8220;PROIBIDO FUMAR NESTE LOCAL&amp;#8221;, AMBAS NO PÁTIO DO GINÁSIO DE ESPORTES CLODOMIRO MIGUEL FERNANDES, (QUADRA DAS CEM CASAS), BAIRRO: NOSSA SENHORA DE FÁTIMA&amp;#8221;. _x000D_
 _x000D_
  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5292</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5292/5292_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5292/5292_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, TOME PROVIDÊNCIAS NO SENTIDO DE NOMEAR UM VIGIA NO PERÍODO NOTURNO NA QUADRA DE ESPORTE CLODOMIRO MIGUEL FERNANDES E SALÃO DE FESTAS, NO BAIRRO NOSSA SENHORA DE FÁTIMA&amp;#8221;. _x000D_
 	_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5293</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5293/5293_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5293/5293_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA LIMPEZA NO MANILHAMENTO DA REDE PLUVIAL EM FRENTE Nº 271 NA RUA ESTRADA DOS GUARARAPES, FUNDOS DA CHÁCARA DO TOBERA, BAIRRO MARINHA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5294</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5294/5294_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5294/5294_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM  LAMA ASFÁLTICA NA TRAVESSA PARIS, BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5295</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5295/5295_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5295/5295_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA A COLOCAÇÃO DE UMA LOMBADA NA RUA IRLANDA EM FRENTE AO NÚMERO 52 NO BAIRRO JARDIM EUROPA.&amp;#8221;</t>
   </si>
   <si>
     <t>5306</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5306/5306_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5306/5306_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA RUA CAMPINA ALTA &amp;#8211;  BAIRRO PARQUE LIMEIRA ÁREA II&amp;#8221;.</t>
   </si>
   <si>
     <t>5307</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5307/5307_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5307/5307_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA RUA CARAGUATÁ  &amp;#8211;  BAIRRO PARQUE LIMEIRA ÁREA II&amp;#8221;.</t>
   </si>
   <si>
     <t>5308</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5308/5308_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5308/5308_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA SOBRE O CALÇAMENTO POLIÉDRICO EXISTENTE NA RUA SEIXAS NO BAIRRO VILA ROSA."_x000D_
 </t>
   </si>
   <si>
     <t>5309</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5309/5309_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5309/5309_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE A LIMPEZA DOS BUEIROS LOCALIZADOS NO ESCADÃO NO FINAL DA RUA COPACABANA NO BAIRRO SÃO ROQUE."_x000D_
 </t>
   </si>
   <si>
     <t>5310</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5310/5310_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5310/5310_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA AVENIDA JURUTANHI ESQUINA COM A RUA OLINDA NO BAIRRO ÁREA 3."_x000D_
 </t>
   </si>
   <si>
     <t>5311</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5311/5311_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5311/5311_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA SOBRE O CALÇAMENTO POLIÉDRICO EXISTENTE NA AVENIDA JURUTANHI ATÉ ESQUINA COM A RUA SANTO INÁCIO NO BAIRRO ÁREA 3."_x000D_
 </t>
   </si>
   <si>
     <t>5312</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5312/5312_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5312/5312_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO ASFALTO FRIO NA RUA DENOMINADA DE RUA DA HORTA NO BAIRRO BELA VISTA."_x000D_
 </t>
   </si>
   <si>
     <t>5313</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5313/5313_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5313/5313_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE REPAROS DIVERSOS NO SALÃO DO CENTRO COMUNITÁRIO (REFORMA) DA VILA RURAL BRILHO DO SOL NA ÁREA INTERNA E EXTERNA, TELHADO, CALÇADAS E PINTURA."_x000D_
 </t>
   </si>
   <si>
     <t>5314</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5314/5314_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5314/5314_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA O PATROLAMENTO E CASCALHAMENTO NA ESTRADA DO SALTINHO&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5315</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5315/5315_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5315/5315_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE LIMPEZA NOS BUEIROS E TRABALHO DE ELEVAR AS GUIAS DE MEIO FIO LOCALIZADOS NA RUA SÃO PAULO EM FRENTE AO NÚMERO 58 &amp;#8211; BAIRRO ANA MARY&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 	_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5316</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5316/5316_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5316/5316_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, CONSTRUA UM REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA &amp;#8220;RIO BRANCO EM FRENTE AO CEMEI CÂNDIDO PORTINARI, BAIRRO: SÃO JOÃO.&amp;#8221; _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5317</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5317/5317_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5317/5317_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO LIMPEZA DE BUEIRO E REPARO NA CAIXA DE  COLETA DE ÁGUAS PLUVIAIS, NA RUA SANTIAGO (JARDIM AMÉRICA)&amp;#8221;._x000D_
   _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5318</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5318/5318_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5318/5318_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO OPERAÇÃO  TAPA BURACOS OU COBERTURA COM LAMA ASFÁLTICA E LIMPEZA DE BUEIROS NAS RUAS RIO JAGUARIBE E PARNAIBA (BAIRRO SÃO JOÃO)&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5319</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5319/5319_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5319/5319_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO OPERAÇÃO  TAPA BURACOS OU COBERTURA COM LAMA ASFÁLTICA NA RUA LA PRATA (JARDIM AMÉRICA)&amp;#8221;._x000D_
 _x000D_
  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5320</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5320/5320_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5320/5320_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO, QUE ATRAVÉS DA SMOSP, DETERMINE UM SERVIÇO DE RECUPERAÇÃO COM RECAPE ASFÁLTICO NA RUA YARA, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA III&amp;#8221;.  </t>
   </si>
   <si>
     <t>5321</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5321/5321_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5321/5321_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO, QUE ATRAVÉS DA SMOSP E TBTRANS, DETERMINE UMA OPERAÇÃO TAPA BURACOS E REFAZER A PINTURA DE SINALIZAÇÃO (LOMBADA, ESTACIONAMENTO, ETC.) NA RUA PONTA GROSSA, NO BAIRRO DO N. S. DO P. SOCORRO (BNH)&amp;#8221;.  </t>
   </si>
   <si>
     <t>5322</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5322/5322_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5322/5322_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE CAPINA E ROÇADA NA RUA NOSSA SENHORA DO PERPETUO SOCORRO NO BAIRRO CEM CASAS&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5323</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5323/5323_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5323/5323_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, JOGAR CASCALHO NA RUA PROJETADA E RUA DAS PEDREIRAS NO BAIRRO JARDIM UNIÃO, CHÁCARA DO ARI.&amp;#8221; </t>
   </si>
   <si>
     <t>5324</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5324/5324_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5324/5324_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO NAS RUAS 1,2,3,4,5,6 E EFETUAR LIMPEZA DOS BUEIROS NAS RUAS DO BAIRRO SÃO LUIZ.&amp;#8221;                                     </t>
   </si>
   <si>
     <t>5337</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5337/5337_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5337/5337_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O ESTUDO PARA QUE SEJA FEITO UM PROJETO PARA REGULARIZAR O NOME E CEP DE TODAS AS RUAS DO NOVO BAIRRO DENOMINADO RESIDENCIAL CASA BELLA."_x000D_
 </t>
   </si>
   <si>
     <t>5338</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5338/5338_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5338/5338_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE  PARA QUE SEJA FEITO REPARO NO BUEIRO LOCALIZADO NA RUA FRANCISCO ESPINOSA EM FRENTE AO Nº 799 NO BAIRRO JARDIM BANDEIRANTES."_x000D_
 </t>
   </si>
   <si>
     <t>5339</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5339/5339_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5339/5339_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO REPARO NO BUEIRO LOCALIZADO NA RUA FRANCISCO ESPINOSA ESQUINA COM A RUA BANDEIRAS NO BAIRRO JARDIM BANDEIRANTES."_x000D_
 </t>
   </si>
   <si>
     <t>5342</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5342/5342_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5342/5342_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO REPARO NO BUEIRO LOCALIZADO NA RUA RODRIGUES PAES EM FRENTE AO Nº 27 NO BAIRRO JARDIM BANDEIRANTES."_x000D_
 </t>
   </si>
   <si>
     <t>5343</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5343/5343_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5343/5343_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O ESTUDO PARA A CONSTRUÇÃO DE UMA LOMBADA NA RUA JOÃO SIQUEIRA FILHO PRÓXIMO AO Nº 871 NO BAIRRO SOCOMIM."_x000D_
 </t>
   </si>
   <si>
     <t>5345</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5345/5345_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5345/5345_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE A RETIRADO DO LIXO E QUE SEJA FEITO A SEQUENCIA DO MANILHAMENTO NO ARROIO LOCALIZADO NA RUA CASTELO BRANCO NO BAIRRO BONA VILA."_x000D_
 </t>
   </si>
   <si>
     <t>5347</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5347/5347_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5347/5347_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, CONSTRUA UM REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA GOV. BENTO MUNHOZ DA ROCHA NETO, FUNDOS DO CEMEI, NO BAIRRO MACOPA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>5350</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5350/5350_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5350/5350_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, CONSTRUA UM REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA RIO PARANAPANEMA, EM FRENTE AO CEMEI OLAVO BILAC, NO BAIRRO SÃO JOÃO&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5351</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5351/5351_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5351/5351_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NA RUA CHARQUEADA, BAIRRO PARQUE LIMEIRA A-II&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5352</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5352/5352_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5352/5352_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO A SMOSP DETERMINE UM SERVIÇO DE RECAPE ASFÁLTICO NA RUA PASTOR PEDRO FALCÃO, NO BAIRRO SÃO FRANCISCO.&amp;#8221;</t>
   </si>
   <si>
     <t>5353</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5353/5353_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5353/5353_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR RESPONSÁVEL DETERMINE A TROCA DE LÂMPADAS NA LUMINÁRIA PÚBLICA &amp;#8211; 4 PÉTALAS QUE ESTÁ LOCALIZADA NA PARTE INTERNA DA ESCOLA DR. EUCLIDES MARCOLA, EM FRENTE AO BAR DO LÉO, NA RUA BANDEIRAS, NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;.  </t>
   </si>
   <si>
     <t>5354</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5354/5354_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5354/5354_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR PINTURAS EM TODAS AS  LOMBADAS E FAIXAS DE PEDESTRES NO BAIRRO CEM CASAS.&amp;#8221; _x000D_
 _x000D_
 _x000D_
                                     _x000D_
 </t>
   </si>
   <si>
     <t>5355</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5355/5355_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5355/5355_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, ARRUMAR 12 MUDAS DE ARVORES, PORTE BAIXO, PARA O PATIO DA QUADRA DE ESPORTES E SALÃO DE FESTAS DAS CEM CASAS.&amp;#8221;  </t>
   </si>
   <si>
     <t>5356</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5356/5356_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5356/5356_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR PLACAS COM AVISOS, NA QUADRA DAS CEM CASAS, COM OS SEGUINTES DIZERES: &amp;#8220;PROIBIDO JOGAR BOLA, FORA DA QUADRA DE ESPORTES.&amp;#8221;</t>
   </si>
   <si>
     <t>5358</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5358/5358_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5358/5358_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR LUMINÁRIAS NA PRAÇA PRÓXIMO AO ASILO, ENTRE A RUA NETUNO E RUA PERNAMBUCO, CEM CASAS"</t>
   </si>
   <si>
     <t>5359</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5359/5359_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5359/5359_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE ENVIE A CÂMARA PARA APRECIAÇÃO, ANTEPROJETO DE LEI ORDINÁRIA DE QUE TRATA: INSTITUI O PROGRAMA DE INCENTIVO E DESCONTO, DENOMINADO &amp;#8220;IPTU SOLIDÁRIO - ADOÇÃO RESPONSÁVEL DE ANIMAIS&amp;#8221; NO ÂMBITO DO MUNICÍPIO DE TELÊMACO BORBA, PARA OS CONTRIBUINTES QUE ADOTAREM UM ANIMAL&amp;#8221;. _x000D_
 _x000D_
              </t>
   </si>
   <si>
     <t>5361</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5361/5361_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5361/5361_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE ENVIE A CÂMARA, PARA APRECIAÇÃO.  PROJETO DE LEI  ORDINÁRIA DE QUE TRATA: INSTITUI O HOSPITAL PÚBLICO VETERINÁRIO PARA ATENDIMENTO DE ANIMAIS E FARMÁCIA VETERINÁRIA POPULAR EM TELÊMACO BORBA E DÁ OUTRAS PROVIDÊNCIAS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5362</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5362/5362_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5362/5362_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A PINTURA DE LOMBADAS EM FRENTE À ESCOLA ESTADUAL JOSE DE ANCHIETA NA RUA BLUMENAU E TRAVESSA ALECRIM - BAIRRO JARDIM FLORESTAL-ÁREA 1."_x000D_
                 _x000D_
                   </t>
   </si>
   <si>
     <t>5363</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5363/5363_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5363/5363_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA DE BUEIROS NA RUA BRASILIA, PRÓXIMO AO NUMERO 13-NO BAIRRO MACOPA&amp;#8221;._x000D_
 _x000D_
 _x000D_
                   _x000D_
                    _x000D_
 </t>
   </si>
   <si>
     <t>5365</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5365/5365_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5365/5365_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA DE BUEIROS NA RUA HEITOR LOURENÇO DE OLIVEIRA, PRÓXIMO AO NÚMERO 120 - BAIRRO MACOPA&amp;#8221;._x000D_
 _x000D_
 _x000D_
                   _x000D_
                   _x000D_
 </t>
   </si>
   <si>
     <t>5366</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5366/5366_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5366/5366_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA E RETIRADA DE ENTULHOS DE BUEIROS NO RIO LIMEIRA, PRÓXIMO À IGREJA ASSEMBLÉIA DE DEUS NA RUA VEREADOR JOSÉ OZÓRIO DE CAMARGO BAIRRO SOCOMIM&amp;#8221;._x000D_
                   _x000D_
                    </t>
   </si>
   <si>
     <t>5367</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5367/5367_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5367/5367_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA A MELHORIA NA ILUMINAÇÃO PÚBLICA NA RUA  CAMBOJA &amp;#8211; VILA ESPERANÇA.&amp;#8221;_x000D_
 _x000D_
 _x000D_
                   _x000D_
                    _x000D_
 </t>
   </si>
   <si>
     <t>5368</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5368/5368_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5368/5368_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA CAMBOJA &amp;#8211; VILA ESPERANÇA&amp;#8221;_x000D_
 _x000D_
 _x000D_
                   _x000D_
 </t>
   </si>
   <si>
     <t>5369</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5369/5369_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5369/5369_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PRECISAMENTE A SECRETARIA DE EDUCAÇÃO, ESTUDOS PARA MANTER ABERTAS AS QUADRAS ESPORTIVAS EXISTENTES NAS ESCOLAS MUNICIPAIS, DURANTE AS FÉRIAS&amp;#8221;._x000D_
                 _x000D_
 </t>
   </si>
   <si>
     <t>5370</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5370/5370_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5370/5370_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, UMA OPERAÇÃO TAPA-BURACOS NA RUA TULIPA &amp;#8211; BAIRRO SOCOMIM&amp;#8221;._x000D_
 _x000D_
                 _x000D_
 </t>
   </si>
   <si>
     <t>5371</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5371/5371_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5371/5371_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE SENDO A SEÇÃO DE PINTURAS VIÁRIAS, PINTURAS DE GUIAS REBAIXADAS, FAIXAS CONTÍNUAS, ENTRADA DE GARAGEM, ESTACIONAMENTOS NA RUA CAMBOJA &amp;#8211; VILA ESPERANÇA&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5372</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5372/5372_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5372/5372_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITA A RECOLOCAÇÃO DA PLACA PROIBIDO SUBIR NA RUA IRLANDA PRÓXIMO AO CRAS &amp;#8211; JARDIM EUROPA&amp;#8221;.</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5373/5373_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5373/5373_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NO INICIO DA RUA DOM PEDRO II ATÉ A ESQUINA COM A RUA TAPUIAS NO BAIRRO BONAVILA."_x000D_
 </t>
   </si>
   <si>
     <t>5374</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5374/5374_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5374/5374_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO REPARO NO CALÇAMENTO POLIÉDRICO NA RUA RIO PARÚ ESQUINA COM A RUA RIO NEGRO NO BAIRRO ÁGUA VERDE (ÁREA SETE)."_x000D_
 </t>
   </si>
   <si>
     <t>5375</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5375/5375_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5375/5375_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO REPARO NO ASFALTO QUE ESTÁ AFUNDADO NA AVENIDA EUCLIDES BONIFÁCIO LONDRES AO LADO DO N º 15 PRÓXIMO A ROTATÓRIA DA PRAÇA PASTOR PEDRO CORTEZ NO BAIRRO CEM CASAS."_x000D_
 </t>
   </si>
   <si>
     <t>5376</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5376/5376_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5376/5376_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA AVENIDA NOSSA SENHORA APARECIDA DO TRECHO ENTRE A AVENIDA EUCLIDES BONIFÁCIO LONDRES ATÉ A RUA TOMAZINA NO BAIRRO CEM CASAS."_x000D_
 </t>
   </si>
   <si>
     <t>5377</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5377/5377_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5377/5377_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO O ESTUDO PARA ARRANCAR DUAS ÁRVORES NA AVENIDA MARECHAL FLORIANO PEIXOTO EM FRENTE AO Nº 115 NO BAIRRO SOCOMIM."_x000D_
 </t>
   </si>
   <si>
     <t>5378</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5378/5378_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5378/5378_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA TRAVESSA VERA CRUZ EM FRENTE A RS PRESENTES E TAMBÉM FAZER MELHORIAS NAS PINTURAS DE SINALIZAÇÃO AO LONGO DE TODA A RUA, NO BAIRRO CEM CASAS.&amp;#8221;</t>
   </si>
   <si>
     <t>5379</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5379/5379_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5379/5379_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO NA RUA 21 DE ABRIL, BAIRRO SOCOMIM.&amp;#8221;</t>
   </si>
   <si>
     <t>5380</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5380/5380_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5380/5380_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR LUMINÁRIAS NA PRAÇA , ENTRE A RUA URANO E  NETUNO, BAIRRO CEM CASAS.&amp;#8221;</t>
   </si>
   <si>
     <t>5384</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5384/5384_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5384/5384_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM  LAMA ASFÁLTICA NA RUA TIBAGI, BAIRRO ANA MARY&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5385</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5385/5385_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5385/5385_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE GRELHA PARA UM BUEIRO LOCALIZADO NA RUA RECIFE, BAIRRO BELA MACOPA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5386</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5386/5386_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5386/5386_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NA RUA CARMO DA MATA, BAIRRO JARDIM ALVORADA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5387</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5387/5387_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5387/5387_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE GRELHA PARA UM BUEIRO LOCALIZADO NA RUA BENIN, BAIRRO BELA VISTA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5388</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5388/5388_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5388/5388_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA O TRABALHO DE TAPAR A VALA EFETUADA PARA DRENAR A ÁGUA EMPOSSADA NA QUADRA DE AREIA DO BAIRRO DAS CEM CASAS&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5389</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5389/5389_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5389/5389_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO A LIMPEZA E PODA DE ÁRVORES DA RUA CONCELHEIRO ZACARIAS BAIRRO CENTRO&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5390</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5390/5390_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5390/5390_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO A MANUTENÇÃO NO ESCADÃO DA RUA TRAVESSA BAHAMAS QUE LIGA A RUA CAMBOJA NA RUA OURO PRETO NO BAIRRO VILA ESPERANÇA&amp;#8221;._x000D_
 _x000D_
                _x000D_
 </t>
   </si>
   <si>
     <t>5391</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO TROCAS DE LÂMPADAS NA RUA CONSELHEIRO ZACARIAS BAIRRO CENTRO&amp;#8221;.  </t>
   </si>
   <si>
     <t>5392</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5392/5392_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5392/5392_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, UMA OPERAÇÃO TAPA-BURACOS NA RUA RIO TIGRE, PRECISAMENTE EM FRENTE AO Nº 123 NO BAIRRO RIO ALEGRE&amp;#8221;.</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5393/5393_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5393/5393_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE UMA OPERAÇÃO TAPA BURACOS NA RUA ITATIAIA EM FRENTE AO NUMERO 12 NO BAIRRO PARQUE LIMEIRA-ÁREA 6."  </t>
   </si>
   <si>
     <t>5394</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5394/5394_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5394/5394_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PATROLAMENTO E APLICAÇÃO DE CASCALHOS UTILIZANDO O ROLO COMPACTADOR NO FINAL DA RUA RIO TIGRE, NO BAIRRO RIO ALEGRE"  </t>
   </si>
   <si>
     <t>5395</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5395/5395_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5395/5395_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA PARA QUE O PODER EXECUTIVO INCLUA NA PROGRAMAÇÃO DE OBRAS DO MUNICÍPIO E, SE NECESSÁRIO, INCLUA TAMBÉM NO ORÇAMENTO DE 2016 MELHORIAS NO NOVO BAIRRO &amp;#8220;CASA BELLA&amp;#8221;, ENTRE QUAIS, DESTACAMOS A CONSTRUÇÃO DE POSTO DE SAÚDE, CRECHE, CENTRO COMUNITÁRIO, QUADRA DE ESPORTES E UMA PRAÇA PARA BENEFICIAR AS FAMÍLIAS QUE ALI RESIDEM.  </t>
   </si>
   <si>
     <t>5396</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5396/5396_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5396/5396_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE UMA SERVIÇO DE RECAPE ASFÁLTICO NA RUA RAUL TOMAZ, NO BAIRRO ANA MARY&amp;#8221;. </t>
   </si>
   <si>
     <t>5397</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5397/5397_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5397/5397_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA INSTALAÇÃO DE UMA LOMBADA NA RUA ACÁCIA Nº 310, NO BAIRRO JARDIM ALEGRE&amp;#8221;. </t>
   </si>
   <si>
     <t>5398</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5398/5398_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5398/5398_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO SEJA FEITO UM ESTUDO DE COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA PROFESSOR JOSÉ LOUREIRO FERNANDES, MAIS PRECISAMENTE EM FRENTE AO NÚMERO 295, ONDE ESTA INSTALADO UM COMÉRCIO, BAIRRO SÃO SILVESTRE.&amp;#8221;_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5399</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5399/5399_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5399/5399_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO SEJA UM ESTUDO DA POSSIBILIDADE DE ALTERAÇÃO NO SENTIDO DA RUA VEREADOR ANTONIO DALECIO, PASSANDO A SER MÃO ÚNICA &amp;#8211; APENAS SUBINDO E PINTURAS E FAIXA AMARELA DE ESTACIONAMENTO SOMENTE DE UM LADO SENDO NO  MESMO SENTIDO.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>5400</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5400/5400_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5400/5400_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA INSTALADA PLACA DE PROIBIDO JOGAR LIXO NO TERRENO BALDIO NO FINAL DA RUA EDUARDO GERONASSO &amp;#8211; BAIRRO VILA OSÓRIO&amp;#8221;.</t>
   </si>
   <si>
     <t>5401</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5401/5401_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5401/5401_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA INSTALADA PLACA DE PROIBIDO JOGAR LIXO NO TERRENO BALDIO NO FINAL DA RUA NORTE PIONEIRO&amp;#8221;.</t>
   </si>
   <si>
     <t>5402</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5402/5402_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5402/5402_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES UM ESTUDO PARA RETIRADA DE POMBOS E OUTROS PÁSSAROS DA QUADRA DAS CEM CASAS&amp;#8221;._x000D_
 _x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5403</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5403/5403_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5403/5403_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES O ESTUDO DE UMA PISTA DE SKATE NA PRAÇA EM FRENTE À RUA PAPA JOÃO XXIII, NAS PROXIMIDADES DA ESCOLA FABIANO BRAGA CORTES&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5404</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5404/5404_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5404/5404_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE SEJA FEITA DEMARCAÇÃO PARA MOTOS NA ENTRADA DA QUADRA DE ESPORTES DAS CEM CASAS&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5405/5405_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5405/5405_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE EFETIVEM SERVIÇO DE RECAPE E COLOCAÇÃO DE MEIO FIO, EM FRENTE AO 126 E POR ONDE FOR NECESSÁRIO, NA RUA CAMPO GRANDE, VILA SANTA RITA&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5415</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5415/5415_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5415/5415_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA SOLICITAR AO DEPARTAMENTO DE ESTRADAS DE RODAGEM DO ESTADO DO PARANÁ &amp;#8211; DER,  COLOCAÇÃO DE GUARDRAIL NO PERÍMETRO URBANO DA RODOVIA DO PAPEL  - PR 160  - KM 23 (PONTO DE REFERÊNCIA LOJA DA DPASCHOAL)._x000D_
 _x000D_
       _x000D_
 _x000D_
 _x000D_
                                    </t>
   </si>
   <si>
     <t>5416</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5416/5416_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5416/5416_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA RUA OLINDA AO LADO DO Nº 114 NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>5417</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5417/5417_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5417/5417_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA RUA SÃO LEOPOLDO EM FRENTE AO Nº 105 NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>5418</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5418/5418_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5418/5418_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O CONSERTO DA TAMPA DO PV NA RUA RIO IGUAÇU EM FRENTE AO Nº 901 NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>5419</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5419/5419_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5419/5419_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA RUA RIO IGUAÇU AO LADO DO Nº 08 NO BAIRRO ÁREA TRÊS."_x000D_
 </t>
   </si>
   <si>
     <t>5420</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5420/5420_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5420/5420_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO RECAPE ASFÁLTICO NA RUA RIO BRANCO NO TRECHO QUE COMPREENDE ENTRE AS RUAS TRAVESSA RIO DOCE E RUA RIO GRAJAÚ NO BAIRRO SÃO JOÃO."_x000D_
 </t>
   </si>
   <si>
     <t>5421</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5421/5421_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5421/5421_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA INSTALADO UM PARQUE INFANTIL NO TRIÂNGULO."_x000D_
 </t>
   </si>
   <si>
     <t>5422</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5422/5422_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5422/5422_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO ÓRGÃO COMPETENTE FOSSE REALIZADO UM ESTUDO PARA QUE A PRAÇA, DENOMINADA &amp;#8220;PRAÇA DO FAROL&amp;#8221; LOCALIZADA ENTRE AS RUAS ARAPOTI E FRANCISCO KROLL PRÓXIMO A PONTE QUE DÁ ACESSO AO BAIRRO SÃO FRANCISCO DÊ LUGAR A UM POSTO DE SAÚDE QUE ATENDA OS BAIRROS JARDIM KROL E SÃO FRANCISCO&amp;#8221;.</t>
   </si>
   <si>
     <t>5423</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5423/5423_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5423/5423_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO ÓRGÃO COMPETENTE QUE PROCEDA A TROCA DE LÂMPADA DO POSTE DE ILUMINAÇÃO PÚBLICA LOCALIZADO NA TRAVESSA SUÍÇA, NO BAIRRO JARDIM EUROPA.&amp;#8221;</t>
   </si>
   <si>
     <t>5429</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5429/5429_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5429/5429_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NA RUA PRATA, BAIRRO PARQUE LIMEIRA AREA 2&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5430</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5430/5430_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5430/5430_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA NA RUA IVAÍ, BAIRRO PARQUE LIMEIRA AREA 1&amp;#8221;.  </t>
   </si>
   <si>
     <t>5432</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5432/5432_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5432/5432_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM  LAMA ASFÁLTICA NA RUA ESTRADA DOS CATAGUAZES, BAIRRO BONA VILA&amp;#8221;. _x000D_
 _x000D_
  _x000D_
 </t>
   </si>
   <si>
     <t>5433</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE , ATRAVÉS DO SETOR COMPETENTE,  SEJA FEITO OPERAÇÃO TAPA BURACOS NA RUA DINÁ RIBAS WOITAS, NAS PROXIMIDADES DO N° 054 JARDIM BANDEIRANTES II&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5434</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5434/5434_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5434/5434_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NAS SEGUINTES TRAVESSAS DO BAIRRO ÁREA TRÊS: SANTO ONOFRE E SANTA INÊS."_x000D_
 </t>
   </si>
   <si>
     <t>5435</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5435/5435_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5435/5435_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NAS SEGUINTES RUAS DO BAIRRO ÁREA TRÊS: SANTA TEREZINHA, PARTE DA RUA IARA, RIO BONITO, GIGANTE DE PEDRA, SANTA LUZIA E SANTO INÁCIO."_x000D_
 </t>
   </si>
   <si>
     <t>5437</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5437/5437_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5437/5437_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIE A COLOCAÇÃO DE UMA TAMPA NO BUEIRO LOCALIZADO NA RUA RIO EUFRATES EM FRENTE AO N º 279 NO BAIRRO RECANTO FELIZ."_x000D_
 </t>
   </si>
   <si>
     <t>5438</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5438/5438_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5438/5438_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE OPERAÇÃO TAPA BURACOS NA RUA SÃO JERÔNIMO, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA III&amp;#8221;.  </t>
   </si>
   <si>
     <t>5439</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5439/5439_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5439/5439_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO EM TODA EXTENSÃO DA RUA ODILON BORBA NO BAIRRO VILA OSÓRIO&amp;#8221;.</t>
   </si>
   <si>
     <t>5441</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5441/5441_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5441/5441_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA TRAVESSA ANGICO &amp;#8211; JARDIM FLORESTAL ÁREA I&amp;#8221;.</t>
   </si>
   <si>
     <t>5449</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5449/5449_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5449/5449_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA NA RUA JOSÉ AUGUSTO NOCÊRA, EM FRENTE AO N°428, BAIRRO BOM JESUS&amp;#8221;</t>
   </si>
   <si>
     <t>5450</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5450/5450_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5450/5450_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE ESTUDO PARA A INSTALAÇÃO DE UM POSTE COM LUMINÁRIA NO FORMATO DE PÉTALA NO TERRENO ONDE SE ENCONTRA A ACADEMIA AO AR LIVRE SITUADA NA RUA SÃO JOÃO DEL REY AO LADO DA UNIDADE BÁSICA DE SAÚDE NO BAIRRO JARDIM PROGRESSO."_x000D_
 </t>
   </si>
   <si>
     <t>5451</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5451/5451_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5451/5451_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA CONTINUAÇÃO DA RUA MAR VERMELHO DESCENDO PARA O BAIRRO RECANTO FELIZ."_x000D_
 </t>
   </si>
   <si>
     <t>5452</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5452/5452_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5452/5452_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO  QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA RUA FREI TIMÓTEO QUE FAZ LIGAÇÃO ENTRE A AVENIDA DAS FLORES COM A CARMO DA MATA NO BAIRRO VILA ROSA."_x000D_
 </t>
   </si>
   <si>
     <t>5453</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5453/5453_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5453/5453_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PROVIDENCIAS PARA QUE SEJA ENVIADO NO MÁXIMO ATÉ O DIA 15 DO CORRENTE MÊS, O  TRATOR PARA FAZER O &amp;#8220;GRADIAMENTO/ARAGEM&amp;#8221; DA TERRA, NOS LOTES DA VILA RURAL."_x000D_
 _x000D_
 _x000D_
 _x000D_
 			      _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5454</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5454/5454_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5454/5454_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE,  SEJA FEITO REPAROS NO BANHEIRO FEMININO E NA CALÇADA DE ENTRADA PRINCIPAL DO MINI-CENTRO ESPORTIVO&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5455</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5455/5455_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5455/5455_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NA RUA EUCALIPTO, BAIRRO PARQUE LIMEIRA ÁREA 1&amp;#8221;. _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5456</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5456/5456_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5456/5456_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NO TREVO QUE DÁ SENTIDO AO BAIRRO PARQUE LIMEIRA ÁREA 1&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5461</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5461/5461_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5461/5461_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NO TREVO QUE DÁ SENTIDO AO BAIRRO JARDIM BANDEIRANTES&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5458</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5458/5458_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5458/5458_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PATROLAMENTO E CASCALHAMENTO NA RUA (SEM NOME) QUE DÁ ACESSO A CAPELA DA IGREJA CATÓLICA, NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;.  </t>
   </si>
   <si>
     <t>5459</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5459/5459_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5459/5459_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PINTURA DE LOMBADA E MELHORIAS NA SINALIZAÇÃO DA LOMBADA, NA RUA HARMONIA, PRÓXIMO AO Nº 165, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA II&amp;#8221;.  </t>
   </si>
   <si>
     <t>5460</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5460/5460_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5460/5460_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE OPERAÇÃO TAPA BURACOS OU RECAPE ASFÁLTICO NAS RUAS PASCHOAL MOREIRA CABRAL, FRANCISCO SPINOZA E DIAMANTINA, NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;.  </t>
   </si>
   <si>
     <t>5457</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5457/5457_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5457/5457_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE COLOCAÇÃO DE 2 TAMPAS DE BOCA DE LOBO E TERMINAR O ASFALTO NA RUA SANTO AGOSTINHO, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA III&amp;#8221;.  </t>
   </si>
   <si>
     <t>5462</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5462/5462_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5462/5462_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA OFICIALIZADO O NOME DA RUA TRAVESSA RIO TROMBETA E O CEP NO BAIRRO ÁREA 7." </t>
   </si>
   <si>
     <t>5463</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5463/5463_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5463/5463_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO UMA LIMPEZA E DESOBSTRUÇÃO DE BUEIROS E MANILHAMENTO, SUBTERRÂNEO NA TRAVESSA RIO GRANDE PRECISAMENTE EM FRENTE AO NUMERO 215 NO BAIRRO SÃO JOÃO."_x000D_
                _x000D_
 </t>
   </si>
   <si>
     <t>5464</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5464/5464_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5464/5464_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO UM RECAPE ASFÁLTICO COM CBUQ SOBRE O POLIÉDRICO NA RUA SANTA RITA NO BAIRRO BOM JESUS&amp;#8221;. </t>
   </si>
   <si>
     <t>5465</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5465/5465_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5465/5465_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITA LIMPEZA DE BUEIRO NA RUA LONDRINA EM FRENTE AO NÚMERO 579 - CENTRO&amp;#8221;.</t>
   </si>
   <si>
     <t>5466</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5466/5466_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5466/5466_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO UM ESTUDO VIÁRIO PARA TORNAR MÃO ÚNICA A RUA JOÃO MORAIS DA SILVA NO BAIRRO PERPÉTUO SOCORRO&amp;#8221;.</t>
   </si>
   <si>
     <t>5467</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5467/5467_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5467/5467_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM ESTUDO PARA COLOCAÇÃO DE LIXEIRA NA AVENIDA DAS FLORES, PRÓXIMO AO Nº 267, NO BAIRRO JARDIM ALEGRE&amp;#8221;.  </t>
   </si>
   <si>
     <t>5468</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5468/5468_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5468/5468_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE RECAPE ASFÁLTICO NA RUA ANHANGUERA, NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;.  </t>
   </si>
   <si>
     <t>5469</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5469/5469_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5469/5469_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE MELHORIAS E RECAPE COM LAMA ASFÁLTICA NA RUA MINAS GERAIS NO BAIRRO NOSSA SENHORA DE FÁTIMA."   </t>
   </si>
   <si>
     <t>5470</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5470/5470_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5470/5470_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJAM COLOCADOS REDUTORES DE VELOCIDADE AO LONGO DAS AVENIDAS NOSSA SENHORA DE FÁTIMA E NOSSA SENHORA DA LUZ NO BAIRRO CENTRO - PRÓXIMO À PRAÇA DOS PINHEIROS."  </t>
   </si>
   <si>
     <t>5471</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5471/5471_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5471/5471_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA COLOCADO UM REDUTOR DE VELOCIDADE NA PRAÇA LUBA KLABIN NAS PROXIMIDADES DA CASA Nº 288, CENTRO."  </t>
   </si>
   <si>
     <t>5475</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5475/5475_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5475/5475_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM ASFALTO FRIO NO BECO SITUADO NA RUA VEREADOR JOSÉ OSÓRIO DE CAMARGO AO LADO DO Nº 208 BAIRRO SOCOMIM."_x000D_
 </t>
   </si>
   <si>
     <t>5476</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5476/5476_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5476/5476_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O ESTUDO PARA QUE SEJA PROVIDENCIADA AS PLACAS COM O NOME DE CADA UMA DAS RUAS DO BAIRRO JARDIM MONTE SINAI 1"._x000D_
 </t>
   </si>
   <si>
     <t>5477</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5477/5477_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5477/5477_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA CONCLUÍDO O SERVIÇO DE RECAPE ASFÁLTICO NA RUA JOÃO SIQUEIRA FILHO &amp;#8211; SOCOMIM."</t>
   </si>
   <si>
     <t>5479</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5479/5479_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5479/5479_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA RUA MANACÁ &amp;#8211; JARDIM ALEGRE&amp;#8221;.</t>
   </si>
   <si>
     <t>5480</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5480/5480_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5480/5480_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, CONSTRUA UM MURO DE ARRIMO E CONSERTO DO BUEIRO, NA RUA SANTA EFIGÊNIA,EM FRENTE AO NÚMERO 33 BAIRRO BELA VISTA&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5481</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5481/5481_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5481/5481_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO UMA OPERAÇÃO TAPA BURACOS NA RUA OURO PRETO EM FRENTE A SORVETERIA DA CIDA NO BAIRRO VILA ESPERANÇA." </t>
   </si>
   <si>
     <t>5482</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5482/5482_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5482/5482_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO UMA NOVA PINTURA NUMA LOMBADA DA RUA OURO PRETO EM FRENTE AO NUMERO:297 NO BAIRRO VILA ESPERANÇA. " </t>
   </si>
   <si>
     <t>5483</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5483/5483_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5483/5483_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO UMA LOMBADA NA RUA SANTARÉM E NA RUA MACAPÁ NO BAIRRO VILA ESPERANÇA&amp;#8221;. </t>
   </si>
   <si>
     <t>5484</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5484/5484_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5484/5484_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE TAPA-BURACO EM FRENTE AO NÚMERO 89, RUA INDEPENDÊNCIA, CENTRO&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5485</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5485/5485_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5485/5485_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE TAPA-BURACO EM FRENTE AO NÚMERO 65, RUA CARMO DA MATA, VILA ROSA&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5492</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5492/5492_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5492/5492_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A SECRETÁRIA DE OBRAS DE SERVIÇOS PÚBLICOS AS SEGUINTES MELHORIAS:  I &amp;#8211; QUE SEJA REALIZADA LIMPEZA GERAL DOS BUEIROS NA RUA ARAPOTI; II &amp;#8211;  A REVITALIZAÇÃO DAS RUAS DO JARDIM KROLL; III &amp;#8211; QUE SEJA INCLUÍDO NA PROGRAMAÇÃO DE OBRAS A INSTALAÇÃO DE UM POSTO DE SAÚDE NO JARDIM KROLL."	</t>
   </si>
   <si>
     <t>5501</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5501/5501_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5501/5501_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA APLICADO ASFALTO FRIO NO BECO SITUADO NA RUA VEREADOR JOSÉ OSÓRIO DE CAMARGO AO LADO DO Nº 288 BAIRRO SOCOMIM."_x000D_
 </t>
   </si>
   <si>
     <t>5502</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5502/5502_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5502/5502_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE ATRAVÉS DO SETOR COMPETENTE DA MUNICIPALIDADE PARA QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE UMA LUMINÁRIA COM LÂMPADA NO POSTE LOCALIZADO NA RUA RIO ROSÁRIO ESQUINA COM A RUA RIO BAGAGEM EM FRENTE AO Nº 245 NO BAIRRO SÃO JOÃO."_x000D_
 </t>
   </si>
   <si>
     <t>5503</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5503/5503_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5503/5503_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA EM TODA A EXTENSÃO DA RUA ESTRADA FERNÃO DIAS NO BAIRRO MACOPA."_x000D_
 </t>
   </si>
   <si>
     <t>5504</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5504/5504_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5504/5504_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE A COLOCAÇÃO DE TRÊS MANILHAS PARA CANALIZAÇÃO DE ÁGUA NO FINAL DA RUA CASTANHEIRA NO BAIRRO ÁREA 4."_x000D_
 </t>
   </si>
   <si>
     <t>5505</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5505/5505_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5505/5505_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE LIMPEZA DE TODOS OS BUEIROS, LOCALIZADO NA RUA DINÁ RIBAS NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5506</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5506/5506_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5506/5506_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE REPAROS EM UMA CALÇADA NA RUA ESMERALDA, 44, DESCENDO O ANTIGO SILVA TUR, NO PARQUE LIMEIRA &amp;#8211; ÁREA 4&amp;#8221;.  </t>
   </si>
   <si>
     <t>5507</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5507/5507_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5507/5507_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE DESENTUPIMENTO DE BUEIRO, NA RUA BEIRA RIO, PRÓXIMO AO Nº 151, NO BAIRRO RIO ALEGRE II&amp;#8221;. </t>
   </si>
   <si>
     <t>5508</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5508/5508_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5508/5508_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE NORMALIZAÇÃO DE COLETA DE LIXO, CONSTRUÇÃO DE MEIO FIO E COLOCAÇÃO DE UM POSTE COM ILUMINAÇÃO PÚBLICA NA RUA MACEIÓ, PRÓXIMO AO Nº 535, NO BAIRRO SANTA RITA&amp;#8221;. </t>
   </si>
   <si>
     <t>5509</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5509/5509_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5509/5509_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA DE BUEIROS COM HIDROJATEADOR NA RUA JOAQUIM BATISTA RIBEIRO, ESQUINA COM A TRAVESSA IRATI NO BAIRRO CENTRO&amp;#8221;.  </t>
   </si>
   <si>
     <t>5510</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5510/5510_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5510/5510_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O SERVIÇO DE CAPINA E ROÇADA NA RUA LA PRATA NO BAIRRO JARDIM AMÉRICA&amp;#8221;.  </t>
   </si>
   <si>
     <t>5511</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5511/5511_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5511/5511_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, O SERVIÇO DE LIMPEZA E CAPINA DO MATO NO ENTORNO DA ÁREA DE LAZER DO SINDICATO DO PAPEL, SITUADO NA RUA PROFESSOR MARTINS FRANCO NO BAIRRO JARDIM ALEGRE&amp;#8221;. </t>
   </si>
   <si>
     <t>5512</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5512/5512_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5512/5512_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A LIMPEZA DE BUEIROS COM CAMINHÃO HIDROJATEADOR EM TODA A EXTENSÃO DA RUA OURO PRETO NA VILA ESPERANÇA&amp;#8221;.  </t>
   </si>
   <si>
     <t>5517</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5517/5517_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5517/5517_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE  PARA QUE SEJA CONCLUÍDO O SERVIÇO QUE FOI INICIADO NA RUA RIO ITANHAÉM NO BAIRRO SÃO JOÃO."_x000D_
 </t>
   </si>
   <si>
     <t>5521</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5521/5521_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5521/5521_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA RUA ALAMEDA OSVALDO CRUZ, CRUZAMENTO COM A SÍRIO DE CASTRO RIBAS NO BAIRRO JARDIM UNIÃO."_x000D_
 </t>
   </si>
   <si>
     <t>5522</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5522/5522_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5522/5522_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO AS PINTURAS REFERENTE A SINALIZAÇÃO DE TRÂNSITO NECESSÁRIAS NAS RUAS QUE RECEBERAM RECAPE ASFÁLTICO NO BAIRRO ÁREA TRÊS, RUA RIO IGUAÇU, MINA DE PRATA, AVENIDA JURUTANHI E RUA OLINDA."_x000D_
 </t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5523/5523_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5523/5523_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO NA RUA PLANALTO, NO BAIRRO SÃO JORGE.&amp;#8221; </t>
   </si>
   <si>
     <t>5524</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5524/5524_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5524/5524_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA CAMPO GRANDE N°56, BAIRRO SÃO JORGE.&amp;#8221;_x000D_
 _x000D_
        _x000D_
 </t>
   </si>
   <si>
     <t>5525</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5525/5525_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5525/5525_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA SÃO JOÃO DEL REY, BAIRRO ÁREA 6.&amp;#8221;</t>
   </si>
   <si>
     <t>5526</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5526/5526_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5526/5526_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE  PLACA PARA O PONTO DE ÔNIBUS, DA RUA ODILON BORBA CARNEIRO, ESQUINA COM EVANGELINA BORBA CARNEIRO, EM FRENTE AO NÚMERO 95, NA VILA OSÓRIO&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5527</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5527/5527_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5527/5527_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE A INSTALAÇÃO DE UM POSTE DE ILUMINAÇÃO PÚBLICA NO PONTO DE ÔNIBUS, AO LADO DA ESCOLA MUNICIPAL CONSELHEIRO ZACARIAS, BAIRRO CEM CASAS&amp;#8221;. </t>
   </si>
   <si>
     <t>5528</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5528/5528_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5528/5528_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA INSTALAÇÃO DE UM PONTO DE ÔNIBUS NA DESCIDA DA RUA LIONS CLUB, ACIMA DO ASILO, NO BAIRRO CEM CASAS&amp;#8221;. </t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5529/5529_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5529/5529_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO UMA LOMBADA NA RUA CARBONATO EM FRETE AO NUMERO 206 NO BAIRRO SÃO FRANCISCO DE ASSIS."_x000D_
   _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5530</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5530/5530_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5530/5530_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE À COMISSÃO DE TRÂNSITO QUE SEJAM REALIZADOS SERVIÇOS REFERENTES À SINALIZAÇÃO (VERTICAL, HORIZONTAL E SEMAFÓRICA) ONDE SE FIZER NECESSÁRIO NA CIDADE&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5531</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5531/5531_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5531/5531_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE REALIZE O SERVIÇO DE TAPA-BURACO POR TODA A EXTENSÃO DA RUA D. PEDRO II, JARDIM BONAVILA&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5532/5532_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5532/5532_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE PLACAS INDICATIVAS SEJAM INSTALADAS NAS RUAS MARFIM E TARUMÃ, JARDIM MONTECARLO&amp;#8221;._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5533</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5533/5533_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5533/5533_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS SEJA FEITO UM ESTUDO DE VIABILIDADE TÉCNICA PARA CONSTRUÇÃO DE UMA ROTATÓRIA NA RUA INDEPENDÊNCIA LIGAÇÃO COM A RUA MEM DE SÁ NO BAIRRO NOSSA SENHORA DE FÁTIMA PRÓXIMO AO POSTO DE SAÚDE CEM CASAS&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5536</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5536/5536_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5536/5536_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO O SERVIÇO DE REPARO NO ASFALTO DANIFICADO PELA EROSÃO NA RUA ARROIO CHUÍ EM FRENTE AO NÚMERO 15 &amp;#8211; VILA ROSA&amp;#8221;.</t>
   </si>
   <si>
     <t>5537</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5537/5537_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5537/5537_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO EM TODA EXTENSÃO DA RUA FLOR DE LARANJEIRA &amp;#8211; BAIRRO JARDIM ALEGRE&amp;#8221;.</t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5538/5538_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5538/5538_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE PINTURA DE FAIXAS DE SINALIZAÇÃO NA RUA VASCA DA GAMA - BAIRRO CEM CASAS&amp;#8221;.</t>
   </si>
   <si>
     <t>5539</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5539/5539_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5539/5539_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE A LIMPEZA E DESOBSTRUÇÃO DOS BUEIROS EM TODA EXTENSÃO DA RUA GRALHA AZUL NO BAIRRO VILA CRISTINA."_x000D_
 </t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5540/5540_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5540/5540_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE TAMPA PARA UM BUEIRO LOCALIZADO NA RUA FRANCISCO ESPINOSA &amp;#8211; BAIRRO BANDEIRANTES, EM FRENTE CASA DE Nº 268&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5541</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5541/5541_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5541/5541_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE LIMPEZA DE GALHOS E FOLHAS NA CALÇADA NA RUA FRANCISCO SPINOZA, PRÓXIMO AO Nº 392, NO BAIRRO JARDIM BANDEIRANTES&amp;#8221;.  </t>
   </si>
   <si>
     <t>5542</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5542/5542_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5542/5542_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE DETERMINE UM SERVIÇO DE PROTEÇÃO E SEGURANÇA PERANTE A EXISTÊNCIA DE UM BURACO ENORME EXISTENTE NA RUA CASTELO BRANCO, NO BAIRRO JARDIM BONAVILLA&amp;#8221;.  </t>
   </si>
   <si>
     <t>5550</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5550/5550_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5550/5550_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO UMA BOCA DE LOBO NA RUA CAPELINHA EM FRENTE AO NUMERO 154 NO BAIRRO ÁREA 2." </t>
   </si>
   <si>
     <t>5551</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5551/5551_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5551/5551_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA COLOCADA UMA PLACA DE RUA SEM SAÍDA NA ENTRADA DA RUA CIRANDA NO BAIRRO VILA ESPERANÇA&amp;#8221;._x000D_
 _x000D_
 _x000D_
                   _x000D_
                    _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5552</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5552/5552_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5552/5552_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO UM SERVIÇO DE LAMA ASFÁLTICA NA RUA RIO TIGRE NO BAIRRO VILA CRISTINA&amp;#8221;._x000D_
                   _x000D_
                   _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5553/5553_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5553/5553_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA OPERAÇÃO TAPA-BURACOS NO INÍCIO RUA D.PEDRO II, EM FRENTE À PRAÇA BRAULIO B. LEAL NO BAIRRO NOSSA SENHORA DO PERPETUO SOCORRO (BNH)&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5554</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5554/5554_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5554/5554_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE LIMPEZA, COM O VEÍCULO HIDROJATEADOR, EM TODOS OS BUEIROS NA EXTENSÃO DA RUA ILHA DO SURUBI NO BAIRRO PARQUE LIMEIRA ÁREA-2&amp;#8221;.  </t>
   </si>
   <si>
     <t>5555</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5555/5555_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5555/5555_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE NA RUA SERRADINHO E PINHEIRO SECO &amp;#8211; PARQUE LIMEIRA II&amp;#8221;.</t>
   </si>
   <si>
     <t>5556</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5556/5556_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5556/5556_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE TUBULAÇÃO PARA ÁGUAS PLUVIAIS NA RUA SERRADINHO &amp;#8211; PARQUE LIMEIRA II&amp;#8221;.</t>
   </si>
   <si>
     <t>5557</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5557/5557_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5557/5557_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NA RUA RIBEIRÃO &amp;#8211; PARQUE LIMEIRA II&amp;#8221;.</t>
   </si>
   <si>
     <t>5558</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5558/5558_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5558/5558_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE REFORÇO NAS PINTURAS E MELHORIA NA SINALIZAÇÃO, NA TRAVESSA VERA CRUZ PRINCIPALMENTE PRÓXIMO AO Nº 155, (AGROPECUÁRIA NÔCERA) EM FRENTE À PANIFICADORA KI-PÃO NO BAIRRO NOSSA SENHORA DE FÁTIMA, QUE SE TRATA DE ESTABELECIMENTO COMERCIAL." </t>
   </si>
   <si>
     <t>5559</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5559/5559_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5559/5559_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA TURIM AO LADO DO N° 102, BAIRRO VILA ROSA&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5560</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5560/5560_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5560/5560_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA AMAPÁ, N° 80, BAIRRO SANTA RITA&amp;#8221;._x000D_
 _x000D_
 				 _x000D_
 </t>
   </si>
   <si>
     <t>5561</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5561/5561_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5561/5561_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA RIO JURUÁ, N° 2, ÁREA 7&amp;#8221;._x000D_
 				 _x000D_
 </t>
   </si>
   <si>
     <t>5562</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5562/5562_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5562/5562_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR TAMPA DE BUEIRO NA RUA SÃO JOÃO, N° 130, BAIRRO JARDIM UNIÃO". </t>
   </si>
   <si>
     <t>5563</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5563/5563_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5563/5563_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR, CASCALHO NO CAMPÃO, VILA ROSA". </t>
   </si>
   <si>
     <t>5564</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5564/5564_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5564/5564_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO UMA RAMPA PARA CADEIRANTES NO CORREDOR DE ACESSO A RUA JOÃO SIQUEIRA FILHO NO BAIRRO SOCOMIM"._x000D_
                   _x000D_
                   _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5565</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5565/5565_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5565/5565_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO TROCAS DE LAMPADAS NA RUA ANA MERY EM FRENTE A IGREJA ASSEMBLEIA DE DEUS NO BAIRRO ANA MERY._x000D_
                   _x000D_
                    _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5566</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5566/5566_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5566/5566_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO TROCAS DE LAMPADAS NO ESCADÃO DA RUA GONGADA NO BAIRRO VILA ESPERANÇA"._x000D_
 _x000D_
                   _x000D_
                    _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5567</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5567/5567_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5567/5567_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA IMPLANTAÇÃO DE UM SEMÁFORO OU UM REDUTOR DE VELOCIDADE NA RUA PORTEIRA GRANDE ESQUINA COM A RUA MAUÁ, ENTRE O MERCADO LIMEIRA E O RESERVATÓRIO DE ÁGUA DA SANEPAR, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 2". </t>
   </si>
   <si>
     <t>5568</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5568/5568_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5568/5568_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA MAUÁ, Nº 221, QUASE ESQUINA COM A RUA SALTO DA CONCEIÇÃO, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 2". </t>
   </si>
   <si>
     <t>5569</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5569/5569_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5569/5569_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA A COLOCAÇÃO DE UMA LOMBADA NA RUA BANDEIRAS EM FRENTE AO Nº 383 NO JARDIM BANDEIRANTES".</t>
   </si>
   <si>
     <t>5582</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5582/5582_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5582/5582_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE SEJA   FEITO REPARO NA COBERTURA DO CENTRO COMUNITÁRIO DA VILA RURAL E ATERRAMENTO NA FOSSA EXISTENTE NO MESMO&amp;#8221;					_x000D_
 _x000D_
 _x000D_
 				_x000D_
 																																						</t>
   </si>
   <si>
     <t>5583</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5583/5583_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5583/5583_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA IMPLANTAÇÃO DE UMA LOMBADA NA RUA BRILHANTE, PRÓXIMO AO Nº 85, NO BAIRRO SÃO FRANCISCO&amp;#8221;. </t>
   </si>
   <si>
     <t>5584</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5584/5584_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5584/5584_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE UM ESTUDO PARA IMPLANTAÇÃO DE UMA LOMBADA NA RUA XIBIU, BAIRRO SÃO FRANCISCO DE ASSIS EM FRENTE O NUMERO 229."_x000D_
 </t>
   </si>
   <si>
     <t>5585</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5585/5585_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5585/5585_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE UM TAPA BURACO NA RUA PERNAMBUCO BAIRRO EM FRENTE AO 139."_x000D_
  </t>
   </si>
   <si>
     <t>5586</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5586/5586_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5586/5586_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO SERVIÇO DE MELHORIAS NA ILUMINAÇÃO DA PRAÇA HORÁCIO KLABIN."_x000D_
 </t>
   </si>
   <si>
     <t>5587</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5587/5587_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5587/5587_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO REPAROS NA TAMPA DE BUEIROS NA RUA MOCIDADE ALEGRE EM FRENTE AO NUMERO 77 NO BAIRRO VILA CRISTINA."_x000D_
 _x000D_
                   _x000D_
                    _x000D_
 _x000D_
 _x000D_
 )</t>
   </si>
   <si>
     <t>5588</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5588/5588_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5588/5588_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO UMA LIMPEZA GERAL NA RUA MONTE CASTELO NO BAIRRO CENTRO&amp;#8221;._x000D_
                   _x000D_
                    _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5589</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5589/5589_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5589/5589_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, UM ESTUDO PARA ABERTURA DE UM CAMPO DE FUTEBOL ENTRE OS BAIRROS ÁREA DEZ E BAIRRO SIQUEIRA&amp;#8221;._x000D_
 _x000D_
     _x000D_
    _x000D_
 </t>
   </si>
   <si>
     <t>5590</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5590/5590_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5590/5590_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE TAPA BURACOS EM TODA EXTENSÃO DA RUA PEROBA &amp;#8211; PARQUE LIMEIRA I&amp;#8221;.</t>
   </si>
   <si>
     <t>5595</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5595/5595_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5595/5595_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM  LAMA ASFÁLTICA NA RUA ANTONIO RODRIGUES ARZÃO, BAIRRO BANDEIRANTES&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 	_x000D_
  _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5596</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5596/5596_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5596/5596_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM  LAMA ASFÁLTICA NA RUA ANTONIO RAPOSO TAVARES, BAIRRO BANDEIRANTES&amp;#8221;. _x000D_
 </t>
   </si>
   <si>
     <t>5597</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5597/5597_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5597/5597_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE PARA QUE SEJA FEITO A REPOSIÇÃO DA TAMPA DO BUEIRO SITUADO NA RUA HENRIQUE DIAS &amp;#8211; BAIRRO CENTRO EM FRENTE AO GREBSERV&amp;#8221;.</t>
   </si>
   <si>
     <t>5598</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5598/5598_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5598/5598_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA INSTALAÇÃO DE UMA LOMBADA NA RUA CAMBOJA, PRÓXIMO AO Nº 8, NO BAIRRO SÃO GERALDO&amp;#8221;.  </t>
   </si>
   <si>
     <t>5599</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5599/5599_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5599/5599_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA IPIRANGA N°11, PRÓXIMO AO TREVO." 				 </t>
   </si>
   <si>
     <t>5600</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5600/5600_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5600/5600_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA ARGENTINA EM FRENTE AO N°1262, BAIRRO SOCOMIM.&amp;#8221;				 </t>
   </si>
   <si>
     <t>5601</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5601/5601_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5601/5601_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM PEDRAS POLIÉDRICAS NA RUA BRILHO DO SOL, NO BAIRRO VILA RURAL".</t>
   </si>
   <si>
     <t>5602</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5602/5602_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5602/5602_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM PEDRAS POLIÉDRICAS NA RUA NOVO HORIZONTE, NO BAIRRO VILA RURAL".</t>
   </si>
   <si>
     <t>5603</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5603/5603_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5603/5603_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS, EFETUE SERVIÇO DE TAPA-BURACO E RECAPAGEM COM LAMA ASFÁLTICA NA RUA GIRASSOL, JARDIM MONTECARLO."_x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5608</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5608/5608_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5608/5608_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O ESTUDO PARA A CONSTRUÇÃO DE ALGUMAS LOMBADAS NA EXTENSÃO DA AVENIDA JURUTANHI NO BAIRRO JARDIM PROGRESSO(ÁREA SEIS)."_x000D_
 </t>
   </si>
   <si>
     <t>5609</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5609/5609_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5609/5609_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO NA RUA JADE, BAIRRO SÃO FRANCISCO.&amp;#8221;</t>
   </si>
   <si>
     <t>5610</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5610/5610_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5610/5610_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO RUA DOS INCAS BAIRRO BONAVILA.&amp;#8221;_x000D_
 				 _x000D_
 </t>
   </si>
   <si>
     <t>5611</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5611/5611_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5611/5611_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR ASFALTO, ESQUINA CASTELO BRANCO, ATE CANTILHO GONÇALVES, FINAL  DA RUA DOS INCAS, BAIRRO BONAVILA.&amp;#8221;  </t>
   </si>
   <si>
     <t>5616</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5616/5616_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5616/5616_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA APLICADO ASFALTO FRIO NA RUA TRAVESSA B NO BAIRRO ÁGUA VERDE."_x000D_
 </t>
   </si>
   <si>
     <t>5618</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5618/5618_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5618/5618_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA FEITO PASSEIO PARA PEDESTRES EM AMBOS OS LADOS DA AVENIDA IPÊ ROXO NO BAIRRO JARDIM MONTE CARLO."_x000D_
 </t>
   </si>
   <si>
     <t>5619</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5619/5619_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5619/5619_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PROVIDENCIAS PARA QUE O ÔNIBUS CIRCULAR QUE VAI ATÉ A LOCALIDADE TRIÂNGULO, INCLUA MAIS UM TRECHO, OU SEJA, QUE ESSE ÔNIBUS SE DESLOQUE ATÉ O POSTO VITÓRIA, NO PERÍODO DA MANHA E NO FINAL DA TARDE. E, QUE NESSE NOVO TRECHO SEJA COLOCADO PELO MENOS 02 OU MAIS, PONTOS DE ÔNIBUS COM COBERTURAS, POIS NESSE TRECHO TEM VÁRIAS EMPRESAS."_x000D_
   </t>
   </si>
   <si>
     <t>5620</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5620/5620_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5620/5620_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA DOS INCAS EM FRENTE AO N° 245, BAIRRO J. BONAVILA"._x000D_
 				 _x000D_
 </t>
   </si>
   <si>
     <t>5621</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5621/5621_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5621/5621_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA DOS INCAS EM FRENTE AO N° 108, BAIRRO J. BONAVILA". _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5622</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5622/5622_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5622/5622_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA JOÃO SIQUEIRA FILHO PRÓXIMO AO N°1250 E OUTRA EM FRENTE AO N°1118, BAIRRO SOCOMIM". </t>
   </si>
   <si>
     <t>5623</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5623/5623_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5623/5623_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE TAMPA PARA UM BUEIRO LOCALIZADO NA RUA DA MARINHA, BAIRRO PARQUE LIMEIRA ÁREA 2, EM FRENTE CASA DE Nº 64". _x000D_
 _x000D_
 _x000D_
 	_x000D_
 </t>
   </si>
   <si>
     <t>5624</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5624/5624_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5624/5624_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO DETERMINE UM ESTUDO PARA IMPLANTAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA CARMO DA MATA, PRÓXIMO A IGREJA CATÓLICA, NO BAIRRO VILA ROSA&amp;#8221;. </t>
   </si>
   <si>
     <t>5625</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5625/5625_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5625/5625_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE TAPA BURACO NA AVENIDA NOSSA SENHORA APARECIDA PRÓXIMO AO Nº 245 NO BAIRRO CEM CASAS"._x000D_
 </t>
   </si>
   <si>
     <t>5626</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5626/5626_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5626/5626_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE SEJA COLOCADA UMA TAMPA NUM BUEIRO NA RUA OURO PRETO EM FRENTE AO NÚMERO 45 NO BAIRRO VILA ESPERANÇA".                 _x000D_
                    _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5627</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5627/5627_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5627/5627_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO UMA LOMBADA NA RUA SANTARÉM EM FRENTE AO NUMERO 130 NO BAIRRO VILA ESPERANÇA"._x000D_
 _x000D_
                   _x000D_
                    </t>
   </si>
   <si>
     <t>5628</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5628/5628_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5628/5628_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE EFETUEM SERVIÇO DE SINALIZAÇÃO, ONDE SE FIZER NECESSÁRIO, E LOMBADA EM FRENTE AO PSF NA RUA INDEPENDÊNCIA, CEM CASAS"._x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5641</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5641/5641_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5641/5641_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROVIDENCIE LIMPEZA DE BUEIROS NAS RUAS SÃO PAULO, ARARAQUARA, PARANÁ, SANTA PAULA, ANA MARY  E TRAVESSA BRASIL, NO BAIRRO ANA MARY"._x000D_
 _x000D_
 _x000D_
 _x000D_
 	_x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5642</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5642/5642_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5642/5642_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE, INSTALE UMA ACADEMIA AO AR LIVRE NO BAIRRO JARDIM BANDEIRANTES, EM TERRENO PÚBLICO LOCALIZADO NA RUA AMÉRICO VESPÚCIO, ESQUINA COM A RUA ANHANGUERA". _x000D_
 	_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5643</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5643/5643_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5643/5643_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA COLOCADA UMA PLACA DE SINALIZAÇÃO REFLETIVA INDICANDO RUA SEM SAÍDA, NO FINAL DA RUA DENOMINADA DE TRAVESSA MIRANDINHA NO BAIRRO ÁREA DOIS"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5644</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5644/5644_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5644/5644_texto_integral.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA CASCATA EM FRENTE AO N° 89, PRÓXIMO A IGREJA METODISTA, BAIRRO RECANTO FELIZ".</t>
   </si>
   <si>
     <t>5645</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5645/5645_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5645/5645_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR LIMPEZA NA PARTE EXTERNA DA QUADRA E NO SALÃO DE FESTAS DO BAIRRO CEM CASAS". _x000D_
 				 _x000D_
 </t>
   </si>
   <si>
     <t>5646</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5646/5646_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5646/5646_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO SETOR COMPETENTE SEJA FEITO CONSERTO E REPOSIÇÃO DE TAMPA DE UM BUEIRO NA RUA RIO PITANGUI,  BAIRRO SÃO JOÃO"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5653</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5653/5653_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5653/5653_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA FLOR DAS LARANJEIRAS PRÓXIMO AO N°15, JARDIM ALEGRE.&amp;#8221;</t>
   </si>
   <si>
     <t>5654</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5654/5654_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5654/5654_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO NA RUA BRILHANTE, BAIRRO SÃO FRANCISCO.&amp;#8221;</t>
   </si>
   <si>
     <t>5655</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5655/5655_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5655/5655_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA ALAMEDA OSVALDO CRUZ, PRÓXIMO AO N°212, BAIRRO SÃO ROQUE.&amp;#8221;</t>
   </si>
   <si>
     <t>5656</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5656/5656_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5656/5656_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA MANOEL MENDES DE OLIVEIRA, PRÓXIMO AO N°43, BAIRRO SÃO FRANCISCO.&amp;#8221;_x000D_
 </t>
   </si>
   <si>
     <t>5657</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5657/5657_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5657/5657_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR TAMPA DE BUEIRO, RUA MIRANDA EM FRENTE AO N°564 BAIRRO ÁREA 2&amp;#8221;.	</t>
   </si>
   <si>
     <t>5658</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5658/5658_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5658/5658_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE A CONFECÇÃO DE UM BEBEDOURO DE AZULEJO COM SEIS OU MAIS TORNEIRAS NA ESCOLA MUNICIPAL LEOPOLDO MERCER&amp;#8221;.	_x000D_
 	_x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5659</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5659/5659_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5659/5659_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DO SETOR COMPETENTE QUE SEJA FEITO  O REPARO NA CALÇADA NA RUA SANTOS DUMONT PRÓXIMO PIZZARIA LA FORNALHA, JÁ QUE A MESMA ESTA DETERIORADA OU ESBURAQUEADA&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5671</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5671/5671_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5671/5671_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O ESTUDO PARA A CONSTRUÇÃO DE UMA LOMBADA NA RUA FERNÃO DIAS PAES PRÓXIMO AO Nº 113 NO JARDIM BANDEIRANTES"._x000D_
 </t>
   </si>
   <si>
     <t>5672</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5672/5672_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5672/5672_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE LIMPEZA EM TODOS OS BUEIROS DA RUA RAPOSO TAVARES, NO BAIRRO, JARDIM BANDEIRANTES&amp;#8221;. _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4541</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, PARECER AO PROJETO DE LEI Nº 001/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM 001 DE 12 DE JANEIRO DE 2016 QUE "DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ PARA O EXERCÍCIO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>4542</t>
   </si>
   <si>
     <t>DA COMISSÃO DE ECONOMIA, ORÇAMENTO, FINANÇAS E FISCALIZAÇÃO, PARECER AO PROJETO DE LEI Nº 001/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM 001 DE 12 DE JANEIRO DE 2016 QUE "DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ PARA O EXERCÍCIO DE 2016 E DÁ OUTRAS PROVIDÊNCIAS".</t>
@@ -11851,2029 +11851,2029 @@
   <si>
     <t>5704</t>
   </si>
   <si>
     <t>DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, PARECER AO PROJETO DE LEI ORDINÁRIA Nº 013/2016, DE INICIATIVA DO VEREADOR MAURÍCIO DIÓGENES DE CASTRO QUE "DISPÕE SOBRE A OBRIGATORIEDADE DE AFIXAÇÃO DE CARTAZ OU LETREIRO NOS POSTOS REVENDEDORES DE COMBUSTÍVEIS ESTABELECIDOS NO MUNICÍPIO DE TELÊMACO BORBA PR, COM INFORMAÇÃO RELATIVA AO PERCENTUAL DA DIFERENÇA ENTRE OS PREÇOS DA GASOLINA E DO ETANOL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5703</t>
   </si>
   <si>
     <t xml:space="preserve">DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, PARECER AO PROJETO DE LEI COMPLEMENTAR Nº 026/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 040 DE 29 DE NOVEMBRO DE 2016, QUE "AUTORIZA O PODER EXECUTIVO A FAZER DOAÇÃO DE ÁREAS DE TERRENOS URBANOS AO ESTADO DO PARANÁ, DESTINADOS A AMPLIAÇÃO DAS ATUAIS INSTALAÇÕES DO QUARTEL DA POLICIA MILITAR DO ESTADO DO PARANÁ". </t>
   </si>
   <si>
     <t>5696</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5696/5696_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5696/5696_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE DECRETO LEGISLATIVO Nº 180/2016, DE INICIATIVA DA COMISSÃO DE ECONOMIA, ORÇAMENTO, FINANÇAS E FISCALIZAÇÃO QUE "APROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO DE 2009". </t>
   </si>
   <si>
     <t>4586</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4586/4586_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4586/4586_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 001/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM 001 DE 12 DE JANEIRO DE 2016 QUE "DISPÕE SOBRE A REVISÃO GERAL ANUAL DA REMUNERAÇÃO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ PARA O EXERCÍCIO DE 2016, CRIA CARGOS DE MOTORISTA, REENQUADRAMENTO DOS CARGOS DE AGENTE DE TRÂNSITO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>4588</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4588/4588_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4588/4588_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 002/2016, DE INICIATIVA DA MESA DIRETIVA QUE "CRIA CARGOS E FUNÇÃO GRATIFICADA NA ESTRUTURA FUNCIONAL DA CÂMARA MUNICIPAL DE TELÊMACO BORBA, ALTERA DISPOSITIVOS DA LEI Nº 1548 DE 14 DE JUNHO DE 2006, BEM COMO SEUS ANEXOS CONSOLIDADOS PELA LEI 1818 DE 29 DE MARÇO DE 2011 E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>4590</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4590/4590_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4590/4590_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI COMPLEMENTAR Nº 003/2016, DE INICIATIVA DA MESA DIRETIVA QUE "DISPÕE SOBRE A REVISÃO GERAL ANUAL, AO SUBSÍDIO DOS AGENTES POLÍTICOS DO PODER LEGISLATIVO, PREVISTA NO ART. 37, INCISO X, DA CONSTITUIÇÃO FEDERAL." </t>
   </si>
   <si>
     <t>4591</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4591/4591_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4591/4591_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 004/2016, DE INICIATIVA DA MESA DIRETIVA QUE "DISPÕE SOBRE A REVISÃO GERAL ANUAL DO SUBSÍDIOS DOS AGENTES POLÍTICOS DO PODER EXECUTIVO DO MUNICÍPIO DE TELÊMACO BORBA, PREVISTA NO ART. 37, INCISO X, DA CONSTITUIÇÃO FEDERAL".</t>
   </si>
   <si>
     <t>4629</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4629/4629_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4629/4629_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 005/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 003 DE 05 DE FEVEREIRO DE 2016, QUE "CRIA CARGOS NO QUADRO PERMANENTE DE PESSOAL DA PREFEITURA MUNICIPAL DE TELÊMACO BORBA, ALTERA O ANEXO I DA LEI Nº 1881 DE 05 DE ABRIL DE 2012 E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>4812</t>
   </si>
   <si>
     <t>Luiz Carlos Gibson</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4812/4812_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4812/4812_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 006/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 006 DE 01 DE MARÇO DE 2016, QUE "REVOGA E ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2126 DE 28 DE OUTUBRO DE 2015 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>4903</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4903/4903_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4903/4903_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 007/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 010 DE 31 DE MARÇO DE 2016, QUE "ALTERA A LEI Nº 1592 DE 30 DE ABRIL DE 2007, DEFINE A ESTRUTURA ORGANIZACIONAL DA PROCURADORIA GERAL DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>4904</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4904/4904_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4904/4904_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 008/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 011 DE 31 DE MARÇO DE 2016 "DISPÕE SOBRE A CRIAÇÃO DE GRATIFICAÇÕES NO QUADRO PERMANENTE DE PESSOAL DA PREFEITURA MUNICIPAL DE TELÊMACO BORBA, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>5006</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5006/5006_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5006/5006_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI COMPLEMENTAR Nº 009/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 013 DE 13 DE ABRIL DE 2016 QUE "ALTERA A LEI 968 DE 26 DE NOVEMBRO DE 1993, DISPÕE SOBRE A ESTRUTURAÇÃO ADMINISTRATIVA DO FUNDO PREVIDENCIÁRIO DO MUNICÍPIO DE TELÊMACO BORBA (FUNPREV) E DÁ OUTRAS PROVIDÊNCIAS". </t>
   </si>
   <si>
     <t>5007</t>
   </si>
   <si>
     <t>Rubens Benck, Toto</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5007/5007_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5007/5007_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI COMPLEMENTAR Nº 010/2016, DE INICIATIVA DOS VEREADORES RUBENS BENCK E EVERTON FERNANDO SOARES QUE "ALTERA A REDAÇÃO DO INCISO IV DO CAPUT DO ART. 14 DA LEI Nº 1626, DE 26/09/2007, QUE DISPÕE SOBRE A ORGANIZAÇÃO DOS SERVIÇOS DO SISTEMA DE TRANSPORTE COLETIVO DE PASSAGEIROS DO MUNICÍPIO DE TELÊMACO BORBA E DÁ OUTRAS PROVIDÊNCIAS".   </t>
   </si>
   <si>
     <t>5024</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5024/5024_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5024/5024_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 011/2016, DE INCIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 014 DE 15 DE ABRIL DE 2016, QUE "DISPÕE SOBRE A CRIAÇÃO DE GRATIFICAÇÕES NO QUADRO PERMANENTE DE PESSOAL DA PREFEITURA MUNICIPAL DE TELÊMACO BORBA, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5046</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5046/5046_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5046/5046_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 012/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 016 DE 20 DE ABRIL DE 2016, QUE "CRIA CARGOS NO QUADRO PERMANENTE DE PESSOAL DA PREFEITURA MUNICIPAL DE TELÊMACO BORBA, ALTERA O ANEXO I DA LEI 1881 DE 05 DE ABRIL DE 2012 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5047</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5047/5047_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5047/5047_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 013/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 019 DE 25 DE ABRIL DE 2016, QUE "FAZ ALTERAÇÕES NA LEI 1611 DE 14 DE AGOSTO DE 2007, LEI DE ZONEAMENTO URBANO E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5069</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5069/5069_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5069/5069_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI COMPLEMENTAR Nº 014/2016, DE INICIATIVA DA MESA DIRETORA, QUE "ALTERA O ANEXO DA LEI MUNICIPAL Nº 2125 QUE TRATA DA REVISÃO GERAL ANUAL DO SUBSÍDIO DOS AGENTES POLÍTICOS DO PODER EXECUTIVO DE TELÊMACO BORBA". </t>
   </si>
   <si>
     <t>5095</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5095/5095_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5095/5095_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 015/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 017 DE 26 DE ABRIL DE 2016, QUE "AUTORIZA O PODER EXECUTIVO DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ A DOAR ÁREA DE TERRAS PARA O GOVERNO DO ESTADO DO PARANÁ, POR MEIO DA SECRETARIA DE ESTADO DA JUSTIÇA, CIDADANIA E DIREITOS HUMANOS DO PARANÁ (SEJU) E DÁ OUTRAS PROVIDÊNCIAS" (CONSTRUÇÃO DA CASA DE SEMILIBERDADE)</t>
   </si>
   <si>
     <t>5096</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5096/5096_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5096/5096_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 016/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 018 DE 26 DE ABRIL DE 2016, QUE "AUTORIZA O PODER EXECUTIVO DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ A DOAR ÁREA DE TERRAS PARA O GOVERNO DO ESTADO DO PARANÁ, POR MEIO DA SECRETARIA DE ESTADO DA JUSTIÇA, CIDADANIA E DIREITOS HUMANOS DO PARANÁ (SEJU) E DÁ OUTRAS PROVIDÊNCIAS" (CONSTRUÇÃO DO CENSE)</t>
   </si>
   <si>
     <t>5263</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5263/5263_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5263/5263_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 017/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 022 DE 03 DE JUNHO DE 2016, QUE "AUTORIZA O CHEFE DO PODER EXECUTIVO A OUTORGAR CESSÃO DE USO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, DESTINADO A CONSTRUÇÃO DA SEDE DO CORPO DE BOMBEIROS DE TELÊMACO BORBA".</t>
   </si>
   <si>
     <t>5406</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5406/5406_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5406/5406_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 018/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 026 DE 15 DE JULHO DE 2016 QUE "AUTORIZA O PODER EXECUTIVO A FAZER DOAÇÃO DE ÁREAS DE TERRENOS URBANOS AO ESTADO DO PARANÁ, DESTINADOS A CONSTRUÇÃO DE COLÉGIOS ESTADUAIS".</t>
   </si>
   <si>
     <t>5424</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5424/5424_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5424/5424_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 019/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 027 DE 26 DE JULHO DE 2016, QUE "AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A OUTORGAR CESSÃO DE USO DE IMÓVEL DE PROPRIEDADE DO MUNICÍPIO, DESTINADO A CONSTRUÇÃO DA SEDE DO CORPO DE BOMBEIROS DE TELÊMACO BORBA".</t>
   </si>
   <si>
     <t>5442</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5442/5442_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5442/5442_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 020/16 DE INICIATIVA DA MESA DIRETIVA QUE: "DISPÕE SOBRE A FIXAÇÃO DE SUBSÍDIOS DO PREFEITO, VICE-PREFEITO E DOS SECRETÁRIOS MUNICIPAIS PARA O QUADRIÊNIO DE 2017 A 2020."</t>
   </si>
   <si>
     <t>5443</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5443/5443_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5443/5443_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 021/16 DE INICIATIVA DA MESA DIRETIVA QUE: "DISPÕE SOBRE A FIXAÇÃO DE SUBSÍDIO DOS VEREADORES E DO PRESIDENTE DA CÂMARA MUNICIPAL PARA O QUADRIÊNIO DE 2017/2020."</t>
   </si>
   <si>
     <t>5500</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5500/5500_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5500/5500_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI COMPLEMENTAR Nº 022/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 029 DE 01 DE AGOSTO DE 2016, QUE "DELIMITA O PERÍMETRO URBANO E DE EXPANSÃO DA CIDADE DE TELÊMACO BORBA, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS". </t>
   </si>
   <si>
     <t>5543</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5543/5543_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5543/5543_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 023/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 031 DE 29 DE AGOSTO DE 2016, QUE "CRIA O CENTRO DE LOGÍSTICA E SERVIÇOS DE TRANSPORTE DE TELÊMACO BORBA - CELOG-TB - E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5549</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5549/5549_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5549/5549_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 024/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 032 DE 02 DE SETEMBRO DE 2016, QUE "CONVERTE A ÁREA DO RESIDENCIAL III E IV, LOCALIZADOS RESPECTIVAMENTE, NOS BAIRROS SÃO FRANCISCO E BANDEIRANTES, EM ÁREA URBANA E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>5576</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5576/5576_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5576/5576_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 025/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 034 DE 15 DE SETEMBRO DE 2016, QUE "FAZ ALTERAÇÕES NA LEI 1611 DE 14 DE AGOSTO DE 2007 (LEI DE ZONEAMENTO URBANO) E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5689</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5689/5689_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5689/5689_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI COMPLEMENTAR Nº 026/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 040 DE 29 DE NOVEMBRO DE 2016, QUE "AUTORIZA O PODER EXECUTIVO A FAZER DOAÇÃO DE ÁREAS DE TERRENOS URBANOS AO ESTADO DO PARANÁ, DESTINADOS A AMPLIAÇÃO DAS ATUAIS INSTALAÇÕES DO QUARTEL DA POLICIA MILITAR DO ESTADO DO PARANÁ". </t>
   </si>
   <si>
     <t>4628</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4628/4628_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4628/4628_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 002 DE 05 DE FEVEREIRO DE 2016, QUE "AUTORIZA O PODER EXECUTIVO ATRAVÉS DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO A PROMOVER CREDENCIAMENTO DE PRESTADORES DE SERVIÇOS DE SAÚDE DESTINADOS A ATENDER O SERVIÇO DE SAÚDE OCUPACIONAL DOS SERVIDORES INTEGRANTES DO QUADRO PERMANENTE DE PESSOAL DA PREFEITURA MUNICIPAL DE TELÊMACO BORBA, ESTADO DO PARANÁ E DÁ OUTRAS PROVIDÊNCIAS"</t>
   </si>
   <si>
     <t>4693</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4693/4693_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4693/4693_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 002/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 004 DE 12 DE FEVEREIRO DE 2016, QUE "ALTERA O ARTIGO 2º DA LEI 1670 DE 15 DE MAIO DE 2008 &amp;#8211; QUE DISPÕE SOBRE A PERIODICIDADE DA REALIZAÇÃO DE AUDIÊNCIA PÚBLICA, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>4749</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4749/4749_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4749/4749_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 003/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 005 DE 17 DE FEVEREIRO DE 2016, QUE "AUTORIZA O CHEFE DO PODER EXECUTIVO A DENOMINAR DE CENTRO CULTURAL ELOAH MARTINS QUADRADO, O ESPAÇO PÚBLICO DENOMINADO DE CASA DA CULTURA".</t>
   </si>
   <si>
     <t>4813</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4813/4813_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4813/4813_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 004/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 007 DE 08 DE MARÇO DE 2016, QUE "INSTITUI O PLANO MUNICIPAL DE CULTURA DE TELÊMACO BORBA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>4851</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4851/4851_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4851/4851_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 005/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 009 DE 16 DE MARÇO DE 2016, QUE "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 2.100.000,00".</t>
   </si>
   <si>
     <t>5023</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5023/5023_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5023/5023_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 006/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 012 DE 13 DE ABRIL DE 2016, QUE "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE R$ 3.762.000,00".</t>
   </si>
   <si>
     <t>5025</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5025/5025_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5025/5025_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 007/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 015 DE 15 DE ABRIL DE 2016, QUE "DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO DE TELÊMACO BORBA PARA O EXERCÍCIO FINANCEIRO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5262</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5262/5262_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5262/5262_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 008/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 021 DE 01 DE JUNHO DE 2016, QUE "AUTORIZA O CHEFE DO PODER EXECUTIVO A NOMINAR ÁREA INDUSTRIAL E SUAS VIAS PÚBLICAS E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5305</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5305/5305_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5305/5305_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 009/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 023 DE 15 DE JUNHO DE 2016 QUE "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 103.390,00"</t>
   </si>
   <si>
     <t>5325</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5325/5325_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5325/5325_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 010/16 DE INICIATIVA DO PODER EXECUTIVO (MENSAGEM Nº 024 DE 23 DE JUNHO DE 2.016.) QUE: "DISPÕE SOBRE A CRIAÇÃO DO COMITÊ DO TRANSPORTE ESCOLAR E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5407</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5407/5407_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5407/5407_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 011/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 025 DE 15 DE JUNHO DE 2016, QUE "ORGANIZA O CONSELHO MUNICIPAL DE EDUCAÇÃO - CME E INSTITUI O SISTEMA MUNICIPAL DE ENSINO DE TELÊMACO BORBA - SIME E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5494</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5494/5494_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5494/5494_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI ORDINÁRIA Nº 012/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 028 DE 28 DE JULHO DE 2016, QUE "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 865.000,00", </t>
   </si>
   <si>
     <t>5493</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5493/5493_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5493/5493_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 013/2016, DE INICIATIVA DO VEREADOR MAURÍCIO DIÓGENES DE CASTRO QUE "DISPÕE SOBRE A OBRIGATORIEDADE DE AFIXAÇÃO DE CARTAZ OU LETREIRO NOS POSTOS REVENDEDORES DE COMBUSTÍVEIS ESTABELECIDOS NO MUNICÍPIO DE TELÊMACO BORBA PR, COM INFORMAÇÃO RELATIVA AO PERCENTUAL DA DIFERENÇA ENTRE OS PREÇOS DA GASOLINA E DO ETANOL E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5513</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5513/5513_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5513/5513_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 014/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 030 DE 18 DE AGOSTO DE 2016, QUE "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE R$ 1.380.268,26". (REFORMA DA CASA DA CULTURA)</t>
   </si>
   <si>
     <t>5548</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5548/5548_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5548/5548_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 015/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 033 DE 06 DE SETEMBRO DE 2016, QUE "AUTORIZA O CHEFE DO PODER EXECUTIVO A ALTERAR DENOMINAÇÃO DE VIA PÚBLICA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>5604</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5604/5604_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5604/5604_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI ORDINÁRIA Nº 016/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 035 DE 30 SETEMBRO DE 2016, QUE "ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE TELÊMACO BORBA - PR, PARA O EXERCÍCIO DE 2017". </t>
   </si>
   <si>
     <t>5612</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5612/5612_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5612/5612_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">PROJETO DE LEI ORDINÁRIA Nº 017/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 036 DE 06 DE OUTUBRO DE 2016, QUE "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 100.000,00".  </t>
   </si>
   <si>
     <t>5613</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5613/5613_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5613/5613_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 018/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 037 DE 11 DE OUTUBRO DE 2016, QUE "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 2.025.000,00".</t>
   </si>
   <si>
     <t>5634</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5634/5634_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5634/5634_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 019/2016, DE INICIATIVA DO PODER EXECUTIVO, MENSAGEM Nº 038 DE 21 DE OUTUBRO DE 2016, QUE "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE R$ 3.834.862,91". (REGISTRO CONTÁBIL DE TÍTULOS DA DÍVIDA AGRÁRIA TDA - IMPOSTO SOBRE A PROPRIEDADE TERRITORIAL RURAL)</t>
   </si>
   <si>
     <t>5651</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5651/5651_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5651/5651_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 020/16, DE INICIATIVA DO PODER EXECUTIVO (MENSAGEM Nº 039 DE 11 DE NOVEMBRO DE 2.016) QUE: "ALTERA ANEXOS INTEGRANTES DA LEI Nº 2151/16 DE 19/09/2016 - LEI DE DIRETRIZES ORÇAMENTÁRIAS DO MUNICÍPIO DE TELÊMACO BORBA PARA O EXERCÍCIO DE 2017 E DA LEI Nº 2024 DE 21/01/2014 - PLANO PLURIANUAL DO MUNICÍPIO DE 2014 À 2017."</t>
   </si>
   <si>
     <t>5664</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5664/5664_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5664/5664_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 021/2016 DE INICIATIVA DO VEREADOR MARIO CESAR MARCONDES QUE "DECLARA DE UTILIDADE PÚBLICA A ONG ECO MAUÁ BRASIL, COM SEDE NO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ".</t>
   </si>
   <si>
     <t>5535</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5535/5535_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5535/5535_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 001/16 DE INICIATIVA DA MESA DIRETIVA QUE:  &amp;#8220;ABRE NO ORÇAMENTO DO EXERCÍCIO DE 2016 DO PODER LEGISLATIVO, CRÉDITO ADICIONAL SUPLEMENTAR PARA REFORÇO DAS DOTAÇÕES ORÇAMENTÁRIAS, MEDIANTE RECURSOS ESPECIFICADOS&amp;#8221;.</t>
   </si>
   <si>
     <t>5663</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5663/5663_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5663/5663_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO Nº 002/2016 DE INICIATIVA DA MESA DIRETIVA QUE: " ESTABELECE O USO DE UNIFORMES NAS DEPENDÊNCIAS DA CÂMARA MUNICIPAL DE TELÊMACO BORBA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4558/4558_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4558/4558_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) NA INDICAÇÃO Nº 678 DE 27/02/2015 FOI SOLICITADO UM COMPLEMENTO DE CONSTRUÇÃO DE UMA CALÇADA NA RUA CAMPINA ALTA, EM FRENTE A MECÂNICA CARRARO INFORME POR QUE NÃO FOI EXECUTADO O SERVIÇO? 2) EXISTE ALGUMA POSSIBILIDADE DE FAZER EM 2016? 3) SE SIM INFORME QUAL A PREVISÃO? 4) SE NÃO JUSTIFICAR?"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4563</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4563/4563_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4563/4563_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) A TRAVESSA MIRANDINHA FOI ALVO DE INDICAÇÕES E REQUERIMENTO, EM 2015, PARA QUE FOSSE FEITO O RECAPE ASFÁLTICO, JUSTIFICAR PORQUE NÃO ENTROU NA LOA 2016? 2) QUAL A POSSIBILIDADE DE QUE ESSA OBRA SEJA FEITA EM 2016? 3)SE SIM QUAL A PREVISÃO? 4) SE NÃO, JUSTIFIQUE?&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4565</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4565/4565_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4565/4565_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL COM FULCRO NA LEI 8.666/93 (LEI DE LICITAÇÕES) E SUAS ALTERAÇÕES, BEM COMO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DO CADASTRO OFICIAL VAGAS EXISTENTES NO SISTEMA DA SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO? 2) CÓPIA DE TODO O PROCESSO DO CONCURSO Nº 001/2011, DESDE A NECESSIDADE (MEMOS, REQUERIMENTOS) ATÉ A HOMOLOGAÇÃO DOS RESULTADOS? 3) O NOSSO REQUERIMENTO Nº 217, DE 23/11/2015, SÓ FOI RESPONDIDO PELA SECRETARIA MUNICIPAL DE EDUCAÇÃO, POR QUE NÃO HOUVE RESPOSTA DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, QUANDO É SABIDO QUE TEM UM PROGRAMA FEDERAL QUE EXIGE A PRESENÇA DE PEDAGOGO E ATÉ PRESENTE DATA NÃO FOI CHAMADO NINGUÉM E MUITO MENOS FIZERAM CONCURSO PARA ATENDER ESSA DEMANDA?"._x000D_
 </t>
   </si>
   <si>
     <t>4597</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4597/4597_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4597/4597_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, REFERENTE A PORTARIA/SAS/Nº 055 DE 24 DE JANEIRO DE 1999, DA SECRETARIA DA ASSISTÊNCIA A SAÚDE, EM SEU ARTIGO 4º QUE DIZ: &amp;#8220;AS DESPESAS PERMITIDAS PELO TFD SÃO AQUELAS RELATIVAS À TRANSPORTE AÉREO, TERRESTRE E FLUVIAL; DIÁRIAS PARA ALIMENTAÇÃO E PERNOITE PARA PACIENTE E ACOMPANHANTE, DEVENDO SER AUTORIZADAS DE ACORDO COM A DISPONIBILIDADE ORÇAMENTÁRIA DO MUNICÍPIO/ESTADO&amp;#8221;. DESTA FORMA SOLICITO AS SEGUINTES INFORMAÇÕES: 1) ESTÁ SENDO PAGA A AJUDA DE CUSTO PARA DIÁRIAS COMPLETAS (ALIMENTAÇÃO E PERNOITE) DE PACIENTE E ACOMPANHANTE, E A AJUDA DE CUSTO ALIMENTAÇÃO À PACIENTE SEM ACOMPANHANTE, QUANDO NÃO OCORRER O PERNOITE FORA DO DOMICÍLIO? 2) SE NÃO ESTIVEREM SENDO PAGAS AS DIÁRIAS E AJUDA DE CUSTO, FAVOR O SR. PREFEITO PRESTAR OS ESCLARECIMENTOS; 3) SENDO PAGOS, QUAIS OS VALORES PAGOS E SE A SECRETARIA MUNICIPAL DE SAÚDE POSSUI UM CONTROLE, ONDE ESTÁ DISPONÍVEL PARA CONSULTA PÚBLICA?".                 </t>
   </si>
   <si>
     <t>4624</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4624/4624_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4624/4624_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, REFERENTE A PUBLICAÇÃO NA IMPRENSA LOCAL DE QUE UMA EMPRESA ESTARIA UTILIZANDO MAQUINÁRIO PERTENCENTE AO MUNICÍPIO NA PAVIMENTAÇÃO DE RUAS, SOLICITAMOS AS SEGUINTES INFORMAÇÕES: 1) A EMPRESA MRS CONSTRUTORA DE OBRAS LTDA., COM SEDE EM CURITIBA, ESTÁ USANDO MÁQUINAS PERTENCENTES AO MUNICÍPIO PARA REALIZAR OBRAS DE PAVIMENTAÇÃO, OBJETO DE LICITAÇÃO, NO VALOR DE QUASE R$ 6.000.000,00 (SEIS MILHÕES DE REAIS)? 2) A EMPRESA ESTÁ PAGANDO PELO USO DO MAQUINÁRIO E, EM CASO AFIRMATIVO, QUANTO A REFERIDA EMPRESA JÁ PAGOU NO ANO DE 2015? 3) QUANTAS HORAS DE TRABALHO FORAM EXECUTADAS PELAS MÁQUINAS DO MUNICÍPIO PARA A EMPRESA MHR CONSTRUTORA DE OBRAS LTDA? 4) ENCAMINHAR PARA ESTA CASA DE LEIS CÓPIAS DE TODOS OS PAGAMENTOS QUE A MENCIONADA EMPRESA EFETUOU NO ANO DE 2015, A TITULO DE PAGAMENTO PELO USO DO MAQUINÁRIO"._x000D_
 </t>
   </si>
   <si>
     <t>4625</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4625/4625_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4625/4625_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA,  INFORME A ESTA CASA DE LEIS:  1) EXISTE PREVISÃO ORÇAMENTÁRIA PARA CONSTRUÇÃO DE ESCOLA MUNICIPAL NA VILA ROSA? 2) CASO NÃO EXISTA, SOLICITAMOS SE HÁ POSSIBILIDADE DE SER INCLUÍDA NO PLANO DE OBRAS 2017"._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4650</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4650/4650_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4650/4650_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) QUAL É A RELAÇÃO DAS RUAS DE NOSSA CIDADE QUE SERÃO CONTEMPLADAS COM PAVIMENTAÇÃO ASFÁLTICA, EM ESPECIAL AS RUAS DO BAIRRO PARQUE LIMEIRA ÁREA 2, NO CORRENTE ANO? E 2) QUANDO TERÁ INÍCIO DAS OBRAS?"	                             </t>
   </si>
   <si>
     <t>4651</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4651/4651_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4651/4651_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) QUAL É A VIABILIDADE DE SE INICIAR PROCESSO DE REGULARIZAÇÃO FUNDIÁRIA  NOS BAIRROS: PARQUE LIMEIRA ÁREA 2, SÃO ROQUE E JARDIM UNIÃO?; 2) SENDO VIÁVEL A INSTALAÇÃO DO PROCESSO, QUAL A DATA PREVISTA? E 3) CASO NEGATIVO, QUAL É A JUSTIFICATIVA?".                          </t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4652/4652_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4652/4652_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) COMO ESTÁ A PROGRAMAÇÃO PARA A REFORMA DA QUADRA DO BAIRRO SÃO FRANCISCO? 2) SE JÁ ESTÁ PROGRAMADO, PARA  QUANDO? 3) SE NÃO ESTÁ, FAVOR INFORMAR QUAL A POSSIBILIDADE DE SER REALIZADA A REFORMA".                  </t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4653/4653_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4653/4653_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) COMO ESTÁ A PROGRAMAÇÃO PARA O RECAPE ASFÁLTICO DA RUA PEPITA, NO BAIRRO SÃO FRANCISCO? 2) SE NÃO ESTÁ, INFORMAR QUAL A POSSIBILIDADE DE SER REALIZADO O RECAPE"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4705</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4705/4705_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4705/4705_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS:  1) EXISTE ESTUDOS SOBRE A MALHA VIÁRIA NO BAIRRO PARQUE LIMEIRA ÁREA 2?; 2) QUANDO INICIARÃO AS MELHORIAS PARA  A MOBILIDADE URBANA NO BAIRRO PARQUE LIMEIRA ÁREA 2? 3) QUAIS SERÃO AS MUDANÇAS SIGNIFICATIVAS NO TRÂNSITO NO BAIRRO PARQUE LIMEIRA ÁREA 2?"_x000D_
  _x000D_
                                                   </t>
   </si>
   <si>
     <t>4706</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4706/4706_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4706/4706_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL E DO SETOR DE EDUCAÇÃO INFANTIL O SEGUINTE: 01) DESDE QUE DATA O CEMEI ANITA MALFATTI, DO JARDIM ITÁLIA ESTÁ COM AS ATIVIDADES PARALISADAS? 02) INFORMAR O MOTIVO DA PARALISAÇÃO E A PREVISÃO DE RETORNO DAS ATIVIDADES; 03) QUAL A DEMANDA ESTANCADA NO MUNICÍPIO?  04) REFERENTE AO TAC TERMO DE AJUSTE DE CONDUTA FIRMADO COM O MINISTÉRIO PÚBLICO EM MARÇO DE 2013, QUAL A SITUAÇÃO DO CUMPRIMENTO DO REFERIDO TERMO?"._x000D_
 </t>
   </si>
   <si>
     <t>4707</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4707/4707_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4707/4707_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES: 01) FATURAMENTO DA AGÊNCIA TRADE, RESPONSÁVEL PELOS SERVIÇOS PERTINENTES DA ADMINISTRAÇÃO MUNICIPAL, DESDE A LICITAÇÃO ATÉ A PRESENTE DATA; 02) JUNTAR DOCUMENTOS DE FATURAMENTO DA EMPRESA E AS REFERIDAS NOTAS PAGAS AOS VEÍCULOS, BEM COMO DISCRIMINAR TODAS AS CAMPANHAS REALIZADAS DESDE O INÍCIO DA VIGÊNCIA DO CONTRATO FIRMADO ENTRE AS PARTES; 03) CÓPIA DO CONTRATO FIRMADO ENTRE AS PARTES;". _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4708</t>
   </si>
   <si>
     <t>Fátima da Rádio, Célia Andrade, Rubens Benck, Toto</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4708/4708_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4708/4708_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUEREM DO SENHOR PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, FOTOCÓPIAS DE TODO O PROCESSO DE LICITAÇÃO QUE CONTRATOU A EMPRESA RESPONSÁVEL PELA CONSTRUÇÃO E COLOCAÇÃO DOS ABRIGOS EM PONTOS DE ÔNIBUS COLETIVO EM NOSSA CIDADE. CASO A ADMINISTRAÇÃO MUNICIPAL ENTENDA SER DISPENDIOSO E/OU TRABALHOSO O PROCESSAMENTO DE FOTOCÓPIAS, QUE SE REQUEIRA A COLOCAÇÃO À DISPOSIÇÃO DA CÂMARA DO PROCESSO FÍSICO DA LICITAÇÃO MENCIONADA PARA QUE AS FOTOCÓPIAS SEJAM PRODUZIDAS PELA PRÓPRIA CÂMARA MUNICIPAL"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4709</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4709/4709_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4709/4709_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) INFORMAR SE EXISTE ALGUM PROJETO PARA LIGAR A RUA CAMBOJA COM A RUA OURO PRETO, NO BAIRRO VILA ESPERANÇA? 2) SE SIM, QUAL A PREVISÃO PARA EXECUÇÃO DESSA OBRA? 3) SE NÃO, JUSTIFICAR&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4727</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4727/4727_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4727/4727_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI LHE CONFERE INFORME A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 01) QUAIS OS MOTIVOS PELOS QUAIS A ADMINISTRAÇÃO NÃO TOMOU AINDA NENHUMA PROVIDÊNCIA PARA RESOLVER O PROBLEMA DE INFILTRAÇÃO DE ÁGUA NO PRÉDIO DA ESCOLA MUNICIPAL PÉRICLES PACHECO DA SILVA, NO BNH, PRINCIPALMENTE NA SALA ONDE ESTÁ O REFEITÓRIO E A GUARDA DOS ALIMENTOS DESTINADOS AOS ALUNOS E QUE PODE COLOCAR EM RISCO A SAÚDE DAS CRIANÇAS QUE ALI ESTUDAM? 02) REQUEREMOS, AINDA, QUE SEJAM ENCAMINHADAS A ESTA CASA DE LEIS CÓPIAS DAS CONTAS DE LUZ DO MENCIONADO PRÉDIO CORRESPONDENTE AOS MESES DE NOVEMBRO, DEZEMBRO E JANEIRO"._x000D_
 </t>
   </si>
   <si>
     <t>4747</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4747/4747_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4747/4747_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI LHE CONFERE, INFORME A ESTA CASA DE LEIS QUAIS AS PROVIDÊNCIAS QUE A ADMINISTRAÇÃO MUNICIPAL ESTÁ TOMANDO EM RELAÇÃO AOS TERRENOS BALDIOS EXISTENTES EM NOSSA CIDADE E QUE NÃO SÃO CUIDADOS POR SEUS PROPRIETÁRIOS E, POR ISSO, SENDO CRIADOURO DE INSETOS, ANIMAIS PEÇONHENTOS, ALÉM DO ACÚMULO DE LIXO E USO COLETIVO PARA FINS INDEVIDOS".</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4748/4748_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4748/4748_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) EXISTE PREVISÃO PARA A CONSTRUÇÃO DO MURO DA ESCOLA FABIANO BRAGA CORTES? 2) SE EXISTE PARA QUANDO ESTÁ PREVISTO? 3) SE NÃO, JUSTIFICAR?".</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4757/4757_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4757/4757_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO DENTRO DO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) ENCAMINHAR CÓPIA DO PROCESSO DE DESAPROPRIAÇÃO E CÓPIA DO MAPA DEMARCATÓRIO DE DESAPROPRIAÇÃO EM TRÂMITE ENTRE PREFEITURA E KLABIN, REFERENTE AO TERRENO PARA CONSTRUÇÃO DA NOVA PISTA DE AUTOMOBILISMO DE VELOCIDADE NA TERRA"._x000D_
 </t>
   </si>
   <si>
     <t>4760</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4760/4760_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4760/4760_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES, REFERENTES À CONSTRUÇÃO DA PISTA DE SKATE: 1) EM QUE ETAPA ENCONTRA-SE O PROCESSO? 2) QUAL O PRAZO PREVISTO PARA REALIZAÇÃO? 3) ENCAMINHAR CÓPIA DO PROJETO"._x000D_
 </t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4764/4764_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4764/4764_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO DENTRO DO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) POR QUE AINDA NÃO FORAM EXECUTADOS OS REPAROS NAS RUAS DO BAIRRO SÃO LUIZ? 2) QUAL A PROGRAMAÇÃO PARA AS RUAS SEM CALÇAMENTO E MALHA ASFÁLTICA 3) AGUARDAMOS INFORMAÇÕES DESTA PROGRAMAÇÃO"._x000D_
 </t>
   </si>
   <si>
     <t>4776</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4776/4776_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4776/4776_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) EXISTE ALGUMA PROVIDÊNCIA JÁ TOMADA QUANTO AO MURO DO CEMEI HELENA KOLODY? 2) SE SIM, QUAL A PREVISÃO PARA REFAZER O MURO? 3) SE NÃO, JUSTIFICAR"._x000D_
 </t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4791/4791_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4791/4791_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) DEVIDO A TRANSFERÊNCIA DAS INSTALAÇÕES DO PAM PARA A UPA, A PARTIR DE 23/01/2016 QUANDO DE SUA INAUGURAÇÃO, INFORMAR QUAL SERÁ O DESTINO DAS INSTALAÇÕES DO PAM?&amp;#8221;._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4794</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4794/4794_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4794/4794_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA O ESTUDO EM TORNAR MÃO ÚNICA A RUA ODILON BORBA NO BAIRRO VILA OSÓRIO CONFORME INDICAÇÃO Nº 990/15? 2) SE EXISTE QUAL DATA PREVISTA? 3) SENÃO, QUAL A JUSTIFICATIVA PARA QUE ESTA ALTERAÇÃO NÃO SEJA FEITA?"</t>
   </si>
   <si>
     <t>4798</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4798/4798_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4798/4798_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) QUAIS AS PROVIDÊNCIAS QUE ESTÃO SENDO TOMADAS PARA CONTER E RESOLVER O PROBLEMA DE DESMORONAMENTO DA ESTRADA DOS GUARARAPES &amp;#8211; BAIRRO ANA MERY (FUNDOS CHÁCARA TOBERA)? 2) EXISTE PREVISÃO PARA REALIZAÇÃO DOS RESPECTIVOS SERVIÇOS?&amp;#8221;_x000D_
 _x000D_
                                                   </t>
   </si>
   <si>
     <t>4800</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4800/4800_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4800/4800_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS, REFERENTE À ESCOLA MUNICIPAL CONSELHEIRO ZACARIAS: 1) HÁ PREVISÃO ORÇAMENTÁRIA NO EXERCÍCIO DE 2016 PARA A REALIZAÇÃO DE SERVIÇOS E MELHORIAS, TAIS COMO: COBERTURA DA QUADRA EXTERNA, REFORMA NO PISO DA QUADRA E REFORMA NA COBERTURA INTERNA DO PRÉDIO DA ESCOLA? 2) CASO NÃO EXISTA PREVISÃO, HÁ POSSIBILIDADE DA ADMINISTRAÇÃO, JUNTAMENTE COM A SECRETARIA MUNICIPAL DE EDUCAÇÃO, INCLUIR NO PLANO DE OBRAS PARA ESTE ANO DE 2016?"._x000D_
                                     </t>
   </si>
   <si>
     <t>4814</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4814/4814_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4814/4814_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO DENTRO DO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES&amp;#8221;:1) EM QUE ETAPA ENCONTRA-SE AS PROVIDÊNCIAS PARA TORNAR MÃO ÚNICA A RUA DEPUTADO FABIO FANUCCI ENTRE AS RUAS MONTE ALEGRE, MANOEL RIBAS E AV. PARANÁ NO CENTRO 2) SE EXISTE DATA PREVISTA? 3) SENÃO, QUAL A JUSTIFICATIVA PARA QUE  ESTA ALTERAÇÃO NÃO SEJA FEITA?"._x000D_
 </t>
   </si>
   <si>
     <t>4815</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4815/4815_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4815/4815_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER AO SENHOR PREFEITO, QUE REMETA A ESTA DE LEI, COM BASE NA LEI Nº 814 &amp;#8211; LEI ORGÂNICA DO MUNICÍPIO, ARTIGO 90, AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DA DECLARAÇÃO PÚBLICA DE BENS DO SR. JOSÉ ALTAMIRO RAMOS, QUE FOI ENTREGUE QUANDO ASSUMIU A SECRETARIA GERAL DE GABINETE DO MUNICÍPIO DE TELÊMACO BORBA, EM 2014, 2015 E 2016"._x000D_
 </t>
   </si>
   <si>
     <t>4816</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4816/4816_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4816/4816_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) ESTÃO PREVISTOS SERVIÇOS DE RECAPE ASFÁLTICO NO BAIRRO JARDIM ALEGRE CONFORME INDICAÇÃO 258/2015? 2) SE POSITIVO QUAIS RUAS SERÃO BENEFICIADAS COM ESTE SERVIÇO? 3) QUAL A DATA PREVISTA PARA A EXECUÇÃO? 4) SE NÃO, QUAL A JUSTIFICATIVA PARA QUE ESTA MELHORIA NÃO SEJA FEITA?". </t>
   </si>
   <si>
     <t>4818</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4818/4818_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4818/4818_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUEREM A CONVOCAÇÃO DO SECRETÁRIO MUNICIPAL DE GABINETE, SR. JOSÉ ALTAMIRO RAMOS PARA QUE, EM DIA A SER DESIGNADO PELA PRESIDÊNCIA DA MESA DIRETORA, COMPAREÇA NESTA CASA DE LEIS, ACOMPANHADO DA PESSOA RESPONSÁVEL PELA INSTALAÇÃO DAS CÂMERAS DE SEGURANÇA EM NOSSA CIDADE A FIM DE ESCLARECER O FUNCIONAMENTO DAS CÂMERAS, A CAPTAÇÃO E ARMAZENAMENTO DAS IMAGENS E OUTROS DETALHES NECESSÁRIOS PARA TOTAL ESCLARECIMENTO DO USO E RESULTADOS ATÉ AGORA OBTIDOS PELA INSTALAÇÃO DESSES EQUIPAMENTOS DE SEGURANÇA E FISCALIZAÇÃO EM NOSSA CIDADE"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4879</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4879/4879_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4879/4879_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) NA OBRA QUE VEM ACONTECENDO NO PSF-BNH, ESTÁ PREVISTO ACESSIBILIDADE PARA OS CADEIRANTES? 2) SE SIM, QUAL A PREVISÃO PARA EXECUTAR? 3) SE NÃO, JUSTIFICAR?&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>4881</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4881/4881_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4881/4881_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DO TERMO DE CESSÃO DE USO; 2) INFORME DE QUEM É A RESPONSABILIDADE DA MANUTENÇÃO DO PRÉDIO E DA LIMPEZA DO TERRENO EM VOLTA DA ESCOLA ESTADUAL LUIZ VIEIRA?&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4885</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4885/4885_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4885/4885_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) EM 10 DE SETEMBRO DE 2015 FOI PROMULGADA PELO PRESIDENTE DA CÂMARA A LEI Nº 2117, QUE INSTITUI O AGENDAMENTO TELEFÔNICO DE CONSULTAS MÉDICAS PARA PACIENTES IDOSOS E PARA PESSOAS COM DEFICIÊNCIA PREVIAMENTE CADASTRADOS NAS UNIDADES DE SAÚDE DO MUNICÍPIO DE TELÊMACO BORBA; 2) QUAIS FORAM AS PROVIDÊNCIAS TOMADAS POR PARTE DA SECRETARIA MUNICIPAL DE SAÚDE PARA QUE ENTRE EM OPERAÇÃO O QUE A REFERIDA LEI DETERMINA, RELACIONANDO OU ENVIANDO CÓPIA DE TODO O MATERIAL UTILIZADO PARA: DIVULGAÇÃO PARA COMUNIDADE, PROCEDIMENTOS INTERNOS (RESOLUÇÕES, NORMAS, PORTARIAS OU DECRETOS, ETC.)? 3) QUAIS FORAM AS PROVIDÊNCIAS TOMADAS PELA SECRETARIA MUNICIPAL DE SAÚDE PARA ATUALIZAR O CADASTRO, CONFORME PREVÊ PARA ATENDER O ARTIGO 2º DA REFERIDA LEI? 4) QUAIS SÃO OS TELEFONES DISPONÍVEIS, POR UNIDADE DE SAÚDE, QUE FORAM DIVULGADOS PARA ATENDER OS IDOSOS E DEFICIENTES? 5) SE NENHUMA PROVIDÊNCIA FOI TOMADA POR PARTE DA SECRETARIA MUNICIPAL DE SAÚDE, QUE JUSTIFIQUE AS REAIS RAZÕES POR SIMPLESMENTE NÃO CUMPRIR A LEI.&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4887</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4887/4887_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4887/4887_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES QUESTÕES: EM RESPOSTA AO REQUERIMENTO N° 072/2015 QUE SOLICITAVA RECAPE NAS RUAS PEROBA NOGUEIRA E PAU-BRASIL, RECEBEMOS OFÍCIO 073/2015 DA ADMINISTRAÇÃO MUNICIPAL QUE INFORMOU QUE A RUA NOGUEIRA SERIA RECAPEADA COM RECURSOS DO MUNICÍPIO, MAS QUE PARA AS RUAS PEROBA E PAU-BRASIL A ADMINISTRAÇÃO ESTARIA BUSCANDO RECURSOS JUNTO AO PARANÁ CIDADE.1) COMO ESTÃO AS TRATATIVAS JUNTO AO PARANÁ CIDADE? 2) EXISTE DATA PREVISTA PARA EXECUÇÃO DESTE SERVIÇO? 3)SENÃO, QUAL O MOTIVO DA NÃO EXECUÇÃO?".</t>
   </si>
   <si>
     <t>4893</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4893/4893_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4893/4893_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA QUE SEJA COLOCADA LOMBADA OU REDUTOR DE VELOCIDADE NA RUA ALECRIM PRÓXIMO A ESCOLA PEQUENO CIENTISTA NO BAIRRO JARDIM FLORESTAL ÁREA I CONFORME INDICAÇÃO 875/15? 2) SE EXISTE QUAL DATA PREVISTA? 3) SENÃO, QUAL A JUSTIFICATIVA PARA QUE ESTE SERVIÇO NÃO SEJA REALIZADO?". </t>
   </si>
   <si>
     <t>4948</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4948/4948_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4948/4948_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) CONFORME INDICAÇÕES Nº 586 DE 21/07/2014, 748 DE 17/08/2015 E 243 DE 14 DE MARÇO DE 2016, O VEREADOR NERI PEDIU A CORREÇÃO DO NOME DA AV. AUGUSTO TOBICHI PARA AV. AUGUSTO TOBICH, SEM A LETRA &amp;#8220;I&amp;#8221; NO FINAL, INFORME POR QUE ATÉ A PRESENTE DATA AINDA NÃO FORAM SUBSTITUÍDAS AS PLAQUETAS, COM A GRAFIA CORRETA, EM TODA A EXTENSÃO DA AVENIDA?"._x000D_
 </t>
   </si>
   <si>
     <t>4949</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4949/4949_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4949/4949_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) NA PLACA DE INAUGURAÇÃO DO UPA (UNIDADE DE PRONTO ATENDIMENTO) OBSERVAMOS QUE O NOME DO VEREADOR QUE SUBSCREVE ESTE REQUERIMENTO ESTÁ ERRADO (AO INVÉS DE CARLOS ROBERTO RAMOS SAIU CARLOS ALBERTO RAMOS), INFORME O QUE ACONTECEU E SE FORAM TOMADAS MEDIDAS PARA A DEVIDA CORREÇÃO? 2) QUAL A PREVISÃO PARA A CORREÇÃO OU SUBSTITUIÇÃO DA PLACA"._x000D_
 </t>
   </si>
   <si>
     <t>4950</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4950/4950_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4950/4950_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) O QUE ESTÁ OCORRENDO COM 1 MÁQUINA DE LAVAR ROUPAS E 2 TANQUINHOS QUE NÃO ESTÃO FUNCIONANDO HÁ MAIS DE 8 MESES, NO CEMEI CORA CORALINA? 2) INFORMAR SE CONSTA NO ORÇAMENTO A MANUTENÇÃO DESSES EQUIPAMENTOS? 3) SE SIM, PORQUE NÃO ESTÁ SENDO FEITO? 4) SE NÃO, JUSTIFICAR"._x000D_
 </t>
   </si>
   <si>
     <t>4951</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4951/4951_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4951/4951_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) INFORMAR QUAL A RAZÃO DE APENAS UM FUNCIONÁRIO ESTAR TRABALHANDO NO POSTO DE SAÚDE DO BAIRRO SANTA RITA? 2) INFORMAR QUAL O QUADRO DE LOTAÇÃO PARA ESTE POSTO DE SAÚDE? 3) INFORMAR QUAL A PREVISÃO PARA SOLUCIONAR O PROBLEMA DA FALTA DE FUNCIONÁRIO? 4) EXISTE ALGUMA INTENÇÃO POR PARTE DA SECRETARIA MUNICIPAL DE SAÚDE FECHAR ESTE POSTO DE SAÚDE? 4) SE SIM, QUAL O MOTIVO E COMO IRÃO RESOLVER O PROBLEMA DA DEMANDA DESTE BAIRRO?". _x000D_
 </t>
   </si>
   <si>
     <t>4956</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4956/4956_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4956/4956_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS, REFERENTE A OBRA DA ÁREA 3 &amp;#8211; PAVIMENTAÇÃO E GALERIAS PLUVIAIS EXECUTAS PELA MRS ENGENHARIA, AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DO EDITAL, CONTRATO, CRONOGRAMA FÍSICO FINANCEIRO (SE NÃO CONSTAR NO EDITAL), COMPROVANTES DE PAGAMENTOS EFETUADOS ATÉ A PRESENTE DATA, BOLETIM DE MEDIÇÃO, CARTÃO PONTO (MÊS DEZ/2015) DOS OPERADORES DAS MÁQUINAS CEDIDAS PELA PREFEITURA PARA ESTA OBRA E OS RESPECTIVOS DIÁRIOS?"._x000D_
 </t>
   </si>
   <si>
     <t>4973</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4973/4973_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4973/4973_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS, REFERENTE ÀS CÂMERAS DE MONITORAMENTO, AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DO PROCESSO QUE GEROU O PROCESSO LICITATÓRIO (PARTE INTERNA), DO EDITAL, CONTRATO, BOLETIM DE MEDIÇÃO E COMPROVANTES DE PAGAMENTO REALIZADOS; 2) CÓPIA DO DOCUMENTO QUE ESPECIFICA OS MOTIVOS QUE LEVOU A SUSPENSÃO DOS PAGAMENTOS A EMPRESA CONTRATANTE"._x000D_
 </t>
   </si>
   <si>
     <t>4966</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4966/4966_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4966/4966_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA ASFALTAR A RUA DOS INCAS, NO BAIRRO JARDIM BONAVILA? 2) SE POR ACASO NÃO EXISTIR, INFORMAR A PREVISÃO PARA INCLUIR NA PLANILHA DE SERVIÇOS DA SECRETARIA DE OBRAS".</t>
   </si>
   <si>
     <t>4976</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4976/4976_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4976/4976_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA RECAPE ASFÁLTICO NA RUA FREI LUIZ AMÍTILE, BAIRRO JARDIM ADRIANE? 2) SE POR ACASO NÃO EXISTIR, INFORMAR QUAL A PREVISÃO PARA INCLUIR NA PLANILHA DE SERVIÇOS DA SECRETARIA DE OBRAS".                       _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4985</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4985/4985_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4985/4985_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS INFORMAÇÕES ABAIXO SOLICITADAS, REFERENTES À RUA DA DRAGA, LOCALIZADA NO BAIRRO RIO ALEGRE, SOBRE A QUAL FORAM FEITAS INDICAÇÕES POR TRÊS ANOS CONSECUTIVOS (2014, 2015, 2016) PARA QUE A MESMA FOSSE ASFALTADA, VISTO QUE É A ÚNICA RUA DO BAIRRO QUE NÃO RECEBEU NENHUMA BENFEITORIA (É UMA RUA DE TERRA), GOSTARÍAMOS DE SABER: 1) ESTA RUA SERÁ ASFALTADA? 2) SE SIM, PARA QUANDO ESTÁ PROGRAMADO O SERVIÇO? 3) SE NÃO, SOLICITAMOS INFORMAR SE HÁ PREVISÃO PARA QUE A MESMA SEJA INCLUÍDA NO PROGRAMA DO ANO DE 2016, PARA SER ASFALTADA"._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>4986</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4986/4986_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4986/4986_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DAS IMAGENS DO PERÍODO EM QUE ACONTECEU O ASSALTO NA PREFEITURA (DO GABINETE DO PREFEITO E DA SALA DO SECRETÁRIO GERAL), NA MADRUGADA DO DIA 07 DE ABRIL DE 2016; 2) INFORMAR O Nº DO CONTROLE DE PATRIMÔNIO DO QUE FOI LEVADO; 4) QUANTOS VIGIAS FAZEM TURNO NO PERÍODO DO HORÁRIO DO ASSALTO?"._x000D_
 </t>
   </si>
   <si>
     <t>4987</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4987/4987_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4987/4987_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUAL A PREVISÃO PARA INÍCIO DAS OBRAS NAS RUAS DOS BAIRROS SÃO FRANCISCO I, SÃO FRANCISCO II, JARDIM ALVORADA E SÃO LUÍZ, QUE ESTÃO PREVISTAS NA LEI ORÇAMENTÁRIA?"._x000D_
 </t>
   </si>
   <si>
     <t>4988</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4988/4988_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4988/4988_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA REFORMA DA QUADRA DE ESPORTES DO BAIRRO VILA OSÓRIO CONFORME INDICAÇÃO 74/2013? 2) QUAL DATA PREVISTA PARA O INÍCIO DA REFORMA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA A NÃO EXECUÇÃO DESTE SERVIÇO?".</t>
   </si>
   <si>
     <t>4989</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4989/4989_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4989/4989_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA INSTALAÇÃO DE LIXEIRAS NA RUA DA MATA 148, NO BAIRRO JARDIM ALEGRE, CONFORME INDICAÇÃO 213/2016? 2) SE POSITIVO QUAL DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA A NÃO COLOCAÇÃO DAS LIXEIRAS?". </t>
   </si>
   <si>
     <t>4990</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4990/4990_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4990/4990_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA SERVIÇO DE TAPA BURACOS NA RUA GUAJUVIRA 121, ÁREA I, CONFORME INDICAÇÃO 135/2016? 2) SE POSITIVO QUAL A DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA NÃO EXECUÇÃO DESTE SERVIÇO?".</t>
   </si>
   <si>
     <t>4991</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4991/4991_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4991/4991_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) EXISTE PROGRAMAÇÃO PARA EXECUÇÃO DOS SERVIÇOS PARA TAMPAR O BURACO EXISTENTE, DESDE DE O MÊS DE NOVEMBRO DE 2015, NA RUA PALMITAL &amp;#8211; JARDIM BONAVILA; 2) EM CASO POSITIVO, PARA QUANDO ESTÁ PREVISTA A REALIZAÇÃO DOS SERVIÇOS?". _x000D_
                                                   </t>
   </si>
   <si>
     <t>4993</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4993/4993_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4993/4993_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) QUAL É A PREVISÃO DE MUDANÇA DO CMEI MAMÃE MARTA MARGARIDA PARA DESOCUPAR O IMÓVEL? 2) EXISTE JÁ ALGUMA CASA PARA A MUDANÇA DO CMEI? QUAL FOI A DATA DE LICITAÇÃO DA REFERIDA REFORMA?"._x000D_
 </t>
   </si>
   <si>
     <t>4995</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4995/4995_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4995/4995_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) HÁ PREVISÃO PARA SERVIÇOS DE RECUPERAÇÃO DA MALHA VIÁRIA DA RUA AC, BAIRRO BELA VISTA, FRENTE A IGREJA ASSEMBLEIA DE DEUS? TENDO EM VISTA QUE O ASFALTO ESTA SE SOLTANDO E ABRINDO BURACOS NA VIA; 2) CASO POSITIVO INFORMAR A DATA DE PREVISÃO DA EXECUÇÃO DO SERVIÇOS, CASO NEGATIVO JUSTIFICAR O MOTIVO".</t>
   </si>
   <si>
     <t>5055</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5055/5055_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5055/5055_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL PARA QUE, NO PRAZO QUE A LEI ORGÂNICA LHE CONFERE, INFORME PARA ESTA CASA DE LEIS SOBRE A SITUAÇÃO ATUAL DAS RUAS QUE ESTÃO SENDO PAVIMENTADAS SOB A RESPONSABILIDADE DA EMPRESA MRS CONSTRUTORA, ESPECIALMENTE: 1)	QUANTAS E QUAIS SÃO AS OBRAS QUE FORAM CONTRATADAS PELO MUNICÍPIO COM A EMPRESA MRS CONSTRUTORA PARA PAVIMENTAÇÃO DE RUAS DE NOSSA CIDADE? 2) QUAL O PRAZO PREVISTO PARA A CONCLUSÃO DE TODAS ELAS INDIVIDUALIZANDO CADA SERVIÇO POR TRECHO CONTRATADO? 3) QUAL O VALOR DE CADA OBRA E QUANTO JÁ FORAM PAGOS À EMPRESA DESDE O INÍCIO DOS SERVIÇOS? 4) REQUER, AINDA, QUE O SENHOR PREFEITO MUNICIPAL ENCAMINHE CÓPIA DE TODOS OS CONTRATOS ASSINADOS (INCLUSIVE ADITIVOS, SE HOUVER) ENTRE O MUNICÍPIO E A REFERIDA EMPRESA".                          _x000D_
 </t>
   </si>
   <si>
     <t>5058</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5058/5058_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5058/5058_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) EXISTE ALGUMA POSSIBILIDADE DOS CEMEI&amp;#8217;S FUNCIONAREM DURANTE AS FÉRIAS DO PERÍODO ESCOLAR? 2) SE SIM, COMO SERIA ORGANIZADO? 3) SE NÃO, JUSTIFICAR; 4) QUAL A POSSIBILIDADE DE IMPLANTAR UM SISTEMA DE COLÔNIA DE FÉRIAS?&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5062</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5062/5062_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5062/5062_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL E DA CONTROLADORIA GERAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) NO LOA 2016, PÁG. 54, FUNÇÃO 27-DESPORTO E LAZER, SUBFUNÇÃO 812-DESPORTO COMUNITÁRIO, PROGRAMA 2701-ESPORTE E LAZER, PROJETO 27.812.2701-1-026-CONSTRUÇÃO DE QUADRA DE ESPORTE E VESTIÁRIO &amp;#8211; EMENDA 15, VALOR TOTAL R$ 400.000,00, INFORME QUAL O VALOR QUE CABE, DO TOTAL INFORMADO NO ORÇAMENTO, PARA: I &amp;#8211; QUADRA DE ESPORTES NO BAIRRO SÃO SILVESTRE; II &amp;#8211; VESTIÁRIO NO CT JAIR NEVES; VESTIÁRIO NA QUADRA DE ESPORTE JARDIM ALEGRE E PARA A PRAÇA DO JARDIM BANDEIRANTES? 2) PELA EMENDA 15 FOI SOLICITADO CONSTRUIR A PRAÇA ENTRE O JARDIM BANDEIRANTES I E II, E QUE PREVIA: UM CENTRO POLIESPORTIVO COM QUADRA DE ESPORTES POLIVALENTE, CANCHA DE BOCHA, CANCHA DE MALHA E PISTA DE SKATE&amp;#8221; E O QUE SE PRESENCIOU NA INAUGURAÇÃO FOI A EXISTÊNCIA DE APENAS UM PARQUE INFANTIL, GRAMA E UMA PISTA DE CAMINHADA, JUSTIFICAR PORQUE NÃO FOI EXECUTADO O ESPECIFICADO NA EMENDA Nº 15, CONSTANTE DO LOA 2016? 3) LÁ EXISTIA UMA ACADEMIA AO LIVRE, INFORMAR POR QUE NÃO FOI REINSTALADO E AONDE SE ENCONTRAM ESTES APARELHOS; 4) QUAL VAI SER O DESTINO DELES (APARELHOS DA ACADEMIA AO LIVRE)? 5) SE FOR DIFERENTE DA PRAÇA RECÉM CONSTRUÍDA, JUSTIFICAR; 6) SE FOREM REINSTALAR NA PRAÇA, QUAL A PREVISÃO PARA RETORNAR AO LOCAL? &amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5075</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5075/5075_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5075/5075_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL E DA CONTROLADORIA GERAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000 (RESPONSABILIDADE FISCAL), NA LEI Nº 4.320 (CONTABILIDADE NACIONAL) E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) NOSSO REQUERIMENTO DE Nº 039/2016 QUESTIONOU DO PORQUE DE UM SÓ FUNCIONÁRIO ESTAR TRABALHANDO NO POSTO DE SAÚDE SANTA RITA E RECEBEMOS A RESPOSTA DA SMS ATRAVÉS DO OFÍCIO Nº 039/2016, DE 26/04/2016, E DO MEMORANDO Nº 141/2016 DE 19/04/2016, INFORMANDO SOBRE O QUADRO DE LOTAÇÃO LÁ EXISTENTE, RESPOSTA ESSA QUE NÃO FOI A MOTIVAÇÃO DE NOSSO QUESTIONAMENTO, E SE DESLOCANDO ATÉ O LOCAL ENCONTRAMOS A SEGUINTE SITUAÇÃO: DOS 8 FUNCIONÁRIOS APENAS 3 ESTÃO TRABALHANDO E A ENFERMEIRA EMPRESTADA E DEVENDO RETORNAR A SUA ORIGEM EM 2 DIAS, PORTANTO INFORME QUAL A SOLUÇÃO PARA QUE O POSTO DE SAÚDE VOLTE A FUNCIONAR COM O QUADRO COMPLETO NUM CURTO ESPAÇO DE TEMPO? 2) O QUE NOS CHAMA A ATENÇÃO É QUE ESSE POSTO DE SAÚDE ATENDE OS BAIRROS SANTA RITA, SÃO LUIZ, CENTRO (PARCIAL) E CEM CASAS (PARCIAL), ENTENDEMOS QUE SEJA UMA DEMANDA MUITO GRANDE, E TEMOS 3 SERVIDORES EM FÉRIAS, 2 EM PERÍCIA MÉDICA (LICENÇA), PORTANTO INFORME POR QUE 3 SERVIDORES EM FÉRIAS AO MESMO TEMPO? 3) QUAL A PREVISÃO DE RETORNO DOS QUE ESTÃO EM LICENÇA MÉDICA (PERÍCIA)? 4) EM HAVENDO DEMORA NO RETORNO QUAL A SOLUÇÃO PARA O PROBLEMA, OU SEJA COMPLETAR O QUADRO PARA QUE FUNCIONE NORMALMENTE?&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5080</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5080/5080_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5080/5080_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: NO DIA 24/08/15, ATRAVÉS DO REQUERIMENTO N° 157/15, ACUSAMOS A QUEDA PARCIAL DO MURO DO CEMITÉRIO SÃO MARCOS. ATRAVÉS DO OFÍCIO N° 158/15 &amp;#8211; GP (02/09/2015) FOMOS INFORMADOS QUE A OBRA DE RECUPERAÇÃO DO MURO SERIA INICIADA NO DIA 08/09/2015. COMO ATÉ A PRESENTE DATA A OBRA NÃO FOI REALIZADA, ESTAMOS REQUERENDO RESPOSTAS: 1) POR QUE O SERVIÇO NÃO FOI EXECUTADO E QUANDO REALMENTE SERÁ FEITO A RECUPERAÇÃO DO MURO?".                   _x000D_
                                         </t>
   </si>
   <si>
     <t>5082</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5082/5082_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5082/5082_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA INFORME A ESTA CASA DE LEIS: 1) COM BASE NA INDICAÇÃO Nº 983/2015 DESTA VEREADORA QUE SUGERE A CRIAÇÃO DO CARGO DE PROVIMENTO EFETIVO DE &amp;#8220;MONITOR DE TRANSPORTE ESCOLAR&amp;#8221; PARA ATENDER AS DEMANDAS DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, INFORMAR SE ESTA INDICAÇÃO FOI ANALISADA E SERÁ POSSÍVEL CRIAR ESTE CARGO, SE SIM PARA QUANDO? SE NÃO INFORMAR O MOTIVO, POIS ESTE CARGO É DE SUMA IMPORTÂNCIA PARA GARANTIR A SEGURANÇA DOS ALUNOS NO TRANSPORTE ESCOLAR MUNICIPAL"._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5086</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5086/5086_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5086/5086_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA INFORME A ESTA CASA DE LEIS: 1) COM BASE NA INDICAÇÃO Nº 984/2015 DESTA VEREADORA QUE SUGERE A CRIAÇÃO DO CARGO DE PROVIMENTO EFETIVO DE "MAQUEIRO" PARA ATUAR PRINCIPALMENTE NAS AMBULÂNCIAS QUE TRANSPORTAM PACIENTES EM NOSSO MUNICÍPIO. INFORMAR SE ESTA INDICAÇÃO FOI ANALISADA E SE SERÁ POSSÍVEL CRIAR ESTE CARGO, SE SIM, PARA QUANDO? SE NÃO, INFORMAR O MOTIVO". </t>
   </si>
   <si>
     <t>5090</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5090/5090_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5090/5090_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO DENTRO DO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES ÀS REFORMAS DO GINÁSIO DE ESPORTES MIGUELZINHO DO BAIRRO NOSSA SENHORA DE FÁTIMA: 1) QUAL FOI O VALOR APROXIMADO GASTO NESTE ANO NAS MELHORIAS DAQUELE LOCAL? 2) EXISTE INTENÇÃO DE CONTINUAR COM MÃO DE OBRA PRÓPRIA DOS SERVIDORES NA REFORMA DAS DEMAIS NECESSIDADES? 3) OU ESTES SERVIÇOS ACONTECERÃO VIA CONTRATAÇÃO DE EMPRESA, CONFORME PREVISTO EM ORÇAMENTO? 4) QUAIS OS SERVIÇOS ESTÃO PREVISTOS NESTE PROCESSO? 5) EM RELAÇÃO O CENTRO COMUNITÁRIO ANEXO AO GINÁSIO DE ESPORTES, CASO HAJA A INTENÇÃO DE CONTRATAÇÃO DE EMPRESA, ESTÁ INCLUSO NO PROCESSO A AMPLIAÇÃO DESTA ÁREA PERTENCENTE À ASSOCIAÇÃO DE MORADORES? 6) COMO ESTÁ O PROCESSO DE LICITAÇÃO E QUAL É A PREVISÃO DE INÍCIO E TÉRMINO DESTES SERVIÇOS?". </t>
   </si>
   <si>
     <t>5093</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5093/5093_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5093/5093_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA A CONSTRUÇÃO DA RAMPA DE ACESSO À QUADRA DE ESPORTES DA ESCOLA MUNICIPAL DOM BOSCO NO BAIRRO JARDIM ALEGRE CONFORME INDICAÇÃO 178/2016? 2) SE POSITIVO QUAL A DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA A NÃO EXECUÇÃO DESTE SERVIÇO?".</t>
   </si>
   <si>
     <t>5097</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5097/5097_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5097/5097_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000, NA LEI Nº 4.320 E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) A RUA JANDAIA, NO BAIRRO JARDIM ITÁLIA, PARTE DA RUA TEM POSTES DE ILUMINAÇÃO E LUMINÁRIAS, PORÉM NO FINAL NÃO TEM NADA, INFORME SE EXISTE ALGUMA PREVISÃO PARA COLOCAR ILUMINAÇÃO PÚBLICA NO FINAL DA RUA? 2) SE SIM, QUAL A PREVISÃO? 3) SE NÃO, JUSTIFICAR OU ORIENTAR QUAL O PROCEDIMENTO PARA SOLICITAR QUE SEJA FEITO"._x000D_
 </t>
   </si>
   <si>
     <t>5098</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5098/5098_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5098/5098_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000, NA LEI Nº 4.320 E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) HÁ MAIS DE 10 ANOS EXISTE UM PROBLEMA CRÔNICO NA RUA INDEPENDÊNCIA, BAIRRO CENTRO, UMA INFILTRAÇÃO PROVOCADA PELA REDE DE ÁGUAS PLUVIAIS, E A SMOSP QUANDO É CHAMADA VAI ATÉ O LOCAL E SÓ TAPA OS BURACOS, INFORMAR QUAL A POSSIBILIDADE DE SE ANALISAR O PROBLEMA DA INFILTRAÇÃO? 2) SE JÁ EXECUTOU A ANÁLISE DO SOLO (DEBAIXO DA CAPA ASFÁLTICA), INFORME O RESULTADO? 3) SE NÃO FOI EXECUTADO A ANÁLISE DO SOLO (DEBAIXO DA CAPA ASFÁLTICA), JUSTIFICAR"._x000D_
 </t>
   </si>
   <si>
     <t>5099</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5099/5099_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5099/5099_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, COM FULCRO NA LEI COMPLEMENTAR 101/2000, NA LEI Nº 4.320 E NO ART. 31 DA CF/1988, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DO CONVÊNIO EXISTENTE ENTRE PMTB E O TIRO DE GUERRA?&amp;#8221;. 2) INFORMAR QUAIS SÃO AS OBRIGAÇÕES DA PMTB COM O TIRO DE GUERRA E VICE-VERSA, DO PONTO DE VISTA OPERACIONAL, LOGÍSTICA E INFRA-ESTRUTURA?"._x000D_
 </t>
   </si>
   <si>
     <t>5100</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5100/5100_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5100/5100_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL E DA CONTROLADORIA GERAL, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) SE REPORTANDO AO NOSSO REQUERIMENTO Nº 045/2016, INFORME SE FOI FEITO O BOLETIM DE OCORRÊNCIA; 2) SE SIM, ENVIAR CÓPIA; 3) SE NÃO, JUSTIFICAR; 4) INFORME QUAL A PERIODICIDADE DO SISTEMA DE BACKUP UTILIZADO PARA A PMTB E SE ERA FEITO REGULARMENTE; 5) PELO MATERIAL RECEBIDO EM DVD DAS IMAGENS DAS CÂMARAS, PERCEBEMOS QUE SÓ VIERAM DA &amp;#8220;CAM 1&amp;#8221; E DA &amp;#8220;CAM 8&amp;#8221;, ENCAMINHAR CÓPIAS DAS IMAGENS DA CÂMARA (ENTRE A 2 E A 7) QUE FILMOU TODO O DESENROLAR DO ASSALTO DO GABINETE DO PREFEITO E DO SECRETÁRIO GERAL, ENTRE AS 03:09:59 E 03:39:59; 6) POR QUE A PORTA QUE DÁ ACESSO DO ESTACIONAMENTO, SUBINDO A ESCADA PARA O HALL DE ENTRADA NÃO PERMANECE FECHADA APÓS O EXPEDIENTE?"._x000D_
 </t>
   </si>
   <si>
     <t>5101</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5101/5101_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5101/5101_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO NO PRAZO QUE A LEI DETERMINA AS SEGUINTES INFORMAÇÕES: 1) POR QUE ATÉ O PRESENTE MOMENTO PERMANECEM &amp;#8220;VELHOS&amp;#8221; E GRAVES PROBLEMAS DE TRÂNSITO COMO O QUE OCORRE NA ESQUINA DA RUA MARECHAL FLORIANO PEIXOTO COM A RUA AFONSO PENA, NO BAIRRO ALTO DAS OLIVEIRAS EM HORÁRIOS DE FLUXO INTENSO? 2) INFORMAR SE HÁ  ALGUM ESTUDO EM ANDAMENTO PARA AMENIZAR E/OU SOLUCIONAR TAL QUESTÃO; 3) SE NÃO, QUAIS OS ENTRAVES QUE IMPOSSIBILITAM A EFETIVAÇÃO DO MESMO? 4) SE SIM, QUAL O PRAZO PARA A EFETIVAÇÃO?"._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5102</t>
   </si>
   <si>
     <t>Fátima da Rádio, Carlão da Rádio, Célia Andrade, Gilson dos Santos, Rubens Benck, Toto</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5102/5102_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5102/5102_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUEREM AO SENHOR PREFEITO MUNICIPAL DE TELÊMACO BORBA PARA QUE, NO PRAZO QUE A LEI LHE CONFERE, ENVIE PARA ESTA CASA DE LEIS CÓPIA INTEGRAL DOS SEGUINTES PROCESSOS ADMINISTRATIVOS REALIZADOS E INFORMADOS PELA CONTROLADORIA DO MUNICÍPIO: 1) PROCESSO ADMINISTRATIVO Nº 010842/15 &amp;#8211; AUDITORIA INTERNA ONDE FORAM CONSTATADOS SERVIÇOS SEM PROCESSO DE DESPESA, CONTRATO E EMPENHO E RECONHECIMENTO DE DÍVIDA JUNTO AO CONSÓRCIO INTERMUNICIPAL DE DESENVOLVIMENTO REGIONAL CAMINHOS DO TIBAGI; 2) PROCESSO ADMINISTRATIVO Nº 003318/15 &amp;#8211; INSPEÇÃO &amp;#8211; NO QUAL FORAM CONSTATADAS IRREGULARIDADES EM CANCELAMENTOS DE AUTOS DE INFRAÇÃO; 3) PROCESSO ADMINISTRATIVO Nº 008899/15 &amp;#8211; INSPEÇÃO &amp;#8211; NO QUAL FOI CONFIRMADA A AUTORIZAÇÃO E PRESTAÇÃO DE SERVIÇOS PELO HOSPITAL DR. FEITOSA SEM COBERTURA CONTRATUAL E EMISSÃO DE EMPENHO; 4) PROCESSO ADMINISTRATIVO Nº 028988/14 &amp;#8211; INSPEÇÃO &amp;#8211; NO QUAL FORAM CONSTATADAS IRREGULARIDADES NAS PLANILHAS ORÇAMENTÁRIAS REFERENTES ÀS OBRAS QUE COMPÕEM O PROCESSO LICITATÓRIO CONCORRÊNCIA PÚBLICA Nº 05/2013; 5) PROCESSO ADMINISTRATIVO Nº 003159/15 &amp;#8211; INSPEÇÃO &amp;#8211; NO QUAL FORAM EXAMINADAS A FORMALIZAÇÃO E EXECUÇÃO DOS SERVIÇOS DE SAÚDE PRESTADOS PELO REGIME DE CREDENCIAMENTO NO EXERCÍCIO DE 2014; 6) PROCESSO ADMINISTRATIVO Nº 004681/15 &amp;#8211; INSPEÇÃO &amp;#8211; NO QUAL FORAM ENCONTRADAS IRREGULARIDADES NOS PROCEDIMENTOS DE UTILIZAÇÃO DA CASA DA CULTURA SEM RECOLHIMENTO DE TAXAS AOS COFRES PÚBLICOS"._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5103</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5103/5103_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5103/5103_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) QUAL O IMPEDIMENTO QUE TEM HAVIDO PARA QUE PROBLEMAS EM PARTES DA AVENIDA NOSSA SENHORA DA LUZ, CENTRO, SEJAM SANADOS? 2) O QUE É NECESSÁRIO PARA QUE SETORES COMPETENTES REALIZEM OBRAS QUE SOLUCIONEM QUESTÕES BÁSICAS DE INFRAESTRUTURA, SANEAMENTO BÁSICO NESSA VIA? EM ESPECIAL, NUM CARREIRO REPLETO DE VALAS, LIXO, ETC, EXISTENTE NA AVENIDA MENCIONADA? 3) EXISTE PROGRAMAÇÃO PARA OBRAS NESSE TRECHO? 4) SE POSITIVO QUAL A DATA PREVISTA? 5) SE NÃO, QUAL A JUSTIFICATIVA PARA NÃO-EXECUÇÃO DESTAS BENFEITORIAS?". </t>
   </si>
   <si>
     <t>5128</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5128/5128_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5128/5128_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROJETO PARA COLOCAR LAMA ASFÁLTICA NA RUA RIO JAGUARIBE, BAIRRO SÃO JOÃO? 2) SE SIM, INFORMAR SE TEM UMA DATA PARA QUE ESTE PROJETO SEJA EXECUTADO; 3) SE NÃO EXISTIR, FAVOR INFORMAR A POSSIBILIDADE DE INCLUIR  NA PLANILHA DE SERVIÇOS DA SECRETÁRIA DE OBRAS"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5129</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5129/5129_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5129/5129_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) FORAM ENCAMINHADOS INDICAÇÕES E REQUERIMENTO SOLICITANDO O RECAPE DA RUA JORGE SCHEMBERGER (CENTRO), EM RESPOSTA, CONFORME OFÍCIO 136/2015-GP-REQ, FOMOS INFORMADOS QUE A REFERIDA RUA RECEBERÁ RECAPE ASFÁLTICO NO ANO DE 2016 E COMO JÁ ESTAMOS QUASE NO MEADO DO ANO E O SERVIÇO NÃO FOI EXECUTADO, POR SERMOS COBRADOS CONSTANTEMENTE PELOS USUÁRIOS, REQUEREMOS INFORMAÇÃO DE QUANDO ISTO ACONTECERÁ"._x000D_
 _x000D_
  _x000D_
                                                   </t>
   </si>
   <si>
     <t>5130</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5130/5130_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5130/5130_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) NO POSTO DE SAÚDE DO BNH, TEM UM APARELHO PARA MEDIR A GLICOSE E DEU DEFEITO, FOI ENCAMINHADO PARA CONSERTO, INFORME QUAL A PREVISÃO DO MESMO PARA RETORNAR AO POSTO DE SAÚDE? 2) SE NÃO DEU CONSERTO, FOI LICITADO A COMPRA DE OUTRO APARELHO? 3) SE SIM, PARA QUANDO SERÁ A PREVISÃO DE ENTREGA? 4) SE NÃO, JUSTIFICAR?&amp;#8221; 5) INFORME SE AINDA EXISTE PARA ENTREGA AOS DIABÉTICOS A TIRA DE REAGENTES E GLICOSÍMETROS NOS POSTOS DE SAÚDE? SE SIM, INFORME POR QUE NÃO ESTÃO ENTREGANDO? 6) SE NÃO, JUSTIFICAR"._x000D_
 </t>
   </si>
   <si>
     <t>5131</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5131/5131_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5131/5131_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) EM NOSSA INDICAÇÃO Nº 451/2016 SOLICITAMOS UMA DETERMINAÇÃO PARA A REVITALIZAÇÃO DA QUADRA DE ESPORTES DO JARDIM BANDEIRANTES, INFORME SE ESSE ESTUDO JÁ ESTÁ EM CURSO; 2) SE SIM QUAL A PREVISÃO? 3) SE NÃO, JUSTIFICAR; 4) INFORME SE A REVITALIZAÇÃO ABRANGERÁ TODA A ÁREA, O CAMPO DE FUTEBOL, A QUADRA POLIVALENTE, A ÁREA DE VESTIÁRIO E BANHEIROS"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5132</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5132/5132_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5132/5132_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA O SERVIÇO DE TAPA BURACOS NA RUA FRANCISCO KASEKER PUCCI &amp;#8211; CENTRO, CONFORME INDICAÇÃO 177/16? 2) QUAL DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA QUE ESTE SERVIÇO NÃO SEJA REALIZADO?".</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5133/5133_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5133/5133_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA QUE SEJA COLOCADA LOMBADA NA RUA BRASÍLIA EM FRENTE AO NÚMERO 58 NO BAIRRO MACOPA CONFORME INDICAÇÃO 137/16? 2) SE EXISTE QUAL DATA PREVISTA? 3) SENÃO, QUAL A JUSTIFICATIVA PARA QUE ESTE SERVIÇO NÃO SEJA REALIZADO?". </t>
   </si>
   <si>
     <t>5134</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5134/5134_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5134/5134_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA O SERVIÇO DE PAVIMENTAÇÃO ASFÁLTICA NA AV. JOÃO MARTINS DE OLIVEIRA &amp;#8211; JARDIM EUROPA CONFORME INDICAÇÃO 176/16? 2) SE EXISTE QUAL DATA PREVISTA? 3) SENÃO, QUAL A JUSTIFICATIVA PARA QUE ESTE SERVIÇO NÃO SEJA EXECUTADO?".</t>
   </si>
   <si>
     <t>5156</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5156/5156_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5156/5156_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, REFERENTE A OBRA DA ÁREA 6 &amp;#8211; SANEAMENTO BÁSICO E GALERIAS PLUVIAIS EXECUTADAS PELA MHR ENGENHARIA - AS SEGUINTES INFORMAÇÕES: 1) ENCAMINHAR CÓPIA DO EDITAL, CONTRATO, CRONOGRAMA FÍSICO FINANCEIRO (SE NÃO CONSTAR NO EDITAL), BOLETINS DE MEDIÇÃO E RELAÇÃO DAS RUAS QUE ESTÃO CONTEMPLADAS PARA EXECUÇÃO DOS SERVIÇOS CONFORME O CONTRATO."._x000D_
 </t>
   </si>
   <si>
     <t>5157</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5157/5157_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5157/5157_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DE TODAS AS NOTAS DE PAGAMENTO REFERENTE A TRADE COMUNICAÇÃO E MARKETING SS LTDA, DO ANO DE 2016; 2) CÓPIA DAS NOTAS FISCAIS INDICADAS NO CORPO DO CAMPO DA DISCRIMINAÇÃO DE SERVIÇOS DE CADA NOTA DE PAGAMENTO DA TRADE; 3) CÓPIA DOS EXEMPLARES DO JORNAL EXPRESSO NOTÍCIAS QUE TIVERAM MATÉRIAS INSTITUCIONAIS PUBLICADAS DE CADA NOTA DE PAGAMENTO EMITIDA PELA TRADE NOS ANOS DE 2014, 2015 E 2016, INDICANDO NO EXEMPLAR COM UM CÍRCULO QUAL A MATÉRIA FOI PUBLICADA, E SE HOUVER MAIS DE UMA, INDICAR O VALOR POR MATÉRIA". </t>
   </si>
   <si>
     <t>5158</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5158/5158_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5158/5158_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DOS CONTRATOS DOS MÉDICOS QUE ATUAM HOJE NA UPA &amp;#8211; UNIDADE DE PRONTO ATENDIMENTO 24 HORAS". </t>
   </si>
   <si>
     <t>5159</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5159/5159_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5159/5159_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) CONSTA NA LOA 2016 A AMPLIAÇÃO DO REFEITÓRIO DA ESCOLA MUNICIPAL EUCLIDES MARCOLA, INFORME QUAL A PREVISÃO (DATA PROVÁVEL) PARA A EXECUÇÃO DESSE SERVIÇO?"._x000D_
 </t>
   </si>
   <si>
     <t>5160</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5160/5160_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5160/5160_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO NA RUA BULGÁRIA E NA TRAVESSA ROMÊNIA NO BAIRRO JARDIM EUROPA, CONFORME INDICAÇÃO 235/2016? 2) SE POSITIVO QUAL A DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA A NÃO COLOCAÇÃO DAS PLACAS?".</t>
   </si>
   <si>
     <t>5186</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5186/5186_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5186/5186_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NAS DUAS PISTAS EM FRENTE AO POSTO DE SAÚDE DA RUA PALMEIRA NO BAIRRO JARDIM ALEGRE CONFORME INDICAÇÃO 784/2015? 2) SE POSITIVO QUAL DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA A NÃO EXECUÇÃO DESTE SERVIÇO?".</t>
   </si>
   <si>
     <t>5187</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5187/5187_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5187/5187_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA A COLOCAÇÃO DE FAIXA PARA PEDESTRE E TAMBÉM PASSEIO PARA PEDESTRE (CRUZANDO) NO CANTEIRO EM FRENTE AO POSTO DE SAÚDE DA RUA PALMEIRA NO BAIRRO JARDIM ALEGRE CONFORME INDICAÇÃO 783/2015? 2) SE POSITIVO QUAL DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA QUE ESTE SERVIÇO NÃO SEJA EXECUTADO".</t>
   </si>
   <si>
     <t>5188</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5188/5188_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5188/5188_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO PREFEITO MUNICIPAL, CONFORME PREVISTO NO REGIMENTO INTERNO, REFERENTE AO SERVIÇO DE DIVULGAÇÃO E PUBLICIDADE PELA TRADE COMUNICAÇÃO E MARKETING SS LTDA, AS SEGUINTES INFORMAÇÕES: 1) O CONTRATO EXISTENTE SE ENCERRA EM 30/05/2016, INFORME SE SERÁ FEITO UM TERMO ADITIVO? 2) SE SIM, ENVIAR CÓPIA; 3) SE NÃO, OS SERVIÇOS SERÃO EXECUTADOS PELA PRÓPRIA PMTB? 4) CÓPIA DE TODAS AS AUTORIZAÇÕES POR ESCRITO, CONFORME PREVISTO NO INCISO III, CLÁUSULA SEXTA DO CONTRATO; 5) ENVIAR UMA PLANILHA, MEMÓRIA DE CÁLCULO, DEMONSTRANDO OS RESPECTIVOS DESCONTOS E OUTRAS VANTAGENS, CONFORME PREVISTO NO INCISO IV, CLÁUSULA SEXTA DO CONTRATO; 7) PARA O INCISO VII E XI, DA CLÁUSULA SEXTA DO CONTRATO, DISPONIBILIZAR PARA A CÂMARA MUNICIPAL UMA DATA A SER AGENDADA ATRAVÉS DE OFÍCIO A SER ENCAMINHADO AO SECRETÁRIO GERAL; 8) ENVIAR CÓPIA DOS RELATÓRIOS DE EXECUÇÃO DO CONTRATO, CONFORME INCISO XXII, CLÁUSULA SEXTA DO CONTRATO; 9) DISPONIBILIZAR PARA EXAME OS MATERIAIS DO ACERVO COMPROBATÓRIO DOS SERVIÇOS PRESTADOS E DAS PEÇAS PUBLICITÁRIAS PRODUZIDAS EM DATA A SER DEFINIDA, ATRAVÉS DE OFÍCIO AO SECRETÁRIO GERAL; 10) ENVIAR CÓPIA DOS RELATÓRIOS DE ATENDIMENTO, CONFORME PREVISTO NO INCISO XXV, CLÁUSULA SEXTA DO CONTRATO; 11) ENVIAR UMA CÓPIA DO CD/DVD, CONFORME INCISO XXIX, CLÁUSULA SEXTA DO CONTRATO; 12) ENVIAR CÓPIA DE RELATÓRIOS DA AUDITORIA REALIZADA PELO CONTROLE INTERNO, CONFORME PREVISTO NO § 9º, CLÁUSULA OITAVA DO CONTRATO; 13) ENVIAR CÓPIA DE CADA NOTA FISCAL DO PRESTADOR DO SERVIÇO PARA CADA NOTA DE PAGAMENTO DA TRADE DESDE QUE INICIOU O SERVIÇO ATÉ A PRESENTE DATA; 14) ENVIAR CÓPIA DO ANEXO I DO EDITAL DE CONCORRÊNCIA PÚBLICA Nº 007/2014; 15) ENVIAR CÓPIA DA TABELA DE PREÇOS PRATICADA PELA TRADE E DE SEUS SUBFORNECEDORES QUE FORAM CONTEMPLADOS DESDE A DATA DE ASSINATURA DO CONTRATO ATÉ A PRESENTE DATA". </t>
   </si>
   <si>
     <t>5189</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5189/5189_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5189/5189_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) NO BAIRRO SÃO JOÃO, RUA ITANHÉM, PRÓXIMO AO Nº 256, EXISTE UMA GALERIA DE ÁGUAS PLUVIAIS E RESPECTIVOS BUEIROS, INFORME PORQUE O SISTEMA DE COLETA DA ÁGUA NÃO ESTÁ FUNCIONANDO? 2) TECNICAMENTE, QUAL SERIA A SOLUÇÃO PARA RESOLVER O PROBLEMA? 3) NESSES CASOS A ÁGUA ESTÁ EMPOÇANDO E ATÉ SUA EVAPORAÇÃO DEMORA ALGUNS DIAS, A VIGILÂNCIA SANITÁRIA TEM VISTORIADO ESTA SITUAÇÃO PARA PREVENIR O MOSQUITO DA DENGUE? 4) SEGUNDO MORADORES JÁ HOUVE CONTATO COM A SMOSP POR DIVERSAS VEZES PARA TENTAR RESOLVER O PROBLEMA, INFORME SE HOUVE REGISTRO E SE FOI DESLOCADO TÉCNICOS PARA VERIFICAR O PROBLEMA; 5) SE SIM, QUAL FOI A SOLUÇÃO E SE FOI FEITO ALGUM ESTUDO PARA SE COLOCAR NO ORÇAMENTO? 6) SE SIM EM QUAL LOA ESTÁ CONTEMPLADO? SE NÃO, JUSTIFICAR&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5239</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5239/5239_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5239/5239_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL E DA CONTROLADORIA GERAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DA LEI MUNICIPAL QUE ORIENTA A ORGANIZAÇÃO DO CONTROLE INTERNO; 2) CÓPIA DO MANUAL, NORMA OU DECRETO QUE REGULA AS AÇÕES DO CONTROLE INTERNO DENTRO DA PREFEITURA NAS UNIDADES/ÓRGÃOS E EMPRESAS INDIRETAS QUE USAM O DINHEIRO PÚBLICO; 3) INFORMAR QUAL A ESTRUTURA DE PESSOAL UTILIZADA PARA EXERCER SUAS ATIVIDADES&amp;#8221;.</t>
   </si>
   <si>
     <t>5247</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5247/5247_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5247/5247_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER DO SENHOR PREFEITO, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA O SERVIÇO DE PAVIMENTAÇÃO SOBRE POLIÉDRICO NAS RUAS PARANÁ E ARARAQUARA NO BAIRRO ANA MARY, CONFORME INDICAÇÃO 234/16? 2) SE EXISTE QUAL A DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA QUE ESTE SERVIÇO NÃO SEJA EXECUTADO?&amp;#8221;.</t>
   </si>
   <si>
     <t>5248</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5248/5248_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5248/5248_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER DO SENHOR PREFEITO QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) EXISTE PROGRAMAÇÃO PARA EXECUÇÃO DOS SERVIÇOS DE RECONSTRUÇÃO DA LOMBADA NA RUA ESTRADA DOS GUARARAPES, BAIRRO MARINHA, EM FRENTE À ESCOLA REGENTE FEIJÓ? 2) EM CASO POSITIVO, PARA QUANDO ESTÁ PREVISTA A REALIZAÇÃO DOS SERVIÇOS? 3) EM CASO NEGATIVO, INFORMAR SE HÁ POSSIBILIDADE DE SER INCLUÍDA NA PROGRAMAÇÃO DE SERVIÇOS DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PÚBLICOS&amp;#8221;.</t>
   </si>
   <si>
     <t>5249</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5249/5249_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5249/5249_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER DO SENHOR PREFEITO QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) EXISTE PROGRAMAÇÃO PARA EXECUÇÃO DOS SERVIÇOS DA CONTINUAÇÃO DO RECAPE ASFÁLTICO NA RUA PADRE JOSÉ DE ANCHIETA (BECO UM OU RUA DO GAÚCHO) BAIRRO MONTE BELO; 2) EM CASO POSITIVO, PARA QUANDO ESTÁ PREVISTA A REALIZAÇÃO DOS SERVIÇOS? 3) EM CASO NEGATIVO, JUSTIFICAR O MOTIVO&amp;#8221;.</t>
   </si>
   <si>
     <t>5250</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5250/5250_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5250/5250_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) FORAM ENCAMINHADAS POR PARTE DESSA VEREADORA, INDICAÇÕES, AS QUAIS SOLICITAVAM LAMA ASFÁLTICA, ENTRE OUTRAS BENFEITORIAS NECESSÁRIAS NA RUA INDEPENDÊNCIA COM LIONS CLUBE, CEM CASAS. ATÉ A PRESENTE DATA O SERVIÇO NÃO FOI EXECUTADO. 2) O QUE ESTÁ PROGRAMADO PARA OS SEGUINTES MESES NO QUE DIZ RESPEITO A ESSA SITUAÇÃO? 3) HÁ PREVISÃO DE INÍCIO DE TAIS OBRAS? SE SIM, QUANDO? 4) QUAIS OS ENTRAVES QUE TEM IMPEDIDO A EXECUÇÃO DA OBRA SOLICITADA?&amp;#8221;.</t>
   </si>
   <si>
     <t>5252</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5252/5252_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5252/5252_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER DO SENHOR PREFEITO  E DA CONTROLADORIA GERAL, EM FUNÇÃO DE NOSSO REQUERIMENTO Nº 055/2016, ESPECIFICAMENTE A PERGUNTA 2 NÃO TER TIDO RESPOSTA ESTAMOS REFAZENDO O QUESTIONAMENTO, E PORTANTO NOS ENVIE A SEGUINTE INFORMAÇÃO: 1) NO LOA 2016, PÁG 54, FUNÇÃO 27-DESPORTO E LAZER, SUBFUNÇÃO 812-DESPORTO COMUNITÁRIO, PROGRAMA 2701-ESPORTE E LAZER, PROJETO 27.812.2701-1-026-CONSTRUÇÃO DE QUADRA DE ESPORTE E VESTIARIO &amp;#8211; EMENDA 15, FOI SOLICITADO CONSTRUIR A PRAÇA ENTRE O JARDIM BANDEIRANTES I E II, E QUE PREVIA: UM CENTRO POLIESPORTIVO COM QUADRA DE ESPORTES POLIVALENTE, CANCHA DE BOCHA, CANCHA DE MALHA E PISTA DE SKATE&amp;#8221; E O QUE SE PRESENCIOU NA INAUGURAÇÃO FOI A EXISTÊNCIA DE APENAS UM PARQUE INFANTIL, GRAMA E UMA PISTA DE CAMINHADA, JUSTIFICAR PORQUE NÃO FOI EXECUTADO O ESPECIFICADO NA EMENDA Nº 15, CONSTANTE DO LOA 2016?&amp;#8221;.</t>
   </si>
   <si>
     <t>5264</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5264/5264_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5264/5264_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA REFORMA GERAL DOS BANHEIROS, PISO E INSTALAÇÃO DA COBERTURA DA QUADRA DE ESPORTES DO BAIRRO PARQUE LIMEIRA ÁREA I CONFORME INDICAÇÃO 74/2013? 2) QUAL DATA PREVISTA PARA O INÍCIO DA REFORMA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA A NÃO EXECUÇÃO DESTE SERVIÇO?".</t>
   </si>
   <si>
     <t>5265</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5265/5265_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5265/5265_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA O SERVIÇO DE PAVIMENTAÇÃO ASFÁLTICA SOBRE POLIÉDRICO NA RUA CORUMBÁ NO BAIRRO SÃO JORGE, CONFORME INDICAÇÃO 109/16? 2) SE EXISTE QUAL DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA QUE ESTE SERVIÇO NÃO SEJA EXECUTADO?". </t>
   </si>
   <si>
     <t>5266</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5266/5266_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5266/5266_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) SR. GERSON KOLCZ SCHNEIDER PROTOCOLOU JUNTO A PREFEITURA (PROTOCOLO Nº 005.220/2016, DE 02/06/2016), ANEXANDO A MATRÍCULA DO IMÓVEL Nº 29896 E Nº 30602 E UM PROJETO ARQUITETÔNICO COLOCANDO COMO DOAÇÃO AO MUNICÍPIO, UMA SOLICITAÇÃO DE ABERTURA DE UMA RUA PARA INTERLIGAÇÃO DAS RUAS ITANHÉM E SANTA FÉ NO BAIRRO SÃO JOÃO, PRÓXIMO A ESCOLA MUNICIPAL JUVENTINA, INFORMAR COMO ESTÁ O ANDAMENTO DESSE PROCESSO E SE TEM POSSIBILIDADE DE ATENDER O PEDIDO DO CIDADÃO? 2) SE SIM, INFORME QUAL A PREVISÃO? 3) SE NÃO, JUSTIFICAR"._x000D_
 </t>
   </si>
   <si>
     <t>5296</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5296/5296_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5296/5296_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) EXISTE PROGRAMAÇÃO PARA EXECUÇÃO DOS SERVIÇOS DE LAMA ASFÁLTICA NA AVENIDA NOSSA SENHORA DA LUZ &amp;#8211; CENTRO? 2) EM CASO POSITIVO, PARA QUANDO ESTÁ PREVISTA A REALIZAÇÃO DOS SERVIÇOS? 3) CASO DE NEGATIVO JUSTIFICAR O MOTIVO". </t>
   </si>
   <si>
     <t>5297</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5297/5297_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5297/5297_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA A COLOCAÇÃO DE UMA LOMBADA NA RUA PORTUGAL EM CONFLUÊNCIA COM A TRAVESSA UCRÂNIA CONFORME INDICAÇÃO 066/2016? 2) SE POSITIVO QUAL DATA PREVISTA? 3) SENÃO, QUAL A JUSTIFICATIVA PARA A NÃO EXECUÇÃO DESTE SERVIÇO?".</t>
   </si>
   <si>
     <t>5299</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5299/5299_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5299/5299_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) EXISTE ALGUMA PREVISÃO PARA FAZER UM RECAPE ASFÁLTICO NO FINAL DA RUA PIRAÍ DO SUL (+/- 200 METROS), NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA II? 2) SE SIM, QUAL O PRAZO OU DATA? 3) SE NÃO, JUSTIFICAR"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5300</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5300/5300_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5300/5300_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) O CONSÓRCIO CAMINHOS DO TIBAGI, TEM DISPONÍVEL UM SERVIÇO DE PINTURA DE SINALIZAÇÃO DE RUAS, ATRAVÉS DE UM CAMINHÃO JÁ PREPARADO PARA ESTE TIPO DE SERVIÇO, INFORMAR PORQUE ATÉ A PRESENTE DATA O NOSSO MUNICÍPIO NÃO UTILIZOU DESSE SERVIÇO? 2) INFORME COMO FUNCIONA OU QUAL O CAMINHO PARA REQUISITAR ESSE SERVIÇO AO CONSÓRCIO PARA QUE O NOSSO MUNICÍPIO POSSA UTILIZAR DESSE SERVIÇO? 3) EM CASO DE UTILIZAÇÃO DESSE SERVIÇO, EXISTE CUSTO PARA O NOSSO MUNICÍPIO? 4) SE POSITIVO QUAL É ESSE CUSTO E QUAL DOCUMENTO LEGAL QUE PREVÊ ESTE CUSTO?". _x000D_
 </t>
   </si>
   <si>
     <t>5301</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5301/5301_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5301/5301_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO PRESIDENTE DA MESA DIRETORA O ENVIO DE UM OFÍCIO AO DEPARTAMENTO DE ESTRADA DE RODAGEM DE PONTA GROSSA (DER-PG) AO ENGº HAMILTON LUIZ BOING, À AVENIDA PRESIDENTE KENNEDY, KM 493,7 (BR-376), VILA DER, CEP: 84.043-540, PONTA GROSSA, QUE NOS ENVIE A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) EXISTE ALGUMA PREVISÃO PARA UMA OPERAÇÃO DE RECUPERAÇÃO (MUITOS BURACOS E TRECHOS RECAPEADOS SEM A DEVIDA SINALIZAÇÃO) DA RODOVIA DO PAPEL (PR-160), TRECHO ENTRE TELÊMACO BORBA E IMBAÚ? 2) SE EXISTIR, SOLICITAMOS INFORMAR EM QUE PRAZO OU DATA ISSO OCORRERÁ? 3) SE NÃO, QUAL A JUSTIFICATIVA DE NÃO ACONTECER?&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5302</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5302/5302_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5302/5302_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER QUE SEJA SUBMETIDO À DELIBERAÇÃO DO PLENÁRIO A CONVOCAÇÃO DE REPRESENTANTES DO EXECUTIVO LOCAL, PASTA E/OU SETOR RESPONSÁVEL PELO &amp;#8216;PROJETO DE REURBANIZAÇÃO DO JARDIM UNIÃO&amp;#8217;, PARA QUE COMPAREÇA EM REUNIÃO EXTRAORDINÁRIA E ESPECÍFICA, MUNIDO DE MATERIAL E DOCUMENTAÇÃO PARA TRATAR, EXPOR E DEMONSTRAR COMO ESTÁ TODO O ANDAMENTO DO PROCESSO BEM COMO, RESPONDER E ESCLARECER DÚVIDAS EM RELAÇÃO AO ASSUNTO. DA MESMA FORMA REUNIDO DE DOCUMENTAÇÃO NO MESMO TEMA, FAÇA-SE CONVITE A CAIXA ECONÔMICA FEDERAL ATRAVÉS DO GERENTE LOCAL OU SEU REPRESENTANTE"._x000D_
 </t>
   </si>
   <si>
     <t>5303</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5303/5303_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5303/5303_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO PARA QUE, NO PRAZO QUE A LEI LHE CONFERE, INFORME QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS PELA SECRETARIA MUNICIPAL DE PLANEJAMENTO URBANO PARA RESOLVER O PROBLEMA DE TRÂNSITO QUE OCORRE NA AVENIDA FLORIANO PEIXOTO, MAIS PRECISAMENTE NA ENTRADA PRINCIPAL DA FATEB &amp;#8211; FACULDADE DE TELÊMACO BORBA, ESPECIALMENTE NOS HORÁRIOS DE ENTRADA E SAÍDA DOS VEÍCULOS DE ALUNOS/PROFESSORES. EXISTE ALGUM PROJETO PARA RESOLVER O PROBLEMA E, CASO NEGATIVO, QUAIS AS RAZÕES QUE JUSTIFICAM?&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5304</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5304/5304_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5304/5304_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL PARA QUE, NO PRAZO QUE A LEI LHE CONFERE, INFORME A CASA DE LEIS, QUAIS OS PROCEDIMENTOS QUE FORAM TOMADOS PARA AQUISIÇÃO E COLOCAÇÃO DAS LÂMPADAS LED, ENTRE OS QUAIS: 1) QUAL O PROCEDIMENTO LICITATÓRIO ADOTADO PARA AQUISIÇÃO DAS CITADAS LÂMPADAS? 2) QUAIS AS FIRMAS QUE CONCORRERAM NA LICITAÇÃO? 3) QUANTAS LÂMPADAS FORAM ADQUIRIDAS E QUAIS AS RUAS QUE SERÃO BENEFICIADAS COMO A COLOCAÇÃO DESSAS LÂMPADAS? 4) QUAIS OS VALORES QUE FORAM PAGOS PELA AQUISIÇÃO E COLOCAÇÃO DAS MENCIONADAS LÂMPADAS?&amp;#8221;.                     </t>
   </si>
   <si>
     <t>5340</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5340/5340_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5340/5340_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) NA AVENIDA NOSSA SENHORA DA LUZ, NO BAIRRO CENTRO, PARALELA A PRAÇA DOS PINHEIROS SENTIDO RIO TIBAGI, A SMOSP INICIOU UM SERVIÇO DE ASFALTO, A MÁQUINA FEZ A LIMPEZA, COLOCARAM OS PIQUETES PARA O MEIO FIO, PARARAM COM O SERVIÇO E NÃO RETORNARAM MAIS, EXISTE ALGUMA PREVISÃO PARA O RETORNO A OBRA? 2) SE SIM, INFORME QUAL A DATA PROVÁVEL? 3) SE NÃO, JUSTIFICAR.&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5341</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5341/5341_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5341/5341_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) NA RUA CURIÓS, 443, NO BAIRRO SÃO SILVESTRE, ESTÃO COM PROBLEMAS DE ENTREGA DE CORRESPONDÊNCIAS POR PARTE DO CORREIO, ACONTECE QUE UM LADO DA RUA TEM NUMERAÇÃO E DO OUTRO NÃO, E O CORREIO DIZ QUE NÃO PODE ENTREGAR CORRESPONDÊNCIAS NO LADO QUE NÃO TEM NUMERAÇÃO E ESTÃO FAZENDO DO Nº 443 A CAIXA DE CORREIOS DE TODO MUNDO, INFORME A RAZÃO DA AUSÊNCIA DA NUMERAÇÃO? 2) EXISTE SOLUÇÃO PARA O PROBLEMA? 3) SE SIM, QUAL A PREVISÃO? 4) SE NÃO, JUSTIFICAR.&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5344</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5344/5344_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5344/5344_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) NA RESPOSTA DO NOSSO REQUERIMENTO Nº 090/2016, ATRAVÉS DO OFÍCIO Nº 095/2016-GP-REQ SUGERIRAM A REVITALIZAÇÃO DA QUADRA DE AREIA PARA GRAMA SINTÉTICA, REFORMA DE ALAMBRADOS, ILUMINAÇÃO E REFORMA TOTAL DOS BANHEIROS, COM R$ 279.000,00O, O QUAL CONCORDAMOS, INFORME QUAL A PREVISÃO PARA INÍCIO DA EXECUÇÃO DESSA OBRA?&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5346</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5346/5346_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5346/5346_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) NO JARDIM KROLL, TRAVESSA SÃO TOMÉ, A SANEPAR PRATICAMENTE CONCLUIU AS OBRAS, TEM PREVISÃO PARA INÍCIO DO ASFALTAMENTO? 2) SE SIM, INFORME QUAL A DATA? 2) SE NÃO, JUSTIFICAR&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5348</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5348/5348_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5348/5348_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: EM RESPOSTA AO REQUERIMENTO 092/2016 INFORMANDO-NOS DE QUE A RUA CORUMBÁ NO BAIRRO SÃO JORGE NÃO ESTÁ RELACIONADA PARA RECEBER O SERVIÇO DE RECAPE ASFÁLTICO CONFORME A LOA 2016, ENCONTRAMOS UM EQUÍVOCO: A RUA CORUMBÁ ESTÁ RELACIONADA MAS COMO PERTENCENTE AO BAIRRO ANA MARY E NÃO COMO SÃO JORGE. COM BASE NESTA INFORMAÇÃO, EXISTE PROGRAMAÇÃO PARA A EXECUÇÃO DO SERVIÇO?) SE POSITIVO QUAL DATA PREVISTA? SENÃO, QUAL A JUSTIFICATIVA PARA QUE O MESMO NÃO SEJA REALIZADO?"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5349</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5349/5349_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5349/5349_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: EM RESPOSTA AO REQUERIMENTO 074/2016 FOMOS INFORMADOS DE QUE NÃO SERIA POSSÍVEL A COLOCAÇÃO DE LOMBADA NA RUA BRASÍLIA DEVIDO POSSUIR ACLIVE ACENTUADO. DEVIDO AOS PROBLEMAS CITADOS PELOS MORADORES QUAL SERÁ A SOLUÇÃO APRESENTADA POR ESTE ÓRGÃO COMPETENTE?"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5357</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5357/5357_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5357/5357_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS INFORMAÇÕES ABAIXO SOLICITADAS, REFERENTE FORNECIMENTO GRATUITO DE PLANTAS DE CASAS: 1) POR QUE A PREFEITURA PAROU DE FORNECER PLANTAS? 2) VOLTARÁ A FORNECER? 3) SE SIM, QUANDO? 4) SE NÃO, PEDIMOS PARA JUSTIFICAR"._x000D_
 </t>
   </si>
   <si>
     <t>5364</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5364/5364_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5364/5364_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO PRESIDENTE DA MESA DIRETORA DESTA CASA DE LEIS, QUE ENVIE UM OFÍCIO À EMPRESA VIAÇÃO NOSSA SENHORA APARECIDA &amp;#8211; VINSA, AOS CUIDADOS DO DIRETOR SR. PAULO ROBERTO DE OLIVEIRA QUEIROZ, REQUERENDO AS INFORMAÇÕES ABAIXO SOLICITADAS: 1) O  ÔNIBUS &amp;#8220;CIRCULAR&amp;#8221; ESTÁ INDO ATÉ O  RESIDENCIAL CASA BELA? 2) SE SIM, QUAIS OS HORÁRIOS? 3) SE NÃO, SERIA POSSÍVEL O ÔNIBUS &amp;#8220;CIRCULAR&amp;#8221; INCLUIR NO SEU TRAJETO ESTE DESTINO? 4) JÁ EXISTEM PONTOS DETERMINADOS PARA ÔNIBUS &amp;#8220;CIRCULAR&amp;#8221;  PARAR NESSE RESIDENCIAL? 5) SE SIM, PODERIA INFORMAR QUAIS OS LOCAIS JÁ ESTÃO DEFINIDOS? 6) SE NÃO, PODERIA VERIFICAR O LOCAL E MARCAR OS PONTOS PARA O ÔNIBUS &amp;#8220;CIRCULAR&amp;#8221; PASSAR? 7) ATUALMENTE O ÔNIBUS &amp;#8220;CIRCULAR&amp;#8221; VAI ATÉ O BAIRRO VILA ESPERANÇA E FICA PARADO POR 20 MINUTOS NESSE BAIRRO, SERIA POSSÍVEL O MESMO SEGUIR PARA O RESIDENCIAL E FICAR PARADO EM UM PONTO PREVIAMENTE ESTABELECIDO NESSE RESIDENCIAL PARA DESCANSO DO MOTORISTA E PARA QUE ESTE POSSA FAZER USO DE UM BANHEIRO TALVEZ NO ESCRITÓRIO DA ADMINISTRAÇÃO DO RESIDENCIAL?"._x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5381</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5381/5381_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5381/5381_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: EM RESPOSTA A INDICAÇÃO 436/2016 SOBRE A INSTALAÇÃO DA LOMBADA NA RUA NORTE PIONEIRO &amp;#8211; VILA OSÓRIO FOMOS INFORMADOS DE QUE O PEDIDO FOI INDEFERIDO DEVIDO ACLIVE ACENTUADO. GOSTARÍAMOS QUE O ÓRGÃO COMPETENTE PUDESSE NOS INFORMAR SE EXISTE A POSSIBILIDADE DE INSTALAR LOMBADA EM MEIA PISTA, APENAS NO SENTIDO DE QUEM DESCE PARA AMENIZAR O PROBLEMA APRESENTADO PELO MORADOR?". </t>
   </si>
   <si>
     <t>5382</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5382/5382_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5382/5382_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA QUE SEJA COLOCADA LOMBADA NA RUA ESMERALDA EM FRENTE AO N° 11 NO BAIRRO JARDIM MONTE CARLO CONFORME INDICAÇÃO 173/16? 2) SE EXISTE QUAL DATA PREVISTA? 3) SENÃO, QUAL A JUSTIFICATIVA PARA QUE ESTE SERVIÇO NÃO SEJA REALIZADO?"</t>
   </si>
   <si>
     <t>5383</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5383/5383_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5383/5383_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO JUNTO A COMISSÃO DE TRÂNSITO A SEGUINTE INFORMAÇÃO: 1) CONFORME PEDIDO JÁ REALIZADO POR ESTE GABINETE, EXISTE ALGUM ESTUDO DE COLOCAÇÃO DE LOMBADA NA RUA MOCIDADE ALEGRE MAIS PRECISAMENTE EM FRENTE A IGREJA BATISTA BETEL, BAIRRO VILA CRISTINA. 2) CASO POSITIVO PARA QUANDO ESTA PREVISTO?" _x000D_
 </t>
   </si>
   <si>
     <t>5408</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5408/5408_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5408/5408_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, NO PRAZO QUE A LEI LHE CONFERE, QUE ENCAMINHE CÓPIA E NUMERAÇÃO DE TODOS OS PASSOS, DOS AUTOS DO PROCESSO DE DESAPROPRIAÇÃO DE TERRENO DA KLABIN PR PAPÉIS, DESTINADO À CONSTRUÇÃO DA NOVA PISTA DE AUTOMOBILISMO DE TELÊMACO BORBA, CORRIDA NA TERRA".</t>
   </si>
   <si>
     <t>5409</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5409/5409_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5409/5409_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: EM RESPOSTA AO OFÍCIO 091/2016 EM RELAÇÃO A COBERTURA DA QUADRA DE ESPORTES DO JARDIM FLORESTAL - ÁREA I FOMOS INFORMADOS DE QUE NÃO EXISTE PREVISÃO ORÇAMENTÁRIA PARA ESTE SERVIÇO. DE ACORDO COM A EMENDA 15/2015, A COBERTURA DESTA QUADRA DE ESPORTES FOI INCLUÍDA DENTRE AS REFORMAS PREVISTAS NO PROJETO ATIVIDADE DE &amp;#8220;REFORMAS DE QUADRAS E GINÁSIO DE ESPORTES 27.812.27011.022. TENDO EM VISTA O EXPOSTO, REQUER-SE QUE SEJA INFORMADO O VALOR EXISTENTE NA DOTAÇÃO PREVISTA PARA ESTA ESSA FINALIDADE".</t>
   </si>
   <si>
     <t>5410</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5410/5410_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5410/5410_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO E PROCURADORIA GERAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) COMO ESTÁ O ANDAMENTO DO PROCESSO Nº 004711/2014, DE 31/03/2014, REFERENTE RUA NOSSA SENHORA APARECIDA, ABERTURA DE UMA RUA PRÓXIMO AO CAIQUE (FUNDOS-HORTA), SOLICITAÇÃO DO SR. ANTONIO ALCEU JACOPETTI (CHÁCARA 105)., TEM PREVISÃO PARA SOLUÇÃO DO PROBLEMA? 2) SE SIM, QUAL A DATA? 3) SE NÃO, JUSTIFICAR".</t>
   </si>
   <si>
     <t>5411</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5411/5411_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5411/5411_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) CÓPIA DOS SERVIÇOS PRESTADOS PELO INSTITUTO DATACENSO DE PESQUISA LTDA. REFERENTE A NOTA FISCAL Nº 11.473, DE 03/09/2014, 16784, DE 03/11/2015, AMBAS NFS DA TRADE REFERENTES AS NFS Nº 2.223 E 2.340 DO INSTITUTO DATACENTER"._x000D_
 </t>
   </si>
   <si>
     <t>5425</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5425/5425_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5425/5425_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO  QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES À INDICAÇÃO DE N° 390/16, PEDIDO DE RECAPE ASFÁLTICO NA RUA MONTE BELO, NO BAIRRO JARDIM BONAVILA: 1) INFORMAR SEM TEM UMA DATA PARA QUE ESTE PROJETO SEJA EXECUTADO; 2) SE NÃO EXISTIR, FAVOR INFORMAR A POSSIBILIDADE DE INCLUIR NA PLANILHA DE SERVIÇOS DA SECRETÁRIA DE OBRAS"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5426</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5426/5426_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5426/5426_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER QUE SEJA SUBMETIDO NOVAMENTE À DELIBERAÇÃO DO PLENÁRIO A RECONVOCAÇÃO DE REPRESENTANTES DO EXECUTIVO LOCAL, PASTA E/OU SETOR RESPONSÁVEL PELO &amp;#8216;PROJETO DE REURBANIZAÇÃO DO JARDIM UNIÃO&amp;#8217;, BEM COMO DO GERENTE E/OU REPRESENTANTE DA CAIXA ECONÔMICA FEDERAL LOCAL, PARA QUE COMPAREÇAM EM REUNIÃO EXTRAORDINÁRIA E ESPECÍFICA, MUNIDO DE MATERIAL E DOCUMENTAÇÃO PARA TRATAR, EXPOR E DEMONSTRAR COMO ESTÁ O PROCESSO E AS POSSIBILIDADES DE RETOMADA E CONTINUIDADE DO MESMO". _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5427</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5427/5427_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5427/5427_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO  QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: EM RESPOSTA AO REQUERIMENTO Nº 24/2016 REFERENTE A UM ESTUDO PARA TORNAR MÃO ÚNICA A RUA ODILON BORBA NO BAIRRO VILA OSÓRIO, FOI NOS INFORMADO QUE O PEDIDO HAVIA SIDO ENCAMINHADO PARA A COMISSÃO DE TRÂNSITO; QUAL A DECISÃO TOMADA PELA COMISSÃO? SE POSITIVO PARA TORNAR MÃO ÚNICA, QUAL A DATA PREVISTA PARA EXECUÇÃO? SE NEGATIVO QUAL A SOLUÇÃO SUGERIDA?"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5428</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5428/5428_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5428/5428_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS AS SEGUINTES INFORMAÇÕES: 1) EXISTE PREVISÃO DE LAMA ASFÁLTICA, NA RUA PEPITA, NO BAIRRO SÃO FRANCISCO 2) CASO POSITIVO, INDICAR DATA PROVÁVEL PARA REALIZAÇÃO DO SERVIÇO. 3) CASO NEGATIVO, INDICAR O MOTIVO DA IMPOSSIBILIDADE DE SE REALIZAR IMPORTANTE OBRA"._x000D_
                                                  _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5431</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5431/5431_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5431/5431_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO PARA QUE, NO PRAZO QUE A LEI LHE CONFERE, RESPONDA AS SEGUINTES INDAGAÇÕES, ENCAMINHANDO, INCLUSIVE, A DOCUMENTAÇÃO SOLICITADA: 1) QUAIS FORAM OS EVENTOS REALIZADOS NA CASA DA CULTURA DURANTE O PERÍODO DE JANEIRO DE 2014 ATÉ A PRESENTE DATA, RELACIONANDO: (A) OS QUE FORAM PROMOVIDOS PELO MUNICÍPIO; (B) PROMOVIDOS POR PARTICULARES; (C) PROMOVIDOS EM PARCERIA ENTRE MUNICÍPIO E PARTICULARES; 2) DA RELAÇÃO TOTAL DOS EVENTOS PROMOVIDOS, INFORMAR QUAIS RECOLHERAM A TAXA PELO USO DA CASA DA CULTURA E QUAIS OS QUE DEIXARAM DE RECOLHER; 3) DA RELAÇÃO DOS EVENTOS QUE NÃO RECOLHERAM AS TAXAS PELO USO DA CASA DA CULTURA, JUSTIFICAR AS RAZÕES PELO NÃO RECOLHIMENTO; 4) DA RELAÇÃO DOS EVENTOS PROMOVIDOS PELA ADMINISTRAÇÃO INFORMAR O BALANCETE DE CADA UM, RELACIONANDO AS RECEITAS, DESPESAS E OS VALORES RECOLHIDOS AOS COFRES MUNICIPAIS"._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5472</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5472/5472_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5472/5472_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, O SEGUINTE MATERIAL: 1) CÓPIA DO CD/DVD CITADO EM SEU OFÍCIO Nº 103/2016-GP-REQ, DE 29/06/2016 EM RESPOSTA AO NOSSO REQUERIMENTO Nº 083/2016?&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5473</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5473/5473_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5473/5473_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) CONFORME INDICAÇÃO 523/2016, EXISTE PROGRAMAÇÃO PARA EXECUÇÃO DO SERVIÇO DE LIMPEZA DE MANILHAMENTO NOS FUNDOS DO NÚMERO 81 NA RUA AMAPÁ BAIRRO SANTA RITA; 2) EM CASO POSITIVO, PARA QUANDO ESTÁ PREVISTA A REALIZAÇÃO DOS SERVIÇOS, CASO DE NEGATIVO JUSTIFICAR O MOTIVO"._x000D_
 _x000D_
                                                   _x000D_
 </t>
   </si>
   <si>
     <t>5474</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5474/5474_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5474/5474_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) CONFORME INDICAÇÃO 571/216, EXISTE PROGRAMAÇÃO PARA EXECUÇÃO DO SERVIÇO DE LIMPEZA DE MANILHAMENTO DA REDE FLUVIAL AO LADO DO Nº 271 NA RUA ESTRADA DOS GUARARAPES, FUNDOS DA CHÁCARA DO TOBERA NO BAIRRO MARINHA; 2) EM CASO POSITIVO, PARA QUANDO ESTÁ PREVISTA A REALIZAÇÃO DOS SERVIÇOS, CASO DE NEGATIVO JUSTIFICAR O MOTIVO"._x000D_
                                                  </t>
   </si>
   <si>
     <t>5497</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5497/5497_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5497/5497_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) CONFORME PROTOCOLO DE ATENDIMENTO Nº 009470/2015 EXISTE PREVISÃO PARA A RETIRADA DO PONTO DE ÔNIBUS QUE ESTÁ EM TERRENO PARTICULAR NA RUA CARMO DA MATA NO BAIRRO VILA ROSA? 2) EM CASO POSITIVO, PARA QUANDO ESTÁ PREVISTA A REALIZAÇÃO DOS SERVIÇOS? 3) EM CASO NEGATIVO, JUSTIFICAR O MOTIVO DA SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PÚBLICOS".</t>
   </si>
   <si>
     <t>5498</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5498/5498_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5498/5498_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA QUE SEJA COLOCADA LOMBADA NA RUA ESMERALDA EM FRENTE AO N° 11 NO BAIRRO JARDIM MONTE CARLO CONFORME INDICAÇÃO Nº 136/16? 2) SE EXISTE QUAL DATA PREVISTA? 3) SENÃO, QUAL A JUSTIFICATIVA PARA QUE ESTE SERVIÇO NÃO SEJA REALIZADO?". </t>
   </si>
   <si>
     <t>5499</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5499/5499_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5499/5499_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, PROCURADORIA GERAL DO MUNICÍPIO E SECRETARIA MUNICIPAL DE PLANEJAMENTO URBANO, HABITAÇÃO E MEIO AMBIENTE, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) EM RESPOSTA AO NOSSO REQUERIMENTO Nº 115/2016, DE 09 DE AGOSTO DE 2016, ATRAVÉS DE VOSSO OFÍCIO Nº 119/2016-GP-REQ, DE 09 DE AGOSTO DE 2016, E DO DOCUMENTO DO PROCURADOR JURÍDICO DR. MARCELO CRISTIANO DE MORAES, DATADO DE 25 DE JULHO DE 2016, PARA A SMPUHMA ONDE SOLICITA A MANIFESTAÇÃO DOS SEUS ENGENHEIROS ACERCA DA POSSIBILIDADE, ECONOMICIDADE E VALIDADE DA REALIZAÇÃO DA OBRA PÚBLICA QUE É A CONSTRUÇÃO DA RUA, EXISTE ALGUMA PREVISÃO PARA PASSAR O PARECER FAVORÁVEL OU NÃO PARA A PROCURADORIA GERAL DO MUNICÍPIO? 2) SE SIM, QUAL A DATA PROVÁVEL? 3) SE NÃO, JUSTIFICAR? 4) HAVENDO RESPOSTA POSITIVA, QUAL A PREVISÃO PARA INICIAR ESTA OBRA? 5) SE SIM, QUAL A DATA PROVÁVEL? 6) SE NÃO JUSTIFICAR? 7) HAVENDO RESPOSTA POSITIVA DAS PERGUNTAS 1 E 4, COMO O INTERESSADO DEVE PROCEDER PARA RECEBER O QUE TEM DIREITO E A QUEM DEVE PROCURAR PARA ASSINAR TODA A DOCUMENTAÇÃO E RECEBER O QUE LHE CABE DE ACORDO COM O PARECER DA COMISSÃO QUE EFETUOU A AVALIAÇÃO?".</t>
   </si>
   <si>
     <t>5514</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5514/5514_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5514/5514_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) EM RESPOSTA AO NOSSO REQUERIMENTO Nº 116/2016, ATRAVÉS DE VOSSO OFÍCIO Nº 127/2016-GP-REQ, RECEBEMOS O MATERIAL PRODUZIDO PELO INSTITUTO DATACENTER, PESQUISA DE OPINIÃO PÚBLICA-LEVANTAMENTO DOS HÁBITOS DE MÍDIA JUNTO AOS MORADORES DE TELÊMACO BORBA, INFORME AONDE (UNIDADE), QUAL PROGRAMA E FUNÇÃO SERÁ USADO ESSE MATERIAL ESPECIFICANDO EM DETALHES E MENSURANDO QUAL O RETORNO E BENEFÍCIO QUE TRARÁ A SOCIEDADE CIVIL DE TELÊMACO BORBA? 2) SE NÃO CONSEGUIR DETALHAR O PROGRAMA E FUNÇÃO, JUSTIFICAR TAL SOLICITAÇÃO DE SERVIÇO AO INSTITUTO DATACENTER&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5515</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5515/5515_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5515/5515_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA O SERVIÇO DE RECAPE ASFÁLTICO NAS RUAS EDUARDO GERONASSO, LAGOA DOURADA, PARÁ E TRAVESSA MATINHOS CONFORME INDICAÇÃO 112/16? 2) SE EXISTE QUAL DATA PREVISTA? 3) SENÃO, QUAL A JUSTIFICATIVA PARA QUE ESTE SERVIÇO NÃO SEJA EXECUTADO?".</t>
   </si>
   <si>
     <t>5516</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5516/5516_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5516/5516_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA O SERVIÇO DE RECAPE ASFÁLTICO NA TRAVESSA CANELA &amp;#8211; JARDIM FLORESTAL, CONFORME INDICAÇÃO 237/16? 2) EXISTE DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA A NÃO EXECUÇÃO DESTE SERVIÇO?".</t>
   </si>
   <si>
     <t>5534</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5534/5534_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5534/5534_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO PRESIDENTE DA MESA DIRETORA O ENVIO DE UM OFÍCIO AO DEPARTAMENTO DE ESTRADA DE RODAGEM DE PONTA GROSSA (DER-PG) AO ENGº HAMILTON LUIZ BOING, À AVENIDA PRESIDENTE KENNEDY, KM 493,7 (BR-376), VILA DER, CEP: 84.043-540, PONTA GROSSA, SOLICITANDO A POSSIBILIDADE DE UM ESTUDO PARA A INSTALAÇÃO DE UM GUARD RAIL EM TODA A EXTENSÃO DA PR-160 RODOVIA DO PAPEL, KM 21, NO SENTIDO DISTRITO INDUSTRIAL-PONTE DO RIO TIBAGI DO LADO DIREITO DE QUEM DESCE, ENTRE OS ESTABELECIMENTOS COMERCIAIS PNEUCAM E HIDROFLEX QUE ESTÃO DO OUTRO LADO DA RODOVIA, SENDO QUE ESTE TRECHO TEM UMA RIBANCEIRA QUE NÃO POSSUI QUALQUER TIPO DE PROTEÇÃO, PODENDO CAIR VEÍCULOS, CARGAS OU PEÇAS QUE SE SOLTAM DE VEÍCULOS. CITAMOS COMO EXEMPLO HÁ ALGUM TEMPO ACONTECEU DE SOLTAR UM RODADO DE CAMINHÃO E CAIR NESTE LOCAL ONDE TIVEMOS DANOS MATERIAIS EM UMA RESIDÊNCIA. DADO AO ACIDENTE OCORRIDO, PEDIMOS A ANÁLISE DA SITUAÇÃO COM RESPONSABILIDADE E SE POSSÍVEL UMA AÇÃO RÁPIDA PARA QUE NOVOS ACIDENTES NÃO VENHAM OCORRER NO LOCAL, DANDO MAIOR TRANQUILIDADE PARA OS MORADORES QUE ESTÃO PRÓXIMOS&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5546</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5546/5546_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5546/5546_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) SEGUNDO INFORMAÇÕES DE MORADOR NA RUA SANTA RITA, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 3, HOUVE A DEMARCAÇÃO COM PIQUETE COM OBJETIVO PARA ASFALTAMENTO, INDÍCIOS DO INICIO DA OBRA, MAS POR ALGUMA RAZÃO PARARAM, INFORME SE IRÃO CONTINUAR? 2) SE SIM, INFORME QUAL A PREVISÃO? 3) SE NÃO, JUSTIFICAR.&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5547</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5547/5547_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5547/5547_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) SEGUNDO INFORMAÇÕES DE MORADOR NA TRAVESSA LAJEADO, NO BAIRRO PARQUE LIMEIRA &amp;#8211; ÁREA 3, HOUVE A DEMARCAÇÃO COM PIQUETE COM OBJETIVO PARA ASFALTAMENTO, INDÍCIOS DO INICIO DA OBRA, MAS POR ALGUMA RAZÃO PARARAM, INFORME SE IRÃO CONTINUAR? 2) SE SIM, INFORME QUAL A PREVISÃO? 3) SE NÃO, JUSTIFICAR.&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5592</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5592/5592_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5592/5592_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) INFORME QUANDO SERÁ REINSTALADO REDUTOR DE VELOCIDADE EM TODAS AS ROTATÓRIAS EXISTENTES EM TELÊMACO BORBA? 2) QUAL A POSSIBILIDADE DE POSICIONAR UM AGENTE DE TRÂNSITO, COM O OBJETIVO DA REEDUCAÇÃO DOS MOTORISTAS DE COMO FUNCIONA O SISTEMA DE PREFERENCIAL EM UMA ROTATÓRIA, NESTE CASO ELABORANDO UMA ESCALA PARA QUE PASSE POR TODAS AS ROTATÓRIAS?&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5593</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5593/5593_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5593/5593_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) RECEBEMOS INFORMAÇÃO EM 28/09/2016 AS 14:45, DE QUE A SMOSP ESTARIAM CORTANDO ÁRVORES NO BAIRRO SÃO SILVESTRE, PRÓXIMO AO CENTRO COMUNITÁRIO, ACADEMIA AO AR LIVRE E ONDE ESTÃO INSTALADOS BANCOS DE CONCRETO, JUSTAMENTE NO LOCAL AONDE TEM SOMBRA; EXISTE OU É NECESSÁRIO AUTORIZAÇÃO DO IAP PARA CORTAR AS ÁRVORES LÁ EXISTENTES? 2) SE SIM, ENCAMINHAR CÓPIA; 3) SE NÃO, JUSTIFICAR A OPERAÇÃO CORTA ÁRVORES&amp;#8221;._x000D_
 </t>
   </si>
   <si>
     <t>5594</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5594/5594_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5594/5594_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) CONFORME CÓPIA DO BO Nº 2016/956352 DE 15/09/2016, RELATA QUE INFELIZMENTE ACONTECEU O ÓBITO DO SR. IVAGNO CESAR DE OLIVEIRA E SEGUNDO INFORMAÇÕES NO PRÓPRIO BO O CIDADÃO VEIO A FALECER EM SUA RESIDÊNCIA, NESSE CASO HOUVE DEMORA NO ATENDIMENTO, EM TORNO DE 45 MINUTOS, UMA INDECISÃO EM QUEM DEVERIA BUSCAR A PESSOA COM A AMBULÂNCIA, SE A UPA OU O CORPO DE BOMBEIROS; INFORMAR SE TOMARAM CONHECIMENTO DESTE FATO? 2) SE SIM, QUAIS PROVIDÊNCIAS A SECRETARIA MUNICIPAL DE SAÚDE TOMOU? 3) QUAL A RECOMENDAÇÃO PARA QUE ESTE FATO NÃO VOLTE A OCORRER NOVAMENTE? 4) QUAL O PROCEDIMENTO CORRETO QUE O CIDADÃO DEVE TOMAR QUANDO O PACIENTE ESTIVER SEM CONDIÇÕES DE LOCOMOÇÃO PARA IR ATÉ A UPA? 5) O QUE A UPA DEVE FAZER NESTES CASOS? 6) SE NÃO, JUSTIFICAR POR QUE A SECRETARIA MUNICIPAL DE SAÚDE NÃO DEVE TOMAR PROVIDÊNCIAS?&amp;#8221;._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5605</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5605/5605_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5605/5605_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE A SEGUINTE INFORMAÇÃO: 1) PREVISÃO PARA ENTREGA DA OBRA DE REFORMA DO CMEI - CENTRO MUNICIPAL DE EDUCAÇÃO INFANTIL ANITA MALFATTI (JARDIM ITÁLIA)&amp;#8221;.</t>
   </si>
   <si>
     <t>5614</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5614/5614_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5614/5614_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) ESTÃO PREVISTOS SERVIÇOS DE RECAPE ASFÁLTICO NA RUA CAMPINA ALTA, BAIRRO PARQUE LIMEIRA ÁREA II, CONFORME INDICAÇÃO Nº 574/2016? 2) SE POSITIVO QUAL A DATA PREVISTA PARA A EXECUÇÃO? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA QUE ESTA MELHORIA NÃO SEJA FEITA?".</t>
   </si>
   <si>
     <t>5615</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5615/5615_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5615/5615_texto_integral.pdf</t>
   </si>
   <si>
     <t>&amp;#8220;REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) ESTÃO PREVISTOS SERVIÇOS DE RECAPE ASFÁLTICO NA RUA CARAGUATÁ, BAIRRO PARQUE LIMEIRA ÁREA II, CONFORME INDICAÇÃO Nº 575/2016? 2) SE POSITIVO QUAL A DATA PREVISTA PARA A EXECUÇÃO? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA QUE ESTA MELHORIA NÃO SEJA FEITA?".</t>
   </si>
   <si>
     <t>5632</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5632/5632_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5632/5632_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, A SEGUINTE INFORMAÇÃO:  ENVIAR RELAÇÃO DAS CIRURGIAS ELETIVAS PENDENTES NA SECRETARIA MUNICIPAL DE SAÚDE CONSTANDO O NOME DO MUNÍCIPE E POR TIPO DE CIRURGIA"._x000D_
 </t>
   </si>
   <si>
     <t>5633</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5633/5633_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5633/5633_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) COM RELAÇÃO AO REDUTOR DE VELOCIDADE (LOMBADA), NA RUA JOÃO SIQUEIRA FILHO EM FRENTE AO Nº 748, A MESMA JÁ FOI APROVADA? 2) EXISTE PREVISÃO PARA SER COLOCADA? 3) SE NÃO, FAVOR INFORMAR A POSSIBILIDADE DE INCLUIR NA PLANILHA DE OBRAS"._x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5647</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5647/5647_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5647/5647_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL PARA QUE, NO PRAZO QUE A LEI LHE CONFERE, RESPONDA AS SEGUINTES INDAGAÇÕES, ENCAMINHANDO, INCLUSIVE, A DOCUMENTAÇÃO SOLICITADA: 1) QUANTOS SERVIDORES CONCURSADOS OPERADORES DE RAIO X, EXISTEM NO QUADRO EFETIVO DA MUNICIPALIDADE, E ONDE OS MESMOS PRESTAM SERVIÇOS, E SE OS MESMOS ESTÃO IMPEDIDOS DE REALIZAR PLANTÃO OU HORAS EXTRAS? SE  SIM, JUSTIFICAR OS MOTIVO; 2) INFORMAR QUAIS OS TIPOS DE RAIO X SÃO REALIZADOS NA UPA E SE O MUNICÍPIO RECEBE ALGUM RECURSO DO MINISTÉRIO DA SAÚDE; 3) QUAIS OS PRESTADORES CREDENCIADOS OU CONTRATADOS PELO MUNICÍPIO, E O VALOR PAGO POR PROCEDIMENTOS?"._x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5648</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5648/5648_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5648/5648_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER DO SENHOR PREFEITO MUNICIPAL, NO PRAZO QUE A LEI LHE CONFERE, QUE INFORME A ESTA CASA DE LEIS, SOBRE A SITUAÇÃO ATUAL DA TAMPA DE BUEIRO NA RUA PARATI EM FRENTE AO NÚMERO 31: 1) EXISTE PREVISÃO PARA A REPOSIÇÃO DESTA REFERIDA TAMPA DE BUEIRO? 2) QUAL O PRAZO PREVISTO PARA A COLOCAÇÃO DA MESMA? 3) POR QUE NÃO HOUVE RESPOSTA, SENDO QUE FORAM FEITAS TRÊS INDICAÇÕES, Nº 039 DE 03/02/2014, Nº 531 DE 25/05/2015 E Nº 489 DE 23/05/2016?"._x000D_
  	_x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5649</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5649/5649_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5649/5649_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA O SERVIÇO DE REPARO NO ASFALTO NA RUA ARROIO CHUI EM FRENTE AO NÚMERO 15, VILA ROSA CONFORME INDICAÇÃO 729/2016? 2) SE POSITIVO QUAL DATA PREVISTA? 3) SE NÃO, QUAL A JUSTIFICATIVA PARA A NÃO EXECUÇÃO DESTE SERVIÇO?".</t>
   </si>
   <si>
     <t>5660</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5660/5660_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5660/5660_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1)  CONFORME INDICAÇÃO 696 DE 15/08/2016, EXISTE PROGRAMAÇÃO PARA EXECUÇÃO DO SERVIÇO DE CONSTRUÇÃO DE UM MURO DE ARRIMO  NA RUA SANTA EFIGÊNIA EM FRENTE AO NÚMERO 33, NO BAIRRO BELA VISTA?  2) EM CASO POSITIVO, PARA QUANDO ESTÁ PREVISTA A REALIZAÇÃO DOS SERVIÇOS? CASO DE NEGATIVO JUSTIFICAR O MOTIVO._x000D_
 _x000D_
                                                _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5661</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5661/5661_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5661/5661_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">&amp;#8220;REQUER DO SENHOR PREFEITO QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1)  CONFORME INDICAÇÃO 353/2016, EXISTE PROGRAMAÇÃO PARA EXECUÇÃO DO SERVIÇO DE COLOCAÇÃO DE MEIO FIO NA RUA BULGÁRIA (A PARTIR DO NÚMERO 44), JARDIM EUROPA; 2) EM CASO POSITIVO, PARA QUANDO ESTÁ PREVISTA A REALIZAÇÃO DOS SERVIÇOS, CASO DE NEGATIVO JUSTIFICAR O MOTIVO."_x000D_
     _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5662</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5662/5662_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5662/5662_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">"REQUER QUE SEJA ENCAMINHADO OFICIO AO SENHOR PREFEITO  PARA QUE, NO PRAZO QUE A LEI ORGÂNICA LHE CONFERE, INFORME PARA ESTA CASA DE LEIS SOBRE A SITUAÇÃO ATUAL DA ESCOLA MUNICIPAL LEOPOLDO MERCER, SABENDO QUE O MATERIAL DE PINTURA JÁ SE ENCONTRA NO LOCAL:_x000D_
 _x000D_
 A)	SE EXISTE PREVISÃO PARA EXECUÇÃO DOS SERVIÇOS DE PINTURAS?_x000D_
 B)	QUAL O PRAZO PREVISTO PARA A PINTURA DA MESMA?		_x000D_
 C)	SE EXISTE PREVISÃO DE PINTURA, PARA QUANDO?"_x000D_
  _x000D_
 _x000D_
 _x000D_
 _x000D_
 _x000D_
 </t>
   </si>
   <si>
     <t>5666</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5666/5666_texto_integral.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5666/5666_texto_integral.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO DENTRO DO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EM QUE ETAPA ENCONTRA-SE AS PROVIDÊNCIAS PARA A REFORMA DO ESCADÃO QUE LIGA A RUA CAMBOJA À RUA OURO PRETO NO BAIRRO VILA ESPERANÇA? 2) EXISTE DATA PREVISTA PARA EXECUÇÃO DOS SERVIÇOS? 3) SE NÃO, QUAL A JUSTIFICATIVA?".</t>
   </si>
   <si>
     <t>4626</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>VETO PARCIAL, DE INICIATIVA DO PODER EXECUTIVO, AO PROJETO DE LEI COMPLEMENTAR Nº 004/16, VETANDO O ARTIGO 3º E POR CONSQUENCIA O ANEXO I DO PROJETO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -14192,67 +14192,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4549/4549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4550/4550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4551/4551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4552/4552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4553/4553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4554/4554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4555/4555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4556/4556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4557/4557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4559/4559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4560/4560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4561/4561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4562/4562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4564/4564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4566/4566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4567/4567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4568/4568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4569/4569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4570/4570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4571/4571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4572/4572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4573/4573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4574/4574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4575/4575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4576/4576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4577/4577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4578/4578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4579/4579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4580/4580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4581/4581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4582/4582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4583/4583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4584/4584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4585/4585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4587/4587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4589/4589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4592/4592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4593/4593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4594/4594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4595/4595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4596/4596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4598/4598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4599/4599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4600/4600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4601/4601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4602/4602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4603/4603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4604/4604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4605/4605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4606/4606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4607/4607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4608/4608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4609/4609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4610/4610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4611/4611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4613/4613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4614/4614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4615/4615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4616/4616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4617/4617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4618/4618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4619/4619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4620/4620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4621/4621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4622/4622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4623/4623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4630/4630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4631/4631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4632/4632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4633/4633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4634/4634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4635/4635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4636/4636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4637/4637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4638/4638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4639/4639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4640/4640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4641/4641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4642/4642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4643/4643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4644/4644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4645/4645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4646/4646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4647/4647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4648/4648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4649/4649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4654/4654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4655/4655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4656/4656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4657/4657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4660/4660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4659/4659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4661/4661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4662/4662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4663/4663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4664/4664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4665/4665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4666/4666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4667/4667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4668/4668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4669/4669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4670/4670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4671/4671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4672/4672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4673/4673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4674/4674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4675/4675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4676/4676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4677/4677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4679/4679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4680/4680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4681/4681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4682/4682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4683/4683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4684/4684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4685/4685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4686/4686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4687/4687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4688/4688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4689/4689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4690/4690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4691/4691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4692/4692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4694/4694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4695/4695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4696/4696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4697/4697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4698/4698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4699/4699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4710/4710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4711/4711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4712/4712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4713/4713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4714/4714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4715/4715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4716/4716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4717/4717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4718/4718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4719/4719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4720/4720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4721/4721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4722/4722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4723/4723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4724/4724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4725/4725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4726/4726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4728/4728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4729/4729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4730/4730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4731/4731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4732/4732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4733/4733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4734/4734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4735/4735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4736/4736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4737/4737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4738/4738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4739/4739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4740/4740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4741/4741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4742/4742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4743/4743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4744/4744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4745/4745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4746/4746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4750/4750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4751/4751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4752/4752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4753/4753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4754/4754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4755/4755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4756/4756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4758/4758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4759/4759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4761/4761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4762/4762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4763/4763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4765/4765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4766/4766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4767/4767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4768/4768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4769/4769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4770/4770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4771/4771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4772/4772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4773/4773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4774/4774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4775/4775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4777/4777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4778/4778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4779/4779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4780/4780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4781/4781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4782/4782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4783/4783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4784/4784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4785/4785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4786/4786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4787/4787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4788/4788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4789/4789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4790/4790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4792/4792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4793/4793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4795/4795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4796/4796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4797/4797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4799/4799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4801/4801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4802/4802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4803/4803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4804/4804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4805/4805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4806/4806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4807/4807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4808/4808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4809/4809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4810/4810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4811/4811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4817/4817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4819/4819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4820/4820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4821/4821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4822/4822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4823/4823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4824/4824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4825/4825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4826/4826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4827/4827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4828/4828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4829/4829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4830/4830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4831/4831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4832/4832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4833/4833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4834/4834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4835/4835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4836/4836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4837/4837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4838/4838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4839/4839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4840/4840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4841/4841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4842/4842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4843/4843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4844/4844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4845/4845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4846/4846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4847/4847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4848/4848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4849/4849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4850/4850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4854/4854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4855/4855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4856/4856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4857/4857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4858/4858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4859/4859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4860/4860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4861/4861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4862/4862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4863/4863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4864/4864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4865/4865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4866/4866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4867/4867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4868/4868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4869/4869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4870/4870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4871/4871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4872/4872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4873/4873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4874/4874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4875/4875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4876/4876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4877/4877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4878/4878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4880/4880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4886/4886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4888/4888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4889/4889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4892/4892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4895/4895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4896/4896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4897/4897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4898/4898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4899/4899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4901/4901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4902/4902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4905/4905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4906/4906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4907/4907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4908/4908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4909/4909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4910/4910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4911/4911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4912/4912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4914/4914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4915/4915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4916/4916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4917/4917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4918/4918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4919/4919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4920/4920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4921/4921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4922/4922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4923/4923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4924/4924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4925/4925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4926/4926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4927/4927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4935/4935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4936/4936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4938/4938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4939/4939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4940/4940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4941/4941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4942/4942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4943/4943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4944/4944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4945/4945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4946/4946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4947/4947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4952/4952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4953/4953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4954/4954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4955/4955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4957/4957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4958/4958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4959/4959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4960/4960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4961/4961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4962/4962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4964/4964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4965/4965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4967/4967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4968/4968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4969/4969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4970/4970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4972/4972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4974/4974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4975/4975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4977/4977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4978/4978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4979/4979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4980/4980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4981/4981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4982/4982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4983/4983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4984/4984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4992/4992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4994/4994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4996/4996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4998/4998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4999/4999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5000/5000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5001/5001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5002/5002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5003/5003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5004/5004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5005/5005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5008/5008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5009/5009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5010/5010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5011/5011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5012/5012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5013/5013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5014/5014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5015/5015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5016/5016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5017/5017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5018/5018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5019/5019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5020/5020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5021/5021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5022/5022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5026/5026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5027/5027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5028/5028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5029/5029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5030/5030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5031/5031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5032/5032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5033/5033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5035/5035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5036/5036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5037/5037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5038/5038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5039/5039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5040/5040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5041/5041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5042/5042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5043/5043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5044/5044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5045/5045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5048/5048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5049/5049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5050/5050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5051/5051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5052/5052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5053/5053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5054/5054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5056/5056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5057/5057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5059/5059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5060/5060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5061/5061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5063/5063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5064/5064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5065/5065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5066/5066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5067/5067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5068/5068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5070/5070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5071/5071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5072/5072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5073/5073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5074/5074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5076/5076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5078/5078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5079/5079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5081/5081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5083/5083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5084/5084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5085/5085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5087/5087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5088/5088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5089/5089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5091/5091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5092/5092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5094/5094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5104/5104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5106/5106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5107/5107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5108/5108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5109/5109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5110/5110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5111/5111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5112/5112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5113/5113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5114/5114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5115/5115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5116/5116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5117/5117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5118/5118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5119/5119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5120/5120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5121/5121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5125/5125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5126/5126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5127/5127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5135/5135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5136/5136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5137/5137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5138/5138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5139/5139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5140/5140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5141/5141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5142/5142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5143/5143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5144/5144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5145/5145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5146/5146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5147/5147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5148/5148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5149/5149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5161/5161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5162/5162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5163/5163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5164/5164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5165/5165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5166/5166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5167/5167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5168/5168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5169/5169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5170/5170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5171/5171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5172/5172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5173/5173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5174/5174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5175/5175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5176/5176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5177/5177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5178/5178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5179/5179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5180/5180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5181/5181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5182/5182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5183/5183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5184/5184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5185/5185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5190/5190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5191/5191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5192/5192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5193/5193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5194/5194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5195/5195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5196/5196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5197/5197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5198/5198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5199/5199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5200/5200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5201/5201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5202/5202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5203/5203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5204/5204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5205/5205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5206/5206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5207/5207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5208/5208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5209/5209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5210/5210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5220/5220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5222/5222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5223/5223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5224/5224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5225/5225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5226/5226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5227/5227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5228/5228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5229/5229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5230/5230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5231/5231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5232/5232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5233/5233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5234/5234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5236/5236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5238/5238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5240/5240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5242/5242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5251/5251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5253/5253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5254/5254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5255/5255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5256/5256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5257/5257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5258/5258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5259/5259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5260/5260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5261/5261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5269/5269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5270/5270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5271/5271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5272/5272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5273/5273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5274/5274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5275/5275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5276/5276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5277/5277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5278/5278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5279/5279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5280/5280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5281/5281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5282/5282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5283/5283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5284/5284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5286/5286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5287/5287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5288/5288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5289/5289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5290/5290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5291/5291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5292/5292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5293/5293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5294/5294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5295/5295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5306/5306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5307/5307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5308/5308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5309/5309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5310/5310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5311/5311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5312/5312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5313/5313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5314/5314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5315/5315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5316/5316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5317/5317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5318/5318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5319/5319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5320/5320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5321/5321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5322/5322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5323/5323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5324/5324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5337/5337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5338/5338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5339/5339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5342/5342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5343/5343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5345/5345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5347/5347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5350/5350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5351/5351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5352/5352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5353/5353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5354/5354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5355/5355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5356/5356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5358/5358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5359/5359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5361/5361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5362/5362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5363/5363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5365/5365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5366/5366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5367/5367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5368/5368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5369/5369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5370/5370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5371/5371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5372/5372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5373/5373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5374/5374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5375/5375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5376/5376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5377/5377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5378/5378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5379/5379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5380/5380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5384/5384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5385/5385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5386/5386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5387/5387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5388/5388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5389/5389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5390/5390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5392/5392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5393/5393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5394/5394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5395/5395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5396/5396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5397/5397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5398/5398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5399/5399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5400/5400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5401/5401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5402/5402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5403/5403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5404/5404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5405/5405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5415/5415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5416/5416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5417/5417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5418/5418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5419/5419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5420/5420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5421/5421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5422/5422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5423/5423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5429/5429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5430/5430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5432/5432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5434/5434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5435/5435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5437/5437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5438/5438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5439/5439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5441/5441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5449/5449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5450/5450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5451/5451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5452/5452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5453/5453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5454/5454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5455/5455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5456/5456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5461/5461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5458/5458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5459/5459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5460/5460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5457/5457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5462/5462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5463/5463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5464/5464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5465/5465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5466/5466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5467/5467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5468/5468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5469/5469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5470/5470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5471/5471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5475/5475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5476/5476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5477/5477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5479/5479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5480/5480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5481/5481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5482/5482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5483/5483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5484/5484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5485/5485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5492/5492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5501/5501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5502/5502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5503/5503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5504/5504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5505/5505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5506/5506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5507/5507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5508/5508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5509/5509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5510/5510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5511/5511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5512/5512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5517/5517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5521/5521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5522/5522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5523/5523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5524/5524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5525/5525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5526/5526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5527/5527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5528/5528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5529/5529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5530/5530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5531/5531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5532/5532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5533/5533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5536/5536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5537/5537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5538/5538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5539/5539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5540/5540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5541/5541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5542/5542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5550/5550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5551/5551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5552/5552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5553/5553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5554/5554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5555/5555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5556/5556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5557/5557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5558/5558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5559/5559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5560/5560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5561/5561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5562/5562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5563/5563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5564/5564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5565/5565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5566/5566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5567/5567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5568/5568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5569/5569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5582/5582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5583/5583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5584/5584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5585/5585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5586/5586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5587/5587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5588/5588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5589/5589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5590/5590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5595/5595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5596/5596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5597/5597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5598/5598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5599/5599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5600/5600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5601/5601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5602/5602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5603/5603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5608/5608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5609/5609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5610/5610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5611/5611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5616/5616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5618/5618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5619/5619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5620/5620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5621/5621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5622/5622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5623/5623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5624/5624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5625/5625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5626/5626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5627/5627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5628/5628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5641/5641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5642/5642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5643/5643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5644/5644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5645/5645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5646/5646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5653/5653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5654/5654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5655/5655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5656/5656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5657/5657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5658/5658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5659/5659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5671/5671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5672/5672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5696/5696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4586/4586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4588/4588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4590/4590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4591/4591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4629/4629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4812/4812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4903/4903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4904/4904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5006/5006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5007/5007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5024/5024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5046/5046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5047/5047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5069/5069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5095/5095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5096/5096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5263/5263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5406/5406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5424/5424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5442/5442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5443/5443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5500/5500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5543/5543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5549/5549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5576/5576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5689/5689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4628/4628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4693/4693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4749/4749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4813/4813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4851/4851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5023/5023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5025/5025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5262/5262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5305/5305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5325/5325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5407/5407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5494/5494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5493/5493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5513/5513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5548/5548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5604/5604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5612/5612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5613/5613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5634/5634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5651/5651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5664/5664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5535/5535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5663/5663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4558/4558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4563/4563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4565/4565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4597/4597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4624/4624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4625/4625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4650/4650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4651/4651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4652/4652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4653/4653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4705/4705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4706/4706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4707/4707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4708/4708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4709/4709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4727/4727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4747/4747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4748/4748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4757/4757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4760/4760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4764/4764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4776/4776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4791/4791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4794/4794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4798/4798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4800/4800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4814/4814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4815/4815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4816/4816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4818/4818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4879/4879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4881/4881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4885/4885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4887/4887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4893/4893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4948/4948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4949/4949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4950/4950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4951/4951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4956/4956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4973/4973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4966/4966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4976/4976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4985/4985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4986/4986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4987/4987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4988/4988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4989/4989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4990/4990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4991/4991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4993/4993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4995/4995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5055/5055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5058/5058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5062/5062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5075/5075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5080/5080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5082/5082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5086/5086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5090/5090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5093/5093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5097/5097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5098/5098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5099/5099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5100/5100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5101/5101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5102/5102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5103/5103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5128/5128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5129/5129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5130/5130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5131/5131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5132/5132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5133/5133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5134/5134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5156/5156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5157/5157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5158/5158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5159/5159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5160/5160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5186/5186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5187/5187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5188/5188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5189/5189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5239/5239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5247/5247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5248/5248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5249/5249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5250/5250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5252/5252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5264/5264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5265/5265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5266/5266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5296/5296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5297/5297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5299/5299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5300/5300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5301/5301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5302/5302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5303/5303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5304/5304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5340/5340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5341/5341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5344/5344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5346/5346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5348/5348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5349/5349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5357/5357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5364/5364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5381/5381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5382/5382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5383/5383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5408/5408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5409/5409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5410/5410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5411/5411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5425/5425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5426/5426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5427/5427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5428/5428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5431/5431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5472/5472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5473/5473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5474/5474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5497/5497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5498/5498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5499/5499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5514/5514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5515/5515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5516/5516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5534/5534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5546/5546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5547/5547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5592/5592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5593/5593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5594/5594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5605/5605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5614/5614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5615/5615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5632/5632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5633/5633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5647/5647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5648/5648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5649/5649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5660/5660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5661/5661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5662/5662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5666/5666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4549/4549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4550/4550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4551/4551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4552/4552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4553/4553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4554/4554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4555/4555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4556/4556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4557/4557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4559/4559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4560/4560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4561/4561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4562/4562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4564/4564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4566/4566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4567/4567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4568/4568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4569/4569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4570/4570_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4571/4571_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4572/4572_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4573/4573_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4574/4574_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4575/4575_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4576/4576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4577/4577_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4578/4578_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4579/4579_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4580/4580_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4581/4581_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4582/4582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4583/4583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4584/4584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4585/4585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4587/4587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4589/4589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4592/4592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4593/4593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4594/4594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4595/4595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4596/4596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4598/4598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4599/4599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4600/4600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4601/4601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4602/4602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4603/4603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4604/4604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4605/4605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4606/4606_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4607/4607_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4608/4608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4609/4609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4610/4610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4611/4611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4613/4613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4614/4614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4615/4615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4616/4616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4617/4617_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4618/4618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4619/4619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4620/4620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4621/4621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4622/4622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4623/4623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4630/4630_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4631/4631_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4632/4632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4633/4633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4634/4634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4635/4635_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4636/4636_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4637/4637_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4638/4638_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4639/4639_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4640/4640_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4641/4641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4642/4642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4643/4643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4644/4644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4645/4645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4646/4646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4647/4647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4648/4648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4649/4649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4654/4654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4655/4655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4656/4656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4657/4657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4660/4660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4659/4659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4661/4661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4662/4662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4663/4663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4664/4664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4665/4665_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4666/4666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4667/4667_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4668/4668_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4669/4669_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4670/4670_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4671/4671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4672/4672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4673/4673_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4674/4674_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4675/4675_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4676/4676_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4677/4677_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4679/4679_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4680/4680_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4681/4681_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4682/4682_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4683/4683_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4684/4684_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4685/4685_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4686/4686_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4687/4687_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4688/4688_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4689/4689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4690/4690_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4691/4691_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4692/4692_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4694/4694_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4695/4695_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4696/4696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4697/4697_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4698/4698_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4699/4699_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4710/4710_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4711/4711_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4712/4712_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4713/4713_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4714/4714_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4715/4715_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4716/4716_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4717/4717_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4718/4718_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4719/4719_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4720/4720_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4721/4721_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4722/4722_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4723/4723_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4724/4724_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4725/4725_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4726/4726_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4728/4728_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4729/4729_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4730/4730_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4731/4731_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4732/4732_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4733/4733_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4734/4734_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4735/4735_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4736/4736_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4737/4737_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4738/4738_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4739/4739_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4740/4740_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4741/4741_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4742/4742_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4743/4743_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4744/4744_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4745/4745_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4746/4746_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4750/4750_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4751/4751_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4752/4752_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4753/4753_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4754/4754_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4755/4755_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4756/4756_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4758/4758_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4759/4759_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4761/4761_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4762/4762_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4763/4763_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4765/4765_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4766/4766_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4767/4767_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4768/4768_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4769/4769_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4770/4770_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4771/4771_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4772/4772_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4773/4773_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4774/4774_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4775/4775_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4777/4777_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4778/4778_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4779/4779_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4780/4780_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4781/4781_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4782/4782_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4783/4783_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4784/4784_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4785/4785_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4786/4786_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4787/4787_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4788/4788_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4789/4789_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4790/4790_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4792/4792_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4793/4793_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4795/4795_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4796/4796_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4797/4797_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4799/4799_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4801/4801_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4802/4802_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4803/4803_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4804/4804_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4805/4805_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4806/4806_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4807/4807_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4808/4808_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4809/4809_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4810/4810_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4811/4811_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4817/4817_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4819/4819_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4820/4820_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4821/4821_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4822/4822_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4823/4823_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4824/4824_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4825/4825_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4826/4826_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4827/4827_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4828/4828_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4829/4829_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4830/4830_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4831/4831_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4832/4832_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4833/4833_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4834/4834_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4835/4835_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4836/4836_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4837/4837_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4838/4838_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4839/4839_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4840/4840_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4841/4841_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4842/4842_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4843/4843_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4844/4844_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4845/4845_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4846/4846_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4847/4847_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4848/4848_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4849/4849_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4850/4850_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4854/4854_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4855/4855_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4856/4856_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4857/4857_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4858/4858_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4859/4859_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4860/4860_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4861/4861_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4862/4862_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4863/4863_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4864/4864_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4865/4865_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4866/4866_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4867/4867_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4868/4868_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4869/4869_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4870/4870_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4871/4871_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4872/4872_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4873/4873_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4874/4874_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4875/4875_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4876/4876_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4877/4877_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4878/4878_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4880/4880_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4886/4886_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4888/4888_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4889/4889_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4892/4892_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4895/4895_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4896/4896_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4897/4897_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4898/4898_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4899/4899_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4901/4901_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4902/4902_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4905/4905_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4906/4906_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4907/4907_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4908/4908_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4909/4909_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4910/4910_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4911/4911_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4912/4912_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4914/4914_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4915/4915_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4916/4916_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4917/4917_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4918/4918_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4919/4919_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4920/4920_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4921/4921_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4922/4922_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4923/4923_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4924/4924_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4925/4925_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4926/4926_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4927/4927_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4935/4935_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4936/4936_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4938/4938_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4939/4939_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4940/4940_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4941/4941_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4942/4942_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4943/4943_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4944/4944_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4945/4945_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4946/4946_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4947/4947_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4952/4952_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4953/4953_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4954/4954_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4955/4955_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4957/4957_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4958/4958_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4959/4959_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4960/4960_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4961/4961_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4962/4962_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4964/4964_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4965/4965_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4967/4967_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4968/4968_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4969/4969_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4970/4970_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4972/4972_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4974/4974_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4975/4975_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4977/4977_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4978/4978_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4979/4979_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4980/4980_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4981/4981_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4982/4982_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4983/4983_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4984/4984_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4992/4992_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4994/4994_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4996/4996_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4998/4998_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4999/4999_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5000/5000_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5001/5001_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5002/5002_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5003/5003_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5004/5004_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5005/5005_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5008/5008_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5009/5009_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5010/5010_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5011/5011_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5012/5012_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5013/5013_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5014/5014_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5015/5015_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5016/5016_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5017/5017_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5018/5018_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5019/5019_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5020/5020_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5021/5021_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5022/5022_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5026/5026_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5027/5027_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5028/5028_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5029/5029_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5030/5030_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5031/5031_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5032/5032_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5033/5033_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5035/5035_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5036/5036_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5037/5037_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5038/5038_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5039/5039_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5040/5040_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5041/5041_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5042/5042_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5043/5043_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5044/5044_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5045/5045_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5048/5048_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5049/5049_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5050/5050_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5051/5051_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5052/5052_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5053/5053_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5054/5054_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5056/5056_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5057/5057_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5059/5059_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5060/5060_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5061/5061_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5063/5063_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5064/5064_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5065/5065_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5066/5066_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5067/5067_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5068/5068_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5070/5070_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5071/5071_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5072/5072_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5073/5073_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5074/5074_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5076/5076_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5078/5078_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5079/5079_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5081/5081_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5083/5083_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5084/5084_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5085/5085_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5087/5087_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5088/5088_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5089/5089_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5091/5091_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5092/5092_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5094/5094_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5104/5104_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5106/5106_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5107/5107_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5108/5108_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5109/5109_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5110/5110_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5111/5111_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5112/5112_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5113/5113_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5114/5114_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5115/5115_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5116/5116_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5117/5117_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5118/5118_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5119/5119_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5120/5120_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5121/5121_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5125/5125_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5126/5126_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5127/5127_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5135/5135_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5136/5136_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5137/5137_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5138/5138_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5139/5139_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5140/5140_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5141/5141_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5142/5142_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5143/5143_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5144/5144_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5145/5145_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5146/5146_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5147/5147_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5148/5148_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5149/5149_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5161/5161_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5162/5162_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5163/5163_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5164/5164_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5165/5165_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5166/5166_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5167/5167_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5168/5168_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5169/5169_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5170/5170_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5171/5171_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5172/5172_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5173/5173_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5174/5174_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5175/5175_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5176/5176_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5177/5177_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5178/5178_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5179/5179_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5180/5180_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5181/5181_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5182/5182_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5183/5183_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5184/5184_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5185/5185_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5190/5190_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5191/5191_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5192/5192_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5193/5193_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5194/5194_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5195/5195_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5196/5196_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5197/5197_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5198/5198_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5199/5199_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5200/5200_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5201/5201_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5202/5202_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5203/5203_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5204/5204_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5205/5205_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5206/5206_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5207/5207_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5208/5208_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5209/5209_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5210/5210_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5220/5220_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5222/5222_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5223/5223_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5224/5224_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5225/5225_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5226/5226_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5227/5227_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5228/5228_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5229/5229_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5230/5230_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5231/5231_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5232/5232_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5233/5233_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5234/5234_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5236/5236_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5238/5238_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5240/5240_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5242/5242_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5251/5251_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5253/5253_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5254/5254_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5255/5255_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5256/5256_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5257/5257_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5258/5258_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5259/5259_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5260/5260_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5261/5261_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5269/5269_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5270/5270_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5271/5271_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5272/5272_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5273/5273_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5274/5274_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5275/5275_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5276/5276_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5277/5277_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5278/5278_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5279/5279_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5280/5280_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5281/5281_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5282/5282_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5283/5283_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5284/5284_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5286/5286_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5287/5287_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5288/5288_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5289/5289_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5290/5290_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5291/5291_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5292/5292_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5293/5293_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5294/5294_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5295/5295_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5306/5306_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5307/5307_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5308/5308_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5309/5309_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5310/5310_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5311/5311_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5312/5312_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5313/5313_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5314/5314_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5315/5315_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5316/5316_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5317/5317_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5318/5318_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5319/5319_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5320/5320_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5321/5321_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5322/5322_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5323/5323_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5324/5324_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5337/5337_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5338/5338_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5339/5339_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5342/5342_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5343/5343_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5345/5345_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5347/5347_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5350/5350_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5351/5351_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5352/5352_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5353/5353_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5354/5354_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5355/5355_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5356/5356_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5358/5358_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5359/5359_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5361/5361_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5362/5362_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5363/5363_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5365/5365_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5366/5366_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5367/5367_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5368/5368_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5369/5369_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5370/5370_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5371/5371_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5372/5372_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5373/5373_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5374/5374_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5375/5375_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5376/5376_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5377/5377_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5378/5378_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5379/5379_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5380/5380_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5384/5384_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5385/5385_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5386/5386_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5387/5387_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5388/5388_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5389/5389_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5390/5390_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5392/5392_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5393/5393_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5394/5394_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5395/5395_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5396/5396_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5397/5397_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5398/5398_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5399/5399_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5400/5400_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5401/5401_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5402/5402_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5403/5403_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5404/5404_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5405/5405_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5415/5415_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5416/5416_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5417/5417_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5418/5418_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5419/5419_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5420/5420_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5421/5421_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5422/5422_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5423/5423_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5429/5429_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5430/5430_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5432/5432_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5434/5434_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5435/5435_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5437/5437_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5438/5438_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5439/5439_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5441/5441_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5449/5449_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5450/5450_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5451/5451_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5452/5452_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5453/5453_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5454/5454_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5455/5455_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5456/5456_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5461/5461_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5458/5458_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5459/5459_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5460/5460_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5457/5457_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5462/5462_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5463/5463_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5464/5464_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5465/5465_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5466/5466_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5467/5467_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5468/5468_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5469/5469_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5470/5470_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5471/5471_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5475/5475_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5476/5476_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5477/5477_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5479/5479_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5480/5480_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5481/5481_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5482/5482_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5483/5483_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5484/5484_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5485/5485_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5492/5492_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5501/5501_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5502/5502_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5503/5503_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5504/5504_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5505/5505_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5506/5506_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5507/5507_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5508/5508_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5509/5509_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5510/5510_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5511/5511_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5512/5512_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5517/5517_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5521/5521_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5522/5522_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5523/5523_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5524/5524_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5525/5525_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5526/5526_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5527/5527_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5528/5528_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5529/5529_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5530/5530_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5531/5531_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5532/5532_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5533/5533_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5536/5536_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5537/5537_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5538/5538_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5539/5539_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5540/5540_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5541/5541_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5542/5542_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5550/5550_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5551/5551_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5552/5552_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5553/5553_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5554/5554_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5555/5555_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5556/5556_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5557/5557_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5558/5558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5559/5559_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5560/5560_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5561/5561_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5562/5562_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5563/5563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5564/5564_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5565/5565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5566/5566_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5567/5567_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5568/5568_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5569/5569_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5582/5582_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5583/5583_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5584/5584_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5585/5585_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5586/5586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5587/5587_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5588/5588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5589/5589_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5590/5590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5595/5595_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5596/5596_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5597/5597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5598/5598_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5599/5599_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5600/5600_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5601/5601_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5602/5602_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5603/5603_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5608/5608_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5609/5609_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5610/5610_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5611/5611_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5616/5616_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5618/5618_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5619/5619_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5620/5620_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5621/5621_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5622/5622_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5623/5623_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5624/5624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5625/5625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5626/5626_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5627/5627_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5628/5628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5641/5641_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5642/5642_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5643/5643_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5644/5644_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5645/5645_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5646/5646_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5653/5653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5654/5654_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5655/5655_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5656/5656_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5657/5657_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5658/5658_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5659/5659_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5671/5671_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5672/5672_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5696/5696_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4586/4586_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4588/4588_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4590/4590_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4591/4591_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4629/4629_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4812/4812_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4903/4903_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4904/4904_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5006/5006_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5007/5007_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5024/5024_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5046/5046_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5047/5047_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5069/5069_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5095/5095_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5096/5096_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5263/5263_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5406/5406_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5424/5424_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5442/5442_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5443/5443_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5500/5500_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5543/5543_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5549/5549_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5576/5576_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5689/5689_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4628/4628_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4693/4693_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4749/4749_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4813/4813_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4851/4851_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5023/5023_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5025/5025_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5262/5262_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5305/5305_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5325/5325_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5407/5407_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5494/5494_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5493/5493_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5513/5513_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5548/5548_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5604/5604_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5612/5612_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5613/5613_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5634/5634_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5651/5651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5664/5664_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5535/5535_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5663/5663_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4558/4558_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4563/4563_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4565/4565_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4597/4597_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4624/4624_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4625/4625_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4650/4650_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4651/4651_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4652/4652_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4653/4653_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4705/4705_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4706/4706_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4707/4707_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4708/4708_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4709/4709_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4727/4727_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4747/4747_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4748/4748_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4757/4757_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4760/4760_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4764/4764_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4776/4776_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4791/4791_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4794/4794_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4798/4798_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4800/4800_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4814/4814_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4815/4815_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4816/4816_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4818/4818_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4879/4879_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4881/4881_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4885/4885_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4887/4887_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4893/4893_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4948/4948_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4949/4949_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4950/4950_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4951/4951_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4956/4956_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4973/4973_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4966/4966_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4976/4976_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4985/4985_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4986/4986_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4987/4987_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4988/4988_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4989/4989_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4990/4990_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4991/4991_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4993/4993_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/4995/4995_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5055/5055_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5058/5058_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5062/5062_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5075/5075_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5080/5080_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5082/5082_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5086/5086_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5090/5090_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5093/5093_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5097/5097_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5098/5098_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5099/5099_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5100/5100_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5101/5101_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5102/5102_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5103/5103_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5128/5128_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5129/5129_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5130/5130_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5131/5131_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5132/5132_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5133/5133_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5134/5134_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5156/5156_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5157/5157_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5158/5158_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5159/5159_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5160/5160_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5186/5186_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5187/5187_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5188/5188_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5189/5189_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5239/5239_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5247/5247_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5248/5248_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5249/5249_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5250/5250_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5252/5252_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5264/5264_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5265/5265_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5266/5266_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5296/5296_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5297/5297_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5299/5299_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5300/5300_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5301/5301_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5302/5302_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5303/5303_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5304/5304_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5340/5340_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5341/5341_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5344/5344_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5346/5346_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5348/5348_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5349/5349_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5357/5357_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5364/5364_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5381/5381_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5382/5382_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5383/5383_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5408/5408_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5409/5409_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5410/5410_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5411/5411_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5425/5425_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5426/5426_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5427/5427_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5428/5428_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5431/5431_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5472/5472_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5473/5473_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5474/5474_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5497/5497_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5498/5498_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5499/5499_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5514/5514_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5515/5515_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5516/5516_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5534/5534_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5546/5546_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5547/5547_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5592/5592_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5593/5593_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5594/5594_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5605/5605_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5614/5614_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5615/5615_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5632/5632_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5633/5633_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5647/5647_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5648/5648_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5649/5649_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5660/5660_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5661/5661_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5662/5662_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/./sapl/public/materialegislativa/2016/5666/5666_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="78.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>