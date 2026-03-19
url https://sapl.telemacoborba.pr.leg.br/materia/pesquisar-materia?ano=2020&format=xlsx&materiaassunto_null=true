--- v0 (2025-10-16)
+++ v1 (2026-03-19)
@@ -54,147 +54,147 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10812</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10812/eme_001.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10812/eme_001.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 001/2020 de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização que apresentam  EMENDA MODIFICATIVA ao projeto de Lei Complementar nº 04/2020 de autoria do Poder Executivo que “Aumenta o vencimento do Quadro Geral do Magistério em conformidade ao piso nacional”, passando o artigo 1º a vigorar com a seguinte redação:  Art. 1°. Para fins de atendimento ao piso nacional do magistério previsto no art. 5º da Lei 11.738 de 16 de julho de 2008, fica concedido aos servidores públicos municipais do Quadro do Magistério, a partir de 1º de janeiro de 2020, aumento de 1,205 % (um inteiro e duzentos e cinco milésimos de percentuais) incidentes sobre a remuneração.</t>
   </si>
   <si>
     <t>10869</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Marquinho, Toto</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10869/emenda_002-2020_plo_no_014-2020_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10869/emenda_002-2020_plo_no_014-2020_1.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 002/20 de iniciativa dos Vereadores Antonio Marco de Almeida e Everton Fernando Soares que apresentam EMENDA ADITIVA ao projeto de Lei nº 014/20 de autoria do Poder Executivo que "Dispõe sobre o uso e condução de carros oficiais",  Renumerar o parágrafo único do Art. 7º, passando a ser o § 1º, e acrescentar o parágrafo 2º ao referido artigo, com seguinte redação: § 2º Fica proibido o uso de logotipos e/ou logomarcas institucionais que identifiquem o governo ocupante do Poder tanto nas frotas do Executivo quanto do Legislativo, sendo obrigatório tão somente o uso do Brasão de Armas do Município.</t>
   </si>
   <si>
     <t>10885</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10885/eme_003.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10885/eme_003.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 003/20, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização que apresentam EMENDA MODIFICATIVA ao Projeto de Lei Ordinária Nº 018/2020, de iniciativa do Poder Executivo, Mensagem Nº 015 de 27 de março de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 550.000,00".  passando a redação do artigo 2º a vigorar com a seguinte redação:  Art. 2°.Para cobertura dos créditos abertos no artigo 1º, é indicado como recurso a anulação parcial da fonte de recurso nº 507 no valor de R$ 550.000,00 (Quinhentos e cinquenta mil reais), conforme demonstrativo abaixo: - Inalterado. "</t>
   </si>
   <si>
     <t>11233</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Emenda Nº 004/2020, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que apresenta EMENDA MODIFICATIVA ao Projeto de Lei Complementar Nº 015/2019, de autoria do Poder Executivo, que “Desafeta de uso comum do povo e/ou especial, faixa de áreas de terras de propriedade do Município e autoriza o Executivo Municipal a realizar a concessão administrativa de servidão de passagem à Companhia de Saneamento do Paraná - SANEPAR”.</t>
   </si>
   <si>
     <t>11273</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11273/emenda_no_005-2020_plo_030-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11273/emenda_no_005-2020_plo_030-20.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 005/2020, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que apresenta Emenda Modificativa ao Projeto de Lei Ordinária Nº 030/2020, de iniciativa do Poder Executivo, Mensagem Nº 038 de 31 de julho de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 4.837.000,00 (quatro milhões, oitocentos e trinta e sete mil reais)".</t>
   </si>
   <si>
     <t>11292</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11292/emenda_no_006-2020_plo_031-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11292/emenda_no_006-2020_plo_031-20.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 006/2020, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que apresenta EMENDA MODIFICATIVA ao Projeto de Lei Ordinária Nº 031/2020, que "Altera anexos integrantes da Lei Nº 2193 de 15/12/2017 - Plano Plurianual do Município de 2018 à 2021 e dá outras providências", alterando a redação do artigo 2º, o qual passará a vigorar da forma descrita a seguir: Art. 2°. Ficam excluídas as ações: 1.008 – Implantação do Novo Restaurante Municipal; 1.010 – Construção Nova Sede Administrativa (Contrapartida Financiamento); 1.030 – Construção de Almoxarifado Central da Secretaria Municipal de Educação; 1.045 – Construção de CMEI no Bairro Macopa; 1.063 – Polo TB – Polo Logístico de Telêmaco Borba.</t>
   </si>
   <si>
     <t>11293</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11293/emenda_no_007-2020_plo_034-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11293/emenda_no_007-2020_plo_034-2020.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 007/2020, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que apresenta EMENDA MODIFICATIVA ao Projeto de Lei Ordinária Nº 034/2020, que “Autoriza a abertura de crédito adicional especial na importância de R$ 6.034.918,62”, alterando as dotações e nomenclaturas dos projetos/atividades das tabelas correspondentes às fontes 103 (5% sobre Transferências Constitucionais FUNDEB) e 104 (Demais Impostos Vinculados à Educação Básica)  constantes do artigo 2º".</t>
   </si>
   <si>
     <t>11323</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>EMENDA Nº 008/2020, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que apresenta Emenda Modificativa ao Projeto de Lei Ordinária nº 020/2020, que “Dispõe sobre as diretrizes para elaboração da Lei Orçamentária do Município de Telêmaco Borba para o exercício financeiro de 2021 e dá outras providências”, alterando a redação dos artigos 58 e 59.</t>
   </si>
   <si>
     <t>11385</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11385/emenda_no_009-2020_plc_028-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11385/emenda_no_009-2020_plc_028-2020.pdf</t>
   </si>
   <si>
     <t>Emenda Nº 009/2020, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que apresenta EMENDA ADITIVA ao Projeto de Lei Complementar Nº 028/2020 que “Revoga o § 2º do art. 128 e parágrafo único do art. 138 da Lei nº 1.883 de 05 de abril de 2012. Altera a redação do Capítulo VIII, do Título II, altera o caput do art. 39, caput e o § 1º do art. 128, art. 130, art. 138, altera a redação do inciso I do art. 140, caput do art. 246 da Lei nº 1.883 de 05 de abril de 2012. Acrescenta o art. 38-A, os § 3º, § 4º, § 5º, § 6º, § 7º, § 8º e § 9º ao art. 128, os § 2º, § 3º, § 4º e § 5º ao art. 130, os § 2º e § 3º ao art. 138, o Capítulo VII do Título III e Seções I e II, e os art. 163-A, art. 163-B, art. 163-C, art. 163-D, art. 163-E, art. 163-F, § 5º, incisos I, II e III ao art. 246, na Lei nº 1.883 de 05 de abril de 2012 e dá outras disposições.”</t>
   </si>
   <si>
     <t>11469</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
     <t>Emenda Nº 010/2020, de iniciativa dos Vereadores que apresentam EMENDA MODIFICATIVA ao Projeto de Lei Ordinária nº 040/2020 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – Pr para o exercício de 2021”, alterando a nomenclatura/descrição do projeto/atividade vinculado a ação de “Pavimentação de Vias Urbanas” nos Anexos correspondentes ao exercício de 2021".</t>
   </si>
   <si>
     <t>11470</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Emenda Nº 011/2020, de iniciativa dos Vereadores que apresentam EMENDA MODIFICATIVA ao art. 10 do Projeto de Lei Ordinária nº 040/2020 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2021”. (Percentual do Poder Legislativo)</t>
   </si>
@@ -238,5224 +238,5224 @@
 Sala das Sessões,....../......./2020_x000D_
 _x000D_
 ___________________________x000D_
            Ezequiel Ligoski Betim_x000D_
                      Presidente_x000D_
  _x000D_
 _x000D_
 INDICAÇÃO Nº /00_x000D_
 _x000D_
                                 O Vereador que subscreve, no uso de suas prerrogativas regimentais, “INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE QUE EFETUE  O SERVIÇO DE TAPA BURACOS, NA AV PRESIDENTE KENNEDY,  EM FRENTE AO NUMERO 520, ONDE ABRIU UM BURACO DE GRANDE DIMENSÃO._x000D_
 _x000D_
  J U S T I F I C A T I V A _x000D_
  Usuários desta via, solicitam este reparo, decorrente do buraco estar aumentando a cada chuva._x000D_
  _x000D_
 Sala das Sessões, 17 de Fevereiro de 2020_x000D_
 Marcos Rogerio Silva Mello_x000D_
 Vereador</t>
   </si>
   <si>
     <t>10659</t>
   </si>
   <si>
     <t>Cesinha</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10659/ind_001.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10659/ind_001.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE JUNTO A COPEL REALIZE UM ESTUDO PARA EXTENSÃO DE REDE DE ENERGIA ELÉTRICA PARA A RUA AB Nº 10 BELA VISTA”.</t>
   </si>
   <si>
     <t>10660</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10660/ind_002.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10660/ind_002.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE INSTALAÇÃO DE POSTE E LUMINÁRIAS A PARTIR DO VIADUTO ATÉ A PONTO DO RIO TIBAGI”.</t>
   </si>
   <si>
     <t>10661</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10661/ind_003.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10661/ind_003.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO TB TRAN REALIZE UM ESTUDO PARA TORNAR MÃO ÚNICA A RUA MOINHO VELHO – PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>10663</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10663/ind_004.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10663/ind_004.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE O SERVIÇO DE COLOCAÇÃO DE CALÇADAS NO PASSEIO PARA PEDESTRE NA MARGINAL ENTRE A RUA HARMONIA – PARQUE LIMEIRA ÁREA II E O VIADUTO”.</t>
   </si>
   <si>
     <t>10664</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10664/ind_005.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10664/ind_005.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO UM ESTUDO VIÁRIO NA PR-160 RODOVIA DO PAPEL PRÓXIMO AO MERCADO SUPER CERTO NO TREVO DA VILA OSÓRIO PARA A INSTALAÇÃO DE UM SEMÁFORO”.</t>
   </si>
   <si>
     <t>10666</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10666/ind_006.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10666/ind_006.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO TB TRAN REALIZE REPARO (TAPA BURACOS) NAS RUAS IBICUÍ E ALTO PARANÁ QUE FAZEM CONFLUÊNCIA COM A RUA JURUTANHI – JARDIM PROGRESSO ÁREA 6”.</t>
   </si>
   <si>
     <t>10662</t>
   </si>
   <si>
     <t>Elis</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10662/ind_007.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10662/ind_007.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A LIMPEZA DO LOTE AO LADO DO RESIDENCIAL ATLÂNTICO, NO JARDIM EUROPA”.</t>
   </si>
   <si>
     <t>10665</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10665/ind_008.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10665/ind_008.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, QUE NOTIFIQUE O PROPRIETÁRIO PARA QUE TOME AS DEVIDAS PROVIDÊNCIAS QUANTO À LIMPEZA DO TERRENO LOCALIZADO NA TRAVESSA AROEIRA, JARDIM FLORESTAL, AO LADO DO NÚMERO 66. CASO OS PROPRIETÁRIOS NÃO REALIZEM A LIMPEZA QUE O EXECUTIVO TOME AS DEVIDAS PROVIDÊNCIAS PARA LIMPEZA E POSTERIORMENTE ENVIE COBRANÇA AO PROPRIETÁRIO DOS SERVIÇOS REALIZADOS”.</t>
   </si>
   <si>
     <t>10668</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10668/ind_009.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10668/ind_009.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, QUE DISPONIBILIZE ACESSO A INTERNET NA PRAÇA PEDRO CORTÊS ATRAVÉS DA TB DIGITAL”.</t>
   </si>
   <si>
     <t>10671</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10671/ind_010.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10671/ind_010.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, QUE DISPONIBILIZE ACESSO A INTERNET AO RESIDENCIAL ATLÂNTICO ATRAVÉS DO TELÊMACO BORBA DIGITAL (TB Digital)”.</t>
   </si>
   <si>
     <t>10672</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10672/ind_011.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10672/ind_011.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DE DOAR E INSTALAR UM PARQUINHO INFANTIL NO RESIDENCIAL ATLÂNTICO, JARDIM EUROPA, DESSES QUE ESTÃO SENDO SUBSTITUÍDOS DAS PRAÇAS POR NOVOS, MAS QUE AINDA ENCONTRAM-SE EM BOM ESTADO DE USO”.</t>
   </si>
   <si>
     <t>10667</t>
   </si>
   <si>
     <t>Ezequiel Betim</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10667/ind_012.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10667/ind_012.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES, PARA QUE ESTUDEM A POSSIBILIDADE FAZER A REVITALIZAÇÃO DO VIADUTO CARLOS HUGO VOLFF VON GRAFFEN E DA PASSARELA DA VILA OSÓRIO, AMBOS NA RODOVIA DO PAPEL."</t>
   </si>
   <si>
     <t>10669</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10669/ind_013.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10669/ind_013.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES, PARA QUE ESTUDEM A POSSIBILIDADE FAZER DE FAZER RECAPE ASFÁLTICO NAS RUAS, RESERVA, UVARANAL, RIO MADEIRA, BALÇA NOVA ,TRAVESSA SERRADINHO, TODAS NO BAIRRO ÁREA 2."</t>
   </si>
   <si>
     <t>10670</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10670/ind_014.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10670/ind_014.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES,  QUE SE FAÇA UM ESTUDO PARA IMPLANTAÇÃO DE UM SEMÁFORO OU FAIXA ELEVADA A FIM DE MELHORAR A SEGURANÇA NA RUA TIRADENTES ESQUINA COM A RUA ALBERTO ELERTH FILHO."</t>
   </si>
   <si>
     <t>10674</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10674/ind_015.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10674/ind_015.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES,  QUE REALIZE SERVIÇO DE RECAPEAMENTO COM LAMA ASFÁLTICA NA RUA PROFESSORA EDITH GORDAN E NA RUA CARAMURU AMBAS NO CENTRO DA CIDADE."</t>
   </si>
   <si>
     <t>10673</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Fubá</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10673/ind_016.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10673/ind_016.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR LOMBADA NA RUA CRISTAL DA ROCHA EM FRENTE AO Nº 28 BAIRRO ÁREA 4".</t>
   </si>
   <si>
     <t>10675</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10675/ind_017.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10675/ind_017.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR LOMBADA RUA ESMERALDA, EM FRENTE AO Nº 16, BAIRRO ÁREA 4".</t>
   </si>
   <si>
     <t>10676</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10676/ind_018.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10676/ind_018.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR TRAVESSIA ELEVADA NA RUA CORUMBA EM FRENTE AO Nº 182, BAIRRO SÃO JORGE".</t>
   </si>
   <si>
     <t>10677</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10677/ind_019.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10677/ind_019.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR LIMPEZA DE BUEIRO NA RUA ESMERALDA EM FRENTE AO Nº 16 BAIRRO ÁREA 4".</t>
   </si>
   <si>
     <t>10680</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Marquinho</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10680/ind_020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10680/ind_020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA EFETUADO ESTUDO E POSTERIORMENTE INSTALADO EM UM DOS CANTEIROS OU TERRENOS PÚBLICOS DA ENTRADA DA CIDADE UM MONUMENTO QUE REPRESENTE A FÉ DA MAIORIA DOS TELEMACOBORBENSES NO CRISTIANISMO (BÍBLIA, VERSÍCULO BÍBLICO, ETC)”.</t>
   </si>
   <si>
     <t>10681</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10681/ind_021.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10681/ind_021.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A CRIAÇÃO DE NOVO MEIO DE SOLICITAÇÃO DE TROCA DE LÂMPADAS, VIA  APLICATIVO DE MENSAGENS WHATSAPP (REITERANDO INDICAÇÃO DE 2018 e 2019)”.</t>
   </si>
   <si>
     <t>10682</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10682/ind_022.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10682/ind_022.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO UM PROGRAMA PUBLICITÁRIO PARA INCENTIVAR AS DOAÇÕES DE PARTE DO IMPOSTO DE RENDA PARA O FUNDO MUNICIPAL DA CRIANÇA E DO ADOLESCENTE DE TELÊMACO BORBA”.</t>
   </si>
   <si>
     <t>10683</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10683/ind_023.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10683/ind_023.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE INCLUA NO PROGRAMA DE RECAPE ASFÁLTICO AS RUAS DA PARTE JÁ RECEBIDA PELO MUNICÍPIO DO BAIRRO RESIDENCIAL CASA BELLA, HAJA VISTA TEREM SIDO DEVIDAMENTE APROVADAS PELA LEI ORÇAMENTÁRIA DE 2020, SENDO AVENIDAS FIRENZE E MILÃO, BEM COMO RUAS AREZZO, BARI, BOLONHA, CATÂNIA, FERRARA, FLORENÇA, GÊNOVA, LATINA, MILANO, PÁDUA, PALERMO, PARMA, PERUGIA, RAVENNA, SIENA, TORINO, UDINE E VERONA”.</t>
   </si>
   <si>
     <t>10685</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10685/ind_024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10685/ind_024.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE RECAPE ASFÁLTICO NAS SEGUINTES RUAS: PROFESSOR JOÃO CÂNDIDO, NO BAIRRO MONTE BELO (MUITO ESBURACADA), E CORBÉLIA NAS CEM CASAS (UMA DAS ÚNICAS DA REDONDEZA QUE NÃO RECEBEU A MELHORIA)”.</t>
   </si>
   <si>
     <t>10678</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Maurício</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10678/ind_025.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10678/ind_025.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE A LIMPEZA E DESOBSTRUÇÃO DOS BUEIROS LOCALIZADOS NA RUA DOS CURIÓS EM FRENTE AO Nº242 E Nº245 NO BAIRRO SÃO SILVESTRE".</t>
   </si>
   <si>
     <t>10679</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10679/ind_026.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10679/ind_026.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE ESTUDO PARA A CONSTRUÇÃO DE UMA ROTATÓRIA, OU OUTRA MEDIDA QUE SE JULGAR NECESSÁRIA PARA MELHORAR O FLUXO E EVITAR ACIDENTES NO ENTRONCAMENTO DA RUA DOS FRANÇA, TRAVESSA RIO BONITO E RUA ISRAEL NO BAIRRO ÁGUA VERDE (ÁREA SETE)".</t>
   </si>
   <si>
     <t>10684</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10684/ind_027.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10684/ind_027.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE A COLOCAÇÃO DE GRELHA NO BUEIRO LOCALIZADO NA RUA TREMENDAL EM FRENTE AO Nº 169 NO BAIRRO JARDIM PROGRESSO (ÁREA SEIS)".</t>
   </si>
   <si>
     <t>10686</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Miltinho</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10686/ind_028.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10686/ind_028.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO DEPARTAMENTO DE OBRAS E SERVIÇOS PÚBLICOS QUE SEJA FEITO UM ESTUDO PARA PODA DE ÁRVORES QUE ESTA COMPROMETENDO OS FIOS DE ILUMINAÇÃO PÚBLICA, NA RUA SANTO ONOFRE, BAIRRO ÁREA III".</t>
   </si>
   <si>
     <t>10687</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Renato Bahena</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10687/ind_029.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10687/ind_029.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM ESTUDO JUNTO AO TBTRAN, COM VISTAS A INSTALAÇÃO DE PINTURA NOS CRUZAMENTOS DA CIDADE, CHAMADAS DE ‘CAIXAS AMARELAS’, OU ‘MARCAÇÕES DE ÁREA DE CONFLITOS."</t>
   </si>
   <si>
     <t>10689</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10689/ind_030.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10689/ind_030.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIEM REPARO, MANUTENÇÃO E INSTALAÇÃO DA RESPECTIVA GRADE EM BUEIRO EXISTENTE NA ESQUINA DA AV. SÃO JOÃO DEL REY COM RUA JEQUITIBÁ, PARQUE LIMEIRA ÁREA 6.”</t>
   </si>
   <si>
     <t>10691</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10691/ind_031.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10691/ind_031.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIEM OPERAÇÃO TAPA-BURACOS NA RUA PALMEIRAS ESQUINA COM A RUA MANACÁ, JARDIM ALEGRE.”</t>
   </si>
   <si>
     <t>10692</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10692/ind_032.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10692/ind_032.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIEM OPERAÇÃO TAPA-BURACOS NA RUA PALMEIRAS ESQUINA COM A RUA DAS ROSAS, JARDIM ALEGRE.”</t>
   </si>
   <si>
     <t>10693</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10693/ind_033.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10693/ind_033.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIEM PLACAS A SEREM AFIXADAS AO LONGO DO MURO DE ARRIMO DO AEROPORTO, À RUA RIO IGUAÇU, COM A INDICAÇÃO DE SER PROIBIDO JOGAR LIXO, EM CONFORMIDADE COM A LEI MUNICIPAL 1621/2007, NOS SEUS ART. 45 PARÁGRAFO ÚNICO, ART. 47 INCISO V E ART. 48, HAJA VISTA RESÍDUOS DE TODA ESPÉCIE, SOBRETUDO LIXO DOMÉSTICO E RESÍDUOS DE CONSTRUÇÃO CIVIL ESTÃO SENDO DEPOSITADOS NAQUELE LOCAL.”</t>
   </si>
   <si>
     <t>10688</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>Toto</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10688/ind_034.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10688/ind_034.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIE LIMPEZA E DESENTUPIMENTO DE BUEIROS  E COLOCAÇÃO DE UMA NOVA TAMPA PARA O BUEIRO LOCALIZADO NA RUA CHILE, EM FRENTE AO NUMERO 68,NO BAIRRO SOCOMIM, ONDE SE FAZ NECESSÁRIO COM URGÊNCIA".</t>
   </si>
   <si>
     <t>10690</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10690/ind_035.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10690/ind_035.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE ATRAVÉS DOS ÓRGÃOS COMPETENTES, SOLICITAR A CONSTRUÇÃO DE CALÇADAS ( PASSEIO) NOS FUNDOS DA ESCOLA MARECHAL ARTUR DA COSTA E SILVA, NA RUA DELFIM MOREIRA".</t>
   </si>
   <si>
     <t>10694</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10694/ind_036.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10694/ind_036.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE REALIZE A REVITALIZAÇÃO DO CRUZEIRO DAS MISSÕES REDENTORISTAS LOCALIZADO PRÓXIMO A ROTATÓRIA DA AVENIDA PARANÁ COM A PRESIDENTE KENNEDY CENTRO E TAMBÉM O CRUZEIRO LOCALIZADO NA ROTATÓRIA DA AVENIDA CHANCELER HORÁCIO LAFFER - CENTRO COM A MARECHAL DEODORO DA FONSECA – ALTO DAS OLIVEIRAS”.</t>
   </si>
   <si>
     <t>10695</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10695/ind_037.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10695/ind_037.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE REALIZE A REVITALIZAÇÃO DE TODOS OS PONTOS DE TÁXI DE NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>10696</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10696/ind_038.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10696/ind_038.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE A COLOCAÇÃO DE LAMA ASFÁLTICA NO ESTACIONAMENTO DO CENTRO COMUNITÁRIO DA ÁREA II”.</t>
   </si>
   <si>
     <t>10697</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10697/ind_039.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10697/ind_039.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, EM CARÁTER DE URGÊNCIA A VIABILIDADE DE INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA LONDRINA, PRÓXIMO AO NÚMERO 646, NO BAIRRO CENTRO”.</t>
   </si>
   <si>
     <t>10698</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10698/ind_040.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10698/ind_040.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, EM CARÁTER DE URGÊNCIA A VIABILIDADE DE INSTALAÇÃO DE REDUTORES DE VELOCIDADE NAS TRAVESSAS DO BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>10699</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10699/ind_041.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10699/ind_041.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE PROMOVA A 'CÃOMINHADA' E NO MESMO EVENTO A REALIZAÇÃO DE UMA FEIRA DE ADOÇÃO DE FELINOS E CANINOS”.</t>
   </si>
   <si>
     <t>10700</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10700/ind_042.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10700/ind_042.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO NA  RUA SAQUAREMA E RUA PEDRO FALCÃO BAIRRO TRIÂNGULO."</t>
   </si>
   <si>
     <t>10701</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10701/ind_043.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10701/ind_043.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, SUBSTITUIR LÂMPADAS COMUNS POR LÂMPADAS LEDS EM TODAS AS RUAS DO BAIRRO TRIÂNGULO”.</t>
   </si>
   <si>
     <t>10702</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10702/ind_044.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10702/ind_044.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE QUE EFETUE O SERVIÇO DE TAPA BURACO NA RUA GRANDES RIOS, AO LADO DO NÚMERO 161, BAIRRO JARDIM ITÁLIA.”</t>
   </si>
   <si>
     <t>10703</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10703/ind_045.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10703/ind_045.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A NOTIFICAÇÃO DA EMPRESA SANEPAR PARA QUE AO EFETUAREM ‘BURACOS’ EM VIAS PÚBLICAS REALIZEM O SERVIÇO DE RECUPERAÇÃO DAS MESMAS COM MELHOR QUALIDADE, SOB PENA DE PENALIZAÇÃO, HAJA VISTA AS INÚMERAS RECLAMAÇÕES QUE ESTÃO OCORRENDO NESSE SENTIDO (REINTERANDO INDICAÇÃO DE 2019)".</t>
   </si>
   <si>
     <t>10704</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO RECAPE ASFÁLTICO NA TRAVESSA SUÍÇA, BAIRRO JARDIM EUROPA”.</t>
   </si>
   <si>
     <t>10705</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10705/ind_047.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10705/ind_047.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE PLACAS COM O NOME DAS RUAS NO BAIRRO JARDIM ARGENTINA”.</t>
   </si>
   <si>
     <t>10706</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10706/ind_048.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10706/ind_048.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA INSTALADO UM MECANISMO REDUTOR DE VELOCIDADE NA RUA BOM RETIRO ESQUINA COM RIBEIRÃO, NO BAIRRO PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>10707</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10707/ind_049.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10707/ind_049.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA INSTALADO REDUTOR DE VELOCIDADE NA RUA LONDRINA, PRÓXIMO AO NÚMERO 417, OU MESMO OUTRO DISPOSITIVO QUE TRAGA MAIOR SEGURANÇA AOS MUNÍCIPES QUE POR ALI TRANSITAM”.</t>
   </si>
   <si>
     <t>10708</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10708/ind_050.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10708/ind_050.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO  QUE JUNTO AO SENHOR SECRETARIO DE OBRAS QUE SEJA FEITO UM ESTUDO DE SERVIÇO DE PAVIMENTAÇÃO ASFÁLTICA NA RUA HELIO MOURA JORGE, BAIRRO VILA ROSA .”</t>
   </si>
   <si>
     <t>10709</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10709/ind_051.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10709/ind_051.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO SENHOR SECRETARIO DE OBRAS QUE SEJA FEITO UM ESTUDO DE MELHORIAS  E CONSTRUÇÃO DE MEIO FIO, NA RUA ITU, BAIRRO SÃO LUIZ."</t>
   </si>
   <si>
     <t>10710</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10710/ind_052.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10710/ind_052.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA INSTALADO UMA MURETA, GUARD RAIL OU DEFENSA METÁLICA AO LONGO DA PR 160, NO TRECHO QUE COMPREENDE O ENTRONCAMENTO COM A RUA RIO IGUAÇU, ATÉ PRÓXIMO AO MERCADO MONTE CARLO, JARDIM MONTE CARLO, PARA QUE SE EVITE MOTORISTAS COM MOTOCICLETAS E/OU BICICLETAS ATRAVESSAREM O CANTEIRO DE GRAMA EM DIREÇÃO À RODOVIA, SENTIDO CENTRO DA CIDADE.”</t>
   </si>
   <si>
     <t>10711</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10711/ind_053.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10711/ind_053.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE EXECUTEM OBRAS DE MANUTENÇÃO E REPAROS NA CALÇADA DO PRÉDIO DO INSS CALÇADA LATERAL JUNTO À AVENIDA TIRADENTES."</t>
   </si>
   <si>
     <t>10712</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10712/ind_054.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10712/ind_054.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA RETIRADA A LOMBADA EXISTENTE NA AVENIDA PARANÁ, ALTURA DO NUMERO 394, E SEJA INSTALADA UMA FAIXA ELEVADA PARA TRAVESSIA DE PEDESTRES, NESTA MESMA AVENIDA, EM FRENTE À CAIXA ECONÔMICA FEDERAL, DANDO MAIS SEGURANÇA AOS PEDESTRES QUE SE UTILIZAM DESSE TRECHO DA AVENIDA.”</t>
   </si>
   <si>
     <t>10713</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10713/ind_055.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10713/ind_055.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES PARA QUE SEJA EXECUTADA A RECUPERAÇÃO DA ILUMINAÇÃO, BEM COMO MELHORIAS NA QUADRA DE ESPORTES DA ESCOLA PAULO FREIRE."</t>
   </si>
   <si>
     <t>10714</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10714/ind_056.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10714/ind_056.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO SUBSTITUIÇÃO DE LAMPADAS QUEIMADAS NA RUA MAX STAUDACHER , EM TODA A SUA EXTENSÃO, PRÓXIMO A LANCHONETE SAPÉ”</t>
   </si>
   <si>
     <t>10720</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10720/ind_057.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10720/ind_057.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE A COLOCAÇÃO DE GRELHAS E TROCA DE TAMPAS NOS BUEIROS DA RUA EUCALIPTO – JARDIM FLORESTAL”.</t>
   </si>
   <si>
     <t>10721</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10721/ind_057.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10721/ind_057.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO DER REALIZE UM ESTUDO PARA INSTALAÇÃO DE GUARD RAIL (TRILHO DE GUARDA) NA PR 160 – RODOVIA DO TRABALHADOR NO TRECHO ENTRE A ROTATÓRIA DA MARGINAL - RUA ÁGUA MARINHA ATÉ A RUA CHILE”.</t>
   </si>
   <si>
     <t>10722</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10722/ind_059.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10722/ind_059.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA REALIZADO UM ESTUDO PARA CONSTRUÇÃO DE UM MURO DE ARRIMO E ALARGAMENTO DA RUA MAXIMIANO JOSÉ CHAVES, SOCOMIM”.</t>
   </si>
   <si>
     <t>10723</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10723/ind_060.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10723/ind_060.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE TAPA BURACOS NAS TRAVESSAS BRUXELAS E LONDRES – NO BAIRRO NOSSA SENHORA DE FÁTIMA”.</t>
   </si>
   <si>
     <t>10724</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10724/ind_061.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10724/ind_061.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO NAS RUAS INDEPENDÊNCIA NO TRECHO ACIMA DO CONJUNTO RESIDENCIAL TIBAGI E NA RUA MEN DE SÁ - CENTRO”.</t>
   </si>
   <si>
     <t>10725</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10725/ind_062.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10725/ind_062.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA REALIZADA A REVITALIZAÇÃO DO PISO DA QUADRA DE ESPORTES E TAMBÉM A CONSTRUÇÃO DE UMA RAMPA DE ACESSO À QUADRA E AO PARQUINHO DA ESCOLA MUNICIPAL DOM BOSCO NO BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>10727</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10727/ind_063.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10727/ind_063.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO AOS ÓRGÃOS  COMPETENTES QUE ESTUDEM A POSSIBILIDADE DE FAZER RECAPE ASFÁLTICO NAS RUAS:  GARCIA RODRIGUES PAES, AMÉRICO VESPÚCIO, DINA RIBAS WOITAS E RUA SABARÁ , AMBAS NO JARDIM  BANDEIRANTES."</t>
   </si>
   <si>
     <t>10728</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10728/ind_064.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10728/ind_064.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO LIMPEZA TIPO ROÇADA NO PASSEIO  DA RUA BELCHIOR DIAS MOREIRA NO JARDIM BANDEIRANTES."</t>
   </si>
   <si>
     <t>10729</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10729/ind_065.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10729/ind_065.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE ESTUDEM A POSSIBILIDADE DE AUMENTAR MAIS TRÊS VAGAS DE MOTO E REPINTURA DA VAGA DE CADEIRANTES  NA AV. CHANCELER HORÁCIO LAFFER CENTRO EM FRENTE A CÂMARA MUNICIPAL."</t>
   </si>
   <si>
     <t>10726</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10726/ind_066.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10726/ind_066.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA NA JOÃO SIQUEIRA FILHO EM FRENTE AO Nº 448, BAIRRO SOCOMIM”.</t>
   </si>
   <si>
     <t>10730</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Japão</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10730/ind_067.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10730/ind_067.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO SEJA FEITO UM ESTUDO PARA QUE SEJA DISPONIBILIZADO UM CARRO EM PERÍODO INTEGRAL PARA PRESTAR ATENDIMENTO AS ESCOLAS MUNICIPAIS EM CASO DE EMERGÊNCIA E ACIDENTES COM ALUNOS .”</t>
   </si>
   <si>
     <t>10732</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10732/ind_068.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10732/ind_068.pdf</t>
   </si>
   <si>
     <t>”INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITO UMA AVALIAÇÃO NAS CALHAS DO PRÉDIO DA ESCOLA MUNICIPAL DOM BOSCO.“</t>
   </si>
   <si>
     <t>10731</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10731/ind_069.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10731/ind_069.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE SINALIZAÇÃO VERTICAL E HORIZONTAL NAS RUAS CARAMURU, EDITH GORDAN, INDEPENDÊNCIA, HENRIQUE DIAS E VIDAL NEGREIROS, NO BAIRRO CENTRO, AS QUAIS FORAM RECENTEMENTE RECAPADAS".</t>
   </si>
   <si>
     <t>10734</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10734/ind_070.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10734/ind_070.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE REALIZE SINALIZAÇÃO VERTICAL E HORIZONTAL NAS RUAS DO BAIRRO SANTA RITA".</t>
   </si>
   <si>
     <t>10736</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10736/ind_071.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10736/ind_071.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A FISCALIZAÇÃO, COM ABORDAGEM PARA ORIENTAÇÃO OU MESMO APLICAÇÃO DE MULTA PARA AQUELES QUE USUFRUÍREM DO CEROL, E AINDA FISCALIZAÇÃO DOS ESTABELECIMENTOS QUE PORVENTURA POSSAM VENDER CEROL OU LINHA CHILENA, EM CUMPRIMENTO AO DISPOSTO NA LEI ESTADUAL Nº 16.246 (REITERANDO INDICAÇÃO 2019)".</t>
   </si>
   <si>
     <t>10739</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10739/ind_072.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10739/ind_072.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE O PLANTIO DE ÁRVORES NOS LOCAIS ONDE ESTÃO SENDO IMPLANTADOS OS NOVOS PARQUINHOS INFANTIS, PRINCIPALMENTE NAS ESCOLAS MUNICIPAIS".</t>
   </si>
   <si>
     <t>10733</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10733/ind_073.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10733/ind_073.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA CONCLUÍDA A OBRA DE CONTENÇÃO INICIADA NO FINAL DE 2019 NO ASFALTO DA RUA RIO IGUAÇU PRÓXIMO A TRAVESSA RIO IRIRI NO BAIRRO ÁREA TRÊS."</t>
   </si>
   <si>
     <t>10735</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10735/ind_074.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10735/ind_074.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A CONSTRUÇÃO DE UM CENTRO POLIESPORTIVO E DE LAZER NA ÁREA PERDIDA QUE SE ENCONTRA AO LADO DO AEROPORTO, ÁREA ESTA DENOMINADA CAMPO DO JÓIA NA ÁREA TRÊS."</t>
   </si>
   <si>
     <t>10737</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10737/ind_075.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10737/ind_075.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO JARDIM SÃO FÉLIX."</t>
   </si>
   <si>
     <t>10738</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10738/ind_076.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10738/ind_076.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO A CONSTRUÇÃO DE UMA PISTA PARA CAMINHADA DO LADO DE FORA, NO ENTORNO DO CAMPO DE FUTEBOL LOCALIZADO NA TRAVESSA ROMÊNIA NO BAIRRO JARDIM EUROPA."</t>
   </si>
   <si>
     <t>10740</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10740/ind_077.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10740/ind_077.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA EFETUADA A AQUISIÇÃO DO TERRENO PARA A CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE (UBS) NO BAIRRO ÁREA TRÊS."</t>
   </si>
   <si>
     <t>10741</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Pelanca</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10741/ind_078.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10741/ind_078.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO,QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO O ESTUDO PARA IMPLANTAÇÃO DE ESGOTO E SANEAMENTO BÁSICO NA RUA AB, BAIRRO MARINHA”</t>
   </si>
   <si>
     <t>10744</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10744/ind_079.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10744/ind_079.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO,QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO OPERAÇÃO TAPA BURACO NA RUA AB,  BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>10745</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10745/ind_080.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10745/ind_080.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA O ESTUDO PARA IMPLANTAÇÃO  DE LINHA DE TRANSMISSÃO DE ENERGIA E ILUMINAÇÃO PÚBLICA DA RUA AF E RUA AB, BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>10747</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10747/ind_081.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10747/ind_081.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO,QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITA A INSTALAÇÃO DE PLACAS COM OS NOMES DAS RUAS NO BAIRRO ÁREA 7.</t>
   </si>
   <si>
     <t>10757</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10757/ind_082.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10757/ind_082.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO,QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO EM CARÁTER DE URGÊNCIA A CONTINUAÇÃO DO ASFALTO DA RUA AB, BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>10750</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10750/ind_083.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10750/ind_083.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE E/OU TBTRAN QUE EXECUTEM VISTORIAS EM TODA SINALIZAÇÃO SEMAFÓRICA DA CIDADE, HAJA VISTA ALGUNS SEMÁFOROS ESTAREM COM UMA DAS LÂMPADAS VERMELHAS QUEIMADA.”</t>
   </si>
   <si>
     <t>10751</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10751/ind_084.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10751/ind_084.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE SEJA EFETUADO ESTUDO PARA MELHORIAS NA TRAFEGABILIDADE DE CONFLUÊNCIA DA RUA JACARANDÁ ESQUINA COM RUA GUIANA COM SINALIZAÇÃO DE SOLO, PLACAS, REDUTORES DE VELOCIDADE ETC, NO JARDIM FLORESTAL, HAJA VISTA GRANDE FLUXO DE VEÍCULOS ENTRANDO E SAINDO DA RUA GUIANA, CRUZANDO COM OUTRO TANTO DE VEÍCULOS QUE TRAFEGAM PELA RUA JACARANDÁ.”</t>
   </si>
   <si>
     <t>10752</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10752/ind_085.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10752/ind_085.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE SEJA EFETUADA OPERAÇÃO TAPA-BURACOS NA CONFLUÊNCIA DA RUA JACARANDÁ COM RUA GUIANA, JARDIM FLORESTAL.”</t>
   </si>
   <si>
     <t>10753</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10753/ind_086.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10753/ind_086.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA SERVIÇOS DE TAPA BURACO NA TRAVESSA: ZURIQUE – VILA ISABEL”.</t>
   </si>
   <si>
     <t>10755</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10755/ind_087.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10755/ind_087.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA EXECUTADO ASFALTO NAS RUA TAPIRA, TAPEJARA E TEIXEIRA SOARES, BAIRRO: JARDIM MARGARIDA.”</t>
   </si>
   <si>
     <t>10756</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10756/ind_088.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10756/ind_088.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA NA RUA ESTRADA DOS GUARARAPES, BAIRRO MARINHA."</t>
   </si>
   <si>
     <t>10758</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10758/ind_089.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10758/ind_089.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIE LIMPEZA E DESENTUPIMENTO DE BUEIROS E SUBSTITUIÇÃO DE GRELHA PARA O BUEIRO LOCALIZADO NA RUA MANOEL BORBA GATO, EM FRENTE AO NUMERO 138, E NO FINAL DA REFERIDA RUA, ESTÃO TODOS ENTUPIDOS NO BAIRRO JARDIM BANDEIRANTES, ONDE SE FAZ NECESSÁRIO COM URGÊNCIA, REITERANDO A INDICAÇÃO 295/2018".</t>
   </si>
   <si>
     <t>10759</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10759/ind_090.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10759/ind_090.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO  QUE JUNTO AO SETOR COMPETENTE QUE SEJA FEITO LIMPEZA GERAL NO ESCADÃO DA RUA SÃO MIGUEL, NO BAIRRO  BOM JESUS"</t>
   </si>
   <si>
     <t>10762</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10762/ind_091.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10762/ind_091.pdf</t>
   </si>
   <si>
     <t>”INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA REALIZADO SERVIÇO DE MANUTENÇÃO DO JARDIM E TAMBÉM A RETIRADA DE LIXO NO CENTRO DE ESPECIALIDADES”.</t>
   </si>
   <si>
     <t>10763</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10763/ind_092.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10763/ind_092.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO A POSSIBILIDADE DE INCLUSÃO DAS CRIANÇAS DIAGNOSTICADAS COM O TRANSTORNO DO ESPECTRO AUTISTA (TEA) NO PROTOCLOO DE ATENÇÃO NUTRICIONAL PARA ATENÇÃO BÁSICA DA SECRETARIA MUNICIPAL DE SAÚDE DE TELÊMACO BORBA”.</t>
   </si>
   <si>
     <t>10765</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10765/ind_093.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10765/ind_093.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve no uso de suas prerrogativas regimentais, "INDICA AO SENHOR PREFEITO QUE VERIFIQUE A POSSIBILIDADE DE ALTERAÇÃO DA DENOMINAÇÃO DAS RUAS ABAIXO RELACIONADAS QUE POSSUEM A MESMA DENOMINAÇÃO EM BAIRROS DISTINTOS”. _x000D_
 RUA OURO VERDE, PARQUE LIMEIRA – AREA 6._x000D_
 RUA OURO VERDE, PARQUE LIMEIRA – AREA 2._x000D_
 SALIENTAMOS QUE ESTA INDICAÇÃO JÁ FOI REALIZADA ATRAVÉS DA INDICAÇÃO 786/2019 DE 30/09/2019</t>
   </si>
   <si>
     <t>10766</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10766/ind_094_DebB4yL.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10766/ind_094_DebB4yL.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve no uso de suas prerrogativas regimentais, "INDICA AO SENHOR PREFEITO QUE VERIFIQUE A POSSIBILIDADE DA TROCA DO PLAYGROUND ANEXO AO GINÁSIO DE ESPORTES HEITOR DE ALENCAR FURTADO (FURTADÃO) QUE ENCONTRA-SE ATUALMENTE EM PÉSSIMO ESTADO DE CONSERVAÇÃO</t>
   </si>
   <si>
     <t>10768</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10768/ind_095.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10768/ind_095.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve no uso de suas prerrogativas regimentais, "INDICA AO SENHOR PREFEITO QUE VERIFIQUE A POSSIBILIDADE DA LIMPEZA DAS PRAÇAS, ROTATÓRIAS E PASSEIO E ADJACÊNCIA DA AVENIDA MARECHAL FLORIANO PEIXOTO, A PARTIR DO CRUZEIRO SENTIDO MINI-CENTRO”</t>
   </si>
   <si>
     <t>10770</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10770/ind_096.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10770/ind_096.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve no uso de suas prerrogativas regimentais, “INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DE REALIZAR EVENTOS NA PRAÇA DA FAMÍLIA NO DIA MUNDIAL DA ORAÇÃO (06/03/2020) COM AS ENTIDADES RELIGIOSAS DO NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>10771</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10771/ind_097.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10771/ind_097.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve no uso de suas prerrogativas regimentais, “INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, QUE NOTIFIQUE O PROPRIETÁRIO PARA QUE TOME AS DEVIDAS PROVIDÊNCIAS QUANTO À LIMPEZA DO TERRENO LOCALIZADO NA RUA JACARANDÁ, PRÓXIMO AO Nº15, AREA I, FUNDOS DO SUPERMERCADO TRIUNFO. CASO OS PROPRIETÁRIOS NÃO REALIZEM A LIMPEZA QUE O EXECUTIVO TOME AS DEVIDAS PROVIDÊNCIAS PARA LIMPEZA E POSTERIORMENTE ENVIE COBRANÇA AO PROPRIETÁRIO DOS SERVIÇOS REALIZADOS”.</t>
   </si>
   <si>
     <t>10774</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10774/ind_098.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10774/ind_098.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve no uso de suas prerrogativas regimentais, “INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, CONSTRUIR PARQUINHO E QUADRA DE ESPORTES NO BAIRRO RECANTO FELIZ ”.</t>
   </si>
   <si>
     <t>10777</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10777/ind_099.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10777/ind_099.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve no uso de suas prerrogativas regimentais, “INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR REPAROS NA RUA ITABUNA CHÁCARA Nº 39, NA CURVA ANTES DA RUA DO ESCADÃO, ABAIXO DO SEU ITALIANINHO, BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>10779</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10779/ind_100.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10779/ind_100.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve no uso de suas prerrogativas regimentais, “INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, EFETUAR PATROLAMENTO, NA RUA DAS CASINHAS DO MINI-CENTRO ESPORTIVO”.</t>
   </si>
   <si>
     <t>10780</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10780/ind_101.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10780/ind_101.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve no uso de suas prerrogativas regimentais, “INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE NA RUA ARGENTINA Nº1251 (CORREDOR)”,</t>
   </si>
   <si>
     <t>10782</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10782/ind_102.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10782/ind_102.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE RECAPE ASFÁLTICO NAS RUAS ANDIROBA, CEDRINHO E PINHEIRO DO PARANÁ, NO JARDIM ITÁLIA”.</t>
   </si>
   <si>
     <t>10784</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10784/ind_103.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10784/ind_103.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE, APÓS A REVITALIZAÇÃO, DENOMINE DE PRAÇA ANTONIO DE ANDRADE, A PRAÇA LOCALIZADA ENTRE AS RUAS BAHIA E BELÉM, NO BAIRRO NOSSA SENHORA DE FÁTIMA (REITERANDO INDICAÇÃO DO ANO DE 2019)”.</t>
   </si>
   <si>
     <t>10787</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10787/ind_104.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10787/ind_104.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PRESIDENTE DESSA CASA DE LEIS QUE, EM NOME DE TODOS OS VEREADORES, ENCAMINHE VOTOS DE PESAR AOS FAMILIARES DO SOLDADO WELINTON RAFAEL MOREIRA”.</t>
   </si>
   <si>
     <t>10788</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10788/ind_105.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10788/ind_105.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO A LIMPEZA E DESOBSTRUÇÃO DO BUEIRO NA RUA DA SOLIDARIEDADE EM FRENTE AO Nº 02 NO BAIRRO JARDIM BANDEIRANTES."</t>
   </si>
   <si>
     <t>10783</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10783/ind_106.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10783/ind_106.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AO SETOR COMPETENTE DA MUNICIPALIDADE QUE SEJA REALIZADA A CONSTRUÇÃO DE GALERIA DE ÁGUAS PLUVIAIS NA RUA RIO IGUAÇU NO TRECHO ENTRE A MARGINAL DOS TRABALHADORES ATÉ O ACESSO AO AEROPORTO MUNICIPAL MONTE ALEGRE NO BAIRRO ÁREA TRÊS."</t>
   </si>
   <si>
     <t>10785</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10785/ind_107.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10785/ind_107.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE O SERVIÇO DE RECAPE COM LAMA ASFÁLTICA E PASSEIO PARA PEDESTRES NA RUA SOLIDARIEDADE QUE SOBE PARALELO A IGREJA ASSEMBLEIA DE DEUS, SAINDO PRÓXIMO AO VIGÉSIMO SEXTO BATALHÃO DA POLICIA MILITAR NO BAIRRO JARDIM BANDEIRANTES."</t>
   </si>
   <si>
     <t>10786</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10786/ind_108.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10786/ind_108.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA FEITO A SUBSTITUIÇÃO DOS APARELHOS QUE SE ENCONTRAM DANIFICADOS NA ACADEMIA AO AR LIVRE DA PRAÇA DOS PINHEIROS."</t>
   </si>
   <si>
     <t>10789</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10789/ind_109.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10789/ind_109.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AO SETOR COMPETENTE DA MUNICIPALIDADE QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NAS SEGUINTES RUAS E TRAVESSAS DO BAIRRO ÁREA TRÊS: SÃO JOÃO, SÃO LEOPOLDO, SANTA TEREZINHA, PARTE DA RUA IARA, RIO BONITO, GIGANTE DE PEDRA, SANTA LUZIA, SANTO INÁCIO, SÃO LEOPOLDO, COMEÇO DA AVENIDA JURUTANHI, PARTE FINAL DA RUA OLINDA E SÃO GERÔNIMO NO TRECHO ENTRE A RUA GIGANTE DE PEDRA E RUA SANTO INÁCIO."</t>
   </si>
   <si>
     <t>10790</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10790/ind_110.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10790/ind_110.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO SETOR COMPETENTE SEJAM FEITO UM ESTUDO DE CRIAR NOVOS PONTOS DE TROCA DE MATERIAL RECICLÁVEL JUNTO A FEIRA DO BEM, NO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>10791</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10791/ind_111.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10791/ind_111.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM RETIRADA DE BARRANCO, DEVENDO SER ALI CONSTRUÍDA UMA CALÇADA DE PASSEIO, TRECHO QUE COMPREENDE AS RUAS SANTA LUZIA E SANTO INÁCIO, NA AVENIDA JURUTANHI, ÁREA VI, LOCAL QUE SE APRESENTA EM FORTE CURVA, ONDE VEÍCULOS E PEDESTRES DIVIDEM A VIA.”</t>
   </si>
   <si>
     <t>10792</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10792/ind_112.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10792/ind_112.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE REALIZEM O SERVIÇO DE SINALIZAÇÃO ATRAVÉS DE PLACAS INDICATIVAS INFORMANDO A LOCALIZAÇÃO DO FÓRUM ELEITORAL (AV. NOSSA SENHORA DE FÁTIMA, 400), ASSIM TAMBÉM DO PODER JUDICIÁRIO, VARA DA INFÂNCIA E FAMÍLIA E JUIZADOS ESPECIAIS (RUA GOV. BENTO MUNHOZ DA ROCHA, 11</t>
   </si>
   <si>
     <t>10793</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10793/ind_113.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10793/ind_113.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIEM COBERTURA EM DOIS PONTOS DE ONIBUS LOCALIZADOS NA AV. REGINALDO GUEDES NOCERA, UMA DELAS NA ALTURA DO NUMERO 98 E OUTRA NAS PROXIMIDADES DO HOTEL DAL COL, NO CENTRO DA CIDADE”.</t>
   </si>
   <si>
     <t>10794</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10794/ind_114.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10794/ind_114.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE SERVIÇO DE TAPA BURACOS NA RUA FLOR DE LARANJEIRA NO TRECHO DA CONFLUÊNCIA COM A LOTUS – BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>10796</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10796/ind_115.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10796/ind_115.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE ROÇADA E LIMPEZA NAS INSTALAÇÕES DO FUTURO COMPLEXO DE LAZER SITUADO NA RUA JACARANDÁ JARDIM FLORESTAL – AREA I ”.</t>
   </si>
   <si>
     <t>10795</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10795/ind_116.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10795/ind_116.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DE INSTALAÇÃO DE PISO TÁTIL CONFORME NORMAS DA ABNT, NA RODOVIÁRIA MUNICIPAL, PARA AUXILIAR A LOCOMOÇÃO DAS PESSOAS COM DEFICIÊNCIA VISUAL”.</t>
   </si>
   <si>
     <t>10798</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>Gilson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10798/ind_117.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10798/ind_117.pdf</t>
   </si>
   <si>
     <t>¨INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO AO SENHOR _x000D_
 SECRETÁRIO DE OBRAS SEJA FEITO SERVIÇO DE RECAPE LAMA ASFÁLTICA NA TRAVESSA SUIÇA ,BAIRRO JARDIM EUROPA.</t>
   </si>
   <si>
     <t>10800</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10800/ind_118.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10800/ind_118.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A TROCA DAS LÂMPADAS “QUEIMADAS” NA AVENIDA PRESIDENTE KENNEDY, BAIRRO CENTRO, ESPECIALMENTE NOS POSTES PRÓXIMOS AOS PONTOS DE ÔNIBUS”.</t>
   </si>
   <si>
     <t>10801</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10801/ind_119.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10801/ind_119.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REFORMA E ADEQUAÇÃO O PSF DO TRIÂNGULO PARA ATENDIMENTO DAS EMPRESAS DO DISTRITO INDUSTRIAL, TRAZENDO ASSIM MAIOR SEGURANÇA E COMODIDADE AOS CIDADÃOS E TRABALHADORES”.</t>
   </si>
   <si>
     <t>10802</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10802/ind_120.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10802/ind_120.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE REALIZE ESTUDOS A FIM DE IMPLANTAR TOTENS NOS EDIFÍCIOS PÚBLICOS DE SAÚDE, OU MESMO OUTRO TIPO DE MECANISMO, PARA QUE O MUNÍCIPE POSSA AVALIAR O ATENDIMENTO PRESTADO”.</t>
   </si>
   <si>
     <t>10803</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10803/ind_121.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10803/ind_121.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A TROCA DAS LÂMPADAS ‘QUEIMADAS’ DO DISTRITO INDUSTRIAL, E AINDA A INSTALAÇÃO DE BRAÇO DE ILUMINAÇÃO NOS POSTES ONDE EXISTE ESSA FALTA, FAZENDO COM QUE O DISTRITO SEJA REALMENTE ILUMINADO NOS PONTOS QUE APRESENTAM ESSA DEFICIÊNCIA”.</t>
   </si>
   <si>
     <t>10805</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10805/ind_122.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10805/ind_122.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA CONSTRUÍDA LOMBADA PARA COIBIR O EXCESSO DE VELOCIDADE DOS VEÍCULOS QUE TRAFEGAM PELA RUA JOÃO SIQUEIRA FILHO PRÓXIMO AO Nº 578 NO BAIRRO SOCOMIM."</t>
   </si>
   <si>
     <t>10806</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10806/ind_123.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10806/ind_123.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE A LIMPEZA DOS BUEIROS LOCALIZADOS NO ESCADÃO DA RUA COPACABANA NO BAIRRO SÃO ROQUE."</t>
   </si>
   <si>
     <t>10807</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10807/ind_124.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10807/ind_124.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE PODA DE ÁRVORES NA RUA RIO IGUAÇU EM FRENTE AO Nº 973 ESQUINA COM A RUA OLINDA NO BAIRRO ÁREA TRÊS."</t>
   </si>
   <si>
     <t>10808</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10808/ind_125.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10808/ind_125.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM REPOSIÇÃO DOS REDUTORES DE VELOCIDADE, TIPO TACHÕES REFLETIVOS, NA AVENIDA MARECHAL DEODORO DA FONSECA, PROXIMIDADES DO CRUZEIRO, LOCALIZADO NO BAIRRO ALTO DAS OLIVEIRAS.”</t>
   </si>
   <si>
     <t>10809</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10809/ind_126.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10809/ind_126.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM REPARO EM TAMPA DE BUEIRO LOCALIZADO NA RUA RIO DO OURO ESQUINA COM PR 160, NO BAIRRO PARQUE LIMEIRA ÁREA II, QUE SE ACHA QUEBRADO, POR MANOBRAS INDEVIDAS E/OU ESTACIONAMENTO DE VEÍCULOS NAQUELE LOCAL.”</t>
   </si>
   <si>
     <t>10810</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10810/ind_127.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10810/ind_127.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM RECAPE ASFÁLTICO NA RUA PROFESSORA EDITH GORDAN, NO TRECHO ENTRE A RUA REGINALDO GUEDES NÔCERA E AVENIDA HORÁCIO KLABIN, HAJA VISTA RECENTE RECAPE EM OUTRO TRECHO DESTA RUA SUPRACITADA.”</t>
   </si>
   <si>
     <t>10811</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10811/ind_128.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10811/ind_128.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE LIMPEZA DE BUEIROS LOCALIZADOS NA RUA CAMPINA ALTA – ÁREA 2  Nº 175."</t>
   </si>
   <si>
     <t>10817</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10817/ind_129.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10817/ind_129.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA TUNÍSIA, NO BAIRRO VILA ESPERANÇA</t>
   </si>
   <si>
     <t>10820</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10820/ind_130.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10820/ind_130.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO ESTUDO PARA A COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA GUINÉ, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>10833</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10833/ind_131.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10833/ind_131.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE A SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL A POSSIBILIDADE DE DISPONIBILIZAR UMA PORCENTAGEM DE VAGAS DOS CURSOS OFERTADOS NOS CEMEP´s PARA AS MÃES DAS CRIANÇAS PORTADORAS COM SÍNDROME ESPECTRO AUTISMO”.</t>
   </si>
   <si>
     <t>10821</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10821/ind_132.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10821/ind_132.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE A PERMANÊNCIA DE UM PROFISSIONAL MÉDICO VETERINÁRIO E UM ASSISTENTE PARA ATENDIMENTO EM TEMPO INTEGRAL NO CANIL MUNICIPAL PARA REALIZAÇÃO DE ATENDIMENTOS AOS ANIMAIS ABRIGADOS, CASTRAÇÕES DIÁRIAS E ATENDIMENTOS DE URGÊNCIA. JÁ SOLICITADO ANTERIORMENTE ATRAVÉS DAS INDICAÇÕES Nº 634/2018 DE 23/07/2018 E 554/2019 DE 05/07/2019”.</t>
   </si>
   <si>
     <t>10836</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10836/ind_133.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10836/ind_133.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO TBTRAN, A POSSIBILIDADE DE MANTER OS SEMÁFOROS DE NOSSO MUNICÍPIO COM SINALIZAÇÃO AMARELA INTERMITENTE ENTRE O PERÍODO DAS 22H ÀS 5H DA MADRUGADA”.</t>
   </si>
   <si>
     <t>10823</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10823/ind_134.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10823/ind_134.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA NA RUA IPE ROXO EM FRENTE AO Nº 267, BAIRRO MONTE CARLO”.</t>
   </si>
   <si>
     <t>10824</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10824/ind_135.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10824/ind_135.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE ESTUDE A POSSIBILIDADE DE PAGAMENTO DO IPTU E OUTROS IMPOSTOS ATRAVÉS DE PARCELAMENTO NO CARTÃO DE CRÉDITO, A EXEMPLO DE DIVERSAS CIDADES QUE JÁ ESTÃO ADOTANDO ESSE SISTEMA”.</t>
   </si>
   <si>
     <t>10826</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10826/ind_136.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10826/ind_136.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE OPERAÇÃO DE LIMPEZA DE BUEIROS NA RUA INCONFIDÊNCIA, CENTRO, ESPECIALMENTE EM FRENTE AO NUMERO 144”.</t>
   </si>
   <si>
     <t>10827</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10827/ind_137.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10827/ind_137.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJAM RECOLOCADAS AS LIXEIRAS DE PEQUENO PORTE NA AVENIDA HORÁCIO KLABIN”.</t>
   </si>
   <si>
     <t>10829</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10829/ind_138.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10829/ind_138.pdf</t>
   </si>
   <si>
     <t>"INDICAM AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE ESTUDO DE VIABILIDADE E LEGALIDADE PARA CONCESSÃO DE AUXÍLIO ALIMENTAÇÃO PARA CONSELHEIROS TUTELARES, À EXEMPLO DO QUE JÁ TEM ACONTECIDO EM ALGUNS MUNICÍPIOS”.</t>
   </si>
   <si>
     <t>10830</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10830/ind_139.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10830/ind_139.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL” QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIE A COLOCAÇÃO DE UMA NOVA TAMPA NO BUEIRO LOCALIZADO NA RUA MEDINA ESQUINA COM A AVENIDA SÃO JOÃO DEL REY NO BAIRRO JARDIM PROGRESSO (ÁREA SEIS).</t>
   </si>
   <si>
     <t>10831</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10831/ind_140.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10831/ind_140.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL” QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE ESTUDO PARA A INSTALAÇÃO DE UM POSTE COM LUMINÁRIA NO FORMATO DE PÉTALA NA ROTATÓRIA EM FRENTE AO CENTRO DA JUVENTUDE.</t>
   </si>
   <si>
     <t>10832</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10832/ind_141.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10832/ind_141.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL” QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO O CORTE DA GRAMA DO CAMPO LOCALIZADO NO BAIRRO JARDIM EUROPA PRÓXIMO AO CAIC.</t>
   </si>
   <si>
     <t>10835</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10835/ind_142.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10835/ind_142.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL” QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO A SUBSTITUIÇÃO DO PONTO DE ÔNIBUS LOCALIZADO NA RUA OLINDA EM FRENTE AO Nº11 ESQUINA COM A RUA RIO IGUAÇU NO BAIRRO ÁREA TRÊS.</t>
   </si>
   <si>
     <t>10837</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10837/ind_143.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10837/ind_143.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL” QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIE A COLOCAÇÃO DE UMA NOVA TAMPA PARA NO BUEIRO LOCALIZADO NA RUA ROSÁRIO EM FRENTE AO Nº 127 NO BAIRRO JARDIM AMÉRICA.</t>
   </si>
   <si>
     <t>10839</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10839/ind_144.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10839/ind_144.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL QUE JUNTO A COMISSÃO DE TRÂNSITO  SEJA FEITO UM ESTUDO TÉCNICO   COM AS DEVIDAS SINALIZAÇÃO COM UMA LOBADA ELEVADA, PARA DISCIPLINAR O TRÂNSITO NA RUA PAPA JOÃO XXIII, MAIS PRECISAMENTE PRÓXIMO A ROTATÓRIA, CONFLUÊNCIAS COM A RUA SÃO PAULO E EUCLIDES BONIFÁCIO LONDRES, BAIRRO NOSSA SENHORA DE FÁTIMA</t>
   </si>
   <si>
     <t>10841</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10841/ind_145.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10841/ind_145.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO O REBAIXAMENTO DA CALÇADA DEIXANDO ELA COM ACESSIBILIDADE PARA OS CADEIRANTES, AVENIDA EUCLIDES BONIFÁCIO LONDRES, SÃO FRANCISCO”.</t>
   </si>
   <si>
     <t>10845</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10845/ind_146.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10845/ind_146.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO,QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO EM CARÁTER DE URGÊNCIA O MANILHAMENTO DE UM CÓRREGO DA RUA AB, BAIRRO MARINHA."</t>
   </si>
   <si>
     <t>10846</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10846/ind_147.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10846/ind_147.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO OPERAÇÃO TAPA BURACO  NA TRAVESSA VERA CRUZ, BAIRRO CEM CASAS”.</t>
   </si>
   <si>
     <t>10842</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10842/ind_148.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10842/ind_148.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJAM EFETUADAS OBRAS DE URBANIZAÇÃO, TAIS COMO INSTALAÇÃO DE BANCOS DE JARDIM, LIXEIRAS, ILUMINAÇÃO PÚBLICA, REVITALIZAÇÃO DO CHAFARIZ, MANUTENÇÃO E RESTAURAÇÃO DA TORRE DE OBSERVAÇÃO, NA PRAÇA JUNTO À AVENIDA HORACIO KLABIN, PROXIMIDADES DA ANTIGA CONCHA ACÚSTICA.”</t>
   </si>
   <si>
     <t>10843</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10843/ind_149.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10843/ind_149.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE VIABILIZEM A RECUPERAÇÃO E REINSTALAÇÃO DA GRADE DE PROTEÇÃO QUEBRADA NA CALÇADA DA RUA ALECRIM, PRÓXIMA DO ACESSO AO VIADUTO NA VILA OZORIO, JARDIM FLORESTAL, EQUIPAMENTO QUE FOI DANIFICADO POR MANOBRA INDEVIDA DE CAMINHÃO NAQUELE TRECHO DA RUA.</t>
   </si>
   <si>
     <t>10844</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10844/ind_150.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10844/ind_150.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM MANUTENÇÃO OU REFORMA NO PONTO DE ÔNIBUS LOCALIZADO NA RUA CHARQUEADA ESQUINA COM TRAVESSA SAPOPEMA, ÁREA VII, HAJA VISTA UM CAMINHÃO DESGOVERNADO TER ABALROADO O PONTO DE ÔNIBUS, ASSIM COMO O MURO DA CASA ONDE ESTE ESTÁ LOCALIZADO.”</t>
   </si>
   <si>
     <t>10848</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10848/ind_151.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10848/ind_151.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA NA RUA AD,BAIRRO BELA VISTA."</t>
   </si>
   <si>
     <t>10850</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10850/ind_152.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10850/ind_152.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA NA RUA AC, BAIRRO BELA VISTA."</t>
   </si>
   <si>
     <t>10852</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10852/ind_153.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10852/ind_153.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE JUNTO A TBTRAN, PARA REFAZER A PINTURA DA FAIXA AMARELA NA ESQUINA DA RUA SATURNO, EM FRENTE AS PROXIMIDADES DO NÚMERO 22, NO BAIRRO CEM CASAS."</t>
   </si>
   <si>
     <t>10890</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10890/ind_154.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10890/ind_154.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA NA RUA CORUMBÁ EM FRENTE AO Nº 182, BAIRRO SÃO JORGE”.</t>
   </si>
   <si>
     <t>10891</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10891/ind_155.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10891/ind_155.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO UM  ESTUDO SOBRE O DESTINO DO  JARDIM INTERNO QUE EXISTE DENTRO DA RODOVIÁRIA SUBSTITUINDO POR OUTRO ATRATIVO OU ATÉ MESMO REMOVENDO O MESMO  PARA LIBERAR MAIS ESPAÇO PARA OS PASSAGEIROS.”</t>
   </si>
   <si>
     <t>10892</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10892/ind_156.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10892/ind_156.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO UM  ESTUDO SOBRE OS SANITÁRIOS DA RODOVIÁRIA DE COMO ENCONTRAR UMA FORMA  PARA MANTER APTO PARA USO DIÁRIO   E NÃO PERMITIR A FALTA DE  MATERIAIS DE HIGIENE  E UMA  MELHOR HIGIENIZAÇÃO .”</t>
   </si>
   <si>
     <t>10894</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10894/ind_157.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10894/ind_157.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FORNECIDA UMA BALANÇA ELETRÔNICA DE PLATAFORMA DIGITAL PARA UBS DO BAIRRO MARINHA.”</t>
   </si>
   <si>
     <t>10897</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10897/ind_157.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10897/ind_157.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITO LOMBADAS EM TODA A EXTENSÃO DA RUA ESTRADA DOS GUARARAPES DO BAIRRO MARINHA .”</t>
   </si>
   <si>
     <t>10898</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10898/ind_159.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10898/ind_159.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, QUE REALIZE COM URGÊNCIA O RECAPE ASFÁLTICO À RUA MAUÁ, NA ÁREA 02”.</t>
   </si>
   <si>
     <t>10899</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10899/ind_160.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10899/ind_160.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE PROVIDENCIE LIMPEZA DE BUEIROS LOCALIZADOS NA RUA MAX  STAUDACHER EM FRENTE AO  Nº 343, BAIRRO BELA VISTA."</t>
   </si>
   <si>
     <t>10907</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10907/ind_161.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10907/ind_161.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO AOS ÓRGÃOS  COMPETENTES QUE ESTUDEM A POSSIBILIDADE DE HOMENAGEAR O GRANDE HOMEM PÚBLICO QUE MARCOU SUA VIDA POLÍTICA, EMPRESARIAL, EVANGÉLICA E SOCIAL FRANCISCO MARIA QUADRADO, DANDO-LHE O SEU NOME À PRAÇA QUE FOI REVITALIZADA NA RUA LÓTUS ESQUINA COM A RUA MANACÁ, NO BAIRRO JARDIM ALEGRE, EM FRENTE AO PRÉDIO DA IGREJA ADVENTISTA DO 7º DIA, PELOS MOTIVOS QUE PEDE PERMISSÃO PARA EXPOR."</t>
   </si>
   <si>
     <t>10908</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10908/ind_162.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10908/ind_162.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO A INSTALAÇÃO DE UM PARQUINHO INFANTIL NO RESIDENCIAL CASA BELLA, REITERANDO INDICAÇÕES DE NÚMEROS 850/2018 E 093/2019”.</t>
   </si>
   <si>
     <t>10909</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10909/ind_163.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10909/ind_163.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE INSTALE PONTOS DE ÔNIBUS COM COBERTURA NO RESIDENCIAL CASA BELLA, REITERANDO INDICAÇÃO 247/2017, 929/2018 E 024/2019".</t>
   </si>
   <si>
     <t>10910</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10910/ind_164.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10910/ind_164.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A RESTAURAÇÃO E REFORMA DA CALÇADA EM FRENTE A ESCOLA TEREZINHA DE JESUS BARRETO CUNHA, NO BAIRRO BOM JESUS”.</t>
   </si>
   <si>
     <t>10911</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10911/ind_165.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10911/ind_165.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A COMPRA E INSTALAÇÃO DE TÚNEL E/OU CABINE DE DESINFECÇÃO NAS PRINCIPAIS REPARTIÇÕES PÚBLICAS, A EXEMPLO DE ALGUNS MUNICÍPIOS QUE JÁ ADOTARAM TAL MEDIDA”.</t>
   </si>
   <si>
     <t>10913</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10913/ind_166.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10913/ind_166.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PROVIDENCIE A MANUTENÇÃO NA PISTA DE ROLAMENTO EM QUE SE FORMOU UMA CRATERA NA RUA  CHILE , BAIRRO  SOCOMIM AO LADO DA IGREJA ASSEMBLÉIA DE DEUS."</t>
   </si>
   <si>
     <t>10914</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10914/ind_167.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10914/ind_167.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO TBTRAN REALIZE UM ESTUDO PARA INSTALAÇÃO DE LOMBADA NA RUA ODILON BORBA EM FRENTE A SERRALHERIA REALCE – VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>10916</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10916/ind_168.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10916/ind_168.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE REALIZE JUNTO AO TBTRAN A PADRONIZAÇÃO DAS LOMBADAS EM TODA EXTENSÃO DA RUA ODILON BORBA – VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>10917</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10917/ind_169.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10917/ind_169.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO TBTRAN REALIZE UM ESTUDO  PARA INSTALAÇÃO DE UMA LOMBADA OU REDUTOR DE VELOCIDADE NO FINAL DA RUA ALECRIM ANTES DA CURVA SUBINDO PARA A EUCALIPTO PRÓXIMO AO VILA HOTEL, OUTRA NA RUA EUCALIPTO EM FRENTE AO 139 JARDIM FLORESTAL (PARQUE LIMEIRA ÁREA I)”.</t>
   </si>
   <si>
     <t>10920</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10920/ind_170.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10920/ind_170.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE SERVIÇO DE REPARO NO ASFALTO EM FRENTE AO PONTO DE ÔNIBUS PRÓXIMO AO NÚMERO 612 NA RUA PAU-BRASIL JARDIM FLORESTAL (PARQUE LIMEIRA ÁREA I)”.</t>
   </si>
   <si>
     <t>10915</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10915/ind_171.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10915/ind_171.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DE INCLUSÃO DO CARGO DE ATENDENTE DE FARMÁCIA NO QUADRO DE SERVIDORES MUNICIPAIS E QUE NO PRÓXIMO CONCURSO SEJA PREVISTO ESSE CARGO”</t>
   </si>
   <si>
     <t>10918</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10918/ind_172.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10918/ind_172.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA  REALIZADA PINTURAS DE SINALIZAÇÃO EM TODAS AS RUAS DO BAIRRO VILA ISABEL".</t>
   </si>
   <si>
     <t>10921</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10921/ind_173.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10921/ind_173.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO UM ESTUDO PARA QUE SEJA  VIA  DE MÃO ÚNICA DA RUA CIDADE NOVA NO BAIRRO ÀREA 10”</t>
   </si>
   <si>
     <t>10926</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10926/ind_174.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10926/ind_174.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE QUE SEJA FEITO O DESENTUPIMENTO DOS BUEIROS DA RUA SAN MARTIN VILA ISABEL".</t>
   </si>
   <si>
     <t>10922</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10922/ind_175.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10922/ind_175.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE REALIZE REPAROS NAS CALÇADAS DA AVENIDA MARECHAL DEODORO DA FONSECA, NO BAIRRO BNH”.</t>
   </si>
   <si>
     <t>10923</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10923/ind_176.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10923/ind_176.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE REALIZE LIMPEZA DOS TERRENOS PERTENCENTES AO MUNICÍPIO, ESPECIALMENTE AS ÁREAS INSTITUCIONAIS DOADAS AO MUNICÍPIO E LOCALIZADAS NOS NOVOS LOTEAMENTOS (CASA BELLA, MONTE SINAI, E OUTROS)”.</t>
   </si>
   <si>
     <t>10924</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10924/ind_177.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10924/ind_177.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE ERGAM/LEVANTEM/ELEVEM AS REDES DE PROTEÇÃO ESPORTIVA DE COBERTURA DO CAMPO DE FUTEBOL SINTÉTICO DO BAIRRO SÃO FRANCISCO, E MELHOREM A ILUMINAÇÃO DO LOCAL, CONFORME INDICAÇÃO ANTERIOR E RESPOSTA DO REQUERIMENTO 160/2019, JÁ QUE ATÉ O MOMENTO NÃO FOI REALIZADO O QUE ALI FOI RESPONDIDO”.</t>
   </si>
   <si>
     <t>10925</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10925/ind_178.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10925/ind_178.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE REALIZE EXTENSÃO DE REDE DE ILUMINAÇÃO NA RUA DAS PEDRAS (BAIRRO SÃO FRANCISCO), E ASFALTO NA RUA DA DRAGA (JARDIM EUROPA/RIO ALEGRE).</t>
   </si>
   <si>
     <t>10927</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10927/ind_179.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10927/ind_179.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PRESIDENTE DESSA CASA DE LEIS, QUE ENCAMINHE DE MANEIRA OFICIAL (VIA OFÍCIO) À ACITEL, CÓPIA DO ANTEPROJETO DE LEI QUE INSTITUI O CÓDIGO DE POSTURAS DO MUNICÍPIO, ATUALMENTE EM TRÂMITE, À FIM DE QUE POSSAM ANALISÁ-LO E FAZEREM OS APONTAMENTOS QUE ACHAREM NECESSÁRIOS COMO REPRESENTANTES DOS COMERCIANTES DE NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>10928</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10928/ind_180.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10928/ind_180.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE REALIZE PROVIDENCIE REPARO EM UMA PARTE DA GRADE QUE CERCA A UNIDADE BÁSICA DE SAÚDE DO BAIRRO JARDIM PROGRESSO (ÁREA SEIS).</t>
   </si>
   <si>
     <t>10932</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10932/ind_181.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10932/ind_181.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A CONSTRUÇÃO DE PASSEIO PARA PEDESTRE (CALÇADA) NA RUA SANTO INÁCIO PARALELO AO MURO DA ESCOLA MUNICIPAL PRESIDENTE CASTELO BRANCO NO BAIRRO ÁREA TRÊS.</t>
   </si>
   <si>
     <t>10933</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10933/ind_182.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10933/ind_182.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJAM REALIZADAS TODAS AS SINALIZAÇÕES DE TRÂNSITO VERTICAL E HORIZONTAL NECESSÁRIAS, BEM COMO A INSTALAÇÃO DE PLACAS CONTENDO O NOME DAS RUAS EM TODO O BAIRRO ÁREA TRÊS.</t>
   </si>
   <si>
     <t>10937</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10937/ind_183.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10937/ind_183.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO, QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, VERIFICAR A POSSIBILIDADE DE HOMENAGEAR O FUNDADOR DO ANTIGO CAMPO DO JOIA, COLOCANDO O NOME DO MESMO NO COMPLEXO ESPORTIVO DO BAIRRO ÁREA 3, A SER CONSTRUÍDO, CONFORME LICITAÇÃO EM ANDAMENTO, OU SEJA, “COMPLEXO ESPORTIVO JOÃO FRANCO SOBRINHO”, ATRAVÉS DE UM PROJETO DE LEI".</t>
   </si>
   <si>
     <t>10939</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10939/ind_184.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10939/ind_184.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE JUNTO COM A ATUAL REVITALIZAÇÃO QUE ESTÁ SENDO FEITA NA PRAÇA DA BÍBLIA, NA AV. PARANÁ, SEJA RECONSTRUÍDO OU REINSTALADO O ANTIGO CHAFARIZ REATIVANDO A CASCATA".</t>
   </si>
   <si>
     <t>10930</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10930/ind_185.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10930/ind_185.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM OPERAÇÃO TAPA-BURACOS NA RUA RIO DO OURO, TRECHO QUE COMPREENDE A RUA MAUÁ E MARGINAL DA PR160, ESPECIALMENTE FRENTE À RESIDENCIA DE NUMERO 61, PARQUE LIMEIRA ÁREA II”.</t>
   </si>
   <si>
     <t>10931</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10931/ind_186.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10931/ind_186.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM OPERAÇÃO TAPA-BURACOS NA RUA RIO BRANCO, ESPECIALMENTE FRENTE ÀS RESIDENCIAS DE NÚMEROS 229, 265 E 289, SÃO JOÃO”.</t>
   </si>
   <si>
     <t>10934</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10934/ind_187.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10934/ind_187.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A CONSTRUÇÃO DE UMA RAMPA DE ACESSO PARA CARRINHOS DE CRIANÇAS, IDOSOS E CADEIRANTES À PRACINHA DE BRINQUEDOS INFANTIS NA PRAÇA LUBA KLABIN, REITERANDO INDICAÇÃO DE 2019.”</t>
   </si>
   <si>
     <t>10935</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10935/ind_188.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10935/ind_188.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A MANUTENÇÃO, LIMPEZA E COLOCAÇÃO DE GRADE EM BUEIRO LOCALIZADO NA RUA JURUTANHI, ESQUINA COM RUA AMAZONAS, PARQUE LIMEIRA ÁREA III”.</t>
   </si>
   <si>
     <t>10936</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10936/ind_189.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10936/ind_189.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A MANUTENÇÃO, LIMPEZA E COLOCAÇÃO DE GRADE EM BUEIRO LOCALIZADO NA RUA ITAMBÉ, FRENTE AO NÚMERO 88, PARQUE LIMEIRA ÁREA VI.”</t>
   </si>
   <si>
     <t>10938</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10938/ind_190.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10938/ind_190.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIEM OPERAÇÃO TAPA-BURACOS NA RUA GARCIA RODRIGUES PAES,  ESQUINA COM A RUA MANOEL BORBA GATO, JARDIM BANDEIRANTES".</t>
   </si>
   <si>
     <t>10948</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10948/ind_191.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10948/ind_191.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO TBTRAN FAÇA UM ESTUDO PARA TORNAR MÃO ÚNICA A RUA TOMAZINA A PARTIR DO CRUZAMENTO COM A AVENIDA NOSSA SENHORA APARECIDA EM DIREÇÃO ATÉ A ROTATÓRIA NA AVENIDA EUCLIDES BONIFÁCIO LONDRES."</t>
   </si>
   <si>
     <t>10949</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10949/ind_192.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10949/ind_192.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE REALIZE O ESTUDO PARA CAMPANHA “POVO CONSCIENTE CIDADE LIMPA” QUE TRAZ COMO OBJETIVO DESPERTAR EM TODA POPULAÇÃO A IMPORTÂNCIA DE CUIDAR DO LUGAR EM QUE SE VIVE (RUAS, PRAÇAS, ESCOLAS, CENTROS ESPORTIVOS, ETC) JOGANDO LIXO EM LOCAL ADEQUADO”.</t>
   </si>
   <si>
     <t>10951</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10951/ind_193.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10951/ind_193.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO A SECRETARIA MUNICIPAL DE EDUCAÇÃO REALIZE UM ESTUDO PARA QUE SE CRIE O “DIA DA ESCOLA NA PRAÇA” COM O OBJETIVO DE QUE AS CRIANÇAS DA REDE MUNICIPAL POSSAM USUFRUIR DAS PRAÇAS E DOS COMPLEXOS ESPORTIVOS DE NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>10953</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10953/ind_194.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10953/ind_194.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE QUE REALIZE INSTALAÇÃO DE LIXEIRAS NA AVENIDA MARECHAL FLORIANO PEIXOTO - SOCOMIM”.</t>
   </si>
   <si>
     <t>10954</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10954/ind_195.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10954/ind_195.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE SERVIÇO DE RECAPE ASFÁLTICO, SENÃO FOR POSSÍVEL, AO MENOS REPAROS NA TRAVESSA MONJOLEIRO JARDIM FLORESTAL – AREA I ”.</t>
   </si>
   <si>
     <t>10957</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10957/ind_196.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10957/ind_196.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE A SUBSTITUIÇÃO DA TAMPA E TAMBÉM GRELHA DE DOIS BUEIROS NA TRAVESSA MONJOLEIRO EM FRENTE AO Nº 58 JARDIM FLORESTAL – AREA I”.</t>
   </si>
   <si>
     <t>10950</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10950/ind_197.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10950/ind_197.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, À COLOCAÇÃO DE UMA PLACA COM O SEGUINTE TEXTO: PROIBIDO JOGAR LIXO, NA RUA RIO BRANCO, PRÓXIMO AO NÚMERO 25, NO BAIRRO SÃO JOÃO”.</t>
   </si>
   <si>
     <t>10952</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10952/ind_198.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10952/ind_198.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE A SECRETARIA MUNICIPAL DE SAÚDE, QUE DISPONIBILIZE UMA CENTRAL DE ATENDIMENTOS DE CONSULTAS DAS UNIDADES BÁSICAS DE SAÚDE E ESPECIALIDADES ATRAVÉS DO TELEFONE, PREFERENCIALMENTE POR MEIO 0800, NESTE MOMENTO QUE VIVEMOS EM ISOLAMENTO SOCIAL.</t>
   </si>
   <si>
     <t>10955</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10955/ind_199.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10955/ind_199.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE ESTUDEM A POSSIBILIDADE DE COLOCAR UM REDUTOR DE VELOCIDADE NA RUA JOSE LACERDA EM FRENTE AO NUMERO 14 NO BAIRRO ÁREA DOIS .</t>
   </si>
   <si>
     <t>10956</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10956/ind_200.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10956/ind_200.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO, QUE SE FAÇA UM ESTUDO, SE A POSSIBILIDADE DE UTILIZAR O ESPAÇO DA ANTIGA CONCHA ACÚSTICA PARA USO TEMPORÁRIO DE ESTACIONAMENTO PARA COMUNIDADE ENQUANTO NÃO FOR INICIADA AS OBRAS DO PROJETO QUE ESTA PREVISTO PARA A CONSTRUÇÃO DO PRÉDIO.</t>
   </si>
   <si>
     <t>10958</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10958/ind_201.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10958/ind_201.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FORNECIDO UMA CAIXA DE COLETA DE LIXO PARA A RUA SAN MARTIN DO BAIRRO VILA ISABEL .”</t>
   </si>
   <si>
     <t>10959</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10959/ind_202.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10959/ind_202.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO TAPA BURACO NA RUA TRAVESSA ARROIO CACHOEIRA FRENTE AO NUMERO 111 NO BAIRRO SÃO JOÃO .”</t>
   </si>
   <si>
     <t>10960</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10960/ind_203.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10960/ind_203.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO TAPA BURACO EM FRENTE A ESCOLA MUNICIPAL PROFESSORA JUVENTINA  BETIM DA SILVA  NO BAIRRO SÃO JOÃO."</t>
   </si>
   <si>
     <t>10961</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10961/ind_204.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10961/ind_204.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE SEJA FEITA ROÇADA NO LOTE BALDIO ENTRE A RUA SALVADOR ESQUINA COM A RUA SANTA FÉ NO BAIRRO VILA ISABEL ."</t>
   </si>
   <si>
     <t>10963</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10963/ind_205.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10963/ind_205.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO O DESENTUPIMENTO DO BUEIRO NA RUA SANTA FÉ DE ESQUINA COM A TRAVESSA RIO GRANDE NO BAIRRO VILA ISABEL.”</t>
   </si>
   <si>
     <t>10962</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10962/ind_206.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10962/ind_206.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE A LIMPEZA E DESOBSTRUÇÃO DOS BUEIROS DA RUA IARA, TRAVESSAS: SANTA TEREZINHA, SANTO INÁCIO, SANTO ONOFRE, SÃO TOMÉ E COMEÇO DA AVENIDA JURUTANHI NO BAIRRO ÁREA TRÊS.</t>
   </si>
   <si>
     <t>10965</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10965/ind_207.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10965/ind_207.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE UM LEVANTAMENTO PARA A REALIZAÇÃO DE ALGUMAS MELHORIAS INTERNAS E EXTERNAS QUE SE FAZEM NECESSÁRIAS NA ESTRUTURA DO CENTRO COMUNITÁRIO DO BAIRRO JARDIM PROGRESSO (ÁREA SEIS).</t>
   </si>
   <si>
     <t>10967</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10967/ind_208.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10967/ind_208.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE DA SECRETARIA DE OBRAS PUBLICA QUE SEJA REALIZADO REPARO NA PARTE DO ALAMBRADO QUE ESTÁ COM UM GRANDE BURACO NA ESCOLA MUNICIPAL PAULO FREIRE NO BAIRRO JARDIM PROGRESSO (ÁREA SEIS)“.</t>
   </si>
   <si>
     <t>10969</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10969/ind_209.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10969/ind_209.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO A INSTALAÇÃO DE UM PONTO DE ÔNIBUS DESSES NOVOS QUE FORAM ADQUIRIDOS RECENTEMENTE, NA RUA BANDEIRAS ESQUINA COM A RUA AMÉRICO VESPÚCIO NO BAIRRO JARDIM BANDEIRANTES.</t>
   </si>
   <si>
     <t>10964</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10964/ind_210.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10964/ind_210.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AO SETOR COMPETENTE QUE JUNTO AOS NOVOS PONTOS DE ÔNIBUS SEJA TAMBÉM INSTALADA UMA LIXEIRA."</t>
   </si>
   <si>
     <t>10966</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10966/ind_211.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10966/ind_211.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A COMPILAÇÃO DAS LEIS MUNICIPAIS, CRIANDO AINDA NO SITE DO MUNICÍPIO LINK PRÓPRIO PARA DISPOSIÇÃO DAS LEIS, HAJA VISTA A DIFICULDADE DE BUSCA DAS MESMAS EM MEIO AOS BOLETINS JÁ PUBLICADOS, E SUA NÃO DISPOSIÇÃO NA PLATAFORMA “LEIS MUNICIPAIS”, SENDO ESTE UM PEDIDO DA COMISSÃO DE DIREITO DO ESTADO E GESTÃO PÚBLICA DA OAB – SUBSEÇÃO TELÊMACO BORBA”.</t>
   </si>
   <si>
     <t>10968</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10968/ind_212.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10968/ind_212.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE, APÓS A REVITALIZAÇÃO DA PRAÇA LOCALIZADA ENTRE A RUA DOS INCAS E RUA DOS TAPUIAS, EFETUE OS TRÂMITES NECESSÁRIOS PARA DENOMINÁ-LA DE "PRAÇA PADRE EGÍDIO GARDNER". CASO ISSO NÃO SEJA POSSÍVEL, ENTÃO QUE SEJA DENOMINADO OUTRO LOGRADOURO PÚBLICO EM HOMENAGEM A ESSA FIGURA MARCANTE PARA A COMUNIDADE TELEMACOBORBENSE, REITERANDO INDICAÇÕES NºS 25/2019 E 487/2018”.</t>
   </si>
   <si>
     <t>10970</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10970/ind_213.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10970/ind_213.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PRESIDENTE DESSA CASA DE LEIS, QUE ENCAMINHE POR MÍDIA DIGITAL, DE MANEIRA OFICIAL (VIA OFÍCIO) AO CREA, CAU E ASSOCIAÇÃO DE ENGENHEIROS, CÓPIA DOS ANTEPROJETOS DE LEIS QUE TRATAM DO CÓDIGO DE OBRAS, PARCELAMENTO DO SOLO, ZONEAMENTO, USO E OCUPAÇÃO DO SOLO, OUTORGA ONEROSA DO DIREITO DE CONSTRUIR, ATUALMENTE EM TRÂMITE, À FIM DE QUE POSSAM FAZER A DEVIDA ANÁLISE E EFETUAREM OS APONTAMENTOS QUE ACHAREM NECESSÁRIOS”.</t>
   </si>
   <si>
     <t>10971</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10971/ind_214.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10971/ind_214.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS SETORES COMPETENTES DA MUNICIPALIDADE QUE SE RETOME O PROJETO DE ABERTURA E/OU CONTINUIDADE DA RUA NOSSA SENHORA APARECIDA, INTERLIGANDO COM O BAIRRO RIO ALEGRE, O QUE FACILITARÁ EM MUITO O TRÂNSITO DE VEÍCULOS E PEDESTRES ENTRE ESSES BAIRROS”.</t>
   </si>
   <si>
     <t>10972</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10972/ind_215.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10972/ind_215.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM A INSTALAÇÃO DE DUAS TRAVESSIAS ELEVADAS DE PEDESTRE NA CONFLUÊNCIA DA RUA TOMAZINA COM AV. NOSSA SENHORA APARECIDA, HAJA VISTA INÚMEROS ACIDENTES NESTE LOCAL, DEVIDO A GRANDE VELOCIDADE QUE OS VEÍCULOS ALCANÇAM NO DECLIVE DA RUA TOMAZINA, BAIRRO NOSSA SENHORA DE FÁTIMA.”</t>
   </si>
   <si>
     <t>10974</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10974/ind_216.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10974/ind_216.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM OPERAÇÃO TAPA-BURACOS EM TRECHO DE ASFALTO QUE ESTÁ CEDENDO, NAS PROXIMIDADES DA CONFLUÊNCIA DA RUA JURUTANHI COM RUA JEQUITIBÁ, PARQUE LIMEIRA ÁREA VI.”</t>
   </si>
   <si>
     <t>10976</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10976/ind_217.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10976/ind_217.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM MANUTENÇÃO, LIMPEZA E INSTALAÇÃO DE GRELHA EM BUEIRO LOCALIZADO NA RUA MINA DE CARVÃO, FRENTE À RESIDENCIA DE NÚMERO 550, PARQUE LIMEIRA ÁREA II.”</t>
   </si>
   <si>
     <t>10977</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10977/ind_218.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10977/ind_218.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM LIMPEZA NA PISTA DE ROLAMENTO DA RUA MAUÁ, PROXIMIDADES AO NÚMERO 630, HAJA VISTA RESTO DE OBRA COM CIMENTO NA VIA, PARQUE LIMEIRA ÁREA II.”</t>
   </si>
   <si>
     <t>10978</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10978/ind_219.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10978/ind_219.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM OPERAÇÃO TAPA-BURACOS NA RUA CHARQUEADA, PROXIMIDADES DO NÚMERO 428, PARQUE LIMEIRA ÁREA VII.”</t>
   </si>
   <si>
     <t>10973</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10973/ind_220.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10973/ind_220.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIEM OPERAÇÃO TAPA-BURACOS NA RUA SALTO DA CONCEIÇÃO EM FRENTE AO NÚMERO 273,  BAIRRO  ÁREA 2"</t>
   </si>
   <si>
     <t>10983</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10983/ind_221.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10983/ind_221.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE UM ESTUDO PARA A CONSTRUÇÃO DE UM CENTRO DE TREINAMENTO DE LUTAS EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>10986</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10986/ind_222.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10986/ind_222.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE ESTUDO PARA IMPLANTAÇÃO DE DOIS NOVOS PONTOS DA FEIRA DO BEM: UM NA VILA OSÓRIO E OUTRO NO JARDIM FLORESTAL (ÁREA I)”.</t>
   </si>
   <si>
     <t>10988</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10988/ind_223.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10988/ind_223.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE A SECRETARIA MUNICIPAL OBRAS E SERVIÇO PÚBLICO, COM A MÁXIMA URGÊNCIA A LIMPEZA E ROÇADA NA CALÇADA AO ENTORNO DO COLÉGIO ESTADUAL PRESIDENTE VARGAS, LOCALIZADO NO BAIRRO NOSSA SENHORA DO PERPÉTUO DO SOCORRO (BNH)”.</t>
   </si>
   <si>
     <t>10991</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10991/ind_224.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10991/ind_224.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE A SECRETARIA MUNICIPAL OBRAS E SERVIÇO PÚBLICO, A TROCA DE LÂMPADAS NO PARQUE DA CIDADE”.</t>
   </si>
   <si>
     <t>10992</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10992/ind_225.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10992/ind_225.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇO PÚBLICO, REPAROS NA CALÇADA ONDE FOI RETIRADO O ABRIGO DO ÔNIBUS À RUA BANDEIRA (PRÓXIMO A PANIFICADORA KIPÃO)”.</t>
   </si>
   <si>
     <t>10990</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10990/ind_226.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10990/ind_226.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR NOME DO SR. MOACIR PEDRO COSTA (IN MEMORIAM), NA PRAÇA QUE SERÁ CONSTRUÍDA AO LADO DA IGREJA CATÓLICA DO BAIRRO SÃO FRANCISCO.”</t>
   </si>
   <si>
     <t>10993</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10993/ind_227.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10993/ind_227.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR FAIXA AMARELA, DE CARGA E DESCARGA, NA RUA SÍRIO DE CASTRO RIBAS, EM FRENTE AO Nº 266, BAIRRO JARDIM UNIÃO”,</t>
   </si>
   <si>
     <t>10994</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10994/ind_228.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10994/ind_228.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO E ÓRGÃOS COMPETENTES, QUE ESTUDEM A POSSIBILIDADE DE APLICAR O ADICIONAL DE INSALUBRIDADE  DEIXANDO A CARGO DOS MESMO DISCUTIR SOBRE O PERCENTUAL A SER PAGO AOS PROFISSIONAIS DA ASSISTÊNCIA SOCIAL A EXEMPLO DO QUE ESTA SENDO FEITO COM OS PROFISSIONAIS DA SAÚDE BASEADO  NA  LEI 8.112, DE 1990."</t>
   </si>
   <si>
     <t>10996</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10996/ind_229.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10996/ind_229.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SEJA FEITO A PINTURA DE SINALIZAÇÃO DO ASFALTO DA ESTRADA DOS GUARARAPES DO BAIRRO MARINHA E  COLOCAR AS PLACAS DE SINALIZAÇÃO NA MESMA”.</t>
   </si>
   <si>
     <t>10999</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10999/ind_230.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10999/ind_230.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SEJA CONSTRUÍDO PARQUINHO CENTRO COMUNITÁRIO, ACADEMIA DO IDOSO, QUADRA DE SOCIETY, QUADRA DE AREIA NO CAMPO DA MACOPA</t>
   </si>
   <si>
     <t>10997</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10997/ind_231.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10997/ind_231.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO TRANSMISSÃO DAS AUDIÊNCIAS PÚBLICAS, OBRIGATÓRIAS POR LEI, ATRAVÉS DA PÁGINA INSTITUCIONAL DA PREFEITURA”.</t>
   </si>
   <si>
     <t>10998</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10998/ind_232.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10998/ind_232.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE PROMOVA A INSTALAÇÃO DE TABELAS DE BASQUETE, AROS E REDES (KIT COMPLETO) NAS PRAÇAS PÚBLICAS QUE ESTÃO SENDO REVITALIZADAS”.</t>
   </si>
   <si>
     <t>11002</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11002/ind_233.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11002/ind_233.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE EFETUE MELHORIAS NA FRENTE E AO REDOR DA QUADRA DA ACADEMIA DE GINÁSTICA, LOCALIZADA NA RUA PONTA GROSSA”.</t>
   </si>
   <si>
     <t>11004</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11004/ind_234.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11004/ind_234.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA SEJA REFORMADO E REVITALIZADO O CENTRO COMUNITÁRIO DO BAIRRO RIO ALEGRE”.</t>
   </si>
   <si>
     <t>11001</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11001/ind_235.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11001/ind_235.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO  QUE JUNTO AO SENHOR SECRETARIO DE OBRAS QUE SEJA FEITO UM ESTUDO DE SERVIÇO DE MELHORIAS NA RUA ITABUNA, BAIRRO VILA ESPERANÇA .”</t>
   </si>
   <si>
     <t>11003</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11003/ind_236.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11003/ind_236.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO  QUE JUNTO AO SETOR COMPETENTE QUE SEJA FEITO UM ESTUDO PARA TROCA DAS LÂMPADAS DOS POSTES DE ILUMINAÇÃO PÚBLICA POR LÂMPADAS DE LED, NO PARQUINHO ONDE ESTA LOCALIZADO, NA PRAÇA DA FAMÍLIA,.”</t>
   </si>
   <si>
     <t>11005</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11005/ind_237.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11005/ind_237.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO  QUE JUNTO AO SENHOR SECRETÁRIO DE OBRAS, QUE SEJA FEITO UM ESTUDO PARA IMPLANTAÇÃO DE UM CAMPO DE FUTEBOL EM UM TERRENO QUE FICA LOCALIZADO MAIS PRECISAMENTE NA RUA TIPUANA, BAIRRO SÃO JOÃO .”</t>
   </si>
   <si>
     <t>11007</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11007/ind_238.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11007/ind_238.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM OPERAÇÃO TAPA-BURACOS NA RUA MAUÁ, NAS PROXIMIDADES DOS NÚMEROS 550 E 570, PARQUE LIMEIRA ÁREA 2.”</t>
   </si>
   <si>
     <t>11008</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11008/ind_239.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11008/ind_239.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM OPERAÇÃO TAPA-BURACOS NA AV. JURUTANHI, TRECHO QUE COMPREENDE A RUA OLINDA E RUA DAS AMAZONAS, PARQUE LIMEIRA ÁREA VI.”</t>
   </si>
   <si>
     <t>11009</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11009/ind_240.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11009/ind_240.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM OPERAÇÃO TAPA-BURACOS NA AVENIDA PREFEITO CACILDO BATISTA ARPELAU, NAS PROXIMIDADES DO NÚMERO 721, FRENTE AO PONTO DE ÔNIBUS, INCLUINDO TRATAMENTO DE ESGOTO.”</t>
   </si>
   <si>
     <t>11006</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11006/ind_241.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11006/ind_241.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PRESIDENTE DESTA CASA DE LEIS,  EM CARÁCTER URGENTE, QUE SEJA ENVIADO OFÍCIO AO  SENHOR SANDRO ALEX CRUZ DE OLIVEIRA, ATUAL SECRETÁRIO DE INFRAESTRUTURA E LOGÍSTICA DO PARANÁ, SOLICITANDO A MANUTENÇÃO NA RODOVIA FRANCISCO SADY DE BRITO – PR 340, NOS LOCAIS ONDE ONDULAÇÕES E BURACOS NA PISTA COLOCAM EM RISCO OS VEÍCULOS QUE POR ALI TRANSITAM, HAJA VISTA ACIDENTE OCORRIDO NESTA RODOVIA ESTA SEMANA.”</t>
   </si>
   <si>
     <t>11017</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11017/ind_242.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11017/ind_242.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE POR MEIO DO SETOR COMPETENTE A POSSIBILIDADE DE UM PROJETO PARA CONSTRUÇÃO DE UM PET PARK - ESPAÇO EXCLUSIVO PARA RECREAÇÃO E ATIVIDADES FÍSICAS DOS CÃES NO PARQUE DA CIDADE, REITERA A SOLICITAÇÃO REALIZADA ATRAVÉS DA INDICAÇÃO Nº 500/2019”.</t>
   </si>
   <si>
     <t>11018</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11018/ind_243.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11018/ind_243.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PÚBLICOS, REPAROS NA CALÇADA A RUA JOAQUIM BATISTA RIBEIRO, CENTRO”.</t>
   </si>
   <si>
     <t>11019</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11019/ind_244.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11019/ind_244.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO A POSSIBILIDADE DE DESIGNAR FUNÇÃO GRATIFICADA AOS GARIS DESTA MUNICIPALIDADE”.</t>
   </si>
   <si>
     <t>11020</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11020/ind_245.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11020/ind_245.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE A SUBSTITUIÇÃO DA TAMPA DO BUEIRO NA RUA GIRASSOL, 158 – JARDIM MONTE CARLO”.</t>
   </si>
   <si>
     <t>11021</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11021/ind_246.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11021/ind_246.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE UM ESTUDO PARA A CONSTRUÇÃO DE UMA PASSARELA INTERLIGANDO A AVENIDA YPÊ ROXO – JARDIM MONTE CARLO À RUA CAMPINA ALTA – PARQUE LIMEIRA ÁREA II”.</t>
   </si>
   <si>
     <t>11022</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11022/ind_247.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11022/ind_247.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO SETOR COMPETENTE DENOMINE O COMPLEXO ESPORTIVO DO JARDIM BANDEIRANTES CHAMANDO DE “COMPLEXO ESPORTIVO CARLOS ALBERTO MERHY”.</t>
   </si>
   <si>
     <t>11023</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11023/ind_248.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11023/ind_248.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO SETOR COMPETENTE, APÓS A REVITALIZAÇÃO DO ANFITEATRO DO CENTRO CULTURAL ELOAH MARTINS QUADRADO, DENOMINE DE ANFITEATRO SÍRIO DE CASTRO RIBAS”.</t>
   </si>
   <si>
     <t>11024</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11024/ind_249.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11024/ind_249.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO UMA EXTENSÃO DE MAIS UM POSTE COM ILUMINAÇÃO NO FINAL DA RUA  SANTA PAULA NO BAIRRO ANA MERY."</t>
   </si>
   <si>
     <t>11025</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11025/ind_250.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11025/ind_250.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES, QUE SEJA COLOCADO UM PLACA DE RUA SEM SAÍDA NO FINAL DA RUA SANTA PAULA (ANA MERY), DO LADO ESQUERDO ONDE EXISTE UMA ENTRADA DE UM TERRENO PARTICULAR."</t>
   </si>
   <si>
     <t>11026</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11026/ind_251.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11026/ind_251.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RAMPA PARA CADEIRANTE EM FRENTE AO Nº 255, NA RUA JOÃO DE BARRO, BAIRRO SÃO SILVESTRE.”</t>
   </si>
   <si>
     <t>11027</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11027/ind_252.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11027/ind_252.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR PONTO DE ÔNIBUS, COM ABRIGO, NA AVENIDA JURUTANHÍ, ENTRE A RUA CAMPO BELO E A RUA MONTES CLAROS, BAIRRO ÁREA 6.”</t>
   </si>
   <si>
     <t>11028</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11028/ind_253.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11028/ind_253.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA INSTALADO PLACAS NA AVENIDA PARANÁ INDICANDO OS SEGUINTES BAIRROS ANA MARY, JARDIM MARGARIDA, MACOPA, SÃO LUIZ, SANTA RITA E SÃO JORGE."</t>
   </si>
   <si>
     <t>11029</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11029/ind_254.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11029/ind_254.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE QUE EFETUE O SERVIÇO DE TAPA BURACO EM VÁRIOS PONTOS DA RUA MANOEL MENDES DE OLIVEIRA, BAIRRO SÃO FRANCISCO DE ASSIS. "</t>
   </si>
   <si>
     <t>11031</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11031/ind_255.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11031/ind_255.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA ADQUIRIDO UMA IMPRESSORA EM BRAILLE E TINTA, PARA QUE SEJA USADA JUNTO À SALA DE RECURSOS MULTIFUNCIONAL NA ÁREA DE DEFICIÊNCIA VISUAL, PODENDO ASSIM OCORRER ATIVIDADES PEDAGÓGICAS DE ALUNOS COM DEFICIÊNCIA VISUAL EM CONJUNTO COM AQUELES QUE NÃO A POSSUEM, REITERANDO IND 837/2019”.</t>
   </si>
   <si>
     <t>11034</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11034/ind_256.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11034/ind_256.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA SEJA INSTALADO PÉTALA DE ILUMINAÇÃO DAS PRAÇAS 12 DE OUTUBRO, 13 DE MAIO, E PRAÇA JOAQUIM FERREIRA LOBO NENÊ”.</t>
   </si>
   <si>
     <t>11036</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11036/ind_257.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11036/ind_257.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE REPAROS NO ASFALTO DA RUA CARMO DA MATA E FUTURAMENTE RECAPE ASFÁLTICO (RUA MUITO ESBURACADA)”.</t>
   </si>
   <si>
     <t>11037</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11037/ind_258.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11037/ind_258.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A COLOCAÇÃO DE UM TOLDO, A SER INSTALADO DO PORTÃO ATÉ O BLOCO DE SALAS DE AULA, NA ESCOLA MUNICIPAL PÉRICLES PACHECO (Reiterando Indicação nº 157 de 2019)’’.</t>
   </si>
   <si>
     <t>11030</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11030/ind_259.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11030/ind_259.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL” QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA REALIZAÇÃO DE RECAPE COM LAMA ASFÁLTICA NA AVENIDA JURUTANHI A PARTIR DO CRUZAMENTO COM A RUA MINA DE PRATA ATÉ A ESQUINA COM A RUA DAS AMAZONAS NO BAIRRO ÁREA TRÊS.</t>
   </si>
   <si>
     <t>11032</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11032/ind_260.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11032/ind_260.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL” QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE ROÇADA, LIMPEZA E CONSTRUÇÃO DE CALÇADA NO TERRENO PUBLICO LOCALIZADO NA RUA GUARAPUAVA NO BAIRRO SÃO FÉLIX.</t>
   </si>
   <si>
     <t>11033</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11033/ind_261.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11033/ind_261.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO MUNICIPAL” QUE SOLICITE AO SETOR COMPETENTE DA MUNICIPALIDADE QUE SEJA REALIZADO RECAPE COM LAMA ASFÁLTICA NA RUA GUARULHOS NO BAIRRO VILA SÃO JOSÉ, PRÓXIMO A ESCOLA GOLFINHO AZUL</t>
   </si>
   <si>
     <t>11035</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11035/ind_262.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11035/ind_262.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE A COLOCAÇÃO DE PLACAS INDICATIVAS COM O NOME DAS RUAS, NOS BAIRROS JARDIM MONTE SINAI UM E DOIS”.</t>
   </si>
   <si>
     <t>11042</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11042/ind_263.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11042/ind_263.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM OPERAÇÃO TAPA-BURACOS NA RUA ITAMBÉ, ESPECIALMENTE FRENTE AO NÚMERO 9, PARQUE LIMEIRA ÁREA VI.”</t>
   </si>
   <si>
     <t>11043</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11043/ind_264.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11043/ind_264.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM MANUTENÇÃO, LIMPEZA E INSTALAÇÃO DE GRELHAS EM DOIS BUEIROS LOCALIZADOS NA RUA MAUÁ, PROXIMIDADES DA RESIDENCIA DE NÚMERO 717, PARQUE LIMEIRA ÁREA II.”</t>
   </si>
   <si>
     <t>11044</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11044/ind_265.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11044/ind_265.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE ASFALTO E URBANIZAÇÃO NA RUA JOÃO MARTINS DE OLIVEIRA, BAIRRO RIO ALEGRE, NO TRECHO ENTRE AS RUAS IRLANDA E RIO JORDÃO, ALÉM DE COLOCAÇÃO DE PLACA INDICATIVA DO NOME DESTA RUA.”</t>
   </si>
   <si>
     <t>11045</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11045/ind_266.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11045/ind_266.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM OPERAÇÃO TAPA-BURACOS NA RUA MAUÁ, EM TODA SUA EXTENSÃO NO  PARQUE LIMEIRA ÁREA 2.”</t>
   </si>
   <si>
     <t>11046</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11046/ind_267.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11046/ind_267.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO. QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE EFETUE LIMPEZA DE BUEIRO E RECOLOQUE TAMPA, AVENIDA MILÃO EM FRENTE AO SOBRADO Nº 15,RESIDENCIAL CASA BELA .</t>
   </si>
   <si>
     <t>11049</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11049/ind_268.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11049/ind_268.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE A INSTALAÇÃO DE PLACAS INDICATIVAS COM NOMES DOS HOMENAGEADOS EM PRAÇAS E COMPLEXOS ESPORTIVOS”.</t>
   </si>
   <si>
     <t>11050</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11050/ind_269.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11050/ind_269.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE A INSTALAÇÃO DE POSTES E LUMINÁRIAS A PARTIR DO VIADUTO ( RUA SÃO VICENTE DE PAULA, JARDIM FLORESTAL) ATÉ A PASSARELA NA VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>11052</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11052/ind_270.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11052/ind_270.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE REPAROS NO ASFALTO NA RUA TUNÍSIA EM FRENTE AO NÚMERO 04 – VILA CRISTINA”.</t>
   </si>
   <si>
     <t>11053</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11053/ind_271.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11053/ind_271.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE A SUBSTITUIÇÃO DE LÂMPADAS DO VIADUTO SÃO VICENTE DE PAULA E NA ROTATÓRIA DO TREVO NA VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>11047</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11047/ind_272.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11047/ind_272.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE POR MEIO DO SETOR COMPETENTE A POSSIBILIDADE INSTALAÇÃO DE PLACAS DE PROIBIDO JOGAR LIXO ENTORNO DO COLÉGIO ESTADUAL PRESIDENTE VARGAS, LOCALIZADO NO BAIRRO NOSSA SENHORA DO PERPÉTUO DO SOCORRO”.</t>
   </si>
   <si>
     <t>11048</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11048/ind_273.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11048/ind_273.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE SE ESTUDE A POSSIBILIDADE, EM FUTUROS PROJETOS DE LEI, EM RELAÇÃO À DENOMINAÇÃO DA QUADRA DE ESPORTES ÁREA II, HOMENAGEAR A SAUDOSA VEREADORA  APARECIDA FRAGA MACAM, A QUAL CONTRIBUI PARA O DESENVOLVIMENTO SUSTENTÁVEL DO MUNICÍPIO POR TRÊS LEGISLATURAS’’.</t>
   </si>
   <si>
     <t>11051</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11051/ind_274.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11051/ind_274.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE QUE EFETUE A COMUNICAÇÃO VISUAL ATRAVÉS DE PLACAS DE TRÂNSITO ESTABELECENDO A PROIBIÇÃO DE ESTACIONAMENTO DE VEÍCULOS PESADOS NA RUA CHARQUEADA, MAIS PRECISAMENTE EM FRENTE AO NÚMERO 102.</t>
   </si>
   <si>
     <t>11055</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11055/ind_275.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11055/ind_275.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA PROVIDENCIADO PROJETO E POSTERIOR EXECUÇÃO DE ILUMINAÇÃO DO VIADUTO CARLOS HUGO”.</t>
   </si>
   <si>
     <t>11057</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11057/ind_276.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11057/ind_276.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA INCLUÍDO NO ORÇAMENTO DE 2021 O RECAPE ASFÁLTICO DAS RUAS EL DOURADO, ESTRADA DA FAZENDA, FORMOSA, FAXINAL, CENTENÁRIO, MENDONZA, MAR DEL PLATA, CONTINUAÇÃO DA RUA ALCATRAZ E CONTINUAÇÃO DA RUA CASCAVEL”.</t>
   </si>
   <si>
     <t>11059</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11059/ind_277.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11059/ind_277.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA MELHORADO O SISTEMA DE BALIZAMENTO NOTURNO DA TORRE DE ANTENA DE TV’S, SENDO ESTE UM ITEM DE SEGURANÇA OBRIGATÓRIO”.</t>
   </si>
   <si>
     <t>11061</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11061/ind_278.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11061/ind_278.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJAM FEITAS CALÇADAS NA MARGINAL DOS TRABALHADORES, REGIÃO DO DISTRITO INDUSTRIAL."</t>
   </si>
   <si>
     <t>11054</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11054/ind_279.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11054/ind_279.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIE A REALIZAÇÃO DE TAPA BURACOS NA RUA RIO IGUAÇU ESQUINA COM A RUA MINA DE PRATA NO BAIRRO ÁREA TRÊS.</t>
   </si>
   <si>
     <t>11056</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11056/ind_280.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11056/ind_280.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE _x000D_
  - VERIFICAR POSSIBILIDADE DE ALARGAMENTO RUA RIO IGUAÇU PASSANDO A MESMA PARA PISTA DUPLA EM AMBAS AS MÃOS OU UMA SÓ,  OU AINDA,  CONSTRUÇÃO DE MAIS UMA VIA PARALELA À RUA RIO IGUAÇU, OU SEJA, A PARTIR DA ENTRADA PRINCIPAL DO BAIRRO ÁREA 3 -  RUA RIO IGUAÇU ATÉ A ENTRADA  DO AEROPORTO, POIS NESSE TRECHO HÁ UM GRANDE ESPAÇO QUE PERMITE ESTA MUDANÇA. _x000D_
 - VERIFICAR TAMBÉM:_x000D_
    . POSSIBILIDADE DE FAZER UMA ROTATÓRIA PRÓXIMO À ENTRADA DO AEROPORTO, BEM COMO MELHORIAS / CONSTRUÇÃO DE PASSEIO PARA PEDESTRES (CALÇADAS)  E CONSTRUÇÃO DE GALERIAS PLUVIAIS NA RUA EM QUESTÃO.</t>
   </si>
   <si>
     <t>11058</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11058/ind_281.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11058/ind_281.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE ATRAVÉS DO SETOR COMPETENTE DA MUNICIPALIDADE PARA QUE SEJA REALIZADAS ALGUMAS MELHORIAS NA ENTRADA E NO PATIO DAS DEPENDÊNCIAS DA FEIRA DO PRODUTOR.</t>
   </si>
   <si>
     <t>11060</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11060/ind_282.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11060/ind_282.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO  QUE SOLICITE ATRAVÉS DO SETOR COMPETENTE DA MUNICIPALIDADE PARA QUE SEJA REALIZADO REPARO NO ASFALTO ONDE SURGIU UM BURACO (EROSÃO), NA PARTE FINAL DA RUA OLINDA EM FRENTE AO Nº 331 NO BAIRRO ÁREA TRÊS.</t>
   </si>
   <si>
     <t>11062</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11062/ind_283.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11062/ind_283.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE ATRAVÉS DO SETOR COMPETENTE DA MUNICIPALIDADE PARA QUE SEJA REALIZADA LIMPEZA E DESOBSTRUÇÃO DOS BUEIROS LOCALIZADOS NA PARTE FINAL DA RUA OLINDA, A PARTIR DA ESQUINA COM A RUA SÃO LEOPOLDO NO BAIRRO ÁREA TRÊS.</t>
   </si>
   <si>
     <t>11063</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11063/ind_284.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11063/ind_284.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO OPERAÇÃO TAPA BURACO NAS RUAS LAGUNA, MARILÂNDIA E RECIFE, BAIRRO MARINHA”</t>
   </si>
   <si>
     <t>11064</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11064/ind_285.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11064/ind_285.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE MANUTENÇÃO E LIMPEZA EM TRÊS BUEIROS, NA RUA RIO IGUAÇU, NAS PROXIMIDADES DO ACESSO AO AEROPORTO, PARQUE LIMEIRA ÁREA III, HAJA VISTA ALAGAMENTOS EM DIAS DE CHUVA NESTE TRECHO DA VIA PÚBLICA.”</t>
   </si>
   <si>
     <t>11065</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11065/ind_286.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11065/ind_286.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE TAPA-BURACOS, ALÉM DE MANUTENÇÃO E LIMPEZA EM BUEIRO, NA RUA IGUAPÉ, PRÓXIMO À RESIDENCIA DE NÚMERO 12A, PARQUE LIMEIRA ÁREA III.”</t>
   </si>
   <si>
     <t>11066</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11066/ind_287.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11066/ind_287.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA O ASFALTO NA  RUA ISAAC NEWTON – FAZENDA LIMEIRA”.</t>
   </si>
   <si>
     <t>11067</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11067/ind_288.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11067/ind_288.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PAVIMENTAÇÃO COM LAMA ASFÁLTICA NA RUA GALILEU, BAIRRO SÃO JOÃO”.</t>
   </si>
   <si>
     <t>11079</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11079/ind_289.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11079/ind_289.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE A CONSTRUÇÃO DE CALÇADAS AO REDOR DA UBS DA VILA ISABEL”.</t>
   </si>
   <si>
     <t>11080</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11080/ind_290.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11080/ind_290.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE O SERVIÇO DE PAVIMENTAÇÃO ASFÁLTICA NA RUA PADRE CHAGAS DE LIMA – JARDIM ITÁLIA”.</t>
   </si>
   <si>
     <t>11081</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11081/ind_291.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11081/ind_291.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE REPARO (TAPA BURACOS) NA AVENIDA MARECHAL FLORIANO PEIXOTO EM FRENTE AO 1034 – ALTO DAS OLIVEIRAS”.</t>
   </si>
   <si>
     <t>11082</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11082/ind_292.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11082/ind_292.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DE COLOCAR TENDAS EM FRENTE ÀS RECEPÇÕES DAS UNIDADES BÁSICAS DE SAÚDE, QUE NÃO POSSUEM COBERTURA EXTERNA”.</t>
   </si>
   <si>
     <t>11083</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11083/ind_293.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11083/ind_293.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIEM INSTALAÇÃO DE FAIXA ELEVADA DE TRAVESSIA DE PEDESTRES NA RUA CAMPINA ALTA, ALTURA DO NÚMERO 423, FRENTE A PANIFICADORA DUTHONY, NO PARQUE LIMEIRA ÁREA II.”</t>
   </si>
   <si>
     <t>11084</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11084/ind_294.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11084/ind_294.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE PROMOVA INTERVENÇÃO URGENTE NO BUEIRO SITUADO NA CONFLUÊNCIA DAS RUAS ESPÍRITO SANTO E CEARÁ, HAJA VISTA OS PROBLEMAS DE INFILTRAÇÃO ALI EXISTENTE."</t>
   </si>
   <si>
     <t>11085</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11085/ind_295.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11085/ind_295.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REFORMA DO CENTRO COMUNITÁRIO DO BAIRRO JARDIM BANDEIRANTES”.</t>
   </si>
   <si>
     <t>11086</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11086/ind_296.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11086/ind_296.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO ASFALTO NA RUA PROJETADA A, LOCALIZADA AO LADO DO CEMITÉRIO”.</t>
   </si>
   <si>
     <t>11087</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11087/ind_297.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11087/ind_297.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO EXTENSÃO DE ILUMINAÇÃO NA RUA MÉXICO, BAIRRO ALTO DAS OLIVEIRAS”.</t>
   </si>
   <si>
     <t>11088</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11088/ind_298.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11088/ind_298.pdf</t>
   </si>
   <si>
     <t>"INDICA O SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A RECUPERAÇÃO DA PAVIMENTAÇÃO DE ENTRADA DOS VEÍCULOS AO ESTACIONAMENTO DO POSTO DE SAÚDE DO CAIC, A QUAL ESTÁ EM SITUAÇÃO PRECÁRIA (COM BURACOS), OCORRENDO INCLUSIVE ACÚMULO DE ÁGUA EM DIAS CHUVOSOS, NECESSITANDO TAMBÉM DE UM SISTEMA EFICIENTE DE ESCOAMENTO (REITERANDO INDICAÇÃO DE 2018)”.</t>
   </si>
   <si>
     <t>11089</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11089/ind_299.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11089/ind_299.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE NOTIFIQUE A EMPRESA RESPONSÁVEL PELO LOTEAMENTO JARDIM ARGENTINA PARA QUE EFETUE MANUTENÇÃO DA PAVIMENTAÇÃO POLIÉDRICA, BEM COMO TOME MEDIDAS EM RELAÇÃO À EROSÃO EXISTENTE EM ALGUMAS QUADRAS DO REFERIDO LOTEAMENTO”.</t>
   </si>
   <si>
     <t>11090</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11090/ind_300.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11090/ind_300.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA CONCEDIDO O NOME DE SEBASTIÃO CORDEIRO DOS SANTOS AO CENTRO COMUNITÁRIO DO BAIRRO ÁREA TRÊS QUE SERÁ INAUGURADO EM BREVE."</t>
   </si>
   <si>
     <t>11091</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11091/ind_301.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11091/ind_301.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SE TRANSFORME A ATUAL RODOVIÁRIA EM UM TERMINAL CENTRAL PARA O TRANSPORTE COLETIVO MUNICIPAL, E EM ANEXO NA PARTE DE CIMA SEJA APROVEITADO MELHOR O ESPAÇO EXISTENTE E TRANSFORMADO EM UM SHOPPING POPULAR PARA ABRIGAR OS COMERCIANTES QUE HOJE ESTÃO INSTALADOS EM BANCAS."</t>
   </si>
   <si>
     <t>11093</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11093/ind_302.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11093/ind_302.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A REALIZAÇÃO DE ROÇADA E LIMPEZA NOS TERRENOS BALDIOS EXISTENTES NO BAIRRO JARDIM PROGRESSO (ÁREA SEIS), OU QUE SEJAM NOTIFICADOS OS PROPRIETÁRIOS DOS MESMOS PARA QUE O FAÇAM."</t>
   </si>
   <si>
     <t>11094</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11094/ind_303.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11094/ind_303.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE MANUTENÇÃO EM BUEIROS, QUE SE ACHAM SEM AS RESPECTIVAS GRELHAS DE PROTEÇÃO, NA RUA ARGENTINA, PROXIMIDADES ÀS RESIDÊNCIAS DE NÚMEROS 1683 E 1701.”</t>
   </si>
   <si>
     <t>11095</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11095/ind_304.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11095/ind_304.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE MANUTENÇÃO EM BUEIRO, QUE SE ACHA COM A TAMPA AFUNDADA, NA RUA ALBERT ELHERT FILHO, NA  PROXIMIDADE DA RESIDÊNCIA NÚMERO 243, JARDIM BOM JESUS.”</t>
   </si>
   <si>
     <t>11096</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11096/ind_305.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11096/ind_305.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE TAPA-BURACOS NA RUA ALBERT ELHERT FILHO, NAS  PROXIMIDADES DAS RESIDÊNCIAS DE NÚMEROS 62 E 46, JARDIM BOM JESUS.”</t>
   </si>
   <si>
     <t>11097</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11097/ind_306.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11097/ind_306.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE QUE SEJA FEITO UM ESTUDO PARA TROCA DAS LÂMPADAS DO POSTE DE ILUMINAÇÃO PÚBLICA, NA RUA NOSSA SENHORA APARECIDA PRÓXIMO AO N°11 NO BAIRRO CEM CASAS.”</t>
   </si>
   <si>
     <t>11098</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11098/ind_307.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11098/ind_307.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO OPERAÇÃO TAPA BURACO NA AVENIDA NAÇÕES  COM A AVENIDA HORÁCIO KLABIN  EM FRENTE AO ESTABELECIMENTO SUPER CACHORRÃO.”</t>
   </si>
   <si>
     <t>11099</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11099/ind_308.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11099/ind_308.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE SERVIÇO DE REPAROS NO ASFALTO EM DOIS PONTOS DA TRAVESSA BAMBU - JARDIM FLORESTAL (ÁREA I)”.</t>
   </si>
   <si>
     <t>11100</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11100/ind_309.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11100/ind_309.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE PODA DE UMA ÁRVORE NA RUA JASMIM, 83 JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>11101</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11101/ind_310.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11101/ind_310.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO PODA DAS ÁRVORES NA RUA SATURNO, PRÓXIMO AO Nº 83 – CEM CASAS”.</t>
   </si>
   <si>
     <t>11102</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11102/ind_311.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11102/ind_311.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO RECAPE ASFÁLTICO NA RUA CHARQUEADA NO BAIRRO ÁREA SETE".</t>
   </si>
   <si>
     <t>11104</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11104/ind_312.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11104/ind_312.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E ÓRGÃOS COMPETENTES QUE ESTUDEM A POSSIBILIDADE DE FAZER MELHORIAS NA RUA SANTA PAULA NO BAIRRO ANA MERY”.</t>
   </si>
   <si>
     <t>11105</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11105/ind_313.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11105/ind_313.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES QUE REAVALIEM O PEDIDO FEITO ATRAVÉS DA INDICAÇÃO Nº 962/2018, PARA COLOCAR UMA TRAVESSIA ELEVADA EM FRENTE A IGREJA (IEADTB) NÚMERO 338,  NA RUA RIO MARMORÉ NO BAIRRO  ÁGUA VERDE (ÁREA SETE)“.</t>
   </si>
   <si>
     <t>11103</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11103/ind_314.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11103/ind_314.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA NA RUA CEARÁ EM FRENTE AO Nº 120, BAIRRO MACOPA”,</t>
   </si>
   <si>
     <t>11106</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11106/ind_315.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11106/ind_315.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SEJA COLOCADA UMA LOMBADA OU REDUTOR DE VELOCIDADE NA RUA BENTO MUNHOZ DA ROCHA NETO NO BAIRRO MACOPA.”</t>
   </si>
   <si>
     <t>11107</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11107/ind_316.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11107/ind_316.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SEJA FEITO RECAPE ASFÁLTICO NAS RUAS MARILÂNDIA E RECIFE DO BAIRRO MACOPA.”</t>
   </si>
   <si>
     <t>11109</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11109/ind_317.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11109/ind_317.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SEJA COLOCADA UMA LOMBADA OU REDUTOR DE VELOCIDADE NA RUA MINAS GERAIS EM FRENTE AO N° 39 BAIRRO NOSSA SENHORA DE FÁTIMA.”</t>
   </si>
   <si>
     <t>11110</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11110/ind_318.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11110/ind_318.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE CRIE E/OU INSTITUA UM PLANO MUNICIPAL DE MANUTENÇÃO, CONSERVAÇÃO E SEGURANÇA DE PRAÇAS E LOGRADOUROS PÚBLICOS”.</t>
   </si>
   <si>
     <t>11112</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11112/ind_319.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11112/ind_319.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A SUBSTITUIÇÃO DOS APARELHOS DA TERCEIRA IDADE INSTALADOS NO ESTÁDIO PÉRICLES PACHECO DA SILVA”.</t>
   </si>
   <si>
     <t>11111</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11111/ind_320.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11111/ind_320.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ESTUDE A POSSIBILIDADE DE DISPONIBILIZAÇÃO DE ÁREAS PARA DEPOSIÇÃO CORRETA DE RESÍDUOS, OU SEJA, IMPLANTAÇÃO DE 'ECOPONTOS', QUE SÃO LOCAIS DE ENTREGA VOLUNTÁRIA DE PEQUENOS VOLUMES DE ENTULHO E DE GRANDES OBJETOS (MÓVEIS, PODA DE ÁRVORES ETC.)".</t>
   </si>
   <si>
     <t>11113</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11113/ind_321.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11113/ind_321.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE TAPA-BURACOS NA RUA MAR VERMELHO, NAS PROXIMIDADES DA RESIDÊNCIA DE NÚMERO 155, BAIRRO JARDIM ALEGRE, POSSÍVEL MANUTENÇÃO POR PARTE DA SANEPAR NO LOCAL.”</t>
   </si>
   <si>
     <t>11114</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11114/ind_322.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11114/ind_322.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE TAPA-BURACOS NA RUA EUFRATES, NAS PROXIMIDADES DA RESIDÊNCIA DE NÚMERO 267, BAIRRO JARDIM ALEGRE, POSSÍVEL MANUTENÇÃO POR PARTE DA SANEPAR”.</t>
   </si>
   <si>
     <t>11115</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11115/ind_323.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11115/ind_323.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE MANUTENÇÃO, LIMPEZA E INSTALAÇÃO DE GRELHA EM BUEIRO LOCALIZADO NA RUA JURUTANHI, EM FRENTE AO NÚMERO 207, PROXIMIDADES DO CENTRO COMUNITÁRIO SEBASTIÃO CORDEIRO DOS SANTOS RECÉM INAUGURADO, PARQUE LIMEIRA ÁREA III”.</t>
   </si>
   <si>
     <t>11123</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11123/ind_324.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11123/ind_324.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE SEJA REALIZADA A ROÇADA E LIMPEZA DO TERRENO DE ESQUINA AO LADO DO 320 ENTRE A TRAVESSA CINAMOMO E RUA PINUS NO JARDIM FLORESTAL OU QUE SEJA NOTIFICADO O PROPRIETÁRIO DO MESMO”.</t>
   </si>
   <si>
     <t>11124</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11124/ind_325.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11124/ind_325.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO, COM MANILHAMENTO E MEIO FIO, NA RUA SERRA DA CANTAREIRA, BAIRRO JARDIM UNIÃO”.</t>
   </si>
   <si>
     <t>11125</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11125/ind_326.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11125/ind_326.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA DAR CONTINUIDADE NO RECAPE ASFÁLTICO, COM MANILHAMENTO E MEIO FIO, NA RUA AMAPORÃ, BAIRRO JARDIM UNIÃO”.</t>
   </si>
   <si>
     <t>11127</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11127/ind_327.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11127/ind_327.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA NA RUA PEDRO FALCÃO PRÓXIMO AO Nº 856, CONJUNTO SÃO FRANCISCO.”</t>
   </si>
   <si>
     <t>11126</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11126/ind_328.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11126/ind_328.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE ESTUDO PARA APRESENTAÇÃO DE PROJETO BUSCANDO AUTORIZAR A PERMISSÃO E EXPLORAÇÃO COMERCIAL DE USO DOS ESPAÇOS PUBLICITÁRIOS E DE PROPAGANDA SOBRE AS PLACAS DE IDENTIFICAÇÃO DE RUAS E INDICATIVA DE INFORMAÇÕES DE INTERESSE PÚBLICO E PUBLICIDADE, MEDIANTE PROCESSO LICITATÓRIO.</t>
   </si>
   <si>
     <t>11129</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11129/ind_329.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11129/ind_329.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA DISPONIBILIZADO UM NÚMERO DE WHATSAPP PARA DENÚNCIA DE MUNÍCIPES EM RELAÇÃO A, POR EXEMPLO, AGLOMERAÇÕES DE PESSOAS EM TEMPOS DE PANDEMIA”.</t>
   </si>
   <si>
     <t>11131</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11131/ind_330.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11131/ind_330.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA REALIZADA REFORMA DA ESCOLA ETELVINA ARZUA, EM ESPECIAL NOS SEGUINTES ITENS: MURO LATERAL DA QUADRA (ESTÁ CAINDO), ABERTURA DE UM PORTÃO PARA CHEGADA DA MERENDA, PINTURA DA ESCOLA, CALÇADA DO PÁTIO E CALÇADA DA FRENTE (ENCONTRA-SE “QUEBRADA”, DIFICULTANDO A PASSAGEM DE PEDESTRES).”</t>
   </si>
   <si>
     <t>11134</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11134/ind_331.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11134/ind_331.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE REALIZE TROCA DE LÂMPADAS DANIFICADAS NA RUA GUATEMALA, FRENTE AO Nº 23, NO BAIRRO ALTO DAS OLIVEIRAS”.</t>
   </si>
   <si>
     <t>11128</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11128/ind_332.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11128/ind_332.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE  PARA QUE SEJA AMPLIADO POR APROXIMADAMENTE MAIS 10 METROS O MANILHAMENTO DE ÁGUAS PLUVIAIS NO FINAL DA RUA GUARULHOS Nº 160 BAIRRO SÃO JOSÉ PRÓXIMO A ESCOLA GOLFINHO AZUL."</t>
   </si>
   <si>
     <t>11130</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11130/ind_333.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11130/ind_333.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE ATRAVÉS DO SETOR COMPETENTE DA MUNICIPALIDADE PARA QUE SEJA PROVIDENCIADA A TROCA DAS LAMPADAS DA LUMINÁRIA (PÉTALA) LOCALIZADA NO CANTEIRO EM FRENTE A LOJA CASAS BAHIA NO CENTRO."</t>
   </si>
   <si>
     <t>11132</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11132/ind_334.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11132/ind_334.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE MANUTENÇÃO E LIMPEZA, ALÉM DE INSTALAÇÃO DE GRELHA EM BUEIRO NA RUA VICENTE MACHADO, NAS PROXIMIDADES DA RESIDENCIA DE NÚMERO 65, CENTRO.”</t>
   </si>
   <si>
     <t>11133</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11133/ind_335.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11133/ind_335.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE MANUTENÇÃO E LIMPEZA, ALÉM DE INSTALAÇÃO DE GRELHA EM BUEIRO NA RUA PITANGA, NAS PROXIMIDADES DA RESIDENCIA DE NÚMERO 102, JARDIM MONTE CARLO.”</t>
   </si>
   <si>
     <t>11135</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11135/ind_336.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11135/ind_336.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE TAPA-BURACOS, ALÉM DE MANUTENÇÃO E LIMPEZA EM BUEIRO, MANUTENÇÃO EM MEIO-FIO QUEBRADO, NA TRAVESSA RIO IGUAPE, NA CONFLUÊNCIA COM A RUA RIO IGUAÇU, PARQUE LIMEIRA ÁREA 3.”</t>
   </si>
   <si>
     <t>11140</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11140/ind_337.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11140/ind_337.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA REALIZADA DESOBSTRUÇÃO E LIMPEZA DE BUEIROS NA VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>11143</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11143/ind_338.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11143/ind_338.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE A PADRONIZAÇÃO DAS RECEPÇÕES DOS PSF'S QUANTO A PINTURA DAS PAREDES, DISPOSIÇÃO DOS MÓVEIS, INSTALAÇÃO DE BIOMBO EM FRENTE AS PORTAS DOS BANHEIROS, BEM COMO A COBERTURA DE POLICARBONATO A PARTIR DA RECEPÇÃO ATÉ A GUIA DA CALÇADA REITERANDO INDICAÇÃO 174/2019”.</t>
   </si>
   <si>
     <t>11145</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11145/ind_339.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11145/ind_339.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA REALIZADA MANUTENÇÃO E PINTURA NA PARTE INTERNA DA UBS DO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>11147</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11147/ind_340.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11147/ind_340.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE PARA QUE SEJA REALIZADA A LIMPEZA DO TERRENO LOCALIZADO NA TRAVESSA LISBOA Nº 60 BNH OU QUE SEJA NOTIFICADO O PROPRIETÁRIO DO MESMO”</t>
   </si>
   <si>
     <t>11149</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11149/ind_341.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11149/ind_341.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SE REALIZE A REVITALIZAÇÃO DAS CALÇADAS NA AVENIDA NAÇÕES UNIDAS LESTE E OESTE PRÓXIMO AO GINÁSIO DE ESPORTES DEPUTADO HEITOR ALENCAR FURTADO - FURTADÃO  EM DIREÇÃO AO VIADUTO”.</t>
   </si>
   <si>
     <t>11156</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11156/ind_342.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11156/ind_342.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE A  SECRETARIA MUNICIPAL OBRAS E SERVIÇO PÚBLICOS, A POSSIBILIDADE DE ABERTURA DE UM BUEIRO A RUA MARECHAL FLORIANO PEIXOTO, 878 - SOCOMIM”.</t>
   </si>
   <si>
     <t>11142</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11142/ind_343.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11142/ind_343.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJAM FEITOS ESTUDOS PARA EXECUÇÃO DE UM COMPLEXO DE LAZER PARA OS MORADORES DOS BAIRROS CASA BELA E MONTE SINAI”.</t>
   </si>
   <si>
     <t>11144</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11144/ind_344.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11144/ind_344.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A EXECUÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NA RUA PAULO WROBLEWSKI, NO BAIRRO BONAVILA (REITERANDO INDICAÇÕES DE 2018 E 2019)”.</t>
   </si>
   <si>
     <t>11146</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11146/ind_345.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11146/ind_345.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE ESTUDO NO INTUITO DE REALIZAR CONVÊNIO COM PLANO DE SAÚDE PARA OS SERVIDORES DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>11148</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11148/ind_346.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11148/ind_346.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A PRIORIZAÇÃO DA REFORMA DA ESCOLA PROF.ª TEREZINHA DE JESUS BARRETO CUNHA”.</t>
   </si>
   <si>
     <t>11150</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11150/ind_347.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11150/ind_347.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO OPERAÇÃO TAPA BURACO  NA RUA ROSAS DE OURO E TODA SUA EXTENSÃO, BAIRRO VILA CRISTINA”.</t>
   </si>
   <si>
     <t>11152</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11152/ind_348.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11152/ind_348.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM MANUTENÇÃO E LIMPEZA EM BUEIROS LOCALIZADOS NA RUA CRISTAL DA ROCHA, PROXIMIDADES DO NÚMERO 29, QUE VEM OCASIONANDO TRANSBORDO DE ÁGUA DAS CHUVAS NAS CASAS AO LONGO DESTA VIA, ÁGUAS ESSAS DECORRENTES DESTA RUA E DA RUA TURQUESA, NO SOCOMIM.”</t>
   </si>
   <si>
     <t>11154</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11154/ind_349.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11154/ind_349.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM ESTUDOS PARA INSTALAÇÃO DE BUEIROS E REDE DE ÁGUAS PLUVIAIS NA RUA TURQUESA, LOCAL QUE TEM AFETADO COM ENCHENTES OS MORADORES DA RUA CRISTAL DA ROCHA, NO SOCOMIM.”</t>
   </si>
   <si>
     <t>11155</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11155/ind_350.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11155/ind_350.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇOS DE TAPA-BURACOS NA CONFLUÊNCIA DAS RUAS CRISTAL DA ROCHA E TURMALINA, NO SOCOMIM.”</t>
   </si>
   <si>
     <t>11151</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11151/ind_351.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11151/ind_351.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO OPERAÇÃO TAPA BURACO NA AVENIDA SAMUEL KLABIN EM FRENTE AO AÇOUGUE MONTE ALEGRE E CASA DO ARTESÃO.”</t>
   </si>
   <si>
     <t>11153</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11153/ind_352.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11153/ind_352.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO OPERAÇÃO TAPA BURACO NA RUA JASMIM EM FRENTE AS  CASAS DE NUMERO 15 E 16”.</t>
   </si>
   <si>
     <t>11161</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11161/ind_353.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11161/ind_353.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE O SERVIÇO DE MANUTENÇÃO DOS APARELHOS DA ACADEMIA AO AR LIVRE DO PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>11163</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11163/ind_354.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11163/ind_354.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE LIMPEZA DE DOIS  BUEIROS UM NA RUA FAZENDA VELHA EM FRENTE AO 152 E OUTRO NA TRAVESSA SOCIMBRA EM FRENTE AO NÚMERO 2 AMBOS NO PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>11164</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11164/ind_355.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11164/ind_355.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE UM ESTUDO PARA PLANTIO E ADEQUAÇÃO DE ÁRVORES NO BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>11166</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11166/ind_356.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11166/ind_356.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO A SECRETARIA DE EDUCAÇÃO REALIZE UM ESTUDO PARA IMPLANTAÇÃO DA PRÁTICA DE XADREZ NAS ESCOLAS MUNICIPAIS”.</t>
   </si>
   <si>
     <t>11159</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11159/ind_357.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11159/ind_357.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE COM A MÁXIMA URGÊNCIA QUE SEJA REALIZADO PODA OU CORTE DE UMA ÁRVORE LOCALIZADA À RUA TOMÉ DE SOUZA, EM FRENTE AO Nº 205 E 211 – CENTRO”.</t>
   </si>
   <si>
     <t>11162</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11162/ind_358.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11162/ind_358.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DE VIABILIZAR A READEQUAÇÃO DO TRÂNSITO ÀS RUAS MACAPÁ E SANTARÉM – VILA ESPERANÇA, EM VIA DE MÃO ÚNICA”.</t>
   </si>
   <si>
     <t>11165</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11165/ind_359.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11165/ind_359.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES  PARA QUE SEJA COLOCADO ILUMINAÇÃO E CORTES  NOS GALHOS DE ÁRVORES QUE TOMARAM CONTA DO ESCADÃO DO BAIRRO ANA MÉRY”.</t>
   </si>
   <si>
     <t>11168</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11168/ind_360.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11168/ind_360.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE REALIZE LIMPEZA E RECAPE ASFÁLTICO DAS RUAS DO BAIRRO VILA CARRERA (REITERANDO INDICAÇÃO Nº 92/2019)’’.</t>
   </si>
   <si>
     <t>11173</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11173/ind_361.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11173/ind_361.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA REALIZADO LIMPEZA NA RUA ANTONIO SOLEK, ESQUINA COM A RUA JOAQUIM BATISTA RIBEIRO, PRÓXIMO AO ESCADÃO’’.</t>
   </si>
   <si>
     <t>11169</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11169/ind_362.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11169/ind_362.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A COLOCAÇÃO DE PLACA INDICANDO A ENTRADA DO HOSPITAL REGIONAL, EM AMBOS  LADOS DA AVENIDA MARECHAL FLORIANO PEIXOTO, SE POSSÍVEL TAMBÉM NA ENTRADA DA CIDADE (PROX. IFPR) E NO INICIO DA AV. MARECHAL FLORIANO PEIXOTO (ENTRADA PROXIMO A TRINCHEIRA DO BAIRRO JARDIM BANDEIRANTES</t>
   </si>
   <si>
     <t>11171</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11171/ind_363.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11171/ind_363.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE O ESTUDO PARA QUE SEJA RECONSTRUÍDA A LOMBADA LOCALIZADA NA AVENIDA JURUTANHI EM FRENTE AO Nº 559 NO BAIRRO JARDIM PROGRESSO (ÁREA SEIS).</t>
   </si>
   <si>
     <t>11172</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11172/ind_364.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11172/ind_364.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO O ESTUDO PARA ABERTURA DE UMA NOVA RUA LIGANDO A RUA RIO IGUAÇU NO BAIRRO ÁREA TRÊS A RUA GUARATINGUETÁ NO BAIRRO JARDIM PROGRESSO (ÁREA SEIS).</t>
   </si>
   <si>
     <t>11174</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11174/ind_365.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11174/ind_365.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE ATRAVÉS DO SETOR COMPETENTE DA MUNICIPALIDADE PARA QUE SEJA PROVIDENCIADA A TROCA DAS LAMPADAS DA LUMINÁRIA (PÉTALA) LOCALIZADA EM FRENTE A IGREJA CATÓLICA MATRIZ NO CENTRO.</t>
   </si>
   <si>
     <t>11175</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11175/ind_366.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11175/ind_366.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM A CONSTRUÇÃO DE UM ACESSO DE RETORNO NO CANTEIRO CENTRAL DA AVENIDA CHANCELER HORÁCIO LAFFER, NA CONFLUÊNCIA DA RUA PROF. NEY DE OLIVEIRA PIMENTA, FRENTE AO NOVO VERONA, FACILITANDO ASSIM O ACESSO DESTA RUA PARA AQUELA AVENIDA, SENTIDO CÂMARA DE VEREADORES, PREFEITURA, PARÓQUIA CATÓLICA ETC.”</t>
   </si>
   <si>
     <t>11177</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11177/ind_367.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11177/ind_367.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM A CONSTRUÇÃO DE UMA ILHA NA ROTATÓRIA NA AVENIDA MARECHAL DEODORO DA FONSECA, PROXIMIDADES DA FATEB, POIS COMO SE SABE PELA DEFINIÇÃO TRAZIDA NA LEI DE TRÂNSITO, “ILHA” É UM OBSTÁCULO FÍSICO COLOCADO NA PISTA DE ROLAMENTO, DESTINADO À ORIENTAÇÃO DOS FLUXOS EM UMA INTERSEÇÃO, HAJA VISTA MOTORISTAS E MOTOCICLISTAS ESTAREM, POR VEZES,  CRUZANDO ESTA ROTATÓRIA DE MANEIRA INDEVIDA.”</t>
   </si>
   <si>
     <t>11178</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11178/ind_368.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11178/ind_368.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇO DE MANUTENÇÃO, LIMPEZA E INSTALAÇÃO DE GRELHA EM BUEIRO NA RUA JURUTANHI, NA CALÇADA OPOSTA À RESIDENCIA DE NÚMERO 720, PARQUE LIMEIRA ÁREA 6.”</t>
   </si>
   <si>
     <t>11179</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11179/ind_369.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11179/ind_369.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE A SECRETARIA MUNICIPAL DE OBRAS E SERVIÇOS PÚBLICOS, REPAROS NA CALÇADA NA RUA PRIMEIRO DE MAIO, CENTRO, AO LADO DO 236”.</t>
   </si>
   <si>
     <t>11185</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11185/ind_370-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11185/ind_370-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE O SERVIÇO DE LIMPEZA, MANUTENÇÃO DA CALÇADA (PASSEIO) E MANILHAMENTO NAS PROXIMIDADES DA PR 160 ENTRE O SUPERMERCADO LIMEIRA E A EMPRESA JSL - PARQUE LIMEIR ÁREA II”.</t>
   </si>
   <si>
     <t>11187</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11187/ind_371-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11187/ind_371-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE O SERVIÇO DE MANUTENÇÃO DO BUEIRO, PISO E CALÇADA NA PRAÇA MARIA DA LUZ CALZETTA - VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>11190</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11190/ind_372-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11190/ind_372-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE PARA QUE SE REALIZE UM ESTUDO PARA ABERTURA DE UM BUEIRO NA TRAVESSA LISBOA, 37 - BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO”.</t>
   </si>
   <si>
     <t>11192</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11192/ind_373-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11192/ind_373-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE PARA QUE SEJA REALIZADA A INSTALAÇÃO DE LUMINÁRIA COMPLETA NA ESQUINA DA RUA CALOPSITA COM A BEIJA-FLOR NA VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>11193</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11193/ind_374-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11193/ind_374-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DE VIABILIZAR UMA PLACA INFORMANDO AOS USUÁRIOS DA PRAÇA JARDIM ALEGRE, SITO A RUA LÓTUS, ESQUINA COM A RUA DAS ROSAS PARA O RECOLHIMENTO DE DEJETOS DOS ANIMAIS, EM CONFORMIDADE COM A LEI Nº 1453/2004 ORIENTANDO SOBRE O PAGAMENTO DE MULTA, CASO SEJA IDENTIFICADO O TUTOR QUE NÃO RECOLHE OS RESÍDUOS FECAIS DE SEUS ANIMAIS”.</t>
   </si>
   <si>
     <t>11197</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11197/ind_375-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11197/ind_375-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA NA RUA OSVALDO CRUZ, PRÓXIMO AO Nº 121, BAIRRO SÃO ROQUE.”</t>
   </si>
   <si>
     <t>11199</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11199/ind_376-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11199/ind_376-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA NA RUA IPIRANGA, PRÓXIMO AO RESTAURANTE DE ENTRADA AO BAIRRO TRIÂNGULO.”</t>
   </si>
   <si>
     <t>11201</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11201/ind_377-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11201/ind_377-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, SUBSTITUIR ABRIGO DE ÔNIBUS, NA RODOVIA PR – 160, ENTRE O POSTO ALIANÇA E A BORRACHARIA DO PELÉ, BAIRRO  ÁREA 1.”</t>
   </si>
   <si>
     <t>11198</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11198/ind_378-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11198/ind_378-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE DENTRO DO PLANO DE EXPANSÃO DO TELÊMACO BORBA DIGITAL, SEJAM INCLUÍDAS AS PRAÇAS LOCALIZADAS NO CONJUNTO SÃO FRANCISCO DE ASSIS (RUA BRILHANTE C/ RUA XIBIU), PRAÇA CLODOMIRO MIGUEL FERNANDES NAS CEM CASAS (RUA SATURNO), PRAÇA PRÓX. ASILO, PRAÇA ENTRE AS RUAS BAHIA COM LIONS CLUBE (CEM CASAS) E CENTRO DE TREINAMENTO (CT) JAIR NEVES”.</t>
   </si>
   <si>
     <t>11202</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11202/ind_379-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11202/ind_379-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE LIMPEZA NA RUA CONSELHEIRO ZACARIAS ESQUINA COM A EDMUNDO MERCER, NO CENTRO’’.</t>
   </si>
   <si>
     <t>11203</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11203/ind_380-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11203/ind_380-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE A INSTALAÇÃO DE UMA LIXEIRA COMUNITÁRIA NA ESQUINA DAS RUAS JOSÉ AUGUSTO NOCÊRA E VEREADOR LUIZ LOYOLA, NO CENTRO, COM A ÚNICA FINALIDADE DE QUE SE EVITE MUNÍCIPES JOGAREM LIXO NAQUELE LOCAL DA CALÇADA DE PASSEIO. ”</t>
   </si>
   <si>
     <t>11204</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11204/ind_381-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11204/ind_381-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM SERVIÇO DE TAPA-BURACOS NA ROTATÓRIA DA CONFLUÊNCIA DA RUA PRIMEIRO DE MAIO COM RUA DESEMBARGADOR EDMUNDO MERCER JUNIOR, NO CENTRO.”</t>
   </si>
   <si>
     <t>11205</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11205/ind_382-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11205/ind_382-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO OPERAÇÃO TAPA BURACO NA RUA JAIR MACHADO NOCERA, EM FRENTE A TAPEÇARIA IRIS”.</t>
   </si>
   <si>
     <t>11210</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11210/ind_383-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11210/ind_383-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA REALIZADO SERVIÇO DE RECAPE NA RUA ANA MARY, BAIRRO ANA MARY”.</t>
   </si>
   <si>
     <t>11211</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11211/ind_384-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11211/ind_384-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA JUNTO AO ÓRGÃO COMPETENTE REALIZE UM ESTUDO PARA COLOCAÇÃO DE UMA LOMBADA NA RUA FLOR DE LARANJEIRA NAS PROXIMIDADES DO NÚMERO 50 – JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>11212</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11212/ind_385-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11212/ind_385-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AO ÓRGÃO COMPETENTE A RETIRADA DE GALHOS EM UM TERRENO NA RUA MIRANDA PRÓXIMO AO 396, ÁREA 2”.</t>
   </si>
   <si>
     <t>11214</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11214/ind_386-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11214/ind_386-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AO ÓRGÃO COMPETENTE A LIMPEZA DE TODOS OS BUEIROS NA RUA PRATA, PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>11216</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11216/ind_387-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11216/ind_387-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AO ÓRGÃO COMPETENTE O SERVIÇO DE TAPA BURACOS NA RUA PIRAÍ DO SUL, PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>11215</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11215/ind_388-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11215/ind_388-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PRESIDENTE QUE DETERMINE AO SETOR COMPETENTE QUE CONFORME A INDICAÇÃO DE NUMERO 233/18 NOVAMENTE VOLTO A REPETIR A INDICAÇÃO PARA QUE O SENHOR PRESIDENTE COLOQUE EM APRECIAÇÃO E DISCUSSÃO DA MESA PARA QUE SEJA FEITO O REPASSE DO DINHEIRO QUE ESTÁ NO FUNDO ESPECIFICO PARA A CONSTRUÇÃO DA NOVA CÂMARA PARA QUE SEJA DESTINADO AS SECRETARIAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>11217</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11217/ind_389-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11217/ind_389-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA COLOCADO UMA CAIXA DE LIXO NA RUA MARANHÃO BAIRRO MACOPA.”</t>
   </si>
   <si>
     <t>11218</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11218/ind_390-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11218/ind_390-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE EFETUE MELHORIAS NA ENTRADA DA COOPERATIVA DE RECICLAGEM E RECONSTRUA A MURETA QUE DIVIDE O SETOR DE DESCARGA DOS CAMINHÕES DO SETOR DE SEPARAÇÃO DOS MATERIAIS (CORREIA)".</t>
   </si>
   <si>
     <t>11219</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11219/ind_391-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11219/ind_391-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SETOR COMPETENTE QUE INSTRUA A EMPRESA RESPONSÁVEL PELA COLETA DE RECICLAGEM QUE EFETUEM O RECOLHIMENTO DOS MATERIAIS DE VIDRO DE MANEIRA JÁ SEPARADAS, HAJA VISTA QUE A POPULAÇÃO EM SUA MAIORIA JÁ FAZ O DESCARTE SEPARADO, E TAMBÉM FAÇA O DESCARREGAMENTO DESSES MATERIAIS NO LOCAL JÁ DEFINIDO PARA ISSO NA COOPERATIVA, EVITANDO QUE SEJA DESCARREGADO TUDO MISTURADO, O QUE TEM INCLUSIVE OCASIONADO ACIDENTES E INCIDENTES COM OS COOPERADOS".</t>
   </si>
   <si>
     <t>11220</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11220/ind_392-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11220/ind_392-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA REALIZADO RECAPE ASFÁLTICO NA TRAVESSA DURVALINA PUPO, NO BAIRRO ANA MERY”.</t>
   </si>
   <si>
     <t>11221</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11221/ind_393-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11221/ind_393-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM ESTUDO PARA MELHORA DE TRAFEGABILIDADE NA CONFLUÊNCIA DAS RUAS PINUS E ALECRIM, ACESSO AO TREVO DA VILA OZÓRIO, JÁ QUE MOTORISTAS NÃO ESTÃO RESPEITANDO AS PLACAS DE PARE DESSAS RUAS NESSE ENTRONCAMENTO.”</t>
   </si>
   <si>
     <t>11222</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11222/ind_394-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11222/ind_394-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM ESTUDO PARA IMPLANTAÇÃO DO PROGRAMA CRIANÇA FELIZ, COM O ADVENTO DE QUE SEJAM PINTADAS EM CALÇADAS, PRAÇAS E ACADEMIAS AO AR LIVRE DO MUNICÍPIO O CHAMADO JOGO DE AMARELINHA, CONCEITO QUE VISA NÃO SOMENTE O INCENTIVO DA BRINCADEIRA INFANTIL E O PROTAGONISMO DA CRIANÇA NO PLANEJAMENTO DE POLÍTICAS PÚBLICAS MUNICIPAIS, MAS TAMBÉM PERMITE AOS ADULTOS A LEMBRANÇA DA DIVERSÃO INFANTIL E DA IMPORTÂNCIA DA DIVERSÃO EM QUALQUER IDADE. ALGUNS EXEMPLOS BEM-SUCEDIDOS PODEMOS CITAR:  AMARELINHA PINTADA EM CALÇADAS PELO SÉRGIO MENEGUELLI, PREFEITO DE COLATINA, ESTADO DO ESPÍRITO SANTO, AINDA NA PRAÇA DO BOSQUE, BOTUCATU, ESTADO DE SÃO PAULO, TAMBÉM NA AV. FERNÃO DIAS PAES LEME, VÁRZEA PAULISTA, ESTADO DE SÃO PAULO, POR FIM, NA CIDADE DE JUNDIAÍ, ESTADO DE SÃO PAULO, ENTRE OUTROS.”</t>
   </si>
   <si>
     <t>11235</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11235/ind_395-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11235/ind_395-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE A SECRETARIA MUNICIPAL DE SAÚDE VERIFIQUE JUNTO AO SEU CORPO TÉCNICO DE MÉDICOS E PROFISSIONAIS DE SAÚDE, CONSELHO MUNICIPAL DE SAÚDE  SOBRE O USO DA VITAMINA D PARA MELHORAR A IMUNIDADE DAS PESSOAS E CONSEQUENTEMENTE NA PREVENÇÃO / TERAPIA CONTRA VÍRUS COVID-19” .</t>
   </si>
   <si>
     <t>11236</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11236/ind_396-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11236/ind_396-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE REMETA A ESTA CASA DE LEIS ANTE PROJETO DE LEI QUE: "DISPÕE SOBRE SERVIÇOS DE MOTO TAXI E MOTO ENTREGA",ENCAMINHO CÓPIA EM ANEXO, POR SER DE INICIATIVA DO PODER EXECUTIVO SOLICITAMOS QUE ACEITE A MINHA INDICAÇÃO ."</t>
   </si>
   <si>
     <t>11237</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11237/ind_397-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11237/ind_397-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO ÓRGÃO COMPETENTE QUE EFETUE O SERVIÇO DE TAPA BURACO, REFAZER NOVAMENTE O RECAPE ASFÁLTICO EM PARTE DA TRAVESSA ISRAELITA, MAIS PRECISAMENTE EM FRENTE AO NÚMERO 61 E 53, ASSIM COMO NA RUA RIO MORIÁ TAMBÉM NECESSITA DA MESMA MANUTENÇÃO, AMBAS NO BAIRRO MONTE SINAI 01".</t>
   </si>
   <si>
     <t>11238</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11238/ind_398-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11238/ind_398-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE SERVIÇO DE CALÇAMENTO NA CONTINUIDADE DA RUA DOS INCAS, NO TRECHO AOS FUNDOS DO MINI CENTRO ESPORTIVO”.</t>
   </si>
   <si>
     <t>11240</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11240/ind_399-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11240/ind_399-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE UMA PLATAFORMA ELEVATÓRIA PARA QUE AS PESSOAS COM MOBILIDADE REDUZIDA POSSAM TER ACESSO AO PALCO DO ANFITEATRO DA CASA DA CULTURA, O QUE TAMBÉM PODERÁ FACILITAR O ACESSO ÀS SALAS DAQUELE ANDAR".</t>
   </si>
   <si>
     <t>11239</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11239/ind_400-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11239/ind_400-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJAM EFETUADOS ESTUDOS JUNTO À VIAÇÃO NOSSA SENHORA APARECIDA (VINSA) PARA CRIAÇÃO DE UMA LINHA REGULAR DE ÔNIBUS NA RUA RIO IGUAÇU, EXTENSÍVEL ÀS LOCALIDADES ÁREA III, ÁREA VI, ÁREA VIII E SÃO JOÃO.”</t>
   </si>
   <si>
     <t>11241</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11241/ind_401-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11241/ind_401-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM INSTALAÇÃO DE UMA PASSARELA ELEVADA PARA PEDESTRES EM FRENTE AO RECÉM INAUGURADO SUPERMERCADO LOBASCZ, PROXIMIDADES À ESCADARIA QUE DÁ ACESSO AO ESTACIONAMENTO DESSE ESTABELECIMENTO COMERCIAL, ÁREA VI.”</t>
   </si>
   <si>
     <t>11242</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11242/ind_402-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11242/ind_402-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE EFETUAREM INSTALAÇÃO DE UM PONTO DE ÔNIBUS COM COBERTURA E ASSENTO, ALÉM DE ESPAÇO PARA CADEIRANTE, NA RUA SETENTA E QUATRO ESQUINA COM RUA CHARQUEADA, ÁREA VII, TENDO EM VISTA MUNÍCIPES SE UTILIZAREM DAQUELE LOCAL PARA ESPERAR UMA CONDUÇÃO, E O FAZEM AO RELENTO, DEBAIXO DE SOL E/OU CHUVA.”</t>
   </si>
   <si>
     <t>11251</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11251/ind_403-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11251/ind_403-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A RECUPERAÇÃO DA PAVIMENTAÇÃO ASFÁLTICA NA TRAVESSA ISRAELITAS, MONTE SINAI I, ESPECIALMENTE NOS PONTOS MAIS CRÍTICOS E DANIFICADOS."</t>
   </si>
   <si>
     <t>11252</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11252/ind_404-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11252/ind_404-20.pdf</t>
   </si>
   <si>
     <t>"Indica o senhor Prefeito que determine ao Setor competente que providencie a cobertura do "Ponto de Ônibus" localizado na Marginal dos Trabalhadores, próximo a empresa Scancom."</t>
   </si>
   <si>
     <t>11253</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11253/ind_405-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11253/ind_405-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA REALIZADO O ESTUDO PARA QUE SEJA REALIZADO A SEQUENCIA DO ASFALTO PELO MENOS ATÉ A ROTATÓRIA ONDE A CIRCULAR FAZ A VOLTA NA RUA RIO IGUAÇU SENTIDO O CTG TROPEIROS, NO BAIRRO ÁREA TRÊS."</t>
   </si>
   <si>
     <t>11254</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11254/ind_406-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11254/ind_406-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO MUNICIPAL” QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE TROCAR A LOMBADA POR FAIXA DE PEDESTRE ELEVADA, NA RUA RIO IGUAÇU, EM FRENTE AO LOBASCZ ATACADO - BAIRRO ÁREA 3."</t>
   </si>
   <si>
     <t>11257</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11257/ind_407-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11257/ind_407-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES  PARA QUE SEJA COLOCADO COM URGÊNCIA 02 PONTOS DE ÔNIBUS NA MARGINAL DO TRABALHADOR, UM ESQUINA COM A RUA AMÉRICO VESPUCIO NO BAIRRO JARDIM BANDEIRANTES SENTIDO DISTRITO INDUSTRIAL, E UM DO OUTRO LADO DA RODOVIA, NA MARGINAL SENTIDO CENTRO.</t>
   </si>
   <si>
     <t>11258</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11258/ind_408-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11258/ind_408-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES  PARA QUE SEJA FEITO VISTORIA E POSSÍVEL REFORMA ONDE JÁ EXISTE CALÇADA  E CONSTRUÇÃO  DO PASSEIO NA MARGINAL DO TRABALHADOR NO JARDIM BANDEIRANTES SENTIDO DISTRITO INDUSTRIAL E DO OUTRO LADO DE FRENTE CEMITÉRIO MUNICIPAL JARDIM DA SAUDADE SENTIDO PRAÇA DA CIDADE.</t>
   </si>
   <si>
     <t>11260</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11260/ind_409-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11260/ind_409-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SECRETÁRIO DE CULTURA, ESPORTE E RECREAÇÃO QUE, QUANDO DO ENCAMINHAMENTO DA PROPOSTA ORÇAMENTÁRIA PARA ESTA CASA DE LEIS, ESPECIFIQUE VALORES PARA COMPRA DE LIVROS PARA A BIBLIOTECA PÚBLICA MUNICIPAL ATRAVÉS DA DOTAÇÃO PRÓPRIA JÁ ABERTA PARA ESTE FIM".</t>
   </si>
   <si>
     <t>11262</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11262/ind_410-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11262/ind_410-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A TROCA DAS LÂMPADAS "QUEIMADAS" DOS SUPERPOSTES, EM ESPECIAL OS DA AVENIDA PARANÁ, AVENIDA HORÁRIO KLABIN E TRIÂNGULO”.</t>
   </si>
   <si>
     <t>11263</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11263/ind_411-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11263/ind_411-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE BANCOS NA PRAÇA LOCALIZADA NO BAIRRO JARDIM KROLL”.</t>
   </si>
   <si>
     <t>11266</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11266/ind_412-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11266/ind_412-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA O SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE UMA TRAVESSIA ELEVADA PARA ACESSO AO PONTO DE ÔNIBUS EM FRENTE AO CMEI TATIANA BELINKY”.</t>
   </si>
   <si>
     <t>11267</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11267/ind_413-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11267/ind_413-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE LIMPEZA NA RUA IPÊ ROXO, NO BAIRRO MONTE CARLO, PRÓXIMO AO HOTEL MONTE CARLO”.</t>
   </si>
   <si>
     <t>11268</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11268/ind_414-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11268/ind_414-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ENVIE AO LEGISLATIVO PROJETO DE LEI PARA A IMPLANTAÇÃO DE PROGRAMA DE TROCA DE MATERIAIS RECICLÁVEIS POR RAÇÃO PARA AS ENTIDADES DE PROTEÇÃO AOS ANIMAIS ABANDONADOS, OU MESMO CUIDADORES INDIVIDUAIS, DE NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>11261</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11261/ind_415-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11261/ind_415-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIE A REALIZAÇÃO DE REPAROS NO ASFALTO NOS SEGUINTES ENDEREÇOS - AVENIDA SÃO JOÃO DEL REY ESQUINA COM A RUA IBICUÍ, AVENIDA SÃO JOÃO DEL REY EM FRENTE AO Nº 664, RUA JUNDIAÍ ESQUINA COM AVENIDA SÃO JOÃO DEL REY, RUA JUNDIAÍ ESQUINA COM AVENIDA JURUTANHI, TODOS NO BAIRRO JARDIM PROGRESSO ÁREA SEIS.</t>
   </si>
   <si>
     <t>11264</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11264/ind_416-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11264/ind_416-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE PARA QUE SEJA REALIZADA A LIMPEZA, INSTALAÇÃO DE CERCA E COLOCAÇÃO DE PLACA PROIBIDO JOGAR LIXO, NO TERRENO PUBLICO SITUADO DO LADO ESQUERDO DO CEMEI ELIAS JOSE, LOCALIZADO NA RUA DAS AMAZONAS NO BAIRRO ÁREA TRÊS.</t>
   </si>
   <si>
     <t>11277</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11277/ind_417-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11277/ind_417-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE UM ESTUDO PARA INSTALAÇÃO DE CANTEIRO CENTRAL COM POSTE E LUMINÁRIAS NA AVENIDA DAS FLORES E NA RUA ACÁCIA NO BAIRRO JARDIM ALEGRE E NA RUA PALMEIRAS ONDE JÁ ENCONTRA-SE O CANTEIRO CENTRAL QUE SEJA INSTALADO POSTE COM LUMINÁRIAS”.</t>
   </si>
   <si>
     <t>11278</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11278/ind_418-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11278/ind_418-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE REPARO (TAPA BURACOS) NAS RUAS SALTO DA CONCEIÇÃO, HARMONIA E UVARANAL NAS PROXIMIDADES DO EDIFÍCIO MAUÁ – ÁREA 2”.</t>
   </si>
   <si>
     <t>11279</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11279/ind_419-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11279/ind_419-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE SERVIÇO DE TAPA BURACOS NA RUA EUCALIPTO Nº 17 JARDIM FLORESTAL EM FRENTE A PANIFICADORA DELICIAS DO TRIGO”.</t>
   </si>
   <si>
     <t>11280</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11280/ind_420-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11280/ind_420-20.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO  QUE JUNTO AO SETOR COMPETENTE QUE SEJA FEITO UM ESTUDO DE COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE E PINTURAS DE FAIXA DE PEDESTRES, MAIS PRECISAMENTE EM FRENTE A ONDE ESTA LOCALIZADO A IGREJA ADVENTISTA, NA RUA MANACÁ, BAIRRO JARDIM ALEGRE.”</t>
   </si>
   <si>
     <t>11281</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11281/ind_421-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11281/ind_421-20.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE SEJA EFETUADA OPERAÇÃO TAPA-BURACOS NA RUA CARMO DA MATA ESQUINA COM A NÁPOLI, BAIRRO:VILA CRISTINA</t>
   </si>
   <si>
     <t>11294</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11294/ind_422-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11294/ind_422-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA COLOCADA CAÇAMBA DE LIXO NA RUA JOAQUIM BATISTA RIBEIRO EM FRENTE AO N°281 NO CENTRO.”</t>
   </si>
   <si>
     <t>11296</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11296/ind_423-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11296/ind_423-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE  SEJA INSTALADOS VIDROS DE PROTEÇÃO SOBRE OS  BALCÕES DE ATENDIMENTO NAS DEPENDÊNCIA DA PREFEITURA MUNICIPAL.”</t>
   </si>
   <si>
     <t>11297</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11297/ind_424-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11297/ind_424-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, EM ACORDO COM A CONCESSIONÁRIA DE TRANSPORTE PÚBLICO, PROMOVA A EXTENSÃO DE TRAJETO DO TRANSPORTE COLETIVO, PASSANDO PELA RUA FERRARA E CATÂNIA, RETORNADO PELA RUA FIRENSE, NO BAIRRO CASA BELLA”.</t>
   </si>
   <si>
     <t>11299</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11299/ind_425-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11299/ind_425-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A CRIAÇÃO DE PROTOCOLO PARA USO E ARMAZENAMENTO DAS IMAGENS DAS CÂMERAS DE SEGURANÇA, BEM COMO ACESSO DAS PESSOAS ÀS MESMAS EM CASO DE NECESSIDADE FUNDAMENTADA”.</t>
   </si>
   <si>
     <t>11301</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11301/ind_426-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11301/ind_426-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A TROCA DAS LÂMPADAS QUEIMADAS DA RODOVIA (MARGINAIS), SUBSTITUINDO-AS POR LÂMPADAS DE LED, BEM COMO A TROCA DAS LÂMPADAS DE LED QUE ESTÃO QUEIMADAS PRÓXIMAS À BRASLUMBER”.</t>
   </si>
   <si>
     <t>11303</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11303/ind_427-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11303/ind_427-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE REPAROS NO BUEIRO QUE ESTÁ DESMORONANDO EM FRENTE A ANTIGA TRANSPORTADORA  IMBAÚ (MARGINAL DOS TRABALHADORES)”.</t>
   </si>
   <si>
     <t>11298</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11298/ind_428-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11298/ind_428-20.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE PROVIDENCIE A REALIZAÇÃO DE TAPA BURACOS NA RUA RIO TROMBETA EM FRENTE AO N° 870 E N° 877  NO BAIRRO ÁREA SETE.</t>
   </si>
   <si>
     <t>11300</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11300/ind_429-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11300/ind_429-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE EXECUTEM OBRAS DE REPARO E URBANIZAÇÃO NA CALÇADA DA RUA IMBUIA, ACESSO DO VIADUTO DA VILA OSÓRIO À MARGINAL DA RODOVIA DOS TRABALHADORES - PR160, DIREÇÃO MUNICÍPIO DO IMBAÚ.”</t>
   </si>
   <si>
     <t>11302</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11302/ind_430-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11302/ind_430-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE EXECUTEM SERVIÇO DE NIVELAMENTO E URBANIZAÇÃO DO PISO DA CALÇADA DA RUA TIRADENTES, ALTURA DO NÚMERO 118, ATÉ A ESQUINA COM A RUA JOSÉ AUGUSTO ROCENA, BAIRRO CENTRO".</t>
   </si>
   <si>
     <t>11304</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11304/ind_431-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11304/ind_431-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES PARA QUE VIABILIZEM A RETIRADA DE BARRANCO, COM A CONSEQUENTE CONSTRUÇÃO DE CALÇADA DE PASSEIO, NA AVENIDA JURUTANHI, ALTURA NO NÚMERO 196, PARQUE LIMEIRA ÁREA VI.”</t>
   </si>
   <si>
     <t>11305</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11305/ind_432-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11305/ind_432-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES PARA QUE VIABILIZEM A RECUPERAÇÃO E REINSTALAÇÃO DE PARTE DE CORRIMÃO QUE FOI DANIFICADO POR MANOBRA INDEVIDA DE CAMINHÃO NA RUA ALECRIM, LOCALIZADA NO JARDIM FLORESTAL.”</t>
   </si>
   <si>
     <t>11309</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE REALIZE A PODA DE ÁRVORE NA RUA FLOR DE LARANJEIRA EM FRENTE AO NÚMERO 59, JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>11312</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO A COPEL, REALIZE UM ESTUDO PARA EXTENSÃO DE REDE DE ENERGIA ELÉTRICA NA RUA CALOPSITA ESQUINA COM A RUA BEIJA-FLOR, SÃO SILVESTRE."</t>
   </si>
   <si>
     <t>11314</t>
   </si>
@@ -5549,1155 +5549,1155 @@
   <si>
     <t>11325</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA EXECUTADO MANUTENÇÃO NA CALÇADA DE PASSEIO NA RUA ANGELO DAL’COL JUNIOR, IMEDIAÇÕES DO PORTÃO DE SERVIÇO DO CLUBE C.A.M.A., ONDE HÁ UM BURACO ENORME, PODENDO OCASIONAR ACIDENTES A TRANSEUNTES.”</t>
   </si>
   <si>
     <t>11326</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA EXECUTADO MANUTENÇÃO DO ASFALTO JUNTO AO MEIO FIO DA RUA ANGELO DAL’COL JUNIOR, EM FRENTE AO NÚMERO 31, CENTRO.”</t>
   </si>
   <si>
     <t>11331</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11331/ind_447-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11331/ind_447-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE QUE SEJA FEITO UM ESTUDO VIÁRIO NA PR-160 RODOVIA DO PAPEL PRÓXIMO AO TREVO DA VILA OSÓRIO PARA A INSTALAÇÃO DE UM SEMÁFORO (REITERANDO INDICAÇÃO 1021/2017)”.</t>
   </si>
   <si>
     <t>11332</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11332/ind_448-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11332/ind_448-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE UM ESTUDO PARA LOMBADA OU INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA GUAJUVIRA – PRÓXIMO A CONFLUÊNCIA COM A TRAVESSA ANGICO - JARDIM FLORESTAL ÁREA I (REITERANDO INDICAÇÃO 519/2019)”.</t>
   </si>
   <si>
     <t>11333</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11333/ind_449-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11333/ind_449-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE A COLOCAÇÃO DE TAMPA E GRADE DE BUEIRO NA RUA GÂMBIA EM FRENTE AO NÚMERO 70, JARDIM FLORESTAL”.</t>
   </si>
   <si>
     <t>11334</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11334/ind_450-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11334/ind_450-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE O SERVIÇO DE TAPA BURACOS NA ESQUINA DA RUA ODILON BORBA COM A EVANGELINA BORBA CARNEIRO DE CAMARGO NA VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>11335</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11335/ind_451-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11335/ind_451-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, QUE REALIZE COM URGÊNCIA O RECAPE ASFÁLTICO À RUA BRIGADEIRO ROCHA LOURES”.</t>
   </si>
   <si>
     <t>11336</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11336/ind_452-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11336/ind_452-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  PARA QUE SEJA INSTALADO BICICLETÁRIO NA PRAÇA PEDRO CORTEZ, BAIRRO CEM CASAS. ”</t>
   </si>
   <si>
     <t>11337</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11337/ind_453-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11337/ind_453-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PODA DE ÁRVORES,  NA RUA  ANÍBAL PEDROSO, Nº 138, BAIRRO BNH."</t>
   </si>
   <si>
     <t>11338</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11338/ind_454-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11338/ind_454-2020.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE SEJA EFETUADA OPERAÇÃO TAPA-BURACOS NA RUA LAGAMAR,BAIRRO MACOPA."</t>
   </si>
   <si>
     <t>11341</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11341/ind_455-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11341/ind_455-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE A SUBTITUIÇÃO DO PONTO DE ÔNIBUS PELO MODELO ADQUIRIDO RECENTEMENTE  NA RUA ACÁCIA EM FRENTE AO 256 JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>11342</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11342/ind_456-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11342/ind_456-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE LIMPEZA DOS BUEIROS DA RUA BLUMENAU, VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>11343</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11343/ind_457-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11343/ind_457-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE A IMPLANTAÇÃO DE BICICLETÁRIO NOS COMPLEXOS ESPORTIVOS DE NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>11345</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11345/ind_458-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11345/ind_458-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO A SECRETARIA DE SAÚDE REALIZE UM ESTUDO PARA O SISTEMA MEDICAMENTO EM CASA NO QUAL, MEDICAMENTOS DE USO CONTÍNUO SEJAM ENTREGUES NA RESIDÊNCIA DO PACIENTE”.</t>
   </si>
   <si>
     <t>11346</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11346/ind_459-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11346/ind_459-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES  PARA QUE SEJA FEITO UM ESTUDO PARA POSSIBILIDADE DE MUDANÇA DO SISTEMA DE ESTACIONAMENTO (LATERAL PARA TRANSVERSAL) EM FRENTE A IGREJA ADVENTISTA DO 7º DIA NA RUA LOTUS NO BAIRRO JARDIM ALEGRE."</t>
   </si>
   <si>
     <t>11347</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11347/ind_460-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11347/ind_460-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO, RUA ACESITA, BAIRRO ÁREA 6”.</t>
   </si>
   <si>
     <t>11348</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11348/ind_461-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11348/ind_461-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA A REALIZAÇÃO DE  RECAPE ASFÁLTICO NA ESQUINA DA RUA CANDOI COM A MARGINAL DOS TRABALHADORES, NO DISTRITO INDUSTRIAL."</t>
   </si>
   <si>
     <t>11349</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11349/ind_462-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11349/ind_462-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO  PARA QUE DETERMINE AO SETOR COMPETENTE QUE SEJAM TOMADAS A MEDIDAS ADMINISTRATIVAS NECESSÁRIAS PARA A EXECUÇÃO DA EXTENSÃO DA REDE COLETORA DE ESGOTO NAS RUAS  PÁDUA E BARI, NO BAIRRO CASA BELLA."</t>
   </si>
   <si>
     <t>11350</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11350/ind_463-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11350/ind_463-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA EFETUADO ESTUDO PARA INSTALAÇÃO DE ACADEMIA AO AR LIVRE NA RUA COLOMBIA, NAS PROXIMIDADES DO NÚMERO 47.”</t>
   </si>
   <si>
     <t>11351</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11351/ind_464-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11351/ind_464-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PODA DE ARVORES, NA RUA ILHA DO SURUBI,N 240, BAIRRO JARDIM ALEGRE (PRÓX. A MARCENARIA DO ZÉ CARLOS)."</t>
   </si>
   <si>
     <t>11356</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11356/ind_465-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11356/ind_465-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO TB TRAN REALIZE O SERVIÇO DE PINTURA DE FAIXA AMARELA E REFORCE A PINTURA DAS BRANCAS NA RUA ODILON BORBA – VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>11357</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11357/ind_466-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11357/ind_466-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SEJA REALIZADO RECAPE ASFÁLTICO EM TODA EXTENSÃO DA RUA AB NO BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>11358</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11358/ind_467-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11358/ind_467-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SEJAM INSTALADAS LIXEIRAS RUA GOVERNADOR BENTO MUNHOZ DA ROCHA NETO BAIRRO MACOPA – NAS PROXIMIDADES DA SECRETARIA DE OBRAS E DO MERCADO REAL”.</t>
   </si>
   <si>
     <t>11359</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11359/ind_468-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11359/ind_468-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SEJA REALIZADO UM ESTUDO PARA QUE SEJAM MANTIDOS MEDIANTE AFASTAMENTO DO SERVIDOR DEVIDO A PANDEMIA OS DIREITOS RELACIONADOS AO QUINQUÊNIO E DECÊNIO PREVISTOS NO ESTATUTO DO SERVIDOR GARANTIDOS NA LEI 969 DE 26 DE NOVEMBRO DE 1993 ART. 121”.</t>
   </si>
   <si>
     <t>11360</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11360/ind_469-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11360/ind_469-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE DESOBSTRUÇÃO E LIMPEZA DE TODOS OS BUEIROS DA RUA BEM-TI-VI, VILA CRISTINA”.</t>
   </si>
   <si>
     <t>11361</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11361/ind_470-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11361/ind_470-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES  PARA QUE SEJA COLOCADO ILUMINAÇÃO NO ESCADÃO DA RUA CAMBOJA EM FRENTE O NÚMERO 53 NA VILA ESPERANÇA."</t>
   </si>
   <si>
     <t>11362</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11362/ind_471-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11362/ind_471-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES  PARA QUE SEJA FEITO UMA ANÁLISE NO QUE DEPENDER DO MUNICÍPIO OU POSSÍVEIS COBRANÇA DO ESTADO PARA UMA ATITUDE URGENTE QUE PRECISA SER TOMADO NO TOCANTE A PREVENÇÃO DA POPULAÇÃO NO TREVO DE FRENTE A EMPRESA JÚLIO SIMÕES QUE LIGA A RUA CAMPINA ALTA DO BAIRRO ÁREA DOIS."</t>
   </si>
   <si>
     <t>11363</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11363/ind_472-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11363/ind_472-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO TRAVESSIA ELEVADA, OU LOMBADA, NA RUA SEIXAS, EM FRENTE A PIZZARIA ITALIA, BAIRRO VILA ROSA”.</t>
   </si>
   <si>
     <t>11364</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11364/ind_473-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11364/ind_473-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROVIDENCIE A COLOCAÇÃO DE PLACA INDICATIVA COM O NOME DA RUA PAULO WROBLEWSKI, ESQUINA COM A AVENIDA FRANCISO KROLL NO BAIRRO JARDIM KROLL."</t>
   </si>
   <si>
     <t>11365</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11365/ind_474-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11365/ind_474-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA INSTALADA UMA PLACA INDICATIVA DE SALIÊNCIA OU LOMBADA ELEVADA DE PEDESTRES NA AVENIDA IPÊ ROXO, NAS PROXIMIDADES DO NÚMERO 15 DESTA AVENIDA, HAJA VISTA LOMBADA ELEVADA DE PEDESTRE INSTALADA JUNTO À PRAÇA MONTE CARLO RECEM INAUGURADA."</t>
   </si>
   <si>
     <t>11366</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11366/ind_475-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11366/ind_475-2020.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO SERVIÇO DE PINTURA EXTERNA NO CENTRO COMUNITÁRIO DO RIO ALEGRE”.</t>
   </si>
   <si>
     <t>11369</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11369/ind_476-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11369/ind_476-2020.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A RETIRADA DE VÁRIOS FOCOS DE CUPINZEIRO NA ACADEMIA AO AR LIVRE NA RUA DOS INCAS JARDIM BONAVILA”.</t>
   </si>
   <si>
     <t>11372</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11372/ind_477-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11372/ind_477-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DE IMPLANTAR O ENSINO INTEGRAL NO MAIOR NÚMERO DE ESCOLAS DA REDE MUNICIPAL”.</t>
   </si>
   <si>
     <t>11374</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11374/ind_478-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11374/ind_478-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA RIO JURUÁ, ENTRE OS NÚMEROS, 193 E 201, NO BAIRRO ÁREA 7”,</t>
   </si>
   <si>
     <t>11375</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11375/ind_479-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11375/ind_479-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR LAMA ASFÁLTICA NA TRAVESSA ANTONIO SOLEK, COM SAIDA PARA A RUA JOAQUIM BATISTA RIBEIRO, BAIRRO CENTRO”,</t>
   </si>
   <si>
     <t>11376</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11376/ind_480-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11376/ind_480-2020.pdf</t>
   </si>
   <si>
     <t>”INDICA AO SENHOR PREFEITO QUE SEJA FEITA A DESAPROPRIAÇÃO DO CAMPO DO BAIRRO SÃO ROQUE PARA QUE SEJA CONSTRUÍDO UM COMPLEXO DE LAZER COM PISTA DE CAMINHADA."</t>
   </si>
   <si>
     <t>11377</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11377/ind_481-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11377/ind_481-2020.pdf</t>
   </si>
   <si>
     <t>”INDICA AO SENHOR PREFEITO QUE SEJA FEITO A DESAPROPRIAÇÃO DE UM TERRENO NO BAIRRO SÃO LUIZ PARA A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO E UM COMPLEXO DE LAZER.”</t>
   </si>
   <si>
     <t>11380</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11380/ind_482-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11380/ind_482-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SEJA FEITO A DESAPROPRIAÇÃO DE UM TERRENO NO BAIRRO MACOPA PARA QUE SEJA FEITO UM COMPLEXO DE LAZER.”</t>
   </si>
   <si>
     <t>11381</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11381/ind_483-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11381/ind_483-2020.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REVITALIZAÇÃO  DA PRAÇA AO LADO DA IGREJA NOSSA SENHORA DO PERPÉTUO SOCORRO, NAS “CEM CASAS”, PADROEIRA DO MUNICÍPIO DE TELÊMACO BORBA  (PINTURA, ILUMINAÇÃO, JARDINAGEM, ETC.)”.</t>
   </si>
   <si>
     <t>11383</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11383/ind_484-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11383/ind_484-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE DA MUNICIPALIDADE QUE SEJA REALIZADA UM ESTUDO PARA QUE A UBS DO BAIRRO ÁREA DOIS PASSE A ATENDER ATÉ O HORARIO DÀS 22 HORAS.</t>
   </si>
   <si>
     <t>11384</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11384/ind_485-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11384/ind_485-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE DA MUNICIPALIDADE QUE SEJA REALIZADO UM ESTUDO PARA CONSTRUÇÃO DE UMA NOVA UNIDADE DE PRONTO ATENDIMENTO (UPA) NA REGIÃO DO BAIRRO ÁREA DOIS.</t>
   </si>
   <si>
     <t>11386</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11386/ind_486-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11386/ind_486-2020.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE JUNTO AO SENHOR SECRETARIO DE OBRAS SEJA FEITO UMA  OPERAÇÃO DE TAPA BURACO NA RUA Santarém, MAIS PRECISAMENTE EM FRENTE O NUMERO 302, BAIRRO VILA ESPERANÇA”</t>
   </si>
   <si>
     <t>11387</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11387/ind_487-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11387/ind_487-2020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA NA RUA DOS FRANÇAS,  Nº 135, BAIRRO AREA II.”</t>
   </si>
   <si>
     <t>11392</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11392/ind_488-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11392/ind_488-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES  PARA QUE SEJA FEITO VAGA PREFERENCIAL PARA IDOSO E PARA CADEIRANTE NA AVENIDA DES. EDMUNDO MERCER JUNIOR EM FRENTE O CORREIO CENTRO."</t>
   </si>
   <si>
     <t>11393</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11393/ind_489-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11393/ind_489-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES  PARA QUE SEJA FEITO PAVIMENTAÇÃO OU UMA POSSÍVEL MELHORIA EM CARÁTER EMERGENCIAL  NA RUA CHÁCARA DO ARY  NO BAIRRO JARDIM UNIÃO."</t>
   </si>
   <si>
     <t>11394</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11394/ind_490-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11394/ind_490-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO  AOS ÓRGÃOS COMPETENTES  PARA QUE SEJA FEITO PAVIMENTAÇÃO NA RUA PEDREIRA NO BAIRRO JARDIM UNIÃO."</t>
   </si>
   <si>
     <t>11395</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11395/ind_491-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11395/ind_491-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR BANCOS E UM TOLDO, EM FRENTE AO PSF DO BAIRRO BELA VISTA”.</t>
   </si>
   <si>
     <t>11396</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11396/ind_492-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11396/ind_492-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE DA MUNICIPALIDADE QUE SEJA INCLUIDA NO CRONOGRAMA DO PROGRAMA FEIRA DO BEM, O BAIRRO DA VILA RURAL BRILHO DO SOL."</t>
   </si>
   <si>
     <t>11397</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11397/ind_493-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11397/ind_493-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE DA MUNICIPALIDADE QUE SEJA REALIZADA A INSTALAÇÃO DE CAMERAS DE MONITORAMENTO NO FUTURO COMPLEXO DE ESPORTE E LAZER QUE ESTÁ EM PROCESSO DE CONSTRUÇÃO NO CAMPO DO JÓIA LOCALIZADO NA RUA RIO IGUAÇU ENTRADA DO BAIRRO ÁREA TRÊS."</t>
   </si>
   <si>
     <t>11398</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11398/ind_494-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11398/ind_494-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE DA MUNICIPALIDADE QUE SEJA REALIZADO UM ESTUDO PARA A INSTALAÇÃO DE TRÊS CAMERAS NO CRUZAMENTO DA MARGINAL DOS TRABALHADORES COM A RUA RIO IGUAÇU ACESSO PARA O BAIRRO ÁREA TRÊS."</t>
   </si>
   <si>
     <t>11399</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11399/ind_495-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11399/ind_495-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE DA MUNICIPALIDADE QUE SEJA REALIZADA A INSTALAÇÃO DE UM REFLETOR COM SENSOR DE PRESENÇA, NA QUADRA DA ESCOLA MUNICIPAL JUVENTINA BETIM DA SILVA NO BAIRRO SÃO JOÃO."</t>
   </si>
   <si>
     <t>11400</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11400/ind_496-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11400/ind_496-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, REALIZAÇÃO DE PAVIMENTAÇÃO ASFÁLTICA, RUA IPIRANGA, BAIRRO TRIÂNGULO’’.</t>
   </si>
   <si>
     <t>11401</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11401/ind_497-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11401/ind_497-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE REALIZAÇÃO DE MELHORIAS NA SINALIZAÇÃO E RECUO NAS PARADAS DE ÔNIBUS, ESPECIFICAMENTE OS DA BEIRA DA RODOVIA, LOCALIZADOS NO BAIRRO BRILHO DO SOL, VILA RURAL ’’.</t>
   </si>
   <si>
     <t>11402</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11402/ind_498-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11402/ind_498-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, REALIZAÇÃO DE SUBSTITUIÇÃO DOS PONTOS DE ÔNIBUS PELO MODELO ADIQUIRIDOS RECENTEMENTE, BAIRRO TRIÂNGULO’’.</t>
   </si>
   <si>
     <t>11403</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11403/ind_499-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11403/ind_499-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA EFETUADO ESTUDO PARA IMPLANTAÇÃO DE UM PROJETO-PILOTO QUE PREVÊ ESPAÇOS EXCLUSIVOS PARA MOTOS NOS PRINCIPAIS CRUZAMENTOS SEMAFÓRICOS DE NOSSA CIDADE, OS BOXES DEVERÃO SER  PINTADOS NOS CRUZAMENTOS E PREVEEM QUE AS MOTOS TENHAM UMA ÁREA RESERVADA PARA ESPERAR A ABERTURA DO SEMÁFORO DIANTE DOS OUTROS VEÍCULOS”.</t>
   </si>
   <si>
     <t>11404</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11404/ind_500-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11404/ind_500-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO TRAVESSIA ELEVADA, OU LOMBADA, NA RUA ANTÔNIO RAPOSO TAVARES, EM FRENTE A IGREJA CONGREÇÃO CRISTA NO BRASIL, BAIRRO JARDIM BANDEIRANTES”.</t>
   </si>
   <si>
     <t>11414</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11414/ind_501-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11414/ind_501-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM REALIZADOS REPAROS NO BUEIRO E NO ASFALTO NA RUA FLOR DE LARANJEIRA ESQUINA COM A RUA SAMAMBAIA EM FRENTE AO Nº 241, JARDIM ALEGRE".</t>
   </si>
   <si>
     <t>11415</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11415/ind_502-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11415/ind_502-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE O SERVIÇO DE CANALIZAÇÃO DO ARROIO PRÓXIMO A RUA CAPELINHA NO BAIRRO ÁREA 2”.</t>
   </si>
   <si>
     <t>11416</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11416/ind_503-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11416/ind_503-20.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO TB TRAN REALIZE A RECOLOCAÇÃO DA PLACA COM O NOME DA RUA NA ESQUINA DA RUA FRANCISCO FERREIRA PRESTES COM A ODILON BORBA NA VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>11417</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11417/ind_504-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11417/ind_504-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR BOCAL DE LUZ NO POSTE E FAZER MELHORIAS NO CORRIMÃO  DO ESCADÃO DO BAIRRO JARDIM MARGARIDA”</t>
   </si>
   <si>
     <t>11418</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11418/ind_505-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11418/ind_505-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR PONTO DE CIRCULAR, PRÓXIMO AO MERCADÃO LOBASCZ, BAIRRO ÁREA 3”</t>
   </si>
   <si>
     <t>11419</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11419/ind_506-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11419/ind_506-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA DOS INCAS, EM FRENTE AO Nº 159, BAIRRO BNH.”</t>
   </si>
   <si>
     <t>11420</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11420/ind_507-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11420/ind_507-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA AGUA MARINHA EM FRENTE AO Nº 89, PRÓXIMO AO FERRO VELHO DO VITINHO, BAIRRO ÁREA 10.</t>
   </si>
   <si>
     <t>11421</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11421/ind_508-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11421/ind_508-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA GARCIA RODRIGUES PAES, EM FRENTE AO Nº 664,  BAIRRO JARDIM BANDEIRANTES".</t>
   </si>
   <si>
     <t>11422</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11422/ind_509-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11422/ind_509-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE, TIPO TRAVESSIA ELEVADA, NA RUA GARCIA RODRIGUES PAES, EM FRENTE AO Nº 551, PRÓXIMO AO COLÉGIO CUSTÓDIO NETO,  BAIRRO JARDIM BANDEIRANTES".</t>
   </si>
   <si>
     <t>11423</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11423/ind_510-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11423/ind_510-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE  QUE SEJA FEITO MANILHAMENTO PARA GALERIA DE AGUAS PLUVIAIS NA VILA RURAL."</t>
   </si>
   <si>
     <t>11424</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11424/ind_511-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11424/ind_511-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE  SEJA FEITO UM CAMPO DE  FUTEBOL SOCIETY NA VILA RURAL."</t>
   </si>
   <si>
     <t>11425</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11425/ind_512-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11425/ind_512-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO UM ESTUDO PARA QUE SEJA GERADO CURSOS VOLTADO EXCLUSIVO PARA PORTADORES DE DEFICIENCIA FISICA PARA UMA MELHOR INCLUSÃO NO MERCADO DE TRABALHO."</t>
   </si>
   <si>
     <t>11426</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11426/ind_513-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11426/ind_513-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO UM POÇO ARTESIANO NA VILA RURAL, PORQUE APENAS UM POÇO ARTESIANO NÃO ESTA SENDO O SUFICIENTE PARA ABASTECER TODOS OS MORADORES."</t>
   </si>
   <si>
     <t>11427</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11427/ind_514-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11427/ind_514-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITA UMA LOMBADA NA ESTRADA FERNÃO DIAS NA ESQUINA COM A RUA MARILANDIA POIS HÁ GRANDE RISCO DE ACIDENTES POIS OS AUTOMOVEIS TRAFEGAM EM ALTA VELOCIDADE."</t>
   </si>
   <si>
     <t>11428</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11428/ind_515-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11428/ind_515-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO ARADO (LAVAR O SOLO) NOS TERRENOS DA VILA RURAL PARA VIABILIZAR O MELHOR DESENVOLVIMENTO DAS RAIZES DAS PLANTAS."</t>
   </si>
   <si>
     <t>11429</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11429/ind_516-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11429/ind_516-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE CONSTRUIR UMA FAIXA DE PEDESTRE ELEVADA, NA RUA RIO IGUAÇU, EM FRENTE AO COMERCIO “AVENIDA AÇAI” Nº 7 - BAIRRO ÁREA 3."</t>
   </si>
   <si>
     <t>11430</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11430/ind_517-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11430/ind_517-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DE LIMPEZA DO ARROIO LIMEIRA, EXECUÇÃO DO SERVIÇO DE LIMPEZA DE MANILHAMENTO DO ARROIO LIMEIRA NA RUA CIDADE NOVA COM A RUA CHILE PRÓXIMO AO Nº 34 E ANEXO A IGREJA ASSEMBLEIA DE DEUS, NO BAIRRO SOCOMIM."</t>
   </si>
   <si>
     <t>11431</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11431/ind_518-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11431/ind_518-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE,  ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PODA DE ARVORES, NA RUA NAPOLI -LT 02 QD 03, BAIRRO JARDIM ITÁLIA."</t>
   </si>
   <si>
     <t>11432</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11432/ind_519-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11432/ind_519-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, PROMOVA A PODA DE ÁRVORES, NA RUA DIAMANTINA, Nº 212, BAIRRO JARDIM BANDEIRANTES."</t>
   </si>
   <si>
     <t>11433</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11433/ind_520-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11433/ind_520-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, ATRAVÉS DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS, QUE SEJA FEITO CALÇADAS DE ASFALTO FRIO NO CEMITÉRIO SÃO MARCOS, BAIRRO NOSSA SENHORA APARECIDA”.</t>
   </si>
   <si>
     <t>11435</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11435/ind_521-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11435/ind_521-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA DETERMINAR AO ÓRGÃO COMPETENTE PARA QUE SEJA FEITA A INSTALAÇÃO DE UMA TORNEIRA DE ÁGUA NA QUADRA DO RIO ALEGRE”.</t>
   </si>
   <si>
     <t>11436</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11436/ind_522-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11436/ind_522-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM REALIZADOS REPAROS SOBRE O CALÇAMENTO POLIÉDRICO NA RUA FREI CANECA PRÓXIMO AO NÚMERO 159 – JARDIM ITÁLIA”.</t>
   </si>
   <si>
     <t>11437</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11437/ind_523-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11437/ind_523-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA PROFESSORA EDITH GORDAN, EM FRENTE AO NÚMERO 880, BAIRRO CENTRO”.</t>
   </si>
   <si>
     <t>11440</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11440/ind_524-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11440/ind_524-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DE IMPLANTAR EM NOSSO MUNICÍPIO O DISQUE DENÚNCIA CONTRA MAUS-TRATOS E ABANDONO AOS ANIMAIS”.</t>
   </si>
   <si>
     <t>11441</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11441/ind_525-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11441/ind_525-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR  PREFEITO JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO LIMPEZA DE BUEIROS NA RUA MAR DA ESPANHA NO BAIRRO VILA ROSA".</t>
   </si>
   <si>
     <t>11442</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11442/ind_526-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11442/ind_526-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO UM ESTUDO PARA SER IMPLATADO CICLOVIA NAS PRINCIPAIS VIAS DO CENTRO”.</t>
   </si>
   <si>
     <t>11450</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11450/ind_527-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11450/ind_527-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR CASCALHO NA RUA GUARATUBA, BAIRRO BOM JESUS”</t>
   </si>
   <si>
     <t>11451</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11451/ind_528-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11451/ind_528-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO RECAPE ASFÁLTICO DA RUA F NO BAIRRO BELA VISTA.”</t>
   </si>
   <si>
     <t>11452</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11452/ind_529-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11452/ind_529-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO MANILHAMENTO DE AGUAS PLÚVIAIS DA RUA TAPIRA BAIRRO JARDIM MARGARIDA.”</t>
   </si>
   <si>
     <t>11453</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11453/ind_530-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11453/ind_530-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO UM ESTUDO PARA UM PROJETO ONDE À CADA 100KG DE MATERIAL RECICLAVEL TROCADO GERE UM CUPOM  PARA QUE SEJA FEITO  SORTEIO DE UM BRINDE POR CADA PONTO DE COLETA.”</t>
   </si>
   <si>
     <t>11454</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11454/ind_531-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11454/ind_531-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO O RETORNO DO CAFÉ DA MANHÃ NA SECRETARIA DE OBRAS PARA OS SERVIDORES PÚBLICOS”.</t>
   </si>
   <si>
     <t>11461</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11461/ind_532-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11461/ind_532-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A REALIZAÇÃO DE LIMPEZA NA RUA RIO JORDÃO NO RIO ALEGRE”.</t>
   </si>
   <si>
     <t>11462</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11462/ind_533-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11462/ind_533-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE, A POSSIBILIDADE DA CRIAÇÃO DE UM CENTRO DE ZOONOSES ANEXO AO CANIL MUNICIPAL”.</t>
   </si>
   <si>
     <t>11463</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11463/ind_534-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11463/ind_534-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, PINTAR FAIXA DE CICLISTA, DO VIADUTO ÁREA 1, ATÉ A BRASLUMBER ”</t>
   </si>
   <si>
     <t>11464</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11464/ind_535-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11464/ind_535-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE TIPO LOMBADA, NA RUA JOÃO SIQUEIRA FILHO EM FRENTE AO Nº 860, BAIRRO SOCOMIM”</t>
   </si>
   <si>
     <t>11465</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11465/ind_536-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11465/ind_536-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO A PINTURA DE SINALIZAÇÃO EM TODAS AS RUAS DO BAIRRO JARDIM MARGARIDA.”</t>
   </si>
   <si>
     <t>11466</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11466/ind_537-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11466/ind_537-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO A PINTURA DE TODOS OS MEIO FIO E PINTURAS DE SINALIZAÇÃO DE TODAS AS RUAS DOS SEGUINTES BAIRROS: BELA VISTA, ANA MERY, MACOPA, SÃO JORGE E MARINHA.”</t>
   </si>
   <si>
     <t>11467</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11467/ind_538-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11467/ind_538-20.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO, QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA FEITO SUBSTITUIÇÃO DE LAMPADAS QUEIMADAS NA RODOVIA DO PAPEL ,DO  POSTO VITÓRIA  ATÉ O PARQUE DA CIDADE”</t>
   </si>
   <si>
     <t>11468</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11468/ind_539-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11468/ind_539-20.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AO ÓRGÃO COMPETENTE REALIZE ESTUDO PARA propor a inclusão de botijões de gás de cozinha entre os itens da Feira do Bem para ampliar o programa no Município."</t>
   </si>
   <si>
     <t>11482</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA INSTALADO CORRIMÃO E FEITA A REFORMA NO ESCADÃO DA RUA SÃO MIGUEL NO BAIRRO BOM JESUS.”</t>
   </si>
   <si>
     <t>11483</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO A EXTENSÃO E REFORMA DA PONTE DO FINAL DA RUA SÃO MIGUEL NO BAIRRO BOM JESUS".</t>
   </si>
   <si>
     <t>10625</t>
   </si>
@@ -7493,1584 +7493,1584 @@
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
     <t>PROJETO DE DECRETO LEGISLATIVO Nº 187/20 de iniciativa da Mesa Diretiva que: "APROVA "AD REFERENDUM O DECRETO Nº 26.567, DE 30 DE MARÇO DE 2020, QUE DECRETOU ESTADO DE CALAMIDADE PÚBLICA NO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ."</t>
   </si>
   <si>
     <t>10622</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Marcio Artur de Matos</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10622/plc_no_001-2020_mWiDUuX.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10622/plc_no_001-2020_mWiDUuX.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 001/2020, de iniciativa do Poder Executivo, Mensagem Nº 001 de 14 de janeiro de 2020, que “DISPÕE SOBRE A REVISÃO GERAL ANUAL A PARTIR DE 01 DE JANEIRO DE 2020, EM CONFORMIDADE AO DISPOSTO NO INCISO X DO ART. 37 DA CONSTITUIÇÃO FEDERAL E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>10623</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10623/plc_002-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10623/plc_002-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 002/2020, de iniciativa da Mesa Diretiva, que “Dispõe sobre a revisão geral anual aos subsídios dos agentes políticos do Poder Legislativo, prevista no Art. 37, inciso X da Constituição Federal”.</t>
   </si>
   <si>
     <t>10624</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10624/plc_003-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10624/plc_003-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 003/2020, de iniciativa da Mesa Diretiva, que “Dispõe sobre a revisão geral anual dos subsídios dos agentes políticos do Poder Executivo do Município de Telêmaco Borba, prevista no Art. 37, inciso X da Constituição Federal”</t>
   </si>
   <si>
     <t>10632</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10632/plc_no_004-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10632/plc_no_004-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 004/2020, de iniciativa do Poder Executivo, Mensagem Nº 007 de 27 de janeiro de 2020, que "AUMENTA O VENCIMENTO DO QUADRO GERAL DO MAGISTÉRIO EM CONFORMIDADE AO PISO NACIONAL".</t>
   </si>
   <si>
     <t>10635</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10635/oficio_100-2021_-_gp-pgm.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10635/oficio_100-2021_-_gp-pgm.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 005/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, que “Dispõe sobre o Plano Diretor de Telêmaco Borba, estabelecendo princípios e diretrizes para o desenvolvimento do Município”.</t>
   </si>
   <si>
     <t>10636</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10636/plc_006-2020_-_zoneamento_uso_e_ocupacao_do_solo.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10636/plc_006-2020_-_zoneamento_uso_e_ocupacao_do_solo.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 006/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, “Atualiza a Lei Complementar Nº 1611/2007, que estabelece o Zoneamento, Uso e a Ocupação do Solo na Zona Urbana e de Expansão Urbana do Município de Telêmaco Borba, e dá outras providências”.</t>
   </si>
   <si>
     <t>10637</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10637/plc_007-2020_-_transferencia_do_direito_de_contruir.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10637/plc_007-2020_-_transferencia_do_direito_de_contruir.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 007/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, que “Dispõe sobre a transferência do direito de construir de acordo com a Lei do Plano Diretor Municipal de Telêmaco Borba – PDM/TB, e dá outras providências”.</t>
   </si>
   <si>
     <t>10638</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10638/plc_008-2020_-_outorga_onerosa_do_direito_de_contruir.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10638/plc_008-2020_-_outorga_onerosa_do_direito_de_contruir.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 008/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, que “Dispõe sobre a outorga onerosa do direito de construir de acordo com a Lei do Plano Diretor Municipal de Telêmaco Borba – PDM/TB, e dá outras providências”.</t>
   </si>
   <si>
     <t>10639</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10639/plc_009-2020_-_perimetro_urbano.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10639/plc_009-2020_-_perimetro_urbano.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 009/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, que “Institui o Perímetro Urbano do Município de Telêmaco Borba”.</t>
   </si>
   <si>
     <t>10640</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10640/plc_010-2020_-_codigo_de_obras.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10640/plc_010-2020_-_codigo_de_obras.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 010/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, que "Institui o Código de Obras do Município de Telêmaco Borba e dá outras providências relativas às suas aplicações".</t>
   </si>
   <si>
     <t>10641</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10641/plc_011-2020_-_parcelamento_do_solo_urbano.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10641/plc_011-2020_-_parcelamento_do_solo_urbano.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 011/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, que “Dispõe sobre o parcelamento do solo para fins urbanos no Município de Telêmaco Borba e dá outras providências”.</t>
   </si>
   <si>
     <t>10642</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10642/substituicao_codigo_de_posturas_-_plc_012-2020_-_oficio_067-2022_-.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10642/substituicao_codigo_de_posturas_-_plc_012-2020_-_oficio_067-2022_-.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 012/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, que “Institui o Código de Posturas do Município de Telêmaco Borba e dá outras providências”.</t>
   </si>
   <si>
     <t>10643</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10643/plc_013-2020_-_impacto_de_vizinhanca.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10643/plc_013-2020_-_impacto_de_vizinhanca.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 013/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, que “Regulamenta o Estudo de Impacto de Vizinhança – EIV no Município de Telêmaco Borba, estabelecendo os empreendimentos e atividades sujeitos ao Estudo e os procedimentos e metodologias para a sua elaboração”.</t>
   </si>
   <si>
     <t>10644</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10644/plc_014-2020_-_residuos_solidos.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10644/plc_014-2020_-_residuos_solidos.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 014/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, que “Institui o Plano de Gerenciamento Integrado de Resíduos Sólidos Urbanos de Telêmaco Borba”.</t>
   </si>
   <si>
     <t>10645</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10645/plc_015-2020_-_conselhos_de_urbanismo_e_meio_ambiente.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10645/plc_015-2020_-_conselhos_de_urbanismo_e_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 015/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 31 de maio de 2019, que "Cria o Conselho de Urbanismo e Meio Ambiente, unificando os Conselhos de Defesa e Preservação Ambiental e o Conselho da Cidade".</t>
   </si>
   <si>
     <t>10646</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10646/plc_016-2020_-_plano_de_mobilidade_urbana.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10646/plc_016-2020_-_plano_de_mobilidade_urbana.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 016/2020, de iniciativa do Poder Executivo, Mensagem Nº 028 de 31 de maio de 2019, que “INSTITUI O PLANO DE MOBILIDADE DE TELÊMACO BORBA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>10647</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10647/plc_017-2020_-_transporte_coletivo_privado_de__nFEXOMi.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10647/plc_017-2020_-_transporte_coletivo_privado_de__nFEXOMi.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 017/2020, de iniciativa do Poder Executivo, Mensagem Nº 028 de 31 de maio de 2019, que “Dispõe sobre a organização dos serviços do Sistema de Transporte Coletivo Privado de Passageiros do Município de Telêmaco Borba”.</t>
   </si>
   <si>
     <t>10648</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10648/plc_018-2020_-_transporte_coletivo_publico.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10648/plc_018-2020_-_transporte_coletivo_publico.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 018/2020, de iniciativa do Poder Executivo, Mensagem Nº 028 de 31 de maio de 2019, que “Dispõe sobre a organização dos serviços do Sistema de Transporte Coletivo de Passageiros do Município de Telêmaco Borba”.</t>
   </si>
   <si>
     <t>10649</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10649/plc_019-2020_-_transporte_de_bens_mercadorias__0YqxGvE.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10649/plc_019-2020_-_transporte_de_bens_mercadorias__0YqxGvE.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 019/2020, de iniciativa do Poder Executivo, Mensagem Nº 028 de 31 de maio de 2019, que “Disciplina o serviço de carga e descarga de bens, mercadorias e serviços na área central de Telêmaco Borba”.</t>
   </si>
   <si>
     <t>10650</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10650/plc_020-2020_-_transporte_escolar.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10650/plc_020-2020_-_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 020/2020, de iniciativa do Poder Executivo, Mensagem Nº 028 de 31 de maio de 2019, que “Dispõe sobre o Serviço de Transporte Escolar”.</t>
   </si>
   <si>
     <t>10861</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10861/plc_no_021-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10861/plc_no_021-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 021/20, de iniciativa da Mesa Diretiva que: " ALTERA O ANEXO I DA LEI Nº 1548 DE 14 DE JUNHO DE 2006, CONSOLIDADOS PELA LEI Nº 1818 DE 29 DE MARÇO DE 2011, ALTERADOS PELAS LEIS Nº 1916/2012, 2108/2015 E LEI COMPLEMENTAR Nº 022/2017."</t>
   </si>
   <si>
     <t>10886</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10886/plc_022-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10886/plc_022-20.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar nº 022/20, de iniciativa do Poder Executivo (mensagem nº 017 de 03 de Abril de 2.020) que: "Dispõe sobre a extinção do cargo de Gari e Jardineiro no quadro geral de pessoal permanente da Prefeitura Municipal de Telêmaco Borba."</t>
   </si>
   <si>
     <t>10887</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10887/plc_023-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10887/plc_023-20.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR  Nº 023/20 de iniciativa do Poder Executivo (mensagem nº 019 de 08 de abril de 2020), que: "Altera inciso I do parágrafo único do artigo 1º da Lei Complementar nº 070 de 30 de Dezembro de 2019."</t>
   </si>
   <si>
     <t>10888</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10888/plc_024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10888/plc_024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 024/2020, de iniciativa do Poder Executivo (Mensagem nº 021 de 13 de abril de 2020) que: "Desafeta e autoriza o Poder Executivo municipal a realizar alienação onerosa de bem público, sede do Programa Liberdade Cidadã - centro de Referência Especializado de Assistência Social - CREAS, e dá outras providências."</t>
   </si>
   <si>
     <t>10893</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10893/plc_no_025-2020_-_mensagem_22-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10893/plc_no_025-2020_-_mensagem_22-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 025/2020, de iniciativa do Poder Executivo, Mensagem Nº 022 de 14 de abril de 2020, que "Dispõe sobre a prorrogação da data de vencimento dos impostos municipais e dá outras providências".</t>
   </si>
   <si>
     <t>11120</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11120/plc_no_026-2020_-mensagem_031-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11120/plc_no_026-2020_-mensagem_031-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 026/2020, de iniciativa do Poder Executivo, Mensagem Nº 031 de 16 de junho de 2020, que “Autoriza o Poder Executivo a delegar e outorgar a prestação de serviços públicos de destinação final de resíduos sólidos do Município de Telêmaco Borba, com rateio de despesas de implantação ao Consórcio Intermunicipal de Desenvolvimento Regional Caminhos do Tibagi, pelo Regime de Concessão Pública, revoga a Lei Nº 2.243 de 05 de outubro de 2018 e dá outras providências”.</t>
   </si>
   <si>
     <t>11121</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11121/plc_no_027-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11121/plc_no_027-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR Nº 027/2020, de iniciativa do Poder Executivo, Mensagem Nº 032 de 19 de junho de 2020, que "Suspende o prazo de validade dos Concursos Públicos Nº 01/2016 e Nº 01/2019".</t>
   </si>
   <si>
     <t>11137</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11137/substituicao_do_plc_no_028-2020_oficio_81-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11137/substituicao_do_plc_no_028-2020_oficio_81-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 028/2020, de iniciativa do Poder Executivo, Mensagem Nº 028 de 29 de maio de 2020, “Revoga o §2º do art. 128 e parágrafo único do art. 138 da Lei nº 1883, de 05 de abril de 2012. Altera a redação do Capítulo VIII do Título II, altera o caput do art. 39, caput e o § 1º do art. 128, art. 130, art. 138, altera a redação do inciso I, do art. 140, caput do art. 246, da Lei 1883, de 05 de abril de 2012. Acrescenta o art. 38-A, os § 3º, 4º, 5º, 6º, 7º e 8º ao art. 128, os § 2º, 3º e 4º ao art. 130, o Capítulo VII do Título III e Seções I e II, e os art. 163-A, art. 163-B, art. 163-C, art. 163-D, art. 163-E, art. 163-F, §5º, incisos I, II e III ao art. 246, na Lei nº 1883 de 05 de abril de 2012 e dá outras disposições”.</t>
   </si>
   <si>
     <t>11182</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11182/plc_no_029-2020_-_mensagem_n_34-2020_-_autoriz_DPezPzY.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11182/plc_no_029-2020_-_mensagem_n_34-2020_-_autoriz_DPezPzY.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 029/2020, de iniciativa do Poder Executivo, Mensagem Nº 034 de 03 de julho de 2020, que “Autoriza o Poder Executivo Municipal a conceder à SANEPAR – Companhia de Saneamento do Paraná, concessão administrativa de uso de imóveis pertencentes ao patrimônio público municipal, conforme especifica e dá outras providências”.</t>
   </si>
   <si>
     <t>11225</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11225/plc_no_030-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11225/plc_no_030-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 030/2020, de iniciativa do Poder Executivo, Mensagem Nº 036 de 17 de julho de 2020, que "Institui o Plano de Mobilidade de Telêmaco Borba, e dá outras providências".</t>
   </si>
   <si>
     <t>11226</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11226/plc_no_031-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11226/plc_no_031-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 031/2020, de iniciativa do Poder Executivo, Mensagem Nº 036 de 17 de julho de 2020, que "Dispõe sobre a organização dos serviços do Sistema de Transporte Coletivo de Passageiros do Município de Telêmaco Borba".</t>
   </si>
   <si>
     <t>11227</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11227/plc_no_032-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11227/plc_no_032-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 032/2020, de iniciativa do Poder Executivo, Mensagem Nº 036 de 17 de julho de 2020, que "Dispõe sobre a organização dos serviços do Sistema de Transporte Coletivo Privado de Passageiros do Município de Telêmaco Borba".</t>
   </si>
   <si>
     <t>11228</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11228/plc_no_033-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11228/plc_no_033-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 033/2020, de iniciativa do Poder Executivo, Mensagem Nº 036 de 17 de julho de 2020, que "Disciplina o serviço de carga  e descarga de bens, mercadorias e serviços na área central de Telêmaco Borba".</t>
   </si>
   <si>
     <t>11229</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11229/plc_034-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11229/plc_034-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 034/2020, de iniciativa do Poder Executivo, Mensagem Nº 036 de 17 de julho de 2020, que "Dispõe sobre o serviço de Transporte Escolar e dá outras providências".</t>
   </si>
   <si>
     <t>11230</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11230/plc_035-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11230/plc_035-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 035/2020, de iniciativa do Poder Executivo, Mensagem Nº 036 de 17 de julho de 2020, que "Estabelece normas gerais para o serviço de interesse público de transporte individual de passageiros em veículo automotor de aluguel com taxímetro, e dá outras providências".</t>
   </si>
   <si>
     <t>11231</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11231/plc_036-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11231/plc_036-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 036/2020, de iniciativa do Poder Executivo, Mensagem Nº 036 de 17 de julho de 2020, que "Dispõe sobre o sistema de transporte privado individual	a partir de compartilhamento de veículos".</t>
   </si>
   <si>
     <t>11310</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11310/oficio_031-2021_-_gp-pgm_substituicao_plc_no_037-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11310/oficio_031-2021_-_gp-pgm_substituicao_plc_no_037-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 037/2020, de iniciativa do Poder Executivo, Mensagem Nº 047 de 28 de agosto de 2020, que “Altera o inciso III do art. 164, inciso XIV do art. 174, o caput do §1º do art. 194, parágrafo único do art. 197, parágrafo único do art. 202, art. 206, 207 e 208 da Lei Municipal Nº 1883, de 05 de abril de 2012; acrescenta o §3º, §4º e §5º ao art. 170, o parágrafo único ao art. 177, o §3º ao art. 209, o art. 219-A à Lei Municipal Nº 1883, de 05 de abril de 2012; altera o §1º e acrescenta o §6º e 7º ao art. 189 da Lei Municipal 1883, de 05 de abril de 2012; altera o caput, acrescenta o parágrafo único e revoga o §1º e §2º do art. 204 da Lei Municipal Nº 1883, de 05 de abril de 2012; altera o caput, acrescenta o parágrafo único ao art. 205 da Lei Municipal Nº 1883, de 05 de abril de 2012; altera o caput e revoga o §3º do art. 208 da Lei Municipal nº 1883, de 05 de abril de 2012”</t>
   </si>
   <si>
     <t>11378</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11378/plc_no_038-2020_subsidio_prefeito.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11378/plc_no_038-2020_subsidio_prefeito.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 038/2020, de iniciativa da Mesa Diretiva, que "Dispõe sobre a fixação de subsídios do Prefeito, Vice-Prefeito e dos Secretários Municipais para o quadriênio de 2021 a 2024".</t>
   </si>
   <si>
     <t>11379</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11379/plc_no_039-2020_subsidio_vereadores.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11379/plc_no_039-2020_subsidio_vereadores.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 039/2020, de iniciativa da Mesa Diretiva, que "Dispõe sobre a fixação de subsídios dos Vereadores e do Presidente da Câmara Municipal para o quadriênio de 2021 a 2024".</t>
   </si>
   <si>
     <t>11444</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11444/mensagem_054-2020_-_contratacao_temporario_de_servidores_mediante_analise_de_curriculos.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11444/mensagem_054-2020_-_contratacao_temporario_de_servidores_mediante_analise_de_curriculos.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 040/2020, de iniciativa do Poder Executivo, Mensagem Nº 054 de 16 de novembro de 2020, que “Altera o §3º do art. 232 da Lei nº 1883 de 05 de abril de 2012, para acrescentar cenário em que o processo seletivo simplificado poderá ser realizado exclusivamente através da análise de currículos”.</t>
   </si>
   <si>
     <t>11460</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11460/plc_no_041-2020_-mensagem_55-2020_-_altera_a_lei_1190_e_lei_1790.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11460/plc_no_041-2020_-mensagem_55-2020_-_altera_a_lei_1190_e_lei_1790.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 041/2020, de iniciativa do Poder Executivo, Mensagem Nº 055 de 26 de novembro de 2020, que “Acrescenta os § 1º, § 2º, § 3º e § 4º no art. 44 e altera redação do art. 45 da Lei nº 1190, de 31 de dezembro de 1998, inclui os incisos XI ao XVII no art. 62 da Lei nº 1190/1998 e inclui o inciso VIII no art. 21 da Lei 1719 de 15 de julho de 2009”. (cobrança de débitos em dívida ativa por meios extrajudiciais para solução da demanda e atualização das possibilidades de aplicações de multas)</t>
   </si>
   <si>
     <t>10633</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10633/plo_no_001-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10633/plo_no_001-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 001/2020, de iniciativa do Poder Executivo, Mensagem Nº 004 de 22 de janeiro de 2020, que "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE R$ 100.031,97". (aquisição de equipamentos para o CRAS)</t>
   </si>
   <si>
     <t>10634</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10634/plo_no_002-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10634/plo_no_002-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 002/2020, de iniciativa do Poder Executivo, Mensagem Nº 006 de 24 de janeiro de 2020, que "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE R$ 1.367.200,00". (regularizar atividades do aterro sanitário do Município)</t>
   </si>
   <si>
     <t>10651</t>
   </si>
   <si>
     <t>Marquinho, Maurício, Toto</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10651/plo_no_003-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10651/plo_no_003-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 003/2020, de iniciativa dos Vereadores Antonio Marco de Almeida, Everton Fernando Soares e Maurício Diógenes de Castro, que "DISPÕE SOBRE A INSTALAÇÃO DE EQUIPAMENTO ELIMINADOR DE AR NA TUBULAÇÃO DO SISTEMA DE ABASTECIMENTO DE ÁGUA E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>10652</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10652/plo_no_004-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10652/plo_no_004-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 004/2020, de iniciativa da Vereadora Elisangela Rezende Saldivar , que “DISPÕE SOBRE A PROIBIÇÃO DE USO DE FOGOS DE ARTIFÍCIO COM ESTAMPIDO NO MUNICÍPIO DE TELÊMACO BORBA”.</t>
   </si>
   <si>
     <t>10653</t>
   </si>
   <si>
     <t>Maurício, Fubá</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10653/plo_no_005-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10653/plo_no_005-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 005/2020, de iniciativa dos Vereadores Maurício Diógenes de Castro e Élio Cezar Alves dos Santos, que “AUTORIZA O CHEFE DO PODER EXECUTIVO A PROIBIR AS EMPRESAS CONCESSIONÁRIAS E/OU PRESTADORAS DOS SERVIÇOS PÚBLICOS DE ABASTECIMENTO DE ÁGUA E ENERGIA ELÉTRICA NO MUNICÍPIO DE TELÊMACO BORBA – PR, DE PROCEDER POR MOTIVO DE INADIMPLÊNCIA DE SEUS CLIENTES, A INTERRUPÇÃO, SUSPENSÃO OU RESTRIÇÃO DO FORNECIMENTO DOS SERVIÇOS, CONFORME ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>10654</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10654/plo_no_006-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10654/plo_no_006-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 006/2020, de iniciativa do Vereador Anderson Antunes, que "INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE TELÊMACO BORBA A DATA DE 08 DE NOVEMBRO PARA COMEMORAR O DIA DO TRILHEIRO".</t>
   </si>
   <si>
     <t>10655</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10655/plo_no_007-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10655/plo_no_007-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 007/2020, de iniciativa do Vereador Anderson Antunes, que "INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE TELÊMACO BORBA O ÚLTIMO DOMINGO DO MÊS DE JULHO PARA COMEMORAR O DIA DO MOTOCROSS".</t>
   </si>
   <si>
     <t>10656</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10656/plo_no_008-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10656/plo_no_008-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 008/2020, de iniciativa do Vereador Anderson Antunes, que “INSTITUI NO CALENDÁRIO OFICIAL DO MUNICÍPIO DE TELÊMACO BORBA NO DIA 21 DO MÊS DE MARÇO PARA COMEMORAR O DIA DO VELOCROSS”.</t>
   </si>
   <si>
     <t>10657</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10657/plo_no_009-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10657/plo_no_009-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 009/2020, de iniciativa do Vereador Anderson Antunes, que “DISPÕE SOBRE A OBRIGATORIEDADE DE QUE 5% (CINCO POR CENTO) DA TOTALIDADE DOS CARRINHOS DE COMPRA DOS SUPERMERCADOS E ESTABELECIMENTOS SIMILARES SEJAM ADAPTADOS PARA PESSOAS COM DEFICIÊNCIA E TAMBÉM ÀS PESSOAS DIAGNOSTICADAS COM O TRANSTORNO DO ESPECTRO AUTISTA”.</t>
   </si>
   <si>
     <t>10717</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 010/20 de iniciativa do Poder Executivo (Mensagem nº 008 de 05 de Fevereiro de 2020) que: "ALTERA O ART. 5º DA LEI 1544 DE 26 DE ABRIL DE 2006 E DÁ OUTRAS PROVIDÊNCIAS." (Cohapar,  condomínio habitacional para pessoas idosas)</t>
   </si>
   <si>
     <t>10718</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 011/20  de inciativa do Vereador Mario Cesar Marcondes que "Dispõe sobre a isenção do pagamento de valores a título de inscrição em concursos públicos, no âmbito do Município de Telêmaco Borba, Estado do Paraná, para os eleitores convocados e nomeados, que tenham prestado serviço eleitoral."</t>
   </si>
   <si>
     <t>10749</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 012/20 de iniciativa do Vereador Anderson Antunes que:  "Instituí no Calendário Oficial do Município de Telêmaco Borba, no último domingo do mês de novembro, para comemorar o Dia do Trilheiro.”</t>
   </si>
   <si>
     <t>10804</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10804/plo_no_013-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10804/plo_no_013-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 013/2020, de iniciativa do Poder Executivo, Mensagem Nº 012 de 04 de março de 2020, que "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 539.000,00". (Ampliação no sistema de vídeo monitoramento.)</t>
   </si>
   <si>
     <t>10813</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10813/plo_no_014-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10813/plo_no_014-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 014/2020, de iniciativa do Poder Executivo, Mensagem Nº 009 de 02 de março de 2020, que "Dispõe sobre o uso e condução de carros oficiais".</t>
   </si>
   <si>
     <t>10847</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10847/plo_no_015-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10847/plo_no_015-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 015/2020, de iniciativa do Poder Executivo, Mensagem Nº 013 de 10 de março de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 1.405.000,00". (despesas com pagamento de laboratórios, clinica de imagem, transporte de pacientes, etc.).</t>
   </si>
   <si>
     <t>10849</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10849/plo_no_016-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10849/plo_no_016-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 016/2020, de iniciativa do Poder Executivo, Mensagem Nº 014 de 10 de março de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 40.000,00". (despesas com a realização de publicações de atos oficiais do Município).</t>
   </si>
   <si>
     <t>10863</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10863/plo_no_017-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10863/plo_no_017-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 017/2020, de iniciativa do Poder Executivo (Mensagem nº 010 de 02 de março de 2.020) que: "INSTITUÍ NO ÂMBITO DO MUNICÍPIO DE TELÊMACO BORBA - PR, POLÍTICA PÚBLICA PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISMO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>10876</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10876/plo_no_018-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10876/plo_no_018-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 018/2020, de iniciativa do Poder Executivo, Mensagem Nº 015 de 27 de março de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 550.000,00". (despesas com iluminação pública).</t>
   </si>
   <si>
     <t>10880</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10880/plo_019.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10880/plo_019.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 019/2020 de iniciativa do Poder Executivo (mensagem nº 020 de 08 de abril de 2.020) que: "Autoriza a abertura de crédito Adicional suplementar na importância de R$ 500.000,00". (Secretaria de Assistência social, compra de gás de cozinha, cestas básicas, etc...)</t>
   </si>
   <si>
     <t>10889</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10889/mensagem_23-2020_-_ldo_2021.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10889/mensagem_23-2020_-_ldo_2021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 020/20 de iniciativa do Poder Executivo (Mensagem nº 023 de 14 de Abril de 2020), que: Dispõe sobre as Diretrizes para a elaboração da Lei Orçamentária do Município de Telêmaco Borba para o Exercício Financeiro de 2.021, e dá outras providências."</t>
   </si>
   <si>
     <t>10902</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10902/plo_no_021-2020_-_mensagem_024-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10902/plo_no_021-2020_-_mensagem_024-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 021/2020, de iniciativa do Poder Executivo, Mensagem Nº 024 de 24 de abril de 2020, que “Autoriza a abertura de crédito adicional especial na importância de R$ 50.000,00 (cinquenta mil reais)”. (pagamento do salário família e auxílio reclusão)</t>
   </si>
   <si>
     <t>10912</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10912/plo_no_022-2020_-_mensagem_025-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10912/plo_no_022-2020_-_mensagem_025-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 022/2020, de iniciativa do Poder Executivo, Mensagem Nº 025 de 28 de abril de 2020, que “Autoriza a abertura de crédito adicional suplementar na importância de R$ 450.000,00 (quatrocentos e cinquenta mil reais)”. (despesas com a implantação do Centro Integrado de Segurança).</t>
   </si>
   <si>
     <t>10947</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10947/projeto_de_lei_ordinaria_no_023-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10947/projeto_de_lei_ordinaria_no_023-20.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 023/2020, de iniciativa do Poder Executivo, Mensagem Nº 027 de 13 de maio de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 2.138.025,15 (dois milhões, cento e trinta e oito mil, vinte e cinco reais e quinze centavos)". (despesas com pagamento dos contratos das clinicas médicas, laboratórios, hospitais, etc.)</t>
   </si>
   <si>
     <t>11010</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11010/plo_no_024-2020_QhzR0Qn.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11010/plo_no_024-2020_QhzR0Qn.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 024/2020, de iniciativa do Poder Executivo, Mensagem Nº 029 de 22 de maio de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 2.338.025,15 (dois milhões, trezentos e trinta e oito mil, vinte e cinco reais e quinze centavos)".</t>
   </si>
   <si>
     <t>11075</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11075/plo_no_025-2020_mensagem_030-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11075/plo_no_025-2020_mensagem_030-20.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 025/2020, de iniciativa do Poder Executivo, Mensagem Nº 030 de 05 de junho de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 100.000,00 (cem mil reais)". (despesa com aquisição de servidor de dados para aumento da capacidade de armazenamento de imagens captadas pelas câmeras de monitoramento).</t>
   </si>
   <si>
     <t>11138</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11138/plo_no_026-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11138/plo_no_026-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 026/2020, de iniciativa do Poder Executivo, Mensagem Nº 026 de 06 de maio de 2020, “Revoga as alíneas “e”, “f”, “g”, “h” do inciso I e alínea “b” do inciso II do art. 4º, os art. 18, art. 19, art. 20, art. 21, art. 22, art. 23, art. 24, art. 25, art. 26, art. 27, art. 28, art. 29, art. 30, art. 31, art. 32, art. 47, art. 52, inciso III e parágrafo único do art. 72, inciso I do art. 99 e altera o art. 2º, art. 55, o inciso I do art. 71, os incisos I e II do art. 72, art. 102 da Lei Municipal 968/93, altera o inciso VII e § 1º do art. 115 da Lei Municipal 968 de 26 de novembro de 1993, e acrescenta o § 4º no mencionado artigo, altera o artigo 119 da Lei Municipal nº 968 de 26 de novembro de 1993”.</t>
   </si>
   <si>
     <t>11157</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11157/substituicao_ao_plo_no_027-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11157/substituicao_ao_plo_no_027-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 027/2020, de iniciativa do Poder Executivo, Mensagem Nº 033 de 01 de julho de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 2.200.000,00 (dois milhões e duzentos mil reais)". (manutenção das atividades de ações de serviços de saúde)</t>
   </si>
   <si>
     <t>11183</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11183/plo_no_028-2020_mensagem_035-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11183/plo_no_028-2020_mensagem_035-2020.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 028/20 de iniciativa do Poder Executivo (Mensagem nº 035 de 10 de julho de 2020) que: "Autoriza a Abertura de Crédito  Adicional Suplementar na importância de R$ 729.032,49." ( Despesas com aquisição e instalação de grama sintética e piso para quadras esportivas)</t>
   </si>
   <si>
     <t>11243</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11243/plo_no_029-2020_-_mensagem_37_-_credito_adicio_esefIBh.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11243/plo_no_029-2020_-_mensagem_37_-_credito_adicio_esefIBh.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 029/2020, de iniciativa do Poder executivo, Mensagem Nº 037 de 29 de julho de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 1.427.000,00 (um milhão, quatrocentos e vinte e sete mil reais)". (despesas com pagamento de auxílio alimentação dos servidores municipais).</t>
   </si>
   <si>
     <t>11244</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11244/plo_no_030-2020_-_mensagem_38-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11244/plo_no_030-2020_-_mensagem_38-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 030/2020, de iniciativa do Poder Executivo, Mensagem Nº 038 de 31 de julho de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 4.837.000,00 (quatro milhões, oitocentos e trinta e sete mil reais)". (despesas com o pagamento da Folpag dos servidores municipais).</t>
   </si>
   <si>
     <t>11245</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11245/plo_no_031-2020_-_mensagem_41-2020_-_alteracao_4v3gKmp.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11245/plo_no_031-2020_-_mensagem_41-2020_-_alteracao_4v3gKmp.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 031/2020, de iniciativa do Poder Executivo, Mensagem Nº 041 de 05 de agosto de 2020, que "Altera anexos integrantes da Lei Nº 2193 de 15/12/2017 - Plano Plurianual do Município de 2018 à 2021 e dá outras providências".</t>
   </si>
   <si>
     <t>11274</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11274/plo_no_032-2020_-mensagem_040-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11274/plo_no_032-2020_-mensagem_040-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 032/2020, de iniciativa do Poder Executivo, Mensagem Nº 040 de 05 de agosto de 2020, que "Autoriza a abertura de crédito adicional especial na importância de R$ 860.000,00 (oitocentos e sessenta mil reais)”. (revitalização do entorno do viaduto próximo ao Ginásio de Esportes Heitor Furtado).</t>
   </si>
   <si>
     <t>11275</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11275/plo_no_033-2020_-_mensagem_042.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11275/plo_no_033-2020_-_mensagem_042.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 033/2020, de iniciativa do Poder Executivo, Mensagem Nº 042 de 17 de agosto de 2020, que “Autoriza a abertura de crédito adicional suplementar na importância de R$ 200.000,00 (duzentos mil reais)”. (despesas com serviço de internet Telêmaco Borba Digital).</t>
   </si>
   <si>
     <t>11276</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11276/plo_no_034-2020_-mensagem_043.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11276/plo_no_034-2020_-mensagem_043.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 034/2020, de iniciativa do Poder Executivo, Mensagem Nº 043 de 17 de agosto de 2020, que “Autoriza a abertura de crédito adicional especial na importância de R$ 6.034.918,62 (seis milhões, trinta e quatro mil, novecentos e dezoito reais e sessenta e dois centavos)”. (construção da Escola Monte Sinai).</t>
   </si>
   <si>
     <t>11282</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11282/plo_no_035-2020_mensagem_45-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11282/plo_no_035-2020_mensagem_45-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 035/2020, de iniciativa do Poder Executivo, Mensagem Nº 045 de 25 de agosto de 2020, que “Revoga as alíneas “e”, “f”, “g”, “h” do inciso I e alínea “b” do inciso II do art. 4º, art. 18, art. 19, art. 20, art. 21, art. 22, art. 23, art. 24, art. 25, art. 26, art. 27, art. 28, art. 29, art. 30, art. 31, art. 32, art. 47, art. 52, inciso III e parágrafo único do art. 72, inciso I do art. 99 e altera o art. 2º, art. 55, o inciso I do art. 71, os incisos I e II do art. 72, art. 102 da Lei Municipal 968/93”.</t>
   </si>
   <si>
     <t>11283</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11283/plo_036-2020_-_mensagem_48-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11283/plo_036-2020_-_mensagem_48-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 036/2020, de iniciativa do Poder Executivo, Mensagem Nº 048 de 27 de agosto de 2020, que “Autoriza a abertura de crédito adicional suplementar na importância de R$ 63.381,18 (sessenta e três mil, trezentos e oitenta e um reais e dezoito centavos)". (despesas com a execução de serviços de troca de calhas e rufos na estrutura do prédio da Câmara Municipal).</t>
   </si>
   <si>
     <t>11311</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11311/plo_no_037-2020_-_mensagem_044-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11311/plo_no_037-2020_-_mensagem_044-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 037/2020, de iniciativa do Poder Executivo, Mensagem Nº 044 de 21 de agosto de 2020, que “Regulamenta o comércio eventual, ambulante e atividade afins, revoga a Lei 2201 de 28 de dezembro de 2017 e dá outras providências”.</t>
   </si>
   <si>
     <t>11313</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11313/plo_no_038-2020_-_mensagem_no_46-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11313/plo_no_038-2020_-_mensagem_no_46-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 038/2020, de iniciativa do Poder Executivo, Mensagem Nº 046 de 25 de agosto de 2020, que “Altera o artigo 119 da Lei Municipal Nº 968, de 26 de novembro de 1993 e altera o inciso VII e §1º do artigo 115 da Lei Municipal Nº 968/93 e acrescenta o § 4º no mencionado artigo”. (alteração da alíquota de contribuição previdenciária)</t>
   </si>
   <si>
     <t>11339</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11339/plo_no_039-2020_-_mensagem_49-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11339/plo_no_039-2020_-_mensagem_49-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 039/2020, de iniciativa do Poder Executivo, Mensagem Nº 049 de 23 de setembro de 2020, que “Ratifica as alterações realizadas no Estatuto do Consórcio Público Caminhos do Tibagi e dá outras providências”.</t>
   </si>
   <si>
     <t>11355</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11355/plo_no_040-2020_-_mensagem_50-2020_assinada.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11355/plo_no_040-2020_-_mensagem_50-2020_assinada.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 040/2020, de iniciativa do Poder Executivo, Mensagem Nº 050 de 30 de setembro de 2020, que "Estima a receita e fixa a despesa do Município de Telêmaco Borba para o exercício de 2021".</t>
   </si>
   <si>
     <t>11434</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11434/plo_041-2020_-_mensagem_no_051-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11434/plo_041-2020_-_mensagem_no_051-20.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 041/2020, de iniciativa do Poder Executivo, Mensagem Nº 051 de 06 de novembro de 2020, que “Altera anexos integrantes da Lei Nº 2.338 de 28 de setembro de 2020 - Lei de Diretrizes Orçamentárias do Município de Telêmaco Borba para o exercício de 2021 e da Lei Nº 2.193 de 15/12/2017 – Plano Plurianual do Município de 2018 à 2021”.</t>
   </si>
   <si>
     <t>11438</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11438/plo_no_042-2020_mensagem_52-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11438/plo_no_042-2020_mensagem_52-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 042/2020, de iniciativa do Poder Executivo, Mensagem Nº 052 de 10 de novembro de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 1.425.422,80 (um milhão, quatrocentos e vinte e cinco mil, quatrocentos e vinte e dois reais e oitenta centavos)". (aquisição de materiais de consumo, material bibliográfico e contratação de serviços para as Escolas e CEMEI's).</t>
   </si>
   <si>
     <t>11458</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11458/plo_no_043-2020_-mensagem_n_53-2020_-_institui_o_comter_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11458/plo_no_043-2020_-mensagem_n_53-2020_-_institui_o_comter_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 043/2020, de iniciativa do Poder Executivo, Mensagem Nº 053 de 27 de novembro de 2020, que "Institui o Conselho Municipal do Trabalho, Emprego e Renda e dá outras providências".</t>
   </si>
   <si>
     <t>11459</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11459/plo_no_044-2020_-_mensagem_56-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11459/plo_no_044-2020_-_mensagem_56-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 044/2020, de iniciativa do Poder Executivo, Mensagem Nº 056 de 30 de novembro de 2020, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 2.850.624,00 (dois milhões, oitocentos e cinquenta mil, seiscentos e vinte e quatro reais)". (aquisição de equipamentos para as cozinhas das escolas e cmeis).</t>
   </si>
   <si>
     <t>11474</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA Nº 045/2020, de iniciativa do Poder Executivo (Mensagem nº 058 de 07 de dezembro de 2020) que: "Autoriza a Abertura de Crédito Adicional Suplementar na importância de R$ 6.477,30." (Cestas Natalinas do Legislativo).</t>
   </si>
   <si>
     <t>11477</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11477/plo_no_046_-2020_-_mensagem_057-2020_substituicao.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11477/plo_no_046_-2020_-_mensagem_057-2020_substituicao.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 046/2020, de iniciativa do Poder Executivo, Mensagem Nº 057 de 04 de dezembro de 2020, que "Altera o artigo 1º e 2º da Lei Nº 1793 de 12 de novembro de 2010". (Plano de amortização referente ao custo especial suplementar sobre a folha de pagamento dos funcionários vinculados ao Regime Próprio de Previdência Social)</t>
   </si>
   <si>
     <t>11158</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11158/projeto_de_resolucao_no_001-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11158/projeto_de_resolucao_no_001-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução Nº 001/2020, de iniciativa da Mesa Diretiva, que "Institui a tabela de depreciação e valor residual dos bens móveis e imóveis do Poder Legislativo de Telêmaco Borba e dá outras providências".</t>
   </si>
   <si>
     <t>11340</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11340/pre_no_002-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11340/pre_no_002-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução Nº 002/2020, de iniciativa da Mesa Diretiva, que “Abre no orçamento do exercício de 2020 do Poder Legislativo, crédito adicional suplementar para reforço das dotações orçamentárias, mediante recursos especificados”.</t>
   </si>
   <si>
     <t>11391</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11391/projeto_de_resolucao_no_003-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11391/projeto_de_resolucao_no_003-2020.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução Nº 003/2020, de iniciativa da Mesa Diretiva, que "Altera o Anexo I da Resolução Nº 001/2020 de 23 de julho de 2020 e dá outras providências". (Tabela de depreciação de bens móveis e imóveis).</t>
   </si>
   <si>
     <t>11446</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica Nº 001/2020, de iniciativa dos Vereadores que "Altera a redação do artigo 219, incisos I e II do título V da Lei Orgânica do Município de Telêmaco Borba e dá outras providências".</t>
   </si>
   <si>
     <t>10658</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10658/req_001.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10658/req_001.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL JUNTO COM O SETOR COMPETENTE,  QUE NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) EXISTE PROGRAMAÇÃO PARA QUE SEJA REALIZADO MELHORIAS NA RUA SANTO ONOFRE, BAIRRO ÁREA III? 2) CASO POSITIVO PARA QUANDO ESTÁ PREVISTO? 3) CASO NEGATIVO, JUSTIFICAR O MOTIVO?”.</t>
   </si>
   <si>
     <t>10715</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10715/req_002.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10715/req_002.pdf</t>
   </si>
   <si>
     <t>“REQUEREM DO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE, QUE NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS:  1) QUAL O VALOR HOJE CONSTANTE NO FUNREBOM (Fundo de Reequipamento do Corpo de Bombeiros)? QUAL O VALOR ARRECADADO PARA O FUNREBOM NOS ÚLTIMOS 2 (DOIS) ANOS? 2) QUAIS TIPOS DE INVESTIMENTOS PODEM SER FEITOS OU EQUIPAMENTOS PODEM SER ADQUIRIDOS COM OS VALORES ARRECADADOS PARA O FUNREBOM? 3) ONDE FOI INVESTIDO, OU O QUE DE FATO FOI ADQUIRIDO (EQUIPAMENTO) COM VALORES ORIUNDOS DO FUNREBOM NOS ÚLTIMOS DOIS ANOS? 4) EXISTE PREVISÃO DE QUE O MUNICÍPIO ADQUIRA ALGUM EQUIPAMENTO, OU MESMO REALIZE ALGUM TIPO DE INVESTIMENTO, UTILIZANDO-SE DESSES VALORES NO ANO 2020?"</t>
   </si>
   <si>
     <t>10716</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10716/req_003.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10716/req_003.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO  QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES SOBRE INDICAÇÃO Nº 727/2019 QUE SOLICITAVA A CONSTRUÇÃO DE UMA ESCADA DE ACESSO NO FINAL DA RUA EDUARDO GERONASSO (VILA OSÓRIO) INTERLIGANDO COM A BALSA NOVA (VILA ARCINA). 1) ESTE SERVIÇO ENCONTRA-SE NA PROGRAMAÇÃO DA SECRETARIA DE OBRAS? 2) SE SIM, EXISTE DATA PREVISTA PARA A EXECUÇÃO? 3) SE NÃO, JUSTIFIQUE."</t>
   </si>
   <si>
     <t>10748</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10748/req_004.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10748/req_004.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES:” 1-QUANDO SERÁ REALIZADA  A PINTURA NA QUADRA DA ESCOLA MUNICIPAL DOM BOSCO ? 2- QUANDO SERÁ INSTALADO O PARQUINHO ? 3-  EXISTE UMA DATA PREVISTA?  SE NÃO JUSTIFIQUE-SE ."</t>
   </si>
   <si>
     <t>10764</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10764/req_005.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10764/req_005.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PRESIDENTE DESTA CASA DE LEIS QUE ENCAMINHE VOTO DE CONGRATULAÇÃO AO 26º BATALHÃO DA POLICIA MILITAR PELA RÁPIDA AÇÃO EM DEFESA DA SOCIEDADE NO ENFRENTAMENTO AO ASSALTO NA AGÊNCIA DA CAIXA ECONÔMICA FEDERAL DE TELÊMACO BORBA”.</t>
   </si>
   <si>
     <t>10767</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10767/req_006.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10767/req_006.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: _x000D_
 1.	Qual empresa é responsável pelo marketing do Município? 2.	Qual o valor gasto até o momento em publicidade, anos 2015, 2016, 2017, 2018 e 2019, gastos em cada ano? 3.	Deste Informativo de Prestação de Contas do Município, qual a tiragem, e qual o valor?"</t>
   </si>
   <si>
     <t>10769</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10769/req_007.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10769/req_007.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO  QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: Sobre a Feira do Bem: 1.	Estas verduras de onde está vindo, qual é o fornecedor? 2.	Qual a quantia que está sendo recebido? 3.	Qual o valor? 4.	Já tem uma estimativa de quantos quilos de verduras esta sendo trocado numa média por dia, e de quantos quilos de reciclável já foi arrecadado para a cooperativa? 5.	E o que é feito com as sobras? 6.	Está sendo benéfico para os dois lados, cooperativa e munícipe?"</t>
   </si>
   <si>
     <t>10772</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10772/req_008.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10772/req_008.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO  QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: sobre a Regularização Fundiária: 1.	Como está o andamento deste processo? 2.	Já terminou em algum bairro? 3.	Quais Bairros? 4.	Quantos residências já foram contempladas? 5.	Quais bairros ainda falta? 6.	Os que foram contemplados, já receberam os documentos? 7.	E para os que não foram contemplados, existe uma previsão para que isto aconteça?"</t>
   </si>
   <si>
     <t>10773</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10773/req_009.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10773/req_009.pdf</t>
   </si>
   <si>
     <t>“REQUEREM DO SENHOR PREFEITO, QUE REMETA A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: EM RELAÇÃO AO PP 169/2019 (Registro de preços para aquisição de rações para cães e peixes), PERGUNTA-SE: 1) ONDE ESSES PRODUTOS SERÃO DE FATO UTILIZADOS? 2) A PREFEITURA REALIZOU ALGUMA COMPRA DE PEIXES? SE SIM, QUAL A QUANTIDADE E ONDE ESTÃO? 3) SE NÃO REALIZOU A COMPRA DE PEIXES, QUAL A FINALIDADE DA COMPRA DESSAS RAÇÕES PARA PEIXES? 4) CASO EXISTA POSSIBILIDADE DA COMPRA DE PEIXES NO FUTURO, QUANDO ISSO OCORRERÁ E ONDE SERÃO DEPOSITADOS? 5) CASO JÁ EXISTA CONTRATO ASSINADO, FAVOR ENCAMINHAR CÓPIA DO MESMO, BEM COMO DE NOTAS FISCAIS E EMPENHO EM CASO DE COMPRA EFETIVAMENTE REALIZADA (TANTO DAS RAÇÕES PARA CÃES QUANTO PARA PEIXES)."</t>
   </si>
   <si>
     <t>10775</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10775/req_010.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10775/req_010.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) EXISTE PREVISÃO PARA CONSTRUÇÃO DE PASSEIO PÚBLICO (CALÇADAS) NO FUNDO DA ESCOLA MARECHAL ARTUR DA COSTA E SILVA NA  RUA DELFIM MOREIRA? 2) EM CASO DE RESPOSTA POSITIVA, QUAL O PRAZO PARA INÍCIO DAS OBRAS?CASO NEGATIVO JUSTIFICAR O MOTIVO?SENDO A CALCADAS DE RESPONSABILIDADE DO MUNICÍPIO POIS E ESCOLA MUNICIPAL."</t>
   </si>
   <si>
     <t>10776</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10776/req_011.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10776/req_011.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO  QUE, NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) CONFORME INDICAÇÃO 295/2018 E 89/2020, EXISTE PROGRAMAÇÃO PARA EXECUÇÃO DO SERVIÇO DE LIMPEZA DE BUEIROS NA RUA RUA MANOEL BORBA GATO, EM FRENTE AO NUMERO 138, E NO FINAL DA REFERIDA RUA, ESTÃO TODOS ENTUPIDOS NO BAIRRO JARDIM BANDEIRANTES? 2) EM CASO POSITIVO, PARA QUANDO ESTÁ PREVISTA A REALIZAÇÃO DOS SERVIÇOS , CASO NEGATIVO, JUSTIFICAR O MOTIVO".</t>
   </si>
   <si>
     <t>10778</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10778/req_012.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10778/req_012.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO  QUE ENCAMINHE A ESTA CASA DE LEIS NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES : EM QUE SITUAÇÃO SE ENCONTRA A CONCESSÃO DO SERVIÇO PÚBLICO DE TRANSPORTE COLETIVO PARA A CONCESSIONÁRIA VINSA – VIAÇÃO NOSSA SENHORA APARECIDA, INFORMANDO SOBRE AS DATAS DO INÍCIO E DO FIM DO CONTRATO VIGENTE E, INCLUSIVE, ENCAMINHANDO CÓPIA DO MESMO."</t>
   </si>
   <si>
     <t>10797</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10797/req_013.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10797/req_013.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO  QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES COM RELAÇÃO À PISCINA DO CENTRO DE CONVIVÊNCIA DO IDOSO: SEGUNDO RELATOS A PISCINA TEM APRESENTADO PROBLEMAS E AS AULAS PRECISAM SER INTERROMPIDAS ISTO SIGNIFICA IDOSO SEM HIDRO ATÉ QUE O PROBLEMA SEJA SANADO. EMBORA O CENTRO OFEREÇA OUTRAS ATIVIDADES MUITOS NÃO PODEM PRATICAR DEVIDO RECOMENDAÇÕES MÉDICAS. MENCIONADOS OS FATOS, PERGUNTAMOS: 1) QUAL A ORIGEM OU DEFEITO APRESENTADO PELA PISCINA? 2) FAVOR ENVIAR RELATÓRIO TÉCNICO DE QUANTAS VEZES, QUAL RAZÃO E POR QUAL PERÍODO HOUVE PARALISAÇÃO DA HIDRO NOS ÚLTIMOS 12 MESES. 3) EXISTE POSSIBILIDADE DE ADQUIRIR EQUIPAMENTOS RESERVA A FIM DE EVITAR AS  PARALISAÇÕES?</t>
   </si>
   <si>
     <t>10816</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10816/req_014.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10816/req_014.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES A GUARDA PATRIMONIAL: 1) QUANTOS GUARDAS EXISTEM HOJE NO MUNICÍPIO? 2) QUAIS OS HORÁRIOS DE TRABALHO? 3) QUANTOS TRABALHAM A NOITE E QUANTOS DE DIA? 4) ESTES QUE TRABALHAM A NOITE RECEBEM ADICIONAL NOTURNO? 5) QUAIS OS EQUIPAMENTOS DE SEGURANÇA DESTES GUARDAS?".</t>
   </si>
   <si>
     <t>10818</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10818/req_015.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10818/req_015.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AO CORONAVÍRUS – COVID 19: 1) COM A PROPAGAÇÃO E DA MANEIRA QUE ESTÁ ACONTECENDO, ESTÁ SENDO PLANEJADO ALGUMA CAMPANHA DE PREVENÇÃO E FORMA DE CONTÁGIO DO CORONAVÍRUS? 2) QUE TIPO DE CONTROLE, ESTÁ SENDO ELABORADO PELAS AUTORIDADES COMPETENTES DO NOSSO MUNICÍPIO? 3) QUANTO AO PROJETO PUMA QUE TRARÁ UMA CIRCULAÇÃO MUITO GRANDE DE PESSOAS A NOSSA REGIÃO, FOI FEITO ALGUM CONTATO COM AS PESSOAS RESPONSÁVEIS PELA ADMINISTRAÇÃO E CONTRATAÇÃO DESTAS PESSOAS QUE VEM DE OUTRAS CIDADES OU ESTADOS PARA A NOSSO MUNICÍPIO?".</t>
   </si>
   <si>
     <t>10822</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10822/req_016.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10822/req_016.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EM DIAS DE FERIADOS O COMÉRCIO LOCAL É PROIBIDO DE ABRIR AS PORTAS? 2) SE DESCUMPRIDA AS SEGUNDAS ORDENS QUAIS SERIAM AS PENALIDADES ? 3) FAVOR NOS ENVIAR CÓPIA DA LEI ONDE DIZ QUE O COMÉRCIO NÃO PODE ABRIR EM DIAS DE FERIADOS?".</t>
   </si>
   <si>
     <t>10825</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10825/req_017.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10825/req_017.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE ENCAMINHE A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) CONSIDERANDO AS INDICAÇÕES Nº 1067/2017, Nº 849/2018 E Nº 305/2019, PERGUNTA-SE: EXISTE A POSSIBILIDADE DE QUE SEJA CONSTRUÍDA UMA RAMPA DE ACESSO PARA CADEIRANTES NA ENTRADA PRINCIPAL DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, MELHORANDO ASSIM A ACESSIBILIDADE DAQUELE IMÓVEL PÚBLICO? 2) SE SIM, QUANDO ISSO OCORRERÁ? 3) SE NÃO, QUAL O MOTIVO?”.</t>
   </si>
   <si>
     <t>10828</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10828/req_018.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10828/req_018.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO QUE NA RESPOSTA DO REQUERIMENTO 002/2020, EM SEU ÍTEM 4, FOI RESPONDIDO QUE PARTE DO DINHEIRO DO FUNREBOM SERÁ INVESTIDO NA COMPRA DE UM CAMINHÃO DE COMBATE A INCÊNDIO, PERGUNTA-SE: 1) EXISTEM TRATATIVAS CONCRETAS JUNTO AO EXECUTIVO PARA ENCAMINHAMENTOS REFERENTES A COMPRA DE CAMINHÃO DE COMBATE A INCÊNDIO? 2) JÁ ACONTECEU ALGUMA REUNIÃO ENTRE CORPO DE BOMBEIROS E ADMINISTRAÇÃO SOBRE ESSE ASSUNTO? 3) SE SIM, QUANDO ISSO ACONTECEU? QUAIS FORAM AS DEFINIÇÕES E AÇÕES TOMADAS À PARTIR DESSA REUNIÃO? 4) SE AINDA NÃO ACONTECEU NENHUMA REUNIÃO A RESPEITO, QUANDO ISSO ACONTECERÁ? 5) EXISTE PREVISÃO CONCRETA PARA REALIZAÇÃO DE PROCESSO LICITATÓRIO PARA SER ADQURIDO CAMINHÃO DE COMBATE A INCÊNDIO DESTINADO AO CORPO DE BOMBEIROS? 6) SE SIM, QUANDO SERÁ PUBLICADO EDITAL? 7) SE NÃO EXISTE PREVISÃO PARA EDITAL, QUAIS OS ENTRAVES PARA QUE ACONTEÇA LICITAÇÃO PARA ESSA COMPRA, HAJA VISTA EXISTIREM VALORES ESTIMADOS PARA ISSO NO FUNREBOM? 8) EXISTE ALGUM DOCUMENTO OFICIAL DA CORPORAÇÃO DANDO CONTA DA NECESSIDADE DA COMPRA DESSE CAMINHÃO? SE SIM, QUE TIPO DE DOCUMENTO, EM QUAL DATA? FAVOR ENCAMINHAR CÓPIA DESSE DOCUMENTO.</t>
   </si>
   <si>
     <t>10834</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10834/req_019.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10834/req_019.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PRESIDENTE DA CÂMARA A REALIZAÇÃO DE SESSÃO SOLENE, EM DATA AINDA A SER CONFIRMADA, EM FACE DA COMEMORAÇÃO DO JUBILEU DE OURO DA RCC, HAJA VISTA QUE, SEGUNDO ALGUNS HISTORIADORES, TELÊMACO BORBA FOI UMA DAS PRIMEIRAS CIDADES DO BRASIL ONDE ESTE MOVIMENTO FOI IMPLANTADO”.</t>
   </si>
   <si>
     <t>10838</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10838/req_020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10838/req_020.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUANTOS PROCESSOS REFERENTES A PEDIDOS DE CORTES E/OU PODAS DE ÁRVORES SOLICITADAS POR NOSSOS MUNÍCIPES ESTÃO PENDENTES DE ATENDIMENTO JUNTO AO ÓRGÃO RESPONSÁVEL NO ANO DE 2019? 2) QUAL O MOTIVO? 3) QUANTOS PROCESSOS FORAM ATENDIDOS NESSE ANO DE 2019? QUANTOS CIDADÃOS TELEMACOBORBENSES TIVERAM SEU PEDIDO DE CORTE E/OU PODA DE ÁRVORES EFETIVAMENTE ATENDIDAS? 4) QUAL O NÚMERO DE CADA PROCESSO, O NOME DE CADA SOLICITANTE E A DATA DO PROTOCOLO DOS PROCESSOS ATENDIDOS? 5)  QUAL O MOTIVO PARA A FALTA DE ATENDIMENTO DO PROTOCOLO Nº 004854/2019? SE EXISTE PREVISÃO PARA A REALIZAÇÃO DO MESMO".</t>
   </si>
   <si>
     <t>10840</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10840/req_021.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10840/req_021.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL JUNTO COM O SENHOR SECRETÁRIO DE OBRAS, QUE NO PRAZO QUE A LEI DETERMINA, INFORME A ESTA CASA DE LEIS: 1) EXISTE PROGRAMAÇÃO PARA QUE SEJA REALIZADO RECAPE NA RUA TIPUANA NO BAIRRO SÃO JOÃO? 2) CASO POSITIVO, PARA QUANDO ESTÁ PREVISTO O INICIO DO REFERIDO SERVIÇO? 3) CASO NEGATIVO, JUSTIFICAR O MOTIVO?".</t>
   </si>
   <si>
     <t>10862</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10862/req_022.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10862/req_022.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE PROGRAMAÇÃO PARA QUE SEJA COLOCADA ACADEMIA AO AR LIVRE NO BAIRRO JARDIM BANDEIRANTES TERRENO PÚBLICO LOCALIZADO NA RUA AMÉRICO VESPÚCIO ESQUINA COM A RUA ANHANGUERA, CONFORME INDICAÇÃO 69/2019, 163/2017,791/2016? 2) SE EXISTE, QUAL DATA PREVISTA PARA COLOCAR? 3) SE NÃO, QUAL A JUSTIFICATIVA?".</t>
   </si>
   <si>
     <t>10878</t>
   </si>
   <si>
     <t>Elis, Cesinha, Ezequiel Betim, Fubá, Gilson dos Santos, Japão, Marcos Mello, Marquinho, Maurício, Pelanca, Renato Bahena, Toto</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10878/req_023.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10878/req_023.pdf</t>
   </si>
   <si>
     <t>“REQUEREM DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, A SEGUINTE INFORMAÇÃO: 1) HÁ POSSIBILIDADE DO EXECUTIVO REALIZAR O PAGAMENTO DE UM ADICIONAL DE PERICULOSIDADE AOS SERVIDORES MUNICIPAIS QUE ESTÃO DIRETAMENTE AUTUANDO NA LINHA DE FRENTE NO ENFRENTAMENTO AO COMBATE AO NOVO CORONAVÍRUS (COVID-19), COM O PAGAMENTO NO VALOR DE 40% (QUARENTA POR CENTO) DE PERICULOSIDADE?”.</t>
   </si>
   <si>
     <t>10879</t>
   </si>
   <si>
     <t>Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10879/req_024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10879/req_024.pdf</t>
   </si>
   <si>
     <t>CONSIDERANDO NOTÍCIA VINCULADA EM REDE SOCIAL SOBRE UMA SUPOSTA PERDA MONETÁRIA E/OU ECONÔMICA RELACIONADA A APLICAÇÕES FINANCEIRAS DE VALORES ORIUNDOS DO FUNPREV, OS VEREADORES QUE ABAIXO SUBSCREVEM REQUEREM DO SENHOR PRESIDENTE A CONVOCAÇÃO DO SUPERINTENDENTE DO FUNPREV E EQUIPE, BEM COMO OS PRESIDENTES DO CONSELHO ADMINISTRATIVO E CONSELHO DIRETOR (OU QUEM LHES FAÇA AS VEZES), PARA PRESTAR ESCLARECIMENTOS À ESTA CASA DE LEIS, EM ESPECIAL RESPONDENDO AOS SEGUINTES ITENS: 1) QUAL O SALDO CONSTANTE DO FUNPREV, MÊS A MÊS, NOS ÚLTIMOS 12 (DOZE) MESES ATÉ ABRIL DE 2020? 2) QUE TIPO DE APLICAÇÕES TEM SIDO EFETIVADAS COM OS VALORES DO FUNPREV? APRESENTANDO SE POSSÍVEL PLANILHA E EXTRATOS COMPROBATÓRIOS DEMONSTRANDO OS LUCROS E, CASO TENHAM OCORRIDO, OS PREJUIZOS REFERENTES A ESTAS APLICAÇÕES NOS ÚLTIMOS 12 MESES. 3) QUAL A FUNDAMENTAÇÃO LEGAL PARA QUE ESSAS APLICAÇÕES OCORRAM? 4) QUEM AUTORIZOU AS APLICAÇÕES COM OS VALORES DO FUNPREV? EXISTE ALGUMA LEI OU DECRETO OU QUALQUER OUTRO ATO AUTORIZATIVO? FAVOR APRESENTAR CÓPIA. 5) QUAIS MEDIDAS ESTÃO SENDO TOMADAS EM RELAÇÃO AO SUPOSTO “PREJUÍZO” DIVULGADO? 6) POR FIM, SALIENTE-SE QUE OUTRAS MAIS QUESTÕES PODERÃO SER LEVANTADAS, CONTUDO TODAS DENTRO DO ASSUNTO E TEMA PROPOSTO.</t>
   </si>
   <si>
     <t>10906</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10906/req_025.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10906/req_025.pdf</t>
   </si>
   <si>
     <t>"REQUEREM DO SENHOR PREFEITO QUE REMETA À ESSA CASA DE LEIS, OS SEGUINTES PEDIDOS DE INFORMAÇÃO: 1) O MUNICÍPIO DE TELÊMACO BORBA ESTÁ INSCRITO NO PROGRAMA “CARTÃO COMIDA BOA” DO GOVERNO ESTADUAL? 2) SE SIM, QUANTAS FAMÍLIAS TERÃO DIREITO AO BENEFÍCIO? 3) A PARTIR DE QUANDO ESSAS FAMÍLIAS PODERÃO DE FATO USUFRUIR DESSE BENEFÍCIO? 4) QUAIS ESTABELECIMENTOS COMERCIAIS DE NOSSO MUNICÍPIO FORAM CREDENCIADOS? 5) CASO O MUNICÍPIO NÃO TENHA SIDO INSCRITO NESSE PROGRAMA, QUAL O MOTIVO?”</t>
   </si>
   <si>
     <t>10940</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10940/req_026.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10940/req_026.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO JUNTO AOS ÓRGÃOS COMPETENTES, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: EXISTE PROGRAMAÇÃO PARA RECAPE ASFÁLTICO NAS RUAS SERRADINHO, UVARANAL, BARRO PRETO, MAÚA, MIRANDA, BALSA NOVA, RIO MADEIRA, PINHAL BONITO, CARAGUATÁ E A RUA RESERVA , TODAS NO BAIRRO ÁREA DOIS? SE SIM,  PRA QUANDO ESTÃO PREVISTAS?”.</t>
   </si>
   <si>
     <t>10975</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10975/req_027.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10975/req_027.pdf</t>
   </si>
   <si>
     <t>“REQUEREM DO SENHOR PREFEITO  QUE REMETA A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUANTOS NOVOS PONTOS DE ÔNIBUS FORAM ADQUIRIDOS PELA MUNICIPALIDADE? 2) QUANTO DE FATO CUSTOU CADA UM E QUAL O VALOR TOTAL DA COMPRA? 3) ONDE, EM QUAIS BAIRROS E LOCAIS ESPECÍFICOS ESTES NOVOS PONTOS SERÃO INSTALADOS? 4) QUANTOS “PONTOS DE CONCRETO” FORAM DEMOLIDOS? QUAIS FORAM DEMOLIDOS (LOCALIZAÇÃO)? QUAL O CRITÉRIO USADO PARA SUA DEMOLIÇÃO, HAJA VISTA INFORMAÇÕES QUE ALGUNS, EMBORA ANTIGOS, ESTARIAM EM BOM ESTADO DE CONSERVAÇÃO?”</t>
   </si>
   <si>
     <t>10982</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10982/req_028.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10982/req_028.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) CONFORME INDICAÇÃO Nº 745/2019, QUANDO SERÁ FEITO A DESAPROPRIAÇÃO DO CAMPO DO BAIRRO SÃO ROQUE PARA QUE SEJA CONSTRUÍDO UM COMPLEXO DE LAZER? 2) SE HÁ UMA DATA ESPECÍFICA PARA O INICIO, NOS INFORME".</t>
   </si>
   <si>
     <t>10984</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10984/req_029.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10984/req_029.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) CONFORME INDICAÇÃO Nº 394/2019, QUANDO SERÁ FEITO A DESAPROPRIAÇÃO DO TERRENO DO CAMPO DO BAIRRO SÃO JORGE E PARA QUE SEJA CONSTRUÍDO UM PARQUINHO E UM CAMPO DE SOCIETY? 2) SE HÁ UMA DATA ESPECÍFICA PARA O INICIO, NOS INFORME. SE NÃO, JUSTIFIQUE".</t>
   </si>
   <si>
     <t>10985</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10985/req_030.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10985/req_030.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) CONFORME INDICAÇÃO Nº 079/2019, QUANDO SERÁ FEITO A DESAPROPRIAÇÃO DO TERRENO DO CAMPO DO BAIRRO SÃO LUIZ E PARA QUE SEJA CONSTRUÍDO UM CENTRO COMUNITÁRIO E UM CAMPO DE SOCIETY E UM PARQUINHO? 2) SE HÁ UMA DATA ESPECÍFICA PARA O INICIO, NOS INFORME. SE NÃO, JUSTIFIQUE".</t>
   </si>
   <si>
     <t>10987</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10987/req_031.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10987/req_031.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) CONFORME INDICAÇÃO Nº 966/2018, COMO ESTA O PROCESSO DE DESAPROPRIAÇÃO DO TERRENO DO CAMPO DA MACOPA PARA A CONSTRUÇÃO DO COMPLEXO DE LAZER? 2) CASO O PROCESSO ENCONTRA –SE PARADO EM ALGUM SETOR, FAVOR NOS INFORMAR”.</t>
   </si>
   <si>
     <t>10989</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10989/req_032.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10989/req_032.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES REFERENTES A TRAVESSIA ELEVADA EM FRENTE AO N° 22 DA RUA ODILON BORBA, VILA OSÓRIO: CONFORME REQUERIMENTO Nº 153/2019 A COMISSÃO MUNICIPAL DISSE QUE ESTÁ EM ESTUDOS PARA NOVAS ALTERAÇÕES NO BAIRRO; 1) JÁ FORAM FEITOS ESSES ESTUDOS? 2) SE A RESPOSTA FOR SIM, QUAIS SERÃO ESSAS NOVAS ALTERAÇÕES? 3) HÁ POSSIBILIDADE DA COMISSÃO DE TRÂNSITO REVER ESTA DECISÃO E ATENDER O RECLAME DOS MORADORES DESTA LOCALIDADE?4) SE A DECISÃO FOR CONTRARIA, QUAL OUTRA MEDIDA QUE A COMISSÃO DE TRÂNSITO PODE TOMAR PARA COIBIR O EXCESSO DE VELOCIDADE NESSA RUA PARA EVITAR NOVOS ACIDENTES QUE POSSIVELMENTE VÃO OCORRER SE NADA FOR FEITO?".</t>
   </si>
   <si>
     <t>10995</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10995/req_033.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10995/req_033.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES À AV. JURUTANHI BAIRRO ÁREA VI: 1) EXISTE ALGUMA POSSIBILIDADE OU ALGUM ESTUDO DE SER IMPLANTADA NESTA RUA ALGUM TIPO DE REDUTOR DE VELOCIDADE, COMO LOMBADA ELETRÔNICA, RADAR MÓVEL OU ATÉ MESMO AS LOMBADAS TRADICIONAIS DE CONCRETO, E QUE SEJAM NO MÍNIMO TRÊS LOMBADAS DEVIDO A DISTÂNCIA DESTA RUA? 2) SE SIM, EXISTE UMA PREVISÃO PARA QUE ISTO ACONTEÇA? 3) SE NÃO, EXISTE A POSSIBILIDADE PARA QUE ESTE ESTUDO SEJA REALIZADO?".</t>
   </si>
   <si>
     <t>11013</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11013/req_034.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11013/req_034.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) CONFORME  INDICAÇÃO DE NÚMERO 876/19, EXISTE ALGUM ESTUDO PARA QUE SEJA FEITO UMA CICLOVIA EM TORNO DA PRAÇA DOS PINHEIROS -VILA SANTA RITA? 2) SE SIM, FAVOR INFORMAR; 3) SE NÃO, JUSTIFIQUE”.</t>
   </si>
   <si>
     <t>11014</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11014/req_035.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11014/req_035.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE A SEGUINTE INFORMAÇÃO: 1) CONFORME  INDICAÇÃO DE NÚMERO 877/19, QUANDO SERÁ INICIADO O RECAPE ASFÁLTICO NA RUA BRÁULIO BUENO DE CAMARGO NO BAIRRO JARDIM ITÁLIA? FAVOR NOS INFORMAR”.</t>
   </si>
   <si>
     <t>11015</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11015/req_036.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11015/req_036.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) CONFORME INDICAÇÃO DE NÚMERO 358/2019, HÁ POSSIBILIDADE DE INSTALAR UMA ACADEMIA PARA IDOSO EM FRENTE AO RESTAURANTE DA SECRETARIA DE OBRAS DO BAIRRO MACOPA? 2) SE SIM, FAVOR NOS INFORMAR;  3) SE NÃO, JUSTIFIQUE.”</t>
   </si>
   <si>
     <t>11040</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11040/req_037.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11040/req_037.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) CONFORME  INDICAÇÃO DE NÚMERO 083/2019, EXISTE ALGUM PROJETO PARA QUE SEJA FEITO EXTENSÃO DE REDE DE LUZ NA RUA PRINCESA DOS CAMPOS NO BAIRRO SÃO LUIZ?  2) SE SIM, FAVOR NOS INFORMAR;  3) SE NÃO, JUSTIFIQUE".</t>
   </si>
   <si>
     <t>11041</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11041/req_038.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11041/req_038.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) CONFORME  INDICAÇÃO DE NÚMERO 325/2019, QUANDO SERÁ EXECUTADO O RECAPE ASFÁLTICO DAS RUAS: TAPIRA, TAPEJARA E TEIXEIRA SOARES DO BAIRRO JARDIM MARGARIDA?  2) SE EXISTE UMA DATA PREVISTA, FAVOR NOS INFORMAR;  3) SE NÃO, JUSTIFIQUE”.</t>
   </si>
   <si>
     <t>11038</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11038/req_039.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11038/req_039.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES, REFERENTES À VIA DO TREVO DA BRASLUMBER AO CEMITÉRIO: 1) EXISTE ALGUMA POSSIBILIDADE, OU ALGUM ESTUDO DE SER COLOCADO CALÇAMENTO, NA RUA (MARGINAL) A DIREITA COM ACESSO AO CEMITÉRIO JARDIM DA SAUDADE? 2) SE SIM, EXISTE UMA PREVISÃO PARA QUE ISTO ACONTEÇA? 3) SE NÃO, EXISTE ESTA POSSIBILIDADE PARA QUE ESTE ESTUDO SEJA REALIZADO?".</t>
   </si>
   <si>
     <t>11039</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11039/req_040.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11039/req_040.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) QUANTAS SALAS ENCONTRAM-SE INTERDITADAS NA ESCOLA MUNICIPAL CONSELHEIRO ZACARIAS? POR QUAL MOTIVO ESTAS SALAS ENCONTRAM-SE INTERDITADAS? SOMENTE PELA GRANDE INTENSIDADE DE GOTEIRAS E TACOS SOLTOS, OU EXISTE ALGUM PROBLEMA DE ORDEM ESTRUTURAL? QUAIS SÃO DE FATO OS MOTIVOS PARA QUE AS SALAS NÃO POSSAM SER USADAS? 2) HÁ PREVISÃO PARA REFORMA DAS SALAS QUE ENCONTRAM-SE INTERDITAS? 3) SE SIM, QUANDO ISSO OCORRERÁ? O QUE SERÁ DE FATO REALIZADO PARA SANAR OS PROBLEMAS DE INTENSIDADE DE GOTEIRAS E SOLTURA DOS TACOS E/OU OUTROS PROBLEMAS QUE LEVARAM À INTERDIÇÃO DAS SALAS? 4) SE NÃO EXISTE PREVISÃO, QUAL O MOTIVO? 5) E SOBRE A QUADRA DA ESCOLA, QUANDO DE FATO SERÁ ENTREGUE, COM AS DEVIDAS ADEQUAÇÕES, PARA QUE OS ALUNOS POSSAM USÁ-LA E NÃO SEJAM MAIS PREJUDICADOS EM SEU TEMPO DE INTERVALO (“RECREIO”)?”.</t>
   </si>
   <si>
     <t>11068</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11068/req_041.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11068/req_041.pdf</t>
   </si>
   <si>
     <t>“Requer do senhor prefeito  que encaminhe a esta casa de Leis, no prazo que a Lei lhe confere, as seguintes informações: Item 1: Reiterando as indicações 187/2020 e 918/2019, existe cronograma de serviços para construção de uma rampa de acesso para carrinhos de crianças, idosos e cadeirantes à pracinha de brinquedos infantis na praça Luba Klabin? Item 2: Reiterando indicação 570/2018, ainda objeto do requerimento 141/2018, existe possibilidade da extensão da energia elétrica com iluminação pública no trecho da Rua Manaus até a ponte da Prainha?_x000D_
 Item 3: Ainda na Rua Manaus, trecho até a ponte da Prainha, existe cronograma de aplicação de lama asfáltica, meio-fio e calçadas de passeio? Item 4: No tocante à recuperação asfáltica na rodovia PR160, trecho Telêmaco Borba-Imbau, quando serão efetuados serviços de sinalização de pista com utilização de “olho de gato”? Item 5: Ainda, no tocante à recuperação asfáltica na rodovia PR160, trecho Telêmaco Borba-Curiúva, quando serão efetuados serviços de sinalização de pista com utilização de “olho de gato”? Item 6: Quando serão efetivamente instalados o parque infantil e brinquedos na praça junto à Quadra de Esportes Cem Casas e rua Saturno?”</t>
   </si>
   <si>
     <t>11069</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11069/req_042.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11069/req_042.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE ENCAMINHE A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1)	EM QUANTAS E QUAIS RUAS DO RESIDENCIAL CASA BELLA JÁ FORAM EFETUADAS SUBSTITUIÇÃO DE LÂMPADAS COMUNS POR LÂMPADAS DE LED? 2)	A SUBSTITUIÇÃO SERÁ EFETUADA EM TODO O BAIRRO? 3)  QUAIS RUAS DESSE BAIRRO ESTÃO PROGRAMADAS PARA QUE ACONTEÇA A SUBSTITUIÇÃO DE LÂMPADAS COMUNS POR LÂMPADAS DE LED? 4)	QUANDO SERÁ DADO CONTINUIDADE NA SUBSTITUIÇÃO DE LÂMPADAS COMUNS POR LÂMPADAS DE LED NO RESIDENCIAL CASA BELLA?"</t>
   </si>
   <si>
     <t>11071</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11071/req_043.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11071/req_043.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE ENCAMINHE A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1)EM QUANTAS E QUAIS RUAS DOS BAIRROS MONTE SINAI I E II JÁ FORAM EFETUADAS SUBSTITUIÇÃO DE LÂMPADAS COMUNS POR LÂMPADAS DE LED? 2)A SUBSTITUIÇÃO SERÁ EFETUADA EM TODO O BAIRRO? 3) QUAIS RUAS DESSES BAIRROS ESTÃO PROGRAMADAS PARA QUE ACONTEÇA A SUBSTITUIÇÃO DE LÂMPADAS COMUNS POR LÂMPADAS DE LED? 4)QUANDO SERÁ DADO CONTINUIDADE NA SUBSTITUIÇÃO DE LÂMPADAS COMUNS POR LÂMPADAS DE LED NOS BAIRROS MONTE SINAI I E II?"</t>
   </si>
   <si>
     <t>11072</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11072/req_044.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11072/req_044.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE ENCAMINHE A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1)QUAL O REAL MOTIVO DO MUNICÍPIO NÃO POSSUIR CERTIDÃO LIBERATÓRIA JUNTO AO TCE/PR? 2)QUAIS AS CONSEQUÊNCIAS PARA O MUNICÍPIO POR NÃO POSSUIR ESTA CERTIDÃO? 3)	A FALTA DE CERTIDÃO IMPEDE O MUNICÍPIO DE RECEBER RECURSOS ESTADUAIS, OU MESMO EMENDAS? 4)	O QUE O MUNICÍPIO TEM FEITO PARA SANAR AS PENDÊNCIAS QUE IMPEDEM A EMISSÃO DE CERTIDÃO LIBERATÓRIA JUNTO AO TCE/PR?"</t>
   </si>
   <si>
     <t>11074</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11074/req_045.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11074/req_045.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE ENCAMINHE A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1-QUAIS OS  NOMES  DAS EMPRESAS QUE  DESTINARAM VAGAS  NA AGÊNCIA DO TRABALHADOR NESTE ANO DE 2020? 2- QUAIS AS VAGAS E QUANTAS POR FUNÇÕES FORAM OFERECIDAS  PELAS EMPRESAS? 3-FORAM PREENCHIDAS TODAS AS VAGAS OFERECIDAS PELAS EMPRESAS ? 4-CASO A VAGA OFERECIDA PELA EMPRESA  NÃO FOR PREENCHIDA A VAGA RETORNA PARA AGÊNCIA PARA UMA NOVA SELEÇÃO DE CANDIDATOS?"</t>
   </si>
   <si>
     <t>11077</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11077/req_046.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11077/req_046.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUANTOS ATENDIMENTOS FORAM PROCESSADOS PELO PROCON NO ANO DE 2018, 2019 E 2020? QUANTOS PROCESSOS ADMINISTRATIVOS FORAM REGISTRADOS PELO ÓRGÃO EM 2018, 2019 E 2020? 2) QUANTAS AUDIÊNCIAS DE CONCILIAÇÃO FORAM REALIZADAS NO ÂMBITO DO PROCON DESDE O ANO DE 2018 ATÉ A PRESENTE DATA? FAVOR ELENCAR A QUANTIDADE POR MÊS E ANO, ESPECIFICANDO O MOTIVO QUE DEU CAUSA A CADA RECLAMAÇÃO; 3) QUANTAS E QUAIS EMPRESAS FORAM NOTIFICADAS PELO PROCON NOS ANOS DE 2018, 2019 E 2020? POR QUAIS MOTIVOS ESSAS EMPRESAS FORAM NOTIFICADAS? 4) QUANTAS DILIGÊNCIAS FORAM REALIZADAS NOS ANOS DE 2018, 2019 E 2020 EM ATENDIMENTO A RECLAMAÇÃO E/OU DENÚNCIA DE CONSUMIDORES? 5) DURANTE OS ANOS DE 2018, 2019 E 2020, O PROCON CHEGOU A APLICAR ALGUMA MULTA? SE SIM, QUAIS OS MOTIVOS E QUAIS EMPRESAS E/OU COMÉRCIOS FORAM MULTADOS? 6) COMO ESTÃO ACONTECENDO OS ATENDIMENTOS NESSE PERÍODO DE PANDEMIA?”.</t>
   </si>
   <si>
     <t>11116</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11116/req_047.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11116/req_047.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUAIS SÃO OS DIAS DE COLETA DO LIXO ORGÂNICO E DOS MATERIAL RECICLÁVEL DIRECIONADOS A CADA BAIRRO? 2) EM DIAS DE FERIADOS A COLETA É FEITA NORMALMENTE?”.</t>
   </si>
   <si>
     <t>11117</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11117/req_048.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11117/req_048.pdf</t>
   </si>
   <si>
     <t>“REQUEREM DO SENHOR PREFEITO, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: CONSIDERANDO RESPOSTA AO REQUERIMENTO Nº 181/2017, REFERENTE A CONTINUAÇÃO DA RUA NOSSA SENHORA APARECIDA INTERLIGANDO COM O BAIRRO RIO ALEGRE, PERGUNTA-SE: 1) COMO ESTÁ O PROCESSO DE CONTINUAÇÃO DA RUA NOSSA SENHORA APARECIDA PARA INTERLIGAÇÃO COM O BAIRRO RIO ALEGRE? 2) EXISTE PREVISÃO PARA EXECUÇÃO DA CONTINUIDADE DA MESMA? 3) O PROJETO PARA A EXECUÇÃO JÁ FOI CONCLUÍDO? SE SIM, ENVIAR CÓPIA; 4) CASO NEGATIVO, O QUE ESTÁ SENDO FEITO PARA A CONTINUIDADE DO PROCESSO?".</t>
   </si>
   <si>
     <t>11139</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11139/req_049.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11139/req_049.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUAIS FORAM OS SERVIÇOS EXECUTADOS PARA TERCEIROS E/OU PARTICULARES UTILIZANDO-SE DE MÃO DE OBRA E/OU MAQUINÁRIO DA PREFEITURA NO PRIMEIRO SEMESTRE DO ANO DE 2020? 2) EM TODOS OS SERVIÇOS EXECUTADOS FOI RECOLHIDO TNL? 3) CASO A RESPOSTA AO ITEM 2 SEJA SIM, ENCAMINHAR CÓPIA DE TODAS AS TNL’S COM O DEVIDO COMPROVANTE DE PAGAMENTO; 4) CASO A RESPOSTA AO ITEM 2 SEJA NÃO, QUAL O MOTIVO PARA QUE ISSO TENHA OCORRIDO? 5) FAVOR ENCAMINHAR COPIAS COMPROBATÓRIAS DE TODOS OS SERVIÇOS EXECUTADOS PARA TERCEIROS E/OU PARTICULARES NO PRIMEIRO SEMESTRE DE 2020, DISCRIMINANDO ITEM POR ITEM A DATA E LOCAL DE EXECUÇÃO, OS VALORES RECEBIDOS PELO SERVIÇO, A QUANTIDADE DE PESSOAS UTILIZADAS PARA A EXECUÇÃO, QUAL A FUNÇÃO DE CADA SERVIDOR NO TRABALHO EXECUTADO, QUAIS OS EQUIPAMENTOS DISPONIBILIZADOS, NO CASO DE VEÍCULOS E/OU MAQUINÁRIOS A QUANTIDADE DE HORAS UTILIZADAS; 6) HOUVE PAGAMENTO DE HORAS EXTRAS AOS SERVIDORES QUE TRABALHARAM NESSES SERVIÇOS? ALGUM DOS SERVIÇOS FOI EFETUADO FORA DO HORÁRIO NORMAL DE TRABALHO? CASO TENHA HAVIDO PAGAMENTO DE HORAS EXTRAS, QUAL O VALOR QUE CADA UM RECEBEU POR SERVIÇO? QUAL A DATA? O QUE FOI REALIZADO?".</t>
   </si>
   <si>
     <t>11160</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11160/req_050.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11160/req_050.pdf</t>
   </si>
   <si>
     <t>1)	QUAIS EQUIPAMENTOS E/OU MAQUINÁRIOS PERTENCENTES AO MUNICÍPIO ESTÃO CEDIDOS OU EM SERVIÇO DE EMPRESAS TERCEIRIZADAS? FAVOR DESCREVER OS EQUIPAMENTOS CEDIDOS, BEM COMO O LOCAL ONDE SÃO GUARDADOS QUANDO NÃO ESTÃO EM SERVIÇO._x000D_
 2)	QUAIS EMPRESAS UTILIZAM EQUIPAMENTOS E/OU MAQUINÁRIOS PERTENCENTES AO MUNICÍPIO PARA EXECUÇÃO DE SEUS SERVIÇOS CONTRATADOS JUNTO À MUNICIPALIDADE?;3)TAIS EMPRESAS USUFRUEM DESSES MAQUINÁRIOS E/OU EQUIPAMENTOS SOMENTE PARA SERVIÇOS DO MUNICÍPIO OU TAMBÉM PARA TERCEIROS?4)	QUAL A JUSTIFICATIVA PARA USO DE EQUIPAMENTOS E/OU MAQUINÁRIOS POR EMPRESAS TERCEIRIZADAS?5)	QUAIS INSTRUMENTOS JURÍDICOS DÃO LEGALIDADE AO USO DE EQUIPAMENTOS E/OU MAQUINÁRIOS PERTENCENTES AO MUNICÍPIO POR EMPRESAS TERCEIRIZADAS?  6)	 EXISTE PREVISÃO NOS CONTRATOS ASSINADOS COM ESSAS EMPRESAS DE QUE UTILIZARIAM EQUIPAMENTOS E/OU MAQUINÁRIOS PERTENCENTES AO MUNICÍPIO?7)	 FAVOR ENCAMINHAR CÓPIA DE TODOS OS CONTRATOS DAS EMPRESAS QUE PORVENTURA PRESTEM SERVIÇO AO MUNICÍPIO UTILIZANDO-SE DE EQUIPAMENTOS E/OU MAQUINÁRIOS PERTENCENTES À MUNICIPALIDADE.</t>
   </si>
   <si>
     <t>11167</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11167/req_051.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11167/req_051.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE ENCAMINHE A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, A SEGUINTE INFORMAÇÃO REFERENTE AO AUXÍLIO EMERGENCIAL: 1) EXISTE A POSSIBILIDADE DE UM DIÁLOGO, COM O GERENTE DA CAIXA ECONÔMICA FEDERAL, DO MUNICÍPIO DE TELÊMACO BORBA, SOLICITANDO UMA AGÊNCIA PROVISÓRIA, DE ATENDIMENTO AO PÚBLICO, DIANTE DA SITUAÇÃO DO AUXÍLIO EMERGENCIAL, O QUE ACARRETA NO FLUXO DE CLIENTES, O QUE EVITARIA A AGLOMERAÇÃO DE PESSOAS, E TAMBÉM AGILIZARIA O RECEBIMENTO DO MESMO”.</t>
   </si>
   <si>
     <t>11170</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11170/req_052.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11170/req_052.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) QUANTAS EMPRESAS SE ENCONTRAM HOJE NA LISTA DE ESPERA COM PEDIDO DE SOLICITAÇÃO DE ÁREA OU BARRACÃO NO VIVEIRO INDUSTRIAL ?  2) QUAL O NOME DAS EMPRESAS QUE SE ENCONTRAM HOJE NESTA LISTA DE ESPERA E COM DATA ESPECIFICA E QUANDO FOI FEITO O PEDIDO JUNTO A SECRETARIA DE INDÚSTRIA E COMÉRCIO? 3) QUAL NOME DE CADA EMPRESA QUE SE ENCONTRAM INSTALADAS NO VIVEIRO INDUSTRIAL? 4) QUAL DATA  FOI CONCEDIDA A ÁREA OU BARRACÃO PARA CADA EMPRESA QUE SE ENCONTRAM HOJE INSTALADAS NO VIVEIRO INDUSTRIAL?".</t>
   </si>
   <si>
     <t>11206</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11206/req_053-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11206/req_053-2020.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE ALGUM PROJETO OU ESTUDO PARA SE COLOCAR UM POSTO DE SAÚDE, ENTRE A CASA BELLA E MONTE SINAI? 2) SE AINDA NÃO EXISTE, QUAL A POSSIBILIDADE DE SER FEITO ESTE PROJETO OU ESTUDO E CONSEQUENTEMENTE, SER IMPLANTADO ESTE PSF, ENTRE ESTES DOIS BAIRROS? 3) SE JÁ EXISTE ESTE ESTUDO OU ESTE PROJETO, QUAL A PREVISÃO PARA SER IMPLANTADO?”.</t>
   </si>
   <si>
     <t>11207</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11207/req_054-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11207/req_054-2020.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) COMO SE ENCONTRA O PROJETO DE CONSTRUÇÃO DO PSF DO BAIRRO SÃO FRANCISCO? 2) ESTE PROJETO JÁ FOI CONCLUÍDO? 3) SE JÁ, EXISTE UMA PREVISÃO PARA A OBRA SER INICIADA? 4) SE NÃO, POR QUAL MOTIVO ESTÁ PARADO?".</t>
   </si>
   <si>
     <t>11208</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11208/req_055-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11208/req_055-2020.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS INFORMAÇÕES RELACIONADAS AO CENTRO DE LOGÍSTICA E SERVIÇO DE TRANSPORTES DE TELÊMACO BORBA/PR - CELOG-TB, TENDO POR BASE EM NOSSO REQUERIMENTO NÚMERO 216/2017, DE 18 DE SETEMBRO DE 2017, QUE FOI RESPONDIDO PELO MEMORANDO NÚMERO 154/2017-SMTIC, DE 6 DE OUTUBRO DE 2017, VIMOS AINDA QUESTIONAR: 1) O PRÉ-PROJETO MENCIONADO NO MEMORANDO SUPRACITADO JÁ FOI ELABORADO? 2) O PROCESSO DE AQUISIÇÃO DA ÁREA CONTINUA EM TRÂMITES JUNTO À PROPRIETÁRIA, EMPRESA KLABIN? 3) EXISTE PROGRAMAÇÃO DA DIVULGAÇÃO DAS EMPRESAS E DOS PRODUTOS FABRICADOS EM NOSSA CIDADE? 4) EXISTE PROGRAMAÇÃO DOS CURSOS DE FORMAÇÃO E ESPECIALIZAÇÃO DE MÃO-DE-OBRA ÀS EMPRESAS? 5) EXISTE LEI ESPECÍFICA PARA EVENTUAL CONCESSÃO DE BENEFÍCIOS FISCAIS? 6) JÁ FORAM INDICADOS NOMINALMENTE OS MEMBROS DA COMISSÃO ESPECIAL DE DESENVOLVIMENTO DE LOGÍSTICA E SERVIÇOS DE TRANSPORTE DE TELÊMACO BORBA/PR – CEDELOG?”.</t>
   </si>
   <si>
     <t>11223</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11223/req_056-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11223/req_056-2020.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES ACERCA DA INSTALAÇÃO DOS NOVOS ABRIGOS DE PASSAGEIROS DO TRANSPORTE COLETIVO MUNICIPAL: 1) O CALÇAMENTO DOS NOVOS ABRIGOS QUE SE APRESENTAREM COM DESNÍVEL, BURACOS OU DEFEITOS NO PISO SERÃO CONSERTADOS PELA EMPRESA CONTRATADA OU PREFEITURA? 2) ESSES NOVOS ABRIGOS TERÃO INFORMATIVOS DE LINHAS E HORÁRIOS DOS COLETIVOS QUE POR ALI PASSAM? 3) TODOS OS NOVOS ABRIGOS PROPORCIONARÃO ESPAÇO PARA CADEIRANTES?".</t>
   </si>
   <si>
     <t>11224</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11224/req_057-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11224/req_057-2020.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, JUNTO À DIVISÃO MUNICIPAL DE SEGURANÇA PÚBLICA E TRÂNSITO (TBTRAN), HAJA VISTA REALIZADAS MELHORIAS NAS SINALIZAÇÕES DE PLACAS INDICATIVAS E TURÍSTICAS DE TELÊMACO BORBA, COMO SENDO O MEIO DE COMUNICAÇÃO PARA INFORMAR, ATRAVÉS DE PLACAS, O ROTEIRO DE ATRATIVOS TURÍSTICOS E PONTOS DE INTERESSE PÚBLICO NA REGIÃO URBANA, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, A POSSIBILIDADE DE SER REALIZADO SERVIÇO DE SINALIZAÇÃO, NA PRAÇA LUBA KLABIN, ATRAVÉS DE PLACAS INDICATIVAS INFORMANDO A LOCALIZAÇÃO DO FÓRUM ELEITORAL (AV. NOSSA SENHORA DE FÁTIMA, 400), ASSIM TAMBÉM DO PODER JUDICIÁRIO, VARA DA INFÂNCIA E FAMÍLIA E JUIZADOS ESPECIAIS (RUA GOV. BENTO MUNHOZ DA ROCHA, 1103). ESTE REQUERIMENTO VEM, REITERADAMENTE, SOLICITAR INFORMAÇÕES ACERCA DO REQUERIMENTO 205/2017, ALÉM DAS PROPOSITURAS FEITAS ATRAVÉS DAS INDICAÇÕES 488/2017 E 112/2020”.</t>
   </si>
   <si>
     <t>11234</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11234/req_058-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11234/req_058-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUAL O VALOR TOTAL PAGO MENSALMENTE DE ALUGUEL PELO MUNICÍPIO DE TELÊMACO BORBA?  2) FAVOR ENCAMINHAR LISTA DISCRIMINADA DOS IMÓVEIS ALUGADOS PELO MUNICÍPIO, DESCREVENDO PARA QUAL FINALIDADE ESTÃO SENDO UTILIZADOS, QUAL O ENDEREÇO DE CADA IMÓVEL, QUAL O VALOR PAGO DE ALUGUEL EM CADA UM, E QUAL O NOME DO PROPRIETÁRIO DE CADA UM DELES; 3) POR FIM, FAVOR TAMBÉM ENCAMINHAR CÓPIA DOS CONTRATOS REFERENTES A CADA IMÓVEL ALUGADO”.</t>
   </si>
   <si>
     <t>11247</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11247/req_059-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11247/req_059-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) CONFORME RESPOSTA SOBRE O OFÍCIO DE NÚMERO 034/2020 EMITIDO PELA SMPUHMA, INFORMAR SE HÁ PROCESSO PARA REATIVAR OS TRAMITES NA COPEL PARA EXTENSÃO DE REDE NA RUA PRINCESA DOS CAMPOS; 2) SE SIM NOS INFORME; 3) SE NÃO, JUSTIFIQUE”.</t>
   </si>
   <si>
     <t>11248</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11248/req_060-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11248/req_060-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) QUAL O VALOR DA VERBA DESTINADA A TELÊMACO BORBA PARA O COMBATE DO COVID 19; 2) INFORMAR ONDE FOI EMPREGADO A VERBA”.</t>
   </si>
   <si>
     <t>11249</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11249/req_061-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11249/req_061-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) ENVIAR OS CRONOGRAMAS COM OS DIAS DA SEMANA QUE SÃO REALIZADAS AS COLETAS DO LIXO ORGÂNICO E MATERIAIS RECICLÁVEIS POR BAIRRO E O CRONOGRAMA DAS COLETAS DE GALHOS”.</t>
   </si>
   <si>
     <t>11255</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11255/req_062-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11255/req_062-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, SOBRE A POSSIBILIDADE DE QUE SEJA PROVIDENCIADA A INCLUSÃO DAS RUAS FREI GALVÃO E FREI DAMIÃO NO PERÍMETRO URBANO DO JARDIM ITÁLIA, CONFORME OFÍCIO Nº 050/2019 DA SECRETARIA MUNICIPAL DE PLANEJAMENTO URBANO, PARA QUE A EMPRESA POSSA INSTALAR OS MEDIDORES DE ENERGIA NAS RESIDÊNCIAS CONSTRUÍDAS NAS VIAS MENCIONADAS”.</t>
   </si>
   <si>
     <t>11256</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11256/req_063-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11256/req_063-2020.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) COMO ESTÁ SENDO UTILIZADO O CAMINHÃO VARREDEIRA ADQUIRIDO PELA MUNICIPALIDADE? 2) EM QUAIS LOCAIS E VIAS ELE VEM SENDO UTILIZADO? 3) EM QUAIS DIAS E HORÁRIOS O VEÍCULO É USADO? FAVOR ENCAMINHAR CRONOGRAMA DE UTILIZAÇÃO DO CAMINHÃO, DEMONSTRANDO OS DIAS, HORÁRIOS E LOCAIS EM QUE O MESMO É UTILIZADO. 4) DESDE QUANDO FOI COMPRADO, TEM SIDO FREQUENTEMENTE UTILIZADO OU PASSOU ALGUM TEMPO SEM USO?  5) QUANDO FAZEM (OU MESMO SE FAZEM) SERVIÇO FORA DO HORÁRIO NORMAL DE EXPEDIENTE, OS OPERADORES RECEBEM HORAS EXTRAS? 6) CASO O VEÍCULO NÃO TENHA SIDO UTILIZADO DE MANEIRA REGULAR, QUAL O MOTIVO? 7) FAVOR ENCAMINHAR DIÁRIO DE BORDO DO VEÍCULO DOS 3 ÚLTIMOS MESES”.</t>
   </si>
   <si>
     <t>11259</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11259/req_064-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11259/req_064-2020.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) DEVIDO O AGRAVAMENTO DA PANDEMIA EM NOSSA CIDADE, EXISTE POR PARTE DA ADMINISTRAÇÃO A INTENÇÃO DE CONTRATAÇÕES EMERGENCIAIS NA ÁREA DA SAÚDE? 2) SE SIM, QUANDO ISSO DEVERÁ OCORRER? QUAIS PROFISSIONAIS E EM QUE NÚMERO SERÃO CONTRATADOS? 3) COMO TRANSCORRERÁ O PROCESSO DE CONTRATAÇÃO? 4) EXISTE UM PLANO DE AÇÃO POR PARTE DA SECRETARIA DE SAÚDE PARA O ENFRENTAMENTO DA PANDEMIA? 5) CASO HAJAM CONTRATAÇÕES EMERGENCIAIS, ESTAS ESTÃO PREVISTAS NESSE PLANO DE AÇÃO?”.</t>
   </si>
   <si>
     <t>11295</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11295/req_065-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11295/req_065-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES: 1) QUAL O VALOR DO REPASSE MENSAL QUE O MUNICÍPIO ESTÁ FAZENDO AO CIMSAMU PARA O FUNCIONAMENTO DO SAMU EM TELÊMACO BORBA? 2) O QUE COMPETE AO MUNICÍPIO PARA QUE OS TRABALHOS SEJAM MANTIDOS? 3) QUANTO ÀS EQUIPES DE TRABALHO, EXISTE ALGUM TIPO DE EXIGÊNCIA CONTRATUAL PARA O NÚMERO TOTAL DE PROFISSIONAIS POR TURNO E QUANTAS TURMAS DEVERÃO PRESTAR SERVIÇO? 4) QUEM É O RESPONSÁVEL PELA ENTREGA DE UNIFORMES, EPI'S E TREINAMENTO AOS PROFISSIONAIS CONTRATADOS? 5) QUEM É O RESPONSÁVEL PELA MANUTENÇÃO DAS AMBULÂNCIAS E EQUIPAMENTOS UTILIZADOS? 6) QUEM É O RESPONSÁVEL PELA REGULAÇÃO DOS PACIENTES? 7) FAVOR ENCAMINHAR CÓPIAS DOS CONTRATOS FIRMADOS ENTRE CIMSAMU, EMPRESA PRESTADORA DO SERVIÇO E MUNICÍPIO, BEM COMO EDITAL (COM ANEXOS E RETIFICAÇÕES) E TERMO DE REFERÊNCIA DO PROCESSO LICITATÓRIO”.</t>
   </si>
   <si>
     <t>11328</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11328/req_066-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11328/req_066-2020.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) A TRAVESSA DURVALINA PUPO, LOCALIZADO NO BAIRRO ANA MARY, JÁ ESTÁ INCLUÍDO NO ORÇAMENTO, PARA SERVIÇO DE RECAPEAMENTO ASFÁLTICO? 2) SE SIM, EXISTE UMA PREVISÃO PARA INICIO DA OBRA? 3) SE NÃO, EXISTE A POSSIBILIDADE PARA QUE SEJA INCLUÍDO NO ORÇAMENTO, OU QUE SEJA FEITO ESTE RECAPE AINDA ESTE ANO?”.</t>
   </si>
   <si>
     <t>11352</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11352/req_067-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11352/req_067-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES ACERCA DO CEMITÉRIO SÃO MARCOS, NO BAIRRO NOSSA SENHORA DE FÁTIMA: 1) EXISTE A POSSIBILIDADE DE MELHORIAS NO CÔMODO ANEXO NO PÁTIO DO CEMITÉRIO PARA GUARDA DE FERRAMENTAS DE TRABALHADORES QUE FAZEM MANUTENÇÃO NOS JAZIGOS? 2) EXISTE A POSSIBILIDADE DE FORNECER CHAVES E CADEADOS PARA O RESPONSÁVEL DESTE CÔMODO, A FIM DE QUE SE DÊ SEGURANÇA À GUARDA DOS INSTRUMENTOS E FERRAMENTAS ALI GUARDADAS PELOS TRABALHADORES QUE FAZEM MANUTENÇÃO NOS JAZIGOS? 3) EXISTE SANITÁRIO EM CONDIÇÕES DE USO DAS PESSOAS QUE USAM ESSE ESPAÇO?".</t>
   </si>
   <si>
     <t>11353</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11353/req_068-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11353/req_068-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AO BAIRRO CASA BELLA: 1) EXISTE ALGUM PROJETO PARA PAVIMENTAÇÃO ASFÁLTICA DO BAIRRO CASA BELLA? 2) SE SIM, PARA QUANDO ESTÁ PREVISTO O INICIO DAS OBRAS? 3) SE NÃO, EXISTE A POSSIBILIDADE PARA QUE SEJA INCLUÍDO NO ORÇAMENTO?”.</t>
   </si>
   <si>
     <t>11354</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11354/req_069-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11354/req_069-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 	1) EXISTE ALGUM PROJETO PARA CONSTRUÇÃO DE BANHEIROS PÚBLICO NAS PRAÇAS, PRINCIPALMENTE AQUELAS EM QUE O MUNÍCIPE FAZ CAMINHADAS? 2) SE EXISTE, QUAL A PREVISÃO PARA O INICIO DESTAS OBRAS? 3) SE NÃO, EXISTE A POSSIBILIDADE DE INCLUIR NO ORÇAMENTO OU NA PLANILHA DA SECRETARIA DE OBRAS?”.</t>
   </si>
   <si>
     <t>11388</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11388/req_070-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11388/req_070-2020.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 	1) QUANTOS TABLETS FORAM DE FATO ADQUIRIDOS PARA USO DOS ACS’S (AGENTES COMUNITÁRIOS DE SAÚDE)? 2) QUANTOS ACS’S DE FATO RECEBERAM O EQUIPAMENTO E A QUAIS UBS’S PERTENCEM? 3) ALGUM TABLET FOI DESTINADO A QUALQUER UBS’S ALÉM DAQUELAS ANUNCIADAS HÁ QUASE UM ANO? 4) POR QUAL MOTIVO OS EQUIPAMENTOS SÓ FORAM DESTINADOS A ALGUNS POSTOS E OUTROS NÃO? 5) QUAIS FORAM OS CRITÉRIOS UTILIZADOS NA DESTINAÇÃO DESSES EQUIPAMENTOS? QUAL DIFERENÇA ENTRE OS POSTOS QUE OS RECEBERAM E AQUELES AO QUAL NÃO FORAM DESTINADOS? 6) EXISTE A POSSIBIIDADE DE QUE ESSES EQUIPAMENTOS TAMBÉM SEJAM DESTINADOS AOS ACS’S DAS DEMAIS UBS’S QUE ATÉ O MOMENTOS NÃO OS RECEBERAM? 7) SE SIM, QUANDO ISSO OCORRERÁ? 8) SE NÃO, QUAL O MOTIVO?”.</t>
   </si>
   <si>
     <t>11389</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11389/req_071-2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11389/req_071-2020.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES A PRAÇA DA BÍBLIA: 1) OS APARELHOS DE ACADEMIA AO AR LIVRE DA PRAÇA DA BÍBLIA QUE FORAM RETIRADOS PARA REVITALIZAÇÃO, SERÃO RECOLOCADOS? 2) SE SIM, EXISTE UMA PREVISÃO PARA QUE ISTO ACONTEÇA? 3) SE NÃO, EXISTE ALGUM MOTIVO PARA QUE ISTO NÃO ACONTEÇA?”.</t>
   </si>
   <si>
     <t>11390</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11390/req_072-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11390/req_072-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE REMETA A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) QUAL TEM SIDO O RESPALDO DADO PELO MUNICÍPIO PARA A COOPERATIVA DE RECICLAGEM DE NOSSA CIDADE? 2) EM RELAÇÃO AO TRANSPORTE ATÉ O LOCAL, O MUNICÍPIO TEM DADO ALGUM APOIO? SE SIM, COMO ISSO TEM ACONTECIDO? SE NÃO, DESDE QUANDO ISSO NÃO MAIS OCORREU E QUAL O MOTIVO? 3) EM SE TRATANDO DA ALIMENTAÇÃO, O MUNICÍPIO TEM DADO ALGUM SUPORTE NO FORNECIMENTO DE MARMITAS, MARMITEX, ETC? SE SIM, DE QUE FORMA ISSO TEM ACONTECIDO? SE NÃO, DESDE QUANDO O MUNICÍPIO PAROU DE FORNECER ALIMENTAÇÃO E POR QUAL MOTIVO? 4) EM RELAÇÃO AO RECOLHIMENTO DE RECICLADOS NA FEIRA DO BEM PARA SER DESTINADO À COOPERATIVA, EXISTE A POSSIBILIDADE DE QUE ISSO ACONTEÇA COM OUTRO CAMINHÃO AO INVÉS DO COMPACTADOR DE LIXO? POR QUAL MOTIVO TEM SIDO UTILIZADO O CAMINHÃO COMPACTADOR, O QUE NO ENTENDER DOS COOPERADOS PREJUDICA A QUALIDADE DO MATERIAL A SER RECICLADO”.</t>
   </si>
   <si>
     <t>11413</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11413/req_073-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11413/req_073-20.pdf</t>
   </si>
   <si>
     <t>"CONSIDERANDO A RESPOSTA AO REQUERIMENTO Nº 070/2020, ATRAVÉS DO OFÍCIO 075/2020 – REQ, DANDO CONTA DE QUE FORAM EMPENHADOS 148 TABLET’S MAS QUE SÓ FORAM ENTREGUES 72 PELA EMPRESA, E QUE DESTES SOMENTE 19 UNIDADES FORAM DESTINADAS PARA AGENTES COMUNITÁRIOS DE SAÚDE, PERGUNTA-SE: 1) QUAL FOI O DESTINO DOS 53 TABLET’S RECEBIDOS JUNTAMENTE COM OS 19 DESTINADOS AOS ACS’S? 2) EM QUAL TIPO DE ATIVIDADES ESTÃO SENDO UTILIZADOS? 3) FAVOR ENCAMINHAR LISTA COM NÚMERO DO PATRIMÔNIO E NOME DOS SERVIDORES QUE EFETIVAMENTE RECEBERAM E FAZEM USO DOS 72 APARELHOS TABLETS; 4) QUAIS OUTRAS UBS’S EFETIVAMENTE RECEBERÃO ESSES EQUIPAMENTOS PARA USO DOS ACS’S, E QUAL PREVISÃO PARA QUE ISSO DE FATO OCORRA? 5) QUAIS MEDIDAS ADMINISTRATIVAS ESTÃO SENDO TOMADAS EM RELAÇÃO À EMPRESA PELA NÃO ENTREGA DA TOTALIDADE DOS TABLETS, CONFORME CITADO NA RESPOSTA ÀQUELE REQUERIMENTO? 6) FAVOR INFORMAR O NÚMERO DO PROCESSO ADMINISTRATIVO QUE TEM POR OBJETO O FATO EM QUESTÃO".</t>
   </si>
   <si>
     <t>11443</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11443/req_074-20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11443/req_074-20.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) INFORME-NOS QUAL MOTIVO ENCONTRA-SE SEM OS SEGUINTES MÉDICOS ESPECIALISTAS PARA ATENDIMENTO AO PÚBLICO, SENDO ELES: GASTROENTEROLOGISTA, NEUROLOGISTA, OFTALMOLOGISTA, PSIQUIATRA E PNEUMOLOGISTA? 2) HÁ UMA DATA PREVISTA PARA VOLTAR OS ATENDIMENTOS COM OS ESPECIALISTAS? 3) SE SIM, INFORME-NOS; SE NÃO, JUSTIFIQUE”.</t>
   </si>
   <si>
     <t>11448</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11448/requerimeto_075.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11448/requerimeto_075.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS INFORMAÇÕES ACERCA DO ENFRENTAMENTO DO AUMENTO DE CASOS DE COVID-19 EM NOSSA CIDADE, HAJA VISTA POSTOS DE COMBUSTÍVEIS DIARIAMENTE NO FINAL DE TARDE, COM JOVENS E ADULTOS AGLOMERADOS INGERINDO BEBIDA ALCOÓLICA E SEM MÁSCARAS, AINDA BARES E RESTAURANTES COM OS ESPAÇOS OCUPADOS NA SUA CAPACIDADE MÁXIMA”.</t>
   </si>
   <si>
     <t>11449</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11449/requerimento_076.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11449/requerimento_076.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AO BAIRRO SÃO LUIZ: CONFORME RELATÓRIO DA LOA 2021, PARA O BAIRRO SÃO LUIZ, ESTÁ INCLUÍDO A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO: 1) EXISTE UMA PREVISÃO PARA O INÍCIO DESTA OBRA? SE EXISTE, PARA QUANDO ESTÁ PREVISTO?”.</t>
   </si>
   <si>
     <t>10621</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10621/veto_no_001-2020_plo_no_050-2019.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10621/veto_no_001-2020_plo_no_050-2019.pdf</t>
   </si>
   <si>
     <t>VETO Nº 001/2020, de iniciativa do Poder Executivo (Ofício Nº 001/2020-GP-PGM), Veto Integral ao Projeto de Lei Ordinária Nº 050/2019, de iniciativa do Vereador Élio Cezar Alves dos Santos, que "PROÍBE NO ÂMBITO MUNICIPAL A INAUGURAÇÃO DE OBRA PÚBLICA NÃO INICIADA OU NÃO CONCLUÍDA E INSTITUI O 'HABITE-SE ESPECIAL DE OBRAS PÚBLICAS' E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>11181</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Recurso</t>
   </si>
   <si>
     <t>Recurso Nº 001/2020, de iniciativa do Vereador Anderson Antunes, que apresenta "Recurso com relação a decisão da presidência, em conformidade com os artigos 96 e 97 do Regimento Interno da Câmara Municipal".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -9389,68 +9389,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10812/eme_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10869/emenda_002-2020_plo_no_014-2020_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10885/eme_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11273/emenda_no_005-2020_plo_030-20.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11292/emenda_no_006-2020_plo_031-20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11293/emenda_no_007-2020_plo_034-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11385/emenda_no_009-2020_plc_028-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10659/ind_001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10660/ind_002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10661/ind_003.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10663/ind_004.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10664/ind_005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10666/ind_006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10662/ind_007.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10665/ind_008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10668/ind_009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10671/ind_010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10672/ind_011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10667/ind_012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10669/ind_013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10670/ind_014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10674/ind_015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10673/ind_016.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10675/ind_017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10676/ind_018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10677/ind_019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10680/ind_020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10681/ind_021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10682/ind_022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10683/ind_023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10685/ind_024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10678/ind_025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10679/ind_026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10684/ind_027.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10686/ind_028.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10687/ind_029.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10689/ind_030.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10691/ind_031.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10692/ind_032.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10693/ind_033.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10688/ind_034.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10690/ind_035.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10694/ind_036.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10695/ind_037.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10696/ind_038.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10697/ind_039.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10698/ind_040.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10699/ind_041.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10700/ind_042.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10701/ind_043.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10702/ind_044.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10703/ind_045.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10705/ind_047.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10706/ind_048.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10707/ind_049.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10708/ind_050.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10709/ind_051.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10710/ind_052.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10711/ind_053.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10712/ind_054.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10713/ind_055.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10714/ind_056.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10720/ind_057.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10721/ind_057.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10722/ind_059.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10723/ind_060.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10724/ind_061.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10725/ind_062.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10727/ind_063.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10728/ind_064.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10729/ind_065.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10726/ind_066.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10730/ind_067.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10732/ind_068.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10731/ind_069.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10734/ind_070.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10736/ind_071.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10739/ind_072.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10733/ind_073.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10735/ind_074.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10737/ind_075.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10738/ind_076.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10740/ind_077.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10741/ind_078.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10744/ind_079.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10745/ind_080.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10747/ind_081.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10757/ind_082.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10750/ind_083.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10751/ind_084.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10752/ind_085.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10753/ind_086.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10755/ind_087.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10756/ind_088.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10758/ind_089.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10759/ind_090.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10762/ind_091.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10763/ind_092.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10765/ind_093.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10766/ind_094_DebB4yL.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10768/ind_095.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10770/ind_096.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10771/ind_097.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10774/ind_098.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10777/ind_099.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10779/ind_100.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10780/ind_101.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10782/ind_102.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10784/ind_103.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10787/ind_104.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10788/ind_105.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10783/ind_106.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10785/ind_107.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10786/ind_108.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10789/ind_109.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10790/ind_110.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10791/ind_111.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10792/ind_112.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10793/ind_113.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10794/ind_114.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10796/ind_115.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10795/ind_116.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10798/ind_117.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10800/ind_118.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10801/ind_119.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10802/ind_120.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10803/ind_121.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10805/ind_122.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10806/ind_123.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10807/ind_124.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10808/ind_125.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10809/ind_126.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10810/ind_127.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10811/ind_128.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10817/ind_129.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10820/ind_130.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10833/ind_131.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10821/ind_132.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10836/ind_133.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10823/ind_134.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10824/ind_135.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10826/ind_136.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10827/ind_137.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10829/ind_138.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10830/ind_139.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10831/ind_140.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10832/ind_141.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10835/ind_142.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10837/ind_143.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10839/ind_144.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10841/ind_145.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10845/ind_146.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10846/ind_147.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10842/ind_148.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10843/ind_149.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10844/ind_150.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10848/ind_151.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10850/ind_152.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10852/ind_153.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10890/ind_154.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10891/ind_155.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10892/ind_156.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10894/ind_157.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10897/ind_157.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10898/ind_159.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10899/ind_160.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10907/ind_161.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10908/ind_162.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10909/ind_163.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10910/ind_164.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10911/ind_165.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10913/ind_166.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10914/ind_167.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10916/ind_168.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10917/ind_169.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10920/ind_170.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10915/ind_171.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10918/ind_172.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10921/ind_173.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10926/ind_174.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10922/ind_175.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10923/ind_176.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10924/ind_177.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10925/ind_178.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10927/ind_179.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10928/ind_180.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10932/ind_181.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10933/ind_182.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10937/ind_183.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10939/ind_184.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10930/ind_185.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10931/ind_186.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10934/ind_187.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10935/ind_188.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10936/ind_189.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10938/ind_190.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10948/ind_191.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10949/ind_192.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10951/ind_193.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10953/ind_194.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10954/ind_195.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10957/ind_196.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10950/ind_197.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10952/ind_198.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10955/ind_199.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10956/ind_200.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10958/ind_201.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10959/ind_202.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10960/ind_203.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10961/ind_204.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10963/ind_205.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10962/ind_206.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10965/ind_207.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10967/ind_208.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10969/ind_209.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10964/ind_210.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10966/ind_211.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10968/ind_212.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10970/ind_213.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10971/ind_214.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10972/ind_215.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10974/ind_216.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10976/ind_217.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10977/ind_218.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10978/ind_219.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10973/ind_220.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10983/ind_221.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10986/ind_222.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10988/ind_223.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10991/ind_224.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10992/ind_225.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10990/ind_226.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10993/ind_227.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10994/ind_228.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10996/ind_229.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10999/ind_230.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10997/ind_231.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10998/ind_232.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11002/ind_233.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11004/ind_234.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11001/ind_235.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11003/ind_236.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11005/ind_237.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11007/ind_238.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11008/ind_239.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11009/ind_240.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11006/ind_241.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11017/ind_242.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11018/ind_243.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11019/ind_244.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11020/ind_245.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11021/ind_246.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11022/ind_247.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11023/ind_248.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11024/ind_249.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11025/ind_250.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11026/ind_251.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11027/ind_252.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11028/ind_253.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11029/ind_254.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11031/ind_255.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11034/ind_256.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11036/ind_257.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11037/ind_258.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11030/ind_259.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11032/ind_260.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11033/ind_261.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11035/ind_262.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11042/ind_263.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11043/ind_264.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11044/ind_265.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11045/ind_266.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11046/ind_267.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11049/ind_268.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11050/ind_269.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11052/ind_270.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11053/ind_271.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11047/ind_272.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11048/ind_273.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11051/ind_274.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11055/ind_275.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11057/ind_276.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11059/ind_277.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11061/ind_278.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11054/ind_279.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11056/ind_280.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11058/ind_281.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11060/ind_282.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11062/ind_283.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11063/ind_284.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11064/ind_285.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11065/ind_286.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11066/ind_287.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11067/ind_288.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11079/ind_289.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11080/ind_290.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11081/ind_291.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11082/ind_292.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11083/ind_293.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11084/ind_294.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11085/ind_295.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11086/ind_296.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11087/ind_297.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11088/ind_298.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11089/ind_299.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11090/ind_300.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11091/ind_301.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11093/ind_302.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11094/ind_303.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11095/ind_304.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11096/ind_305.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11097/ind_306.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11098/ind_307.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11099/ind_308.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11100/ind_309.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11101/ind_310.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11102/ind_311.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11104/ind_312.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11105/ind_313.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11103/ind_314.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11106/ind_315.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11107/ind_316.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11109/ind_317.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11110/ind_318.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11112/ind_319.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11111/ind_320.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11113/ind_321.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11114/ind_322.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11115/ind_323.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11123/ind_324.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11124/ind_325.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11125/ind_326.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11127/ind_327.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11126/ind_328.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11129/ind_329.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11131/ind_330.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11134/ind_331.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11128/ind_332.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11130/ind_333.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11132/ind_334.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11133/ind_335.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11135/ind_336.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11140/ind_337.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11143/ind_338.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11145/ind_339.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11147/ind_340.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11149/ind_341.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11156/ind_342.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11142/ind_343.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11144/ind_344.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11146/ind_345.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11148/ind_346.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11150/ind_347.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11152/ind_348.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11154/ind_349.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11155/ind_350.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11151/ind_351.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11153/ind_352.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11161/ind_353.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11163/ind_354.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11164/ind_355.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11166/ind_356.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11159/ind_357.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11162/ind_358.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11165/ind_359.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11168/ind_360.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11173/ind_361.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11169/ind_362.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11171/ind_363.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11172/ind_364.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11174/ind_365.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11175/ind_366.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11177/ind_367.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11178/ind_368.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11179/ind_369.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11185/ind_370-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11187/ind_371-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11190/ind_372-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11192/ind_373-2020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11193/ind_374-2020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11197/ind_375-2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11199/ind_376-2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11201/ind_377-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11198/ind_378-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11202/ind_379-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11203/ind_380-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11204/ind_381-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11205/ind_382-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11210/ind_383-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11211/ind_384-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11212/ind_385-2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11214/ind_386-2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11216/ind_387-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11215/ind_388-2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11217/ind_389-2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11218/ind_390-2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11219/ind_391-2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11220/ind_392-2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11221/ind_393-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11222/ind_394-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11235/ind_395-20.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11236/ind_396-20.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11237/ind_397-20.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11238/ind_398-20.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11240/ind_399-20.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11239/ind_400-20.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11241/ind_401-20.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11242/ind_402-20.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11251/ind_403-20.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11252/ind_404-20.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11253/ind_405-20.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11254/ind_406-20.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11257/ind_407-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11258/ind_408-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11260/ind_409-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11262/ind_410-2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11263/ind_411-2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11266/ind_412-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11267/ind_413-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11268/ind_414-2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11261/ind_415-2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11264/ind_416-2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11277/ind_417-20.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11278/ind_418-20.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11279/ind_419-20.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11280/ind_420-20.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11281/ind_421-20.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11294/ind_422-20.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11296/ind_423-20.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11297/ind_424-20.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11299/ind_425-20.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11301/ind_426-20.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11303/ind_427-20.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11298/ind_428-20.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11300/ind_429-20.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11302/ind_430-20.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11304/ind_431-20.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11305/ind_432-20.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11331/ind_447-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11332/ind_448-2020.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11333/ind_449-2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11334/ind_450-2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11335/ind_451-2020.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11336/ind_452-2020.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11337/ind_453-2020.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11338/ind_454-2020.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11341/ind_455-20.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11342/ind_456-20.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11343/ind_457-20.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11345/ind_458-20.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11346/ind_459-20.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11347/ind_460-20.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11348/ind_461-20.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11349/ind_462-20.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11350/ind_463-20.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11351/ind_464-20.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11356/ind_465-20.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11357/ind_466-20.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11358/ind_467-20.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11359/ind_468-20.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11360/ind_469-20.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11361/ind_470-20.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11362/ind_471-20.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11363/ind_472-20.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11364/ind_473-20.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11365/ind_474-20.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11366/ind_475-2020.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11369/ind_476-2020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11372/ind_477-2020.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11374/ind_478-2020.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11375/ind_479-2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11376/ind_480-2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11377/ind_481-2020.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11380/ind_482-2020.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11381/ind_483-2020.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11383/ind_484-2020.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11384/ind_485-2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11386/ind_486-2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11387/ind_487-2020.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11392/ind_488-20.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11393/ind_489-20.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11394/ind_490-20.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11395/ind_491-20.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11396/ind_492-20.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11397/ind_493-20.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11398/ind_494-20.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11399/ind_495-20.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11400/ind_496-20.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11401/ind_497-20.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11402/ind_498-20.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11403/ind_499-20.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11404/ind_500-20.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11414/ind_501-20.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11415/ind_502-20.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11416/ind_503-20.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11417/ind_504-20.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11418/ind_505-20.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11419/ind_506-20.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11420/ind_507-20.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11421/ind_508-20.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11422/ind_509-20.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11423/ind_510-20.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11424/ind_511-20.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11425/ind_512-20.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11426/ind_513-20.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11427/ind_514-20.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11428/ind_515-20.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11429/ind_516-20.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11430/ind_517-20.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11431/ind_518-20.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11432/ind_519-20.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11433/ind_520-20.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11435/ind_521-20.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11436/ind_522-20.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11437/ind_523-20.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11440/ind_524-20.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11441/ind_525-20.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11442/ind_526-20.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11450/ind_527-20.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11451/ind_528-20.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11452/ind_529-20.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11453/ind_530-20.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11454/ind_531-20.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11461/ind_532-20.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11462/ind_533-20.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11463/ind_534-20.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11464/ind_535-20.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11465/ind_536-20.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11466/ind_537-20.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11467/ind_538-20.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11468/ind_539-20.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10622/plc_no_001-2020_mWiDUuX.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10623/plc_002-2020.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10624/plc_003-2020.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10632/plc_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10635/oficio_100-2021_-_gp-pgm.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10636/plc_006-2020_-_zoneamento_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10637/plc_007-2020_-_transferencia_do_direito_de_contruir.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10638/plc_008-2020_-_outorga_onerosa_do_direito_de_contruir.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10639/plc_009-2020_-_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10640/plc_010-2020_-_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10641/plc_011-2020_-_parcelamento_do_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10642/substituicao_codigo_de_posturas_-_plc_012-2020_-_oficio_067-2022_-.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10643/plc_013-2020_-_impacto_de_vizinhanca.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10644/plc_014-2020_-_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10645/plc_015-2020_-_conselhos_de_urbanismo_e_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10646/plc_016-2020_-_plano_de_mobilidade_urbana.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10647/plc_017-2020_-_transporte_coletivo_privado_de__nFEXOMi.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10648/plc_018-2020_-_transporte_coletivo_publico.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10649/plc_019-2020_-_transporte_de_bens_mercadorias__0YqxGvE.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10650/plc_020-2020_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10861/plc_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10886/plc_022-20.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10887/plc_023-20.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10888/plc_024.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10893/plc_no_025-2020_-_mensagem_22-2020.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11120/plc_no_026-2020_-mensagem_031-2020.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11121/plc_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11137/substituicao_do_plc_no_028-2020_oficio_81-2020.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11182/plc_no_029-2020_-_mensagem_n_34-2020_-_autoriz_DPezPzY.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11225/plc_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11226/plc_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11227/plc_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11228/plc_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11229/plc_034-2020.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11230/plc_035-2020.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11231/plc_036-2020.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11310/oficio_031-2021_-_gp-pgm_substituicao_plc_no_037-2020.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11378/plc_no_038-2020_subsidio_prefeito.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11379/plc_no_039-2020_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11444/mensagem_054-2020_-_contratacao_temporario_de_servidores_mediante_analise_de_curriculos.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11460/plc_no_041-2020_-mensagem_55-2020_-_altera_a_lei_1190_e_lei_1790.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10633/plo_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10634/plo_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10651/plo_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10652/plo_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10653/plo_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10654/plo_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10655/plo_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10656/plo_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10657/plo_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10804/plo_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10813/plo_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10847/plo_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10849/plo_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10863/plo_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10876/plo_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10880/plo_019.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10889/mensagem_23-2020_-_ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10902/plo_no_021-2020_-_mensagem_024-2020.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10912/plo_no_022-2020_-_mensagem_025-2020.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10947/projeto_de_lei_ordinaria_no_023-20.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11010/plo_no_024-2020_QhzR0Qn.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11075/plo_no_025-2020_mensagem_030-20.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11138/plo_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11157/substituicao_ao_plo_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11183/plo_no_028-2020_mensagem_035-2020.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11243/plo_no_029-2020_-_mensagem_37_-_credito_adicio_esefIBh.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11244/plo_no_030-2020_-_mensagem_38-2020.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11245/plo_no_031-2020_-_mensagem_41-2020_-_alteracao_4v3gKmp.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11274/plo_no_032-2020_-mensagem_040-2020.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11275/plo_no_033-2020_-_mensagem_042.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11276/plo_no_034-2020_-mensagem_043.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11282/plo_no_035-2020_mensagem_45-2020.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11283/plo_036-2020_-_mensagem_48-2020.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11311/plo_no_037-2020_-_mensagem_044-2020.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11313/plo_no_038-2020_-_mensagem_no_46-2020.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11339/plo_no_039-2020_-_mensagem_49-2020.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11355/plo_no_040-2020_-_mensagem_50-2020_assinada.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11434/plo_041-2020_-_mensagem_no_051-20.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11438/plo_no_042-2020_mensagem_52-2020.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11458/plo_no_043-2020_-mensagem_n_53-2020_-_institui_o_comter_1.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11459/plo_no_044-2020_-_mensagem_56-2020.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11477/plo_no_046_-2020_-_mensagem_057-2020_substituicao.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11158/projeto_de_resolucao_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11340/pre_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11391/projeto_de_resolucao_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10658/req_001.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10715/req_002.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10716/req_003.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10748/req_004.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10764/req_005.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10767/req_006.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10769/req_007.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10772/req_008.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10773/req_009.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10775/req_010.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10776/req_011.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10778/req_012.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10797/req_013.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10816/req_014.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10818/req_015.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10822/req_016.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10825/req_017.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10828/req_018.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10834/req_019.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10838/req_020.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10840/req_021.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10862/req_022.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10878/req_023.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10879/req_024.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10906/req_025.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10940/req_026.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10975/req_027.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10982/req_028.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10984/req_029.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10985/req_030.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10987/req_031.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10989/req_032.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10995/req_033.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11013/req_034.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11014/req_035.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11015/req_036.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11040/req_037.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11041/req_038.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11038/req_039.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11039/req_040.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11068/req_041.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11069/req_042.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11071/req_043.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11072/req_044.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11074/req_045.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11077/req_046.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11116/req_047.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11117/req_048.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11139/req_049.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11160/req_050.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11167/req_051.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11170/req_052.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11206/req_053-2020.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11207/req_054-2020.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11208/req_055-2020.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11223/req_056-2020.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11224/req_057-2020.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11234/req_058-20.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11247/req_059-20.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11248/req_060-20.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11249/req_061-20.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11255/req_062-20.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11256/req_063-2020.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11259/req_064-2020.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11295/req_065-20.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11328/req_066-2020.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11352/req_067-20.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11353/req_068-20.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11354/req_069-20.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11388/req_070-2020.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11389/req_071-2020.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11390/req_072-20.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11413/req_073-20.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11443/req_074-20.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11448/requerimeto_075.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11449/requerimento_076.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10621/veto_no_001-2020_plo_no_050-2019.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10812/eme_001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10869/emenda_002-2020_plo_no_014-2020_1.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10885/eme_003.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11273/emenda_no_005-2020_plo_030-20.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11292/emenda_no_006-2020_plo_031-20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11293/emenda_no_007-2020_plo_034-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11385/emenda_no_009-2020_plc_028-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10659/ind_001.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10660/ind_002.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10661/ind_003.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10663/ind_004.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10664/ind_005.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10666/ind_006.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10662/ind_007.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10665/ind_008.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10668/ind_009.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10671/ind_010.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10672/ind_011.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10667/ind_012.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10669/ind_013.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10670/ind_014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10674/ind_015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10673/ind_016.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10675/ind_017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10676/ind_018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10677/ind_019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10680/ind_020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10681/ind_021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10682/ind_022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10683/ind_023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10685/ind_024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10678/ind_025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10679/ind_026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10684/ind_027.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10686/ind_028.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10687/ind_029.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10689/ind_030.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10691/ind_031.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10692/ind_032.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10693/ind_033.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10688/ind_034.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10690/ind_035.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10694/ind_036.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10695/ind_037.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10696/ind_038.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10697/ind_039.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10698/ind_040.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10699/ind_041.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10700/ind_042.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10701/ind_043.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10702/ind_044.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10703/ind_045.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10705/ind_047.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10706/ind_048.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10707/ind_049.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10708/ind_050.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10709/ind_051.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10710/ind_052.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10711/ind_053.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10712/ind_054.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10713/ind_055.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10714/ind_056.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10720/ind_057.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10721/ind_057.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10722/ind_059.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10723/ind_060.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10724/ind_061.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10725/ind_062.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10727/ind_063.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10728/ind_064.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10729/ind_065.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10726/ind_066.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10730/ind_067.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10732/ind_068.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10731/ind_069.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10734/ind_070.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10736/ind_071.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10739/ind_072.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10733/ind_073.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10735/ind_074.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10737/ind_075.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10738/ind_076.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10740/ind_077.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10741/ind_078.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10744/ind_079.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10745/ind_080.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10747/ind_081.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10757/ind_082.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10750/ind_083.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10751/ind_084.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10752/ind_085.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10753/ind_086.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10755/ind_087.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10756/ind_088.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10758/ind_089.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10759/ind_090.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10762/ind_091.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10763/ind_092.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10765/ind_093.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10766/ind_094_DebB4yL.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10768/ind_095.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10770/ind_096.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10771/ind_097.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10774/ind_098.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10777/ind_099.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10779/ind_100.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10780/ind_101.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10782/ind_102.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10784/ind_103.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10787/ind_104.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10788/ind_105.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10783/ind_106.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10785/ind_107.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10786/ind_108.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10789/ind_109.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10790/ind_110.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10791/ind_111.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10792/ind_112.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10793/ind_113.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10794/ind_114.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10796/ind_115.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10795/ind_116.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10798/ind_117.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10800/ind_118.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10801/ind_119.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10802/ind_120.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10803/ind_121.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10805/ind_122.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10806/ind_123.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10807/ind_124.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10808/ind_125.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10809/ind_126.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10810/ind_127.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10811/ind_128.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10817/ind_129.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10820/ind_130.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10833/ind_131.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10821/ind_132.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10836/ind_133.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10823/ind_134.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10824/ind_135.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10826/ind_136.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10827/ind_137.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10829/ind_138.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10830/ind_139.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10831/ind_140.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10832/ind_141.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10835/ind_142.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10837/ind_143.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10839/ind_144.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10841/ind_145.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10845/ind_146.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10846/ind_147.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10842/ind_148.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10843/ind_149.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10844/ind_150.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10848/ind_151.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10850/ind_152.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10852/ind_153.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10890/ind_154.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10891/ind_155.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10892/ind_156.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10894/ind_157.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10897/ind_157.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10898/ind_159.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10899/ind_160.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10907/ind_161.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10908/ind_162.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10909/ind_163.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10910/ind_164.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10911/ind_165.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10913/ind_166.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10914/ind_167.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10916/ind_168.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10917/ind_169.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10920/ind_170.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10915/ind_171.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10918/ind_172.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10921/ind_173.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10926/ind_174.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10922/ind_175.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10923/ind_176.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10924/ind_177.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10925/ind_178.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10927/ind_179.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10928/ind_180.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10932/ind_181.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10933/ind_182.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10937/ind_183.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10939/ind_184.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10930/ind_185.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10931/ind_186.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10934/ind_187.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10935/ind_188.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10936/ind_189.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10938/ind_190.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10948/ind_191.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10949/ind_192.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10951/ind_193.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10953/ind_194.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10954/ind_195.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10957/ind_196.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10950/ind_197.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10952/ind_198.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10955/ind_199.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10956/ind_200.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10958/ind_201.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10959/ind_202.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10960/ind_203.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10961/ind_204.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10963/ind_205.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10962/ind_206.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10965/ind_207.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10967/ind_208.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10969/ind_209.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10964/ind_210.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10966/ind_211.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10968/ind_212.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10970/ind_213.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10971/ind_214.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10972/ind_215.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10974/ind_216.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10976/ind_217.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10977/ind_218.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10978/ind_219.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10973/ind_220.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10983/ind_221.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10986/ind_222.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10988/ind_223.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10991/ind_224.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10992/ind_225.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10990/ind_226.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10993/ind_227.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10994/ind_228.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10996/ind_229.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10999/ind_230.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10997/ind_231.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10998/ind_232.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11002/ind_233.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11004/ind_234.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11001/ind_235.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11003/ind_236.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11005/ind_237.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11007/ind_238.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11008/ind_239.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11009/ind_240.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11006/ind_241.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11017/ind_242.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11018/ind_243.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11019/ind_244.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11020/ind_245.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11021/ind_246.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11022/ind_247.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11023/ind_248.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11024/ind_249.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11025/ind_250.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11026/ind_251.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11027/ind_252.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11028/ind_253.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11029/ind_254.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11031/ind_255.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11034/ind_256.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11036/ind_257.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11037/ind_258.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11030/ind_259.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11032/ind_260.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11033/ind_261.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11035/ind_262.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11042/ind_263.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11043/ind_264.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11044/ind_265.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11045/ind_266.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11046/ind_267.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11049/ind_268.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11050/ind_269.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11052/ind_270.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11053/ind_271.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11047/ind_272.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11048/ind_273.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11051/ind_274.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11055/ind_275.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11057/ind_276.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11059/ind_277.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11061/ind_278.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11054/ind_279.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11056/ind_280.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11058/ind_281.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11060/ind_282.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11062/ind_283.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11063/ind_284.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11064/ind_285.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11065/ind_286.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11066/ind_287.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11067/ind_288.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11079/ind_289.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11080/ind_290.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11081/ind_291.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11082/ind_292.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11083/ind_293.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11084/ind_294.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11085/ind_295.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11086/ind_296.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11087/ind_297.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11088/ind_298.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11089/ind_299.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11090/ind_300.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11091/ind_301.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11093/ind_302.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11094/ind_303.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11095/ind_304.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11096/ind_305.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11097/ind_306.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11098/ind_307.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11099/ind_308.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11100/ind_309.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11101/ind_310.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11102/ind_311.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11104/ind_312.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11105/ind_313.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11103/ind_314.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11106/ind_315.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11107/ind_316.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11109/ind_317.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11110/ind_318.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11112/ind_319.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11111/ind_320.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11113/ind_321.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11114/ind_322.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11115/ind_323.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11123/ind_324.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11124/ind_325.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11125/ind_326.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11127/ind_327.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11126/ind_328.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11129/ind_329.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11131/ind_330.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11134/ind_331.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11128/ind_332.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11130/ind_333.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11132/ind_334.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11133/ind_335.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11135/ind_336.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11140/ind_337.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11143/ind_338.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11145/ind_339.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11147/ind_340.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11149/ind_341.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11156/ind_342.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11142/ind_343.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11144/ind_344.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11146/ind_345.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11148/ind_346.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11150/ind_347.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11152/ind_348.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11154/ind_349.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11155/ind_350.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11151/ind_351.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11153/ind_352.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11161/ind_353.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11163/ind_354.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11164/ind_355.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11166/ind_356.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11159/ind_357.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11162/ind_358.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11165/ind_359.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11168/ind_360.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11173/ind_361.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11169/ind_362.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11171/ind_363.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11172/ind_364.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11174/ind_365.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11175/ind_366.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11177/ind_367.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11178/ind_368.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11179/ind_369.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11185/ind_370-2020.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11187/ind_371-2020.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11190/ind_372-2020.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11192/ind_373-2020.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11193/ind_374-2020.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11197/ind_375-2020.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11199/ind_376-2020.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11201/ind_377-2020.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11198/ind_378-2020.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11202/ind_379-2020.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11203/ind_380-2020.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11204/ind_381-2020.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11205/ind_382-2020.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11210/ind_383-2020.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11211/ind_384-2020.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11212/ind_385-2020.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11214/ind_386-2020.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11216/ind_387-2020.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11215/ind_388-2020.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11217/ind_389-2020.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11218/ind_390-2020.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11219/ind_391-2020.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11220/ind_392-2020.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11221/ind_393-2020.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11222/ind_394-2020.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11235/ind_395-20.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11236/ind_396-20.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11237/ind_397-20.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11238/ind_398-20.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11240/ind_399-20.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11239/ind_400-20.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11241/ind_401-20.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11242/ind_402-20.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11251/ind_403-20.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11252/ind_404-20.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11253/ind_405-20.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11254/ind_406-20.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11257/ind_407-2020.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11258/ind_408-2020.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11260/ind_409-2020.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11262/ind_410-2020.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11263/ind_411-2020.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11266/ind_412-2020.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11267/ind_413-2020.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11268/ind_414-2020.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11261/ind_415-2020.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11264/ind_416-2020.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11277/ind_417-20.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11278/ind_418-20.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11279/ind_419-20.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11280/ind_420-20.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11281/ind_421-20.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11294/ind_422-20.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11296/ind_423-20.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11297/ind_424-20.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11299/ind_425-20.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11301/ind_426-20.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11303/ind_427-20.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11298/ind_428-20.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11300/ind_429-20.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11302/ind_430-20.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11304/ind_431-20.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11305/ind_432-20.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11331/ind_447-2020.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11332/ind_448-2020.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11333/ind_449-2020.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11334/ind_450-2020.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11335/ind_451-2020.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11336/ind_452-2020.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11337/ind_453-2020.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11338/ind_454-2020.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11341/ind_455-20.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11342/ind_456-20.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11343/ind_457-20.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11345/ind_458-20.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11346/ind_459-20.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11347/ind_460-20.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11348/ind_461-20.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11349/ind_462-20.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11350/ind_463-20.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11351/ind_464-20.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11356/ind_465-20.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11357/ind_466-20.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11358/ind_467-20.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11359/ind_468-20.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11360/ind_469-20.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11361/ind_470-20.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11362/ind_471-20.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11363/ind_472-20.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11364/ind_473-20.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11365/ind_474-20.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11366/ind_475-2020.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11369/ind_476-2020.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11372/ind_477-2020.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11374/ind_478-2020.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11375/ind_479-2020.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11376/ind_480-2020.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11377/ind_481-2020.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11380/ind_482-2020.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11381/ind_483-2020.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11383/ind_484-2020.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11384/ind_485-2020.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11386/ind_486-2020.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11387/ind_487-2020.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11392/ind_488-20.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11393/ind_489-20.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11394/ind_490-20.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11395/ind_491-20.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11396/ind_492-20.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11397/ind_493-20.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11398/ind_494-20.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11399/ind_495-20.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11400/ind_496-20.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11401/ind_497-20.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11402/ind_498-20.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11403/ind_499-20.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11404/ind_500-20.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11414/ind_501-20.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11415/ind_502-20.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11416/ind_503-20.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11417/ind_504-20.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11418/ind_505-20.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11419/ind_506-20.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11420/ind_507-20.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11421/ind_508-20.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11422/ind_509-20.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11423/ind_510-20.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11424/ind_511-20.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11425/ind_512-20.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11426/ind_513-20.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11427/ind_514-20.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11428/ind_515-20.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11429/ind_516-20.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11430/ind_517-20.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11431/ind_518-20.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11432/ind_519-20.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11433/ind_520-20.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11435/ind_521-20.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11436/ind_522-20.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11437/ind_523-20.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11440/ind_524-20.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11441/ind_525-20.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11442/ind_526-20.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11450/ind_527-20.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11451/ind_528-20.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11452/ind_529-20.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11453/ind_530-20.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11454/ind_531-20.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11461/ind_532-20.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11462/ind_533-20.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11463/ind_534-20.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11464/ind_535-20.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11465/ind_536-20.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11466/ind_537-20.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11467/ind_538-20.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11468/ind_539-20.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10622/plc_no_001-2020_mWiDUuX.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10623/plc_002-2020.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10624/plc_003-2020.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10632/plc_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10635/oficio_100-2021_-_gp-pgm.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10636/plc_006-2020_-_zoneamento_uso_e_ocupacao_do_solo.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10637/plc_007-2020_-_transferencia_do_direito_de_contruir.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10638/plc_008-2020_-_outorga_onerosa_do_direito_de_contruir.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10639/plc_009-2020_-_perimetro_urbano.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10640/plc_010-2020_-_codigo_de_obras.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10641/plc_011-2020_-_parcelamento_do_solo_urbano.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10642/substituicao_codigo_de_posturas_-_plc_012-2020_-_oficio_067-2022_-.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10643/plc_013-2020_-_impacto_de_vizinhanca.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10644/plc_014-2020_-_residuos_solidos.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10645/plc_015-2020_-_conselhos_de_urbanismo_e_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10646/plc_016-2020_-_plano_de_mobilidade_urbana.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10647/plc_017-2020_-_transporte_coletivo_privado_de__nFEXOMi.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10648/plc_018-2020_-_transporte_coletivo_publico.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10649/plc_019-2020_-_transporte_de_bens_mercadorias__0YqxGvE.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10650/plc_020-2020_-_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10861/plc_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10886/plc_022-20.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10887/plc_023-20.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10888/plc_024.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10893/plc_no_025-2020_-_mensagem_22-2020.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11120/plc_no_026-2020_-mensagem_031-2020.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11121/plc_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11137/substituicao_do_plc_no_028-2020_oficio_81-2020.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11182/plc_no_029-2020_-_mensagem_n_34-2020_-_autoriz_DPezPzY.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11225/plc_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11226/plc_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11227/plc_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11228/plc_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11229/plc_034-2020.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11230/plc_035-2020.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11231/plc_036-2020.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11310/oficio_031-2021_-_gp-pgm_substituicao_plc_no_037-2020.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11378/plc_no_038-2020_subsidio_prefeito.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11379/plc_no_039-2020_subsidio_vereadores.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11444/mensagem_054-2020_-_contratacao_temporario_de_servidores_mediante_analise_de_curriculos.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11460/plc_no_041-2020_-mensagem_55-2020_-_altera_a_lei_1190_e_lei_1790.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10633/plo_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10634/plo_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10651/plo_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10652/plo_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10653/plo_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10654/plo_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10655/plo_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10656/plo_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10657/plo_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10804/plo_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10813/plo_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10847/plo_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10849/plo_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10863/plo_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10876/plo_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10880/plo_019.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10889/mensagem_23-2020_-_ldo_2021.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10902/plo_no_021-2020_-_mensagem_024-2020.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10912/plo_no_022-2020_-_mensagem_025-2020.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10947/projeto_de_lei_ordinaria_no_023-20.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11010/plo_no_024-2020_QhzR0Qn.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11075/plo_no_025-2020_mensagem_030-20.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11138/plo_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11157/substituicao_ao_plo_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11183/plo_no_028-2020_mensagem_035-2020.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11243/plo_no_029-2020_-_mensagem_37_-_credito_adicio_esefIBh.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11244/plo_no_030-2020_-_mensagem_38-2020.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11245/plo_no_031-2020_-_mensagem_41-2020_-_alteracao_4v3gKmp.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11274/plo_no_032-2020_-mensagem_040-2020.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11275/plo_no_033-2020_-_mensagem_042.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11276/plo_no_034-2020_-mensagem_043.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11282/plo_no_035-2020_mensagem_45-2020.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11283/plo_036-2020_-_mensagem_48-2020.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11311/plo_no_037-2020_-_mensagem_044-2020.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11313/plo_no_038-2020_-_mensagem_no_46-2020.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11339/plo_no_039-2020_-_mensagem_49-2020.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11355/plo_no_040-2020_-_mensagem_50-2020_assinada.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11434/plo_041-2020_-_mensagem_no_051-20.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11438/plo_no_042-2020_mensagem_52-2020.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11458/plo_no_043-2020_-mensagem_n_53-2020_-_institui_o_comter_1.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11459/plo_no_044-2020_-_mensagem_56-2020.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11477/plo_no_046_-2020_-_mensagem_057-2020_substituicao.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11158/projeto_de_resolucao_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11340/pre_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11391/projeto_de_resolucao_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10658/req_001.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10715/req_002.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10716/req_003.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10748/req_004.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10764/req_005.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10767/req_006.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10769/req_007.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10772/req_008.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10773/req_009.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10775/req_010.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10776/req_011.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10778/req_012.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10797/req_013.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10816/req_014.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10818/req_015.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10822/req_016.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10825/req_017.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10828/req_018.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10834/req_019.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10838/req_020.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10840/req_021.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10862/req_022.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10878/req_023.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10879/req_024.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10906/req_025.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10940/req_026.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10975/req_027.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10982/req_028.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10984/req_029.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10985/req_030.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10987/req_031.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10989/req_032.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10995/req_033.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11013/req_034.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11014/req_035.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11015/req_036.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11040/req_037.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11041/req_038.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11038/req_039.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11039/req_040.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11068/req_041.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11069/req_042.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11071/req_043.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11072/req_044.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11074/req_045.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11077/req_046.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11116/req_047.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11117/req_048.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11139/req_049.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11160/req_050.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11167/req_051.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11170/req_052.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11206/req_053-2020.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11207/req_054-2020.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11208/req_055-2020.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11223/req_056-2020.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11224/req_057-2020.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11234/req_058-20.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11247/req_059-20.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11248/req_060-20.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11249/req_061-20.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11255/req_062-20.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11256/req_063-2020.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11259/req_064-2020.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11295/req_065-20.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11328/req_066-2020.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11352/req_067-20.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11353/req_068-20.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11354/req_069-20.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11388/req_070-2020.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11389/req_071-2020.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11390/req_072-20.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11413/req_073-20.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11443/req_074-20.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11448/requerimeto_075.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/11449/requerimento_076.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2020/10621/veto_no_001-2020_plo_no_050-2019.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H855"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="114.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="168.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="167.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>