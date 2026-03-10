--- v0 (2025-10-14)
+++ v1 (2026-03-10)
@@ -54,10099 +54,10099 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>16395</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMEN</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16395/emenda_no_001-24_plc_no_006-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16395/emenda_no_001-24_plc_no_006-24.pdf</t>
   </si>
   <si>
     <t>Emenda Nº 001/2024, de iniciativa da Comissão de Legislação, Justiça e Redação, que apresenta Emenda Modificativa ao Projeto de Lei Complementar Nº 006/2024, de iniciativa do Poder Executivo, Mensagem Nº 008 de 20 de fevereiro de 2024, passando o § 4º do artigo 9º a vigorar da forma descrita a seguir: "Art. 9º. Inalterado. § 1º (...). (...). § 4º Os valores de que trata o Anexo I desta Lei, poderão ser alterados mediante acordo entre o motorista e o usuário, desde que se registre a aceitação tácita do usuário antes de contratar o transporte, sendo que os valores do citado anexo serão atualizados monetariamente, conforme critérios a serem definidos no decreto regulamentador, tendo sempre como correção mínima o índice do INPC, acumulado nos últimos 12 meses que antecederem a correção".</t>
   </si>
   <si>
     <t>17023</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Japão</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17023/emenda_no_02-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17023/emenda_no_02-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 002/24 de iniciativa do Vereador Anderson Antunes que: apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores do projeto/atividade vinculado a ação de “Manutenção das Atividades da Atenção Básica” - Aquisição de óculos de grau - nos Anexos correspondentes ao exercício de 2025</t>
   </si>
   <si>
     <t>17024</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17024/emenda_no_03-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17024/emenda_no_03-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 003/24 de iniciativa do Vereador Anderson Antunes que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores do projeto/atividade vinculado a ação de “Manutenção das Atividades da Atenção Básica” - prestação de serviços de análises clínicas e laboratoriais/exames - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17025</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17025/emenda_no_04-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17025/emenda_no_04-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 004/24 de iniciativa do Vereador Anderson Antunes que: apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores do projeto/atividade vinculado a ação de “Manutenção e Segurança da Malha Viária Urbana” - , nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17026</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17026/emenda_no_05-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17026/emenda_no_05-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 005/24 de iniciativa do Vereador Anderson Antunes que: apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores do projeto/atividade vinculado a ação de “Implantação e Manutenção do Funcionamento da Guarda Municipal” -  contratação da locação de veículos para a Guarda Municipal - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17027</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Flenik</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17027/emenda_no_06-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17027/emenda_no_06-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 006/24 de iniciativa do Vereador Antonio Carlos Flenik que: "Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando descrição do projeto/atividade vinculado a ação de “Construção e Ampliação de Próprios - Assistência Social” - Construir sede para o CRAS Cidade Nova -  nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17069</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17069/emenda_no_07-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17069/emenda_no_07-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 007/24 de iniciativa do Vereador Antonio Carlos Flenik que: "Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 49/2024 que “Altera anexos integrantes da Lei nº 2548/2024, de 24 de setembro de 2024 – Lei de Diretrizes Orçamentárias do Município de Telêmaco Borba para o exercício de 2025 e da Lei nº 2399 de 20/10/2021 - Plano Plurianual do Município de 2022 a 2025”, alterando a nomenclatura e a meta do projeto vinculado a ação de “Reforma das Escolas Municipais Dep. Fabiano Braga Cortes, Dep Péricles Pacheco da Silva, Profª Etelvina Arzua Costa e 31 de março” - e Regente Feijó - nos Anexos correspondentes ao exercício de 2025</t>
   </si>
   <si>
     <t>17028</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17028/emenda_no_08-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17028/emenda_no_08-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 008/24 de iniciativa do Vereador Antonio Carlos Flenik que: "Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando a nomenclatura e a descrição do projeto/atividade vinculado a ação de “Reforma das Escolas Municipais Dep. Fabiano Braga Cortes, Dep Péricles Pacheco da Silva e Profª Etelvina Arzua”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17029</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17029/emenda_no_09-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17029/emenda_no_09-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 009/24 de iniciativa do Vereador Antonio Carlos Flenik que: " Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando a descrição do projeto vinculado a ação de “Pavimentação de Vias Urbanas” - Pavimentação da Rua São Gerônimo no Bairro Parque Limeira Área 3 -  nos Anexos correspondentes ao exercício de 2025</t>
   </si>
   <si>
     <t>17030</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17030/emenda_no_10-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17030/emenda_no_10-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 010/24 de iniciativa do Vereador Antonio Carlos Flenik que: " Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando a descrição do projeto vinculado a ação de “Construção, Ampliação e Reforma de Estruturas e Espaços Esportivos e de Lazer” -  Aquisição de terreno no bairro Parque Limeira Área 6 para Construção de Complexo de Esportes e Lazer. Construção de Quadra de Esportes no bairro Santa Rita - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17031</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17031/emenda_no_11-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17031/emenda_no_11-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 011/24 de iniciativa do Vereador Antonio Carlos Flenik que: " Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando a descrição do projeto/atividade vinculado a ação de “Manutenção e Aperfeiçoamento dos Serviços de Saúde Mental-CAPS” - Prevenção de doenças mentais e campanhas de conscientização sobre saúde mental a fim de promover o bem-estar emocional e mental da população - nos Anexos correspondentes ao exercício de 2025</t>
   </si>
   <si>
     <t>17032</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17032/emenda_no_12-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17032/emenda_no_12-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 012/24 de iniciativa do Vereador Antonio Carlos Flenik que: " Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando a descrição do projeto vinculado a ação de “Manutenção e conservação dos prédios das Escolas Municipais” - Projetar, instalar e manter sistemas de ar condicionado, nas Escolas Municipais - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17033</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17033/emenda_no_13-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17033/emenda_no_13-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 013/24 de iniciativa do Vereador Antonio Carlos Flenik que: Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 49/2024 que “Altera anexos integrantes da Lei nº 2548/2024, de 24 de setembro de 2024 – Lei de Diretrizes Orçamentárias do Município de Telêmaco Borba para o exercício de 2025 e da Lei nº 2399 de 20/10/2021 - Plano Plurianual do Município de 2022 a 2025.”, alterando a ação, os valores e as metas do projeto/atividade vinculado a ação de “Construção e Reforma de Centros Comunitários”, nos Anexos correspondentes ao exercício de 2025</t>
   </si>
   <si>
     <t>17034</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17034/emenda_no_14-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17034/emenda_no_14-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 014/24 de iniciativa do Vereador Antonio Carlos Flenik que: " Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, incluindo o projeto, descrição e valores vinculados a ação de “Construção e Reforma de Centros Comunitários”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17035</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17035/emenda_no_15-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17035/emenda_no_15-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 015/24 de iniciativa do Vereador Antonio Carlos Flenik que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando a descrição e os valores vinculados e incluindo dotação junto a ação de “Construção, Ampliação e Reforma de Estruturas e Espaços Esportivos e de Lazer” - Aquisição de terreno no bairro Parque Limeira Área 6 para Construção de Complexo de Esportes e Lazer. Construção de Quadra de Esportes no bairro Santa Rita. Aquisição de terreno no Bairro São Luiz para a construção de Complexo de Lazer - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17036</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17036/emenda_no_16-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17036/emenda_no_16-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 016/24 de iniciativa do Vereador Antonio Carlos Flenik que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando a nomenclatura, descrição e os valores vinculados a ação de “Manutenção das Atividades da Divisão de Assistência a Comunidade” - Manter o funcionamento do Programa de Horta Comunitária Urbana - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17037</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17037/emenda_no_17-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17037/emenda_no_17-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 017/24 de iniciativa do Vereador Antonio Carlos Flenik que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando a descrição e os valores vinculados a ação de “Manutenção e conservação dos prédios das Escolas Municipais” - Projetar, instalar e manter sistemas de ar condicionado, nas Escolas Municipais. Cobrir os parquinhos/playgrounds nas Escolas Municipais - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17038</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17038/emenda_no_18-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17038/emenda_no_18-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 018/24 de iniciativa do Vereador Antonio Carlos Flenik que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica" - promover a atenção integral à saúde da população através das Equipes da APS, Saúde da Família e NASF e Saúde Bucal - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17039</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Marquinho</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17039/emenda_no_19-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17039/emenda_no_19-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 019/24 de iniciativa do Vereador Antonio Marco de Almeida que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Eventos Esportivos - FMEA” - funcionamento das atividades esportivas como, o motociclismo, auto cross, futsal e outros; manter despesas com a compra de materiais de consumo, demais despesas de custeio e de aquisição de equipamentos e material permanente -  nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17040</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17040/emenda_no_020-24_-_plo_no_042-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17040/emenda_no_020-24_-_plo_no_042-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 020/24 de iniciativa do Vereador Antonio Marco de Almeida que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Implantação e Manutenção do Funcionamento da Guarda Municipal” - contratação da locação de veículos para a Guarda Municipal - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17041</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17041/emenda_no_21-24_.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17041/emenda_no_21-24_.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 021/24 de iniciativa do Vereador Antonio Marco de Almeida que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços de consultas com especialistas e exames de imagem - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17042</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17042/emenda_no_22-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17042/emenda_no_22-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 022/24 de iniciativa do Vereador Antonio Marco de Almeida que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços de análises clínicas e laboratoriais/exames, contratos de plantões e serviços de transportes - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17043</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17043/emenda_no_23-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17043/emenda_no_23-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 023/24 de iniciativa do Vereador Antonio Marco de Almeida que: " Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando a descrição da ação de “Manutenção e Segurança da Malha Viária Urbana” - Ruas Bariloche, Centenário, Dália, Eldorado, faxinal, Formosa, Mar del Plata, Mendonza e Estrada da Fazenda no Jardim Argentina - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17044</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Sid Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17044/emenda_no_24-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17044/emenda_no_24-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 024/24 de iniciativa do Vereador Antonio Siderlei Siqueira que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”  - maior apoio ao esporte amador -  alterando os valores vinculados a ação de “Eventos Esportivos - FMEA”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17045</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17045/emenda_no_25-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17045/emenda_no_25-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 025/24 de iniciativa do Vereador Antonio Siderlei Siqueira que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Implantação e Manutenção do Funcionamento da Guarda Municipal” - contratação da locação de veículos para a Guarda Municipal -  nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17046</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17046/emenda_no_26-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17046/emenda_no_26-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 026/24 de iniciativa do Vereador Antonio Siderlei Siqueira que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025” - prestação de serviços de consultas com especialistas e exames de imagem - alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica”, nos Anexos correspondentes ao exercício de 2025</t>
   </si>
   <si>
     <t>17047</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17047/emenda_no_27-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17047/emenda_no_27-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 027/24 de iniciativa do Vereador Antonio Siderlei Siqueira que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços de análises clínicas e laboratoriais/exames, contratos de plantões e serviços de transportes - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17048</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Fubá</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17048/emenda_no_28-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17048/emenda_no_28-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 028/24 de iniciativa do Vereador Élio Cezar que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Implantação e Manutenção do Funcionamento da Guarda Municipal” - contratação da locação de veículos para a Guarda Municipal - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17049</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17049/emenda_no_29-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17049/emenda_no_29-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 029/24 de iniciativa do Vereador Élio Cezar que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços de análises clínicas e laboratoriais/exames -  nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17050</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Elis</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17050/emenda_no_30-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17050/emenda_no_30-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 030/24 de iniciativa da Vereadora Elisangela Saldivar que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção do Programa Melhor Amigo” - Programa Melhor Amigo, em especial o de castração - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17051</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17051/emenda_no_31-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17051/emenda_no_31-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 031/24 de iniciativa da Vereadora Elisangela Saldivar que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção de Cursos Profissionalizantes e de Qualificação” - capacitação de pessoas com deficiência - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17052</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17052/emenda_no_32-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17052/emenda_no_32-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 032/24 de iniciativa da Vereadora Elisangela Saldivar que: " apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Aquisição de equipamentos e material permanente para a Coordenação de Segurança Pública e Patrimonial” -  aquisição de câmeras e material permanente para a Guarda Municipal - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17053</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17053/emenda_no_33-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17053/emenda_no_33-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 033/24 de iniciativa da Vereadora Elisangela Saldivar que: apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção do Programa CNH Gratuita TB”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17054</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17054/emenda_no_34-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17054/emenda_no_34-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 034/24 de iniciativa da Vereadora Elisangela Saldivar que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção do Programa de Realização de Cirurgias Eletivas”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17055</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Ezequiel Betim</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17055/emenda_no_35-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17055/emenda_no_35-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 035/24 de iniciativa do Vereador Ezequiel Betim que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores e as descrições vinculados a ação de “Manutenção e Segurança da Malha Viária Urbana” -  prestação de serviços para a realização de recape asfáltico nas Ruas Balsa Nova, Travessa Cachoeira, Rua Mauá (pequeno trecho – esquina Rua Rio do Ouro com a Rua Campina Alta) no Bairro Parque Limeira Área 2 - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17056</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17056/emenda_no_36-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17056/emenda_no_36-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 036/24 de iniciativa do Vereador Ezequiel Betim que: "apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção do Programa CNH Gratuita TB”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17057</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17057/emenda_no_37-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17057/emenda_no_37-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 037/24 de iniciativa do Vereador Ezequiel Betim que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços médicos na área de urologia - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17058</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17058/emenda_no_38-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17058/emenda_no_38-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 038/24 de iniciativa do Vereador Ezequiel Betim que: " apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços de exames de imagem - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17059</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Felipe Pedroso</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17059/emenda_no_39-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17059/emenda_no_39-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 039/24 de iniciativa do Vereador Felipe Pedroso que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção dos Projetos Relativos ao Fundo Municipal de Esportes” - Futsal Feminino -  nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17060</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17060/emenda_no_40-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17060/emenda_no_40-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 040/24 de iniciativa do Vereador Felipe Pedroso que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção do Programa CNH Gratuita TB”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17061</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17061/emenda_no_41-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17061/emenda_no_41-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 041/24 de iniciativa do Vereador Felipe Pedroso que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - Aquisição de óculos de grau - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17062</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17062/emenda_no_42-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17062/emenda_no_42-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 042/24 de iniciativa do Vereador Felipe Pedroso que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços de consultas com especialistas e exames de imagem - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17063</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17063/emenda_no_43-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17063/emenda_no_43-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 043/24 de iniciativa do Vereador Felipe Pedroso que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços de análises clínicas e laboratoriais/exames, contratos de plantões e serviços de transportes - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17064</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Gilson dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17064/emenda_no_44-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17064/emenda_no_44-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 044/24 de iniciativa do Vereador Gilson dos Santos que: "Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 49/2024 que “Altera anexos integrantes da Lei nº 2548/2024, de 24 de setembro de 2024 – Lei de Diretrizes Orçamentárias do Município de Telêmaco Borba para o exercício de 2025 e da Lei nº 2399 de 20/10/2021 - Plano Plurianual do Município de 2022 a 2025.”, alterando a ação, os valores e as metas do projeto/atividade vinculado a ação de “Repasse de recursos ao FMDCA”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17065</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17065/emenda_no_45-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17065/emenda_no_45-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 045/24 de iniciativa do Vereador Gilson dos Santos que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, incluindo a descrição e os valores junto ao projeto/atividade vinculado a ação de “Repasse de recursos ao FMDCA”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17066</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17066/emenda_no_46-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17066/emenda_no_46-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 046/24 de iniciativa do Vereador Gilson dos Santos que:  "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Implantação e Manutenção do Funcionamento da Guarda Municipal” - contratação da locação de veículos para a Guarda Municipal - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17067</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17067/emenda_no_47.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17067/emenda_no_47.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 047/24 de iniciativa do Vereador Gilson dos Santos que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços de análises clínicas e laboratoriais/exames - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17068</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Miltinho</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17068/emenda_no_48-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17068/emenda_no_48-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 048/24 de iniciativa do Vereador Hamilton Machado que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Implantação e Manutenção do Funcionamento da Guarda Municipal” - contratação da locação de veículos para a Guarda Municipal - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17070</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17070/emenda_no_49-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17070/emenda_no_49-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 049/24 de iniciativa do Vereador Hamilton Machado que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção do Programa de Realização de Cirurgias Eletivas” -  nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17071</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Jefferson Abreu</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17071/emenda_no_50-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17071/emenda_no_50-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 050/24 de iniciativa do Vereador Jefferson Abreu que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Eventos Esportivos - FMEA”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17072</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17072/emenda_no_51-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17072/emenda_no_51-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 051/24 de iniciativa do Vereador Jefferson Abreu que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Aquisição de equipamentos e material permanente para a Coordenação de Segurança Pública e Patrimonial” - adquirir armamentos e demais equipamentos permanentes - nos Anexos correspondentes ao exercício de 2025.</t>
   </si>
   <si>
     <t>17073</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17073/emenda_no_52-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17073/emenda_no_52-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 052/24 de iniciativa do Vereador Jefferson Abreu que: "apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Aquisição de equipamentos e material permanente para a Coordenação de Segurança Pública e Patrimonial” - adquirir câmeras -  nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17074</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17074/emenda_no_53-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17074/emenda_no_53-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 053/24 de iniciativa do Vereador Jefferson Abreu que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção do Programa CNH Gratuita TB”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17075</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17075/emenda_no_54-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17075/emenda_no_54-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 054/24 de iniciativa do Vereador Jefferson Abreu que: " Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços de consultas com especialistas e exames de imagem - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17076</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17076/emenda_no_55-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17076/emenda_no_55-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 055/24 de iniciativa do Vereador Jefferson Abreu que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica”- prestação de serviços de análises clínicas e laboratoriais/exames, contratos de plantões e serviços de transportes - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17077</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>Sassá Camargo</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17077/emenda_no_56-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17077/emenda_no_56-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 056/24 de iniciativa do Vereador Sassá Camargo que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Eventos Esportivos - FMEA”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17078</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17078/emenda_no_57-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17078/emenda_no_57-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 057/24 de iniciativa do Vereador Sassá Camargo que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Implantação e Manutenção do Funcionamento da Guarda Municipal” - contratação da locação de veículos para a Guarda Municipal - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17079</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17079/emenda_no_58-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17079/emenda_no_58-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 058/24 de iniciativa do Vereador Sassá Camargo que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção e Segurança da Malha Viária Urbana” -  prestação de serviços de operação tapa buracos nas Avenidas Paraná e Fábio Fanucchi no Centro e recape asfáltico nos três corredores do Bairro São Roque: Travessa Canário, Travessa Jabuti e Paranavaí - nos Anexos correspondentes ao exercício de 2025,"</t>
   </si>
   <si>
     <t>17080</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17080/emenda_no_59-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17080/emenda_no_59-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 059/24 de iniciativa do Vereador Sassá Camargo que: "apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica” - prestação de serviços de análises clínicas e laboratoriais/exames-  nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17081</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Prof Klecius</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17081/emenda_no_60-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17081/emenda_no_60-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 060/24 de iniciativa do Vereador Klecius dos Santos que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, alterando os valores vinculados a ação de “Aquisição de equipamentos e material permanente para a Unidade - Gabinete, Divisão de Esportes e Divisão de Recreação Orientada- SMCER” - Adquirir um veículo para destinação ao paradesporto - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17082</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17082/emenda_no_61-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17082/emenda_no_61-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 061/24 de iniciativa do Vereador Klecius dos Santos que: "Apresenta EMENDA IMPOSITIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025” - Adquirir camas hospitalares-  alterando os valores vinculados a ação de “Manutenção das Atividades de Atenção Básica”, nos Anexos correspondentes ao exercício de 2025</t>
   </si>
   <si>
     <t>17083</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Todos os Vereadores</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17083/emenda_no_062-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17083/emenda_no_062-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 062/24 de iniciativa de TODOS OS VEREADORES que: "apresentam EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, incluindo dotação e valores vinculados a ação de “Manutenção atividades funcionais do Legislativo” - amortização do déficit atuarial do RPPS - nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17084</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17084/emenda_no_63-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17084/emenda_no_63-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 063/24 de iniciativa de TODOS OS VEREADORES que: "Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025” -  Pagamento Precatórios - alterando os valores vinculados a ação de “Liquidação de Sentenças Judiciais”, nos Anexos correspondentes ao exercício de 2025."</t>
   </si>
   <si>
     <t>17085</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17085/emenda_no_64-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17085/emenda_no_64-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 064/24 de iniciativa do Vereador Hamilton Machado que:  "Apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, passando o art. 4º, inciso I, alínea a vigorar da forma descrita a seguir: A abertura de Créditos Adicionais Suplementares financiados com recursos resultantes de Cancelamento Parcial ou Total de Dotação Orçamentária ou de Créditos Adicionais fica limitada ao máximo de 7% (sete por cento) da despesa fixada, observado o disposto na Instrução Normativa nº 89/2013 do TCEPR e/ou posteriores alterações."</t>
   </si>
   <si>
     <t>17086</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17086/emenda_no_65-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17086/emenda_no_65-24.pdf</t>
   </si>
   <si>
     <t>EMENDA Nº 065/24 de iniciativa do Vereador Hamilton Machado que: " apresenta EMENDA MODIFICATIVA ao Projeto de Lei nº 42/2024 que “Estima a Receita e fixa a Despesa do Município de Telêmaco Borba – PR para o exercício de 2025”, passando o art. 11 a vigorar da forma descrita a seguir: Art. 11. Fica o Poder Legislativo autorizado a abrir por Resolução, quando necessário, créditos adicionais suplementares, até o limite de 7% (sete por cento) da despesa fixada para o órgão, usando como recurso a anulação de dotações do próprio Órgão Legislativo, de acordo com o disposto no inciso III do § 1º do Art. 43 da Lei Federal nº 4.320 de 17/03/1964."</t>
   </si>
   <si>
     <t>15974</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15974/ind.001.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15974/ind.001.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO O SERVIÇO DE PATROLAMENTO,CASCALHAMENTO  NA RUA SANTANA NO BAIRRO ANA MERY."</t>
   </si>
   <si>
     <t>15975</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15975/ind.002.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15975/ind.002.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO O ALARGAMENTO DA RUA TIBAGI (SEM SAIDA) E QUE SEJA FEITO O RECAPE ASFALTICO DO BAIRRO ANA MERY</t>
   </si>
   <si>
     <t>15977</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15977/ind.003.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15977/ind.003.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO A PODA DE ARVORES, CUJOS GALHOS ESTÃO ENTRELAÇADOS AOS FIOS DE ELETRICIDADE NA VILA RURAL."</t>
   </si>
   <si>
     <t>15978</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15978/ind.004.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15978/ind.004.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO RECAPE ASFALTICO EM TODA A EXTENSÃO DA RUA PERY DO BAIRRO MACOPA."</t>
   </si>
   <si>
     <t>15980</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15980/ind.005.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15980/ind.005.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A REFORMA E AMPLIAÇÃO DA UNIDADE BÁSICA DE SAÚDE - UBS DA VILA ESPERANÇA, CONSTRUINDO MAIS CONSULTÓRIOS MÉDICOS E SALAS DE ATENDIMENTO, BEM COMO O FECHAMENTO COM MURO OU ALAMBRADO, CALÇAMENTO E RAMPA DE ACESSIBILIDADE”.</t>
   </si>
   <si>
     <t>15981</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15981/ind.006.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15981/ind.006.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO ESTUDO PARA A CONSTRUÇÃO DE UM PLAYGROUND PARA AS CRIANÇAS ATRÁS DO CENTRO COMUNITÁRIO DO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>15982</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15982/ind.007.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15982/ind.007.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A SUBSTITUIÇÃO DO PISO MODULAR DO GINÁSIO DE ESPORTES DEOLINDO DAS NEVES, NO BAIRRO VILA ESPERANÇA.”</t>
   </si>
   <si>
     <t>15983</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15983/ind.008.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15983/ind.008.pdf</t>
   </si>
   <si>
     <t>O Vereador infra-assinado, no uso de suas atribuições regimentais, “INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE BANCOS DE RESERVA EM CONCRETO NO GINÁSIO DE ESPORTES DEOLINDO DAS NEVES, NO BAIRRRO VILA ESPERANÇA.”</t>
   </si>
   <si>
     <t>15985</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15985/ind.009.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15985/ind.009.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DA COBERTURA DA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL 31 DE MARÇO, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>15986</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15986/ind.010.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15986/ind.010.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO BAIRRO VILA IZABEL”.</t>
   </si>
   <si>
     <t>15987</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15987/ind.011.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15987/ind.011.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA PRIORIZADO O RECAPE ASFÁLTICO DAS RUAS DO RESIDENCIAL CASA BELLA, HAJA VISTA PREVISÃO ORÇAMENTÁRIA PARA O CORRENTE ANO, REITERANDO INDICAÇÕES DE ANOS ANTERIORES.</t>
   </si>
   <si>
     <t>15990</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15990/ind.012.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15990/ind.012.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, SEJA CRIADA A PATRULHA MARIA DA PENHA VINCULADA A GUARDA MUNICIPAL, REITERANDO INDICAÇÕES DE ANOS ANTERIORES".</t>
   </si>
   <si>
     <t>15991</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15991/ind.013.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15991/ind.013.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA EFETUADO ESTUDO E POSTERIORMENTE INSTALADO EM UM DOS CANTEIROS, OU TERRENOS PÚBLICOS DA ENTRADA DA CIDADE, UM MONUMENTO QUE REPRESENTE A FÉ DA MAIORIA DOS TELEMACOBORBENSES NO CRISTIANISMO (BÍBLIA, VERSÍCULO BÍBLICO, ETC).</t>
   </si>
   <si>
     <t>15992</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15992/ind.014.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15992/ind.014.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE, APÓS A REVITALIZAÇÃO DA PRAÇA LOCALIZADA ENTRE A RUA DOS INCAS E RUA DOS TAPUIAS, EFETUE OS TRÂMITES NECESSÁRIOS PARA DENOMINÁ-LA DE,PRAÇA PADRE EGÍDIO GARDNER. CASO ISSO NÃO SEJA POSSÍVEL, ENTÃO QUE SEJA DENOMINADO OUTRO LOGRADOURO PÚBLICO EM HOMENAGEM A ESSA FIGURA MARCANTE PARA A COMUNIDADE TELEMACOBORBENSE, REITERANDO INDICAÇÕES N.ºs 013/2023, 212/2020, 025/2019 E 487/2018.</t>
   </si>
   <si>
     <t>15993</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15993/ind.015.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15993/ind.015.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE ESTUDOS PARA IMPLANTAÇÃO DE BOLSA AUXÍLIO PARA ALUNOS DO EJA - EDUCAÇÃO DE JOVENS ADULTOS, REITERANDO INDICAÇÃO 014/2023.</t>
   </si>
   <si>
     <t>15994</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15994/ind.016.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15994/ind.016.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA INCLUÍDO NA FEIRA DO BEM OS SEGUINTES ÍTENS PARA TROCA: GÁS DE COZINHA, OVO E LEITE, REITERANDO INDICAÇÕES 311/2021, 137/2022 E 075/2023”.</t>
   </si>
   <si>
     <t>15995</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15995/ind.017.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15995/ind.017.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE PROCEDA ESTUDO PARA COLOCAÇÃO DE LOMBADA NA RUA RIO PARAGUAÇU NO BAIRRO SÃO JOÃO, DIANTE DE SOLICITAÇÕES DE MORADORES”.</t>
   </si>
   <si>
     <t>15996</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15996/ind.018.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15996/ind.018.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E EQUIPE QUE DENOMINEM A RUA PROJETADA QUE LIGA A RUA IGUAÇU A RUA BRIGADEIRO ROCHA LOURES COM O NOME DE OLIVIO FERREIRA DE SOUZA, PIONEIRO DA REGIAO DA FAZENDA LIMEIRA”.</t>
   </si>
   <si>
     <t>15997</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15997/ind.019.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15997/ind.019.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE REALIZEM O SERVIÇO DE RECAPE ASFALTICO EM TODA EXTENSÃO DA  RUA VIDAL DE NEGREIROS,  BAIRRO CENTRO.”</t>
   </si>
   <si>
     <t>15998</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15998/ind.020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15998/ind.020.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE REALIZEM O SERVIÇO DE TAPA BURACO NA RUA RODRIGUES ALVES, EM FRENTE AO POSTO DE SAÚDE, NO BAIRRO ALTO DAS OLIVEIRAS.”</t>
   </si>
   <si>
     <t>16000</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16000/ind.21.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16000/ind.21.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE SEJAM REALIZADOS REPAROS NA CALÇADA NA AVENIDA HORÁCIO KLABIN, EM FRENTE Nº 817 ( LOJA FEIRÃO DOS CALÇADOS) BAIRRO CENTRO.”</t>
   </si>
   <si>
     <t>16001</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16001/ind.22.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16001/ind.22.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO  A POSSIBILIDADE DE CONSERTAR O  BANCO DO PONTO DE ÔNIBUS NA RUA CARMO DA MATA, BAIRRO INICIO DA VILA ESPERANÇA PARA O  JARDIM ITÁLIA”.</t>
   </si>
   <si>
     <t>16002</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16002/ind.023.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16002/ind.023.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE, RECAPE ASFALTICO NAS RUAS: BARRO PRETO, NOVA ESPERANÇA, PINHAL BONITO E JAGUATIRICA, TODAS NO BAIRRO ÁREA II”.</t>
   </si>
   <si>
     <t>16003</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16003/ind.024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16003/ind.024.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE, RECAPE ASFÁLTICO NA RUA RIO MADEIRA NO BAIRRO ÁREA 7”.</t>
   </si>
   <si>
     <t>16005</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16005/ind.025.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16005/ind.025.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES QUE SOLICITE PAVIMENTAÇÃO ASFALTICA NA RUA SANTANA, BAIRRO ANAMERY”.</t>
   </si>
   <si>
     <t>16015</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16015/ind.026.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16015/ind.026.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES QUE SOLICITE RECAPE ASFALTICO NA TRAVESSA ANTÔNIO SOLEK, ANA MERY”.</t>
   </si>
   <si>
     <t>16017</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITEM ESTUDO PARA TORNAR PREFERENCIAL O CRUZAMENTO DA RUA TIRADENTES COM AVENIDA HORÁCIO KLABIN”.</t>
   </si>
   <si>
     <t>16020</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16020/ind.028.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16020/ind.028.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES FAÇAM ESTUDO PARA COLOCAR ÁGUA POTÁVEL GRATUITA NAS FESTAS DA CIDADE DESTE ANO PARA SERVIR A POPULAÇÃO”.</t>
   </si>
   <si>
     <t>16010</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16010/ind.029.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16010/ind.029.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA REALIZADA A INSTALAÇÃO DE AR CONDICIONADO NO PRÉDIO DO SAMU".</t>
   </si>
   <si>
     <t>16011</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16011/ind.030.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16011/ind.030.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA FEITO UMA INSTALAÇÃO DE PONTO DE ÔNIBUS NA MARGINAL DOS TRABALHADORES, ESQUINA DA EMPRESA MECPLANT".</t>
   </si>
   <si>
     <t>16013</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16013/ind.031.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16013/ind.031.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, QUE HAJA MELHORIA DO ESPAÇO EXTERNO E INTERNO DA FARMÁCIA CENTRAL".</t>
   </si>
   <si>
     <t>16014</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16014/ind.032.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16014/ind.032.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, QUE SE REALIZE UM ESTUDO PARA INSTALAÇÃO DE UMA CAIXA DE BUEIRO NA RUA PRAINHA , PARQUE LIMEIRA ÁREA 2, EM FRENTE AO NÚMERO 60".</t>
   </si>
   <si>
     <t>16016</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16016/ind.033.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16016/ind.033.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO A PINTURA DE FAIXAS DE PEDESTRE NA AVENIDA DAS FLORES NO BAIRRO JARDIM ALEGRE, EM ESPECIAL EM FRENTE DO NÚMERO 119 À 142, BEM COMO NAS ESQUINAS COM A RUA DAS BEGÔNIAS E RUA DAS SAMAMBAIAS".</t>
   </si>
   <si>
     <t>16018</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16018/ind.034.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16018/ind.034.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO” QUE ATRAVÉS DO SETOR COMPETENTE, SEJA FEITO UM ESTUDO PARA CREDENCIAMENTO DE MEI (MICROEMPRENDEDOR INDIVIDUAL), PRESTADORES DE SERVIÇOS DE CORTE DE GRAMA, CAPINA, PODA DE ÁRVORES DE PEQUENO PORTE, ARBUSTOS E CERCAS VIVAS, NOS ESTABELECIMENTOS DA REDE MUNICIPAL DE ENSINO E UNIDADES BASICAS DE SAÚDE".</t>
   </si>
   <si>
     <t>16019</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16019/ind.035.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16019/ind.035.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO INSTALAÇÃO DE TOLDOS NAS ENTRADAS DE ACESSO DO SHOPING POPULAR LOCALIZADO NO TERMINAL RODOVIARIO NO CENTRO, E INSTALAÇÃO DE BEBEDOUROS NO INTERIOR DO MESMO”.</t>
   </si>
   <si>
     <t>16021</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16021/ind.036.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16021/ind.036.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO REPARO NA CALÇADA ONDE ABRIU UM BURACO, NA RUA DOUTOR FABIO FANUCCHI ESQUINA COM A AVENIDA PARANÁ, AO LADO DA AGENCIA DO SICOOB NO CENTRO”.</t>
   </si>
   <si>
     <t>16022</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16022/ind.037.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16022/ind.037.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE SOLICITE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CRIAÇÃO DE UMA ASSISTENTE VIRTUAL PARA CONTRIBUIR COM O ATENDIMENTO DA SECRETARIA DE SAÚDE”.</t>
   </si>
   <si>
     <t>16023</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16023/ind.038.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16023/ind.038.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DO MUNICIPÍO PARA QUE SEJA FEITO MANUTENÇÃO E LIMPEZA EM TODOS OS BUEIROS DO BAIRRO SÃO ROQUE”.</t>
   </si>
   <si>
     <t>16025</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16025/ind.039.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16025/ind.039.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE JUNTO A SECRETARIA COMPETENTE, FAÇA O RECAPE NECESSARIO EM TODA A EXTENSÃO DA RUA PONTA GROSSA, NO BAIRRO BNH.</t>
   </si>
   <si>
     <t>16027</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16027/ind.040.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16027/ind.040.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE FAÇA O LEVANTAMENTO DO MEIO FIO, NA RUA CAPINZAL AO LADO DO Nº 36, NO BAIRRO SÃO ROQUE.</t>
   </si>
   <si>
     <t>16031</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16031/ind.041.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16031/ind.041.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE AVALIE A POSSIBILIDADE DE UM PROLONGAMENTO DE REDE NA RUA AMAPORA, EM FRENTE AO NUMERO 17 NO BAIRRO JARDIM UNIÃO.</t>
   </si>
   <si>
     <t>16024</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16024/ind.042.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16024/ind.042.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO OPERAÇÃO TAPA BURACO OU RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA RUA MONTE MORIÁ NO BAIRRO MONTE SINAI, (REITERANDO A INDICAÇÃO 064/2023)".</t>
   </si>
   <si>
     <t>16026</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16026/ind.043.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16026/ind.043.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO OPERAÇÃO TAPA BURACO OU  RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA RUA ITAMBÉ NO BAIRRO ÁREA 06, (REITERANDO A INDICAÇÃO 630/2023)".</t>
   </si>
   <si>
     <t>16028</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16028/ind.044.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16028/ind.044.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA TRAVESSA PEDRA DA MINA NA VILA OZÓRIO, (REITERANDO A INDICAÇÃO 718/2023)".</t>
   </si>
   <si>
     <t>16029</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16029/ind.045.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16029/ind.045.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE TOME PROVIDÊNCIAS QUANTO À CONSTRUÇÃO DE CALÇADA DA ESCOLA MUNICIPAL GONÇALVES LEDO, PARALELO A RUA MÁRMORE, NO BAIRRO ÁREA 07, (REITERANDO A INDICAÇÃO 312/2023 )".</t>
   </si>
   <si>
     <t>16030</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16030/ind.046.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16030/ind.046.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE TOME PROVIDÊNCIAS QUANTO À RECUPERAÇÃO DO ASFALTO QUE SE ENCONTRA DANIFICADO NA RUA PAU BRASIL, EM FRENTE AO Nº 612 NO BAIRRO ÁREA 01, (REITERANDO A INDICAÇÃO 536/2023 )".</t>
   </si>
   <si>
     <t>16032</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16032/ind.047.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16032/ind.047.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO A ADEQUAÇÃO E CORREÇÃO DAS CALÇADAS NOS PONTOS DE ÔNIBUS DA CIDADE, COM BASE RETA, SÓLIDA E DE CONCRETO LISO, PARA QUE OS VEÍCULOS ATUAIS POSSAM UTILIZAR DE MANEIRA ADEQUADA A RAMPA/ELEVADOR PARA CADEIRANTES, (REITERANDO AS INDICAÇÕES 150/2022 E 861/2023)".</t>
   </si>
   <si>
     <t>16039</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16039/ind.048.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16039/ind.048.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DO CENTRO COMUNITÁRIO DO BAIRRO ÁREA 7”.</t>
   </si>
   <si>
     <t>16041</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16041/ind.049.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16041/ind.049.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA CONCLUÍDA A PAVIMENTAÇÃO ASFÁLTICA NA RUA CRISTAL, NO BAIRRO JARDIM ALVORADA”.</t>
   </si>
   <si>
     <t>16042</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16042/ind.050.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16042/ind.050.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A REFORMA DO CENTRO COMUNITÁRIO DO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16043</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16043/ind.051.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16043/ind.051.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA INSTALADO UM NOVO PLAYGROUND NA ESCOLA MUNICIPAL 31 DE MARÇO, BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16045</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16045/ind.052.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16045/ind.052.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA UMA RECUPERAÇÃO ASFÁLTICA EM TODA A EXTENSÃO DA RUA SANTARÉM, PRINCIPALMENTE EM FRENTE AS CASAS Nº 19, 189 E 237, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16048</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16048/ind.053.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16048/ind.053.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A PINTURA DAS FAIXAS DE SINALIZAÇÃO (PEDESTRE) E DA LOMBADA NA RUA PASTOR BRAULIO JORGE MATEUS EM FRENTE AO Nº 604 - IGREJA ASSEMBLEIA DE DEUS DA VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16049</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16049/ind.054.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16049/ind.054.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE PROVIDENCIE O LICENCIAMENTO E POSTERIOR DISPONIBILIDADE DE ÁREA APROPRIADA PARA DESCARTE DE RESTOS DE CONSTRUÇÃO CIVIL (REITERANDO INDICAÇÕES DE 2017, 2018, 2021, 2022 E 2023)”.</t>
   </si>
   <si>
     <t>16050</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16050/ind.055.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16050/ind.055.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE PRIORIZE A CONSTRUÇÃO DA UNIDADE MISTA DE SAÚDE NO BAIRRO MONTE SINAI, PARA ATENDIMENTO À POPULAÇÃO RESIDENTE NOS BAIRROS CASA BELLA, MONTE SINAI, JARDIM ITÁLIA E VILA ROSA, REITERANDO INDICAÇÕES 240/2021 E 147/2023, BEM COMO A EXECUÇÃO DA PRAÇA DO RESIDENCIAL CASA BELLA E COMPLEXO ESPORTIVO DO MONTE SINAI."</t>
   </si>
   <si>
     <t>16052</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16052/ind.056.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16052/ind.056.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTITUIÇÃO DE SISTEMA DE ACOMPANHAMENTO DE OBRAS, COM DADOS, DESCRIÇÕES, MEDIÇÕES, FOTOS E IMAGENS EM VÍDEO, COM ACESSO LIVRE ATRAVÉS DO SITE DO MUNICÍPIO, ONDE O CIDADÃO POSSA ACOMPANHAR O DESENVOLVIMENTO E EXECUÇÃO DAS OBRAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL, REITERANDO INDICAÇÃO 242/2023".</t>
   </si>
   <si>
     <t>16054</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16054/ind.057.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16054/ind.057.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE ESTUDO PARA CRIAÇÃO DE PROGRAMA DE "UNIFORME E MATERIAL ESCOLAR" ONDE OS PRÓPRIOS PAIS POSSAM ADQUIRIR OS UNIFORMES E OS MATERIAIS ESCOLARES DE SEUS FILHOS, ATRAVÉS DE CRÉDITO EDUCACIONAL, EM REDE DE LOJAS DEVIDAMENTE CREDENCIADAS NA PRÓPRIA CIDADE, FAZENDO COM QUE INCLUSIVE OS VALORES MOVIMENTEM O COMÉRCIO LOCAL, REITERANDO INDICAÇÃO 821/2023".</t>
   </si>
   <si>
     <t>16055</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16055/ind.058.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16055/ind.058.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJAM REALIZADAS MELHORIAS AO ENTORNO DO GINÁSIO FURTADÃO, TAIS COMO: AMPLIAÇÃO DO ESTACIONAMENTO, ADEQUAÇÃO DAS CALÇADAS, PAISAGISMO, ILUMINAÇÃO, PARQUINHO INFANTIL, QUADRA DE AREIA, ETC, REITERANDO INDICAÇÃO 664/2023".</t>
   </si>
   <si>
     <t>16057</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16057/ind.059.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16057/ind.059.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA PRIORIZADO O RECAPE ASFÁLTICO DAS RUAS BARILOCHE, CENTENÁRIO, DÁLIA, ELDORADO, FAXINAL, FORMOSA, MAR DEL PLATA, MENDONZA E EM ESPECIAL A ESTRADA DA FAZENDA. NO BAIRRO JARDIM ARGENTINA."</t>
   </si>
   <si>
     <t>16061</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16061/ind.60.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16061/ind.60.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, SERVIÇOS DE TAPA BURACOS E RECAPE NA RUA CRISTAL DA ROCHA EM FRENTE A AO Nº 35 – BAIRRO JARDIM MONTE CARLO.”</t>
   </si>
   <si>
     <t>16063</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16063/ind.061.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16063/ind.061.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, QUE SEJAM TOMADAS PROVIDENCIAS CABIVEIS NO CASO DE  BURACO E DESCALÇAMENTO DEVIDO A QUEBRA DE BLOCOS OCASIONADA POR RAIZES DE ÁRVORE NA AV REGINALDO GUEDES NOCERA, EM FRENTE  AO HOTEL DAL-COL”.</t>
   </si>
   <si>
     <t>16064</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16064/ind.062.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16064/ind.062.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DA MUNICIPALIDADE A MANUTENÇÃO E TROCA DE LAMPADA DO POSTE DE ILUMINAÇÃO PUBLICA LOCALIZADO NA RUA FRANCISCO ESPINOSA, Nº 128, BAIRRO JARDIM BANDEIRANTES.”</t>
   </si>
   <si>
     <t>16065</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16065/ind.063.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16065/ind.063.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE  QUE SEJA VERIFICADA A TAMPA DE ESGOTO NA RUA JOAO FRANCISCO PINHEIRO, PROXIMO A ASSEMBLEIA DE DEUS DO JARDIM BANDEIRANTES, DEVIDO A PROFUNDIDADE EM QUE A MESMA SE ENCONTRA FORMANDO UM BURACO NO MEIO DA RUA”.</t>
   </si>
   <si>
     <t>16066</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16066/ind.064.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16066/ind.064.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, QUE EXECUTEM O SERVIÇO DE DESUNTUPIMENTO E CONDICIONAMENTO DO BUEIRO NA RUA GUIANA, PRÓXIMO AO  NÚMERO 10, E  SERVIÇO DE TAPA BURACO EM TODA EXTENSÃO DA RUA GUIANA,BAIRRO VILA ESPERANÇA  .”</t>
   </si>
   <si>
     <t>16067</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, QUE SEJA EFETUADOS SERVIÇOS RECAPE ASFALTICO EM TODO O TRAJETO DA RUA BALSA NOVA – VILA ARCINA”.</t>
   </si>
   <si>
     <t>16068</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16068/ind.066.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16068/ind.066.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE SEJA INSTALADO UM PONTO DE ÔNIBUS COM ABRIGO, NA RUA  RIO IGUAÇU, PRÓXIMO AO SUPERMERCADO LOBACSZ, BAIRRO  ÁREA 3”.</t>
   </si>
   <si>
     <t>16069</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16069/ind.067.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16069/ind.067.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE UMA INSPEÇÃO E REVISÃO EM EQUIPAMENTOS DA ACADEMIA AO AR LIVRE AO LADO PISTA CAMINHADA NO JARDIM BANDEIRANTES, TEM EQUIPAMENTOS DANIFICADOS PRECISANDO DE REPAROS”.</t>
   </si>
   <si>
     <t>16070</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16070/ind.068.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16070/ind.068.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES DESTINEM UM LOCAL ESPECIFICO NAS FESTAS DA CIDADE PARA PESSOAS PORTADORAS DE DEFICIÊNCIA”.</t>
   </si>
   <si>
     <t>16071</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16071/ind.069.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16071/ind.069.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA SOLICITAR JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO RECAPE ASFALTICO NA RUA PALMEIRAS, JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16072</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16072/ind.070.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16072/ind.070.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE TAPA BURACO ESQUINA RUAS RIBEIRÃO COM NOVA ESPERANÇA, ÁREA II”.</t>
   </si>
   <si>
     <t>16073</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16073/ind.071.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16073/ind.071.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE TAPA BURACO ESQUINA RUAS EVANGELINA BORBA CARNEIRO C/ ODILON BORBA , VILA OZÓRIO”.</t>
   </si>
   <si>
     <t>16074</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16074/ind.072.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16074/ind.072.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZEM REPAROS NAS CERCAS AO REDOR DA ESCOLA MUNICIPAL MÃE DO PERPETUO SOCORRO, MONTE SINAI II”.</t>
   </si>
   <si>
     <t>16075</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16075/ind.073.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16075/ind.073.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA SOLICITAR JUNTO AOS ÓRGÃOS COMPETENTES QUE SEJA FEITO RECAPE ASFÁLTICO NA RUA PROFESSOR JOSÉ LOUREIRO FERNANDES NO BAIRRO SÃO SILVESTRE”.</t>
   </si>
   <si>
     <t>16076</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16076/ind.074.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16076/ind.074.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, SEJA INCLUIDO NAS PLACAS DO ESTAR, ESTACIONAMENTO REGULAMENTADO DO NOSSO MUNICIPIO, O QR CODE QUE DIRECIONE OS USUARIOS AO APLICATIVO”.</t>
   </si>
   <si>
     <t>16077</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16077/ind.075.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16077/ind.075.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO PATROLAMENTO E CASCALHO NA RUA PAULO WROBLEUSKI."</t>
   </si>
   <si>
     <t>16078</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16078/ind.076.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16078/ind.076.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO A INSTALAÇÃO DE UM TOLDO NA ENTRADA DA UNIDADE BÁSICA DE SAÚDE (CEM CASAS), LOCALIZADA NA RUA INDEPENDÊNCIA  NO BAIRRO SENHORA DE FÁTIMA".</t>
   </si>
   <si>
     <t>16079</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16079/ind.077.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16079/ind.077.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO O RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA RUA SATURNO, NO BAIRRO NOSSA SENHORA DE FÁTIMA".</t>
   </si>
   <si>
     <t>16080</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16080/ind.078.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16080/ind.078.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO OPERAÇÃO TAPA BURACO NA  RUA LONDRES, EM FRENTE AOS NÚMEROS 14, 89 E 105, NO BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO".</t>
   </si>
   <si>
     <t>16081</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16081/ind.079.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16081/ind.079.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO O RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA RUA SUÉCIA, NO BAIRRO JARDIM EUROPA."</t>
   </si>
   <si>
     <t>16082</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16082/ind.080.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16082/ind.080.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO OPERAÇÃO TAPA BURACO E CORREÇÃO DE ONDULAÇÃO NO ASFALTO EM TODA EXTENSÃO NA RUA BERILO, NO BAIRRO SÃO FRANCISCO".</t>
   </si>
   <si>
     <t>16083</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16083/ind.081.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16083/ind.081.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO TAPA BURACO E RECAPE ASFÁLTICO NA RUA MOSTEIRO DE SANTA CATARINA, PRÓXIMO AO Nº 422, NO BAIRRO MONTE SINAI".</t>
   </si>
   <si>
     <t>16084</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16084/ind.82.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16084/ind.82.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO A COLOCAÇÃO DE MEIO FIO, CASCALHAMENTO E ASFALTO NA RUA SERRA DA CANTAREIRA E RUA AMAPORÃ.”</t>
   </si>
   <si>
     <t>16085</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16085/ind.83.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16085/ind.83.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE”...SEJA CONTRATADO PESSOAL TEMPORARIAMENTE PARA AJUDAR NO COMBATE A DENGUE."</t>
   </si>
   <si>
     <t>16086</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16086/ind.84.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16086/ind.84.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A REFORMA DO CENTRO COMUNITÁRIO DO BAIRRO NOSSA SENHORA DE FÁTIMA - CEM CASAS”.</t>
   </si>
   <si>
     <t>16088</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16088/ind.85.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16088/ind.85.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA UMA OPERAÇÃO DE TAPA BURACO EM TODA EXTENSÃO DA RUA OURO PRETO, ESPECIALMENTE PRÓXIMO A CASA Nº 153, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16089</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16089/ind.86.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16089/ind.86.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE REALIZEM A INSTALAÇÃO DE UMA COBERTURA NO PONTO DE ÔNIBUS CIRCULAR NA RUA OURO PRETO (EM FRENTE À CASA DE Nº 153), NO BAIRRO VILA ESPERANÇA.”.</t>
   </si>
   <si>
     <t>16090</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16090/ind.87.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16090/ind.87.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DO MUNICÍPIO PARA QUE SEJA CONSTRUÍDO UM COMPLEXO DE ESPORTE E LAZER NO JARDIM ALVORADA”.</t>
   </si>
   <si>
     <t>16093</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16093/ind.88.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16093/ind.88.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A REFORMA NA UNIDADE DE PRONTO ATENDIMENTO - UPA ATRAVÉS DA AMPLIAÇÃO DA RECEPÇÃO, ADEQUAÇÃO DO ESTACIONAMENTO, ENTRE OUTRAS MELHORIAS NECESSÁRIAS A FIM DE GARANTIR MAIOR AGILIDADE E CONFORTO NO ATENDIMENTO DOS MUNÍCIPES”.</t>
   </si>
   <si>
     <t>16095</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16095/ind.89.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16095/ind.89.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA LOMBADA OU REDUTOR DE VELOCIDADE EM FRENTE A CASA Nº 29 NA RUA RIO IGUAÇU, NO BAIRRO ÁREA 3”.</t>
   </si>
   <si>
     <t>16102</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16102/ind.90.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16102/ind.90.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE ESTUDO DE VIABILIDADE E LEGALIDADE PARA CONCESSÃO DE AUXÍLIO ALIMENTAÇÃO PARA CONSELHEIROS TUTELARES, À EXEMPLO DO QUE JÁ TEM ACONTECIDO EM ALGUNS MUNICÍPIOS."</t>
   </si>
   <si>
     <t>16103</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16103/ind.91.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16103/ind.91.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE DESTINE UM LOCAL EXCLUSIVO E DEVIDAMENTE PREPARADO PARA CURATIVOS NO CESPE OU OUTRO PRÉDIO DA SAÚDE’’.</t>
   </si>
   <si>
     <t>16116</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, JUNTAMENTE COM OS SETORES COMPETENTES DA MUNICIPALIDADE, REALIZEM AS TRATATIVAS NECESSÁRIAS PARA A INSTALAÇÃO DE UMA UNIDADE DO SERVIÇO SOCIAL DO TRANSPORTE (SEST ) E SERVIÇO NACIONAL DE APRENDIZAGEM DO TRANSPORTE (SENAT) EM NOSSA CIDADE,   REITERANDO148/2023".</t>
   </si>
   <si>
     <t>16106</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16106/ind.93.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16106/ind.93.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AO SETOR COMPETENTE QUE, JUNTO À CNH GRATUITA, SEJA REALIZADO ESTUDO PARA CESSÃO TAMBÉM DE FORMA GRATUITA DOS CURSOS DE TRANSPORTE COLETIVO, CARGAS INDIVISÍVEIS, MOPP, ETC”.</t>
   </si>
   <si>
     <t>16108</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16108/ind.94.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16108/ind.94.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE TRATATIVAS COM NOSSAS AUTORIDADES FEDERAIS À FIM DE QUE O PRÉDIO ONDE HOJE ESTÁ INSTALADO O INSS SEJA REPASSADO AO MUNICÍPIO.”</t>
   </si>
   <si>
     <t>16111</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16111/ind.95.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16111/ind.95.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO A AQUISIÇÃO DE LOUSAS DIGITAIS PARA TODAS AS UNIDADES ESCOLARES, REITERANDO INDICAÇÃO 238/2021 E 146/2023".</t>
   </si>
   <si>
     <t>16096</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16096/ind.96.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16096/ind.96.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO,  REINTERANDO INDICAÇÕES  ANTERIORES E EM NOME DOS MUNICIPES QUE SOLICITAM  LIXEIRAS, UM TOLDO, COMPLETAR A CALÇADA EM FRENTE  E  PROVIDENCIAS URGENTES QUANTO AO BARRANCO AOS FUNDOS DO UBS JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16097</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16097/ind.97.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16097/ind.97.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE VERIFIQUEM E PROVIDENCIEM SOLUÇÕES  COM REFERENCIA A PROBLEMAS DE COMPACTAÇÃO  DO SOLO O QUE PROVOCOU EROSÃO, AFUNDAMENTO  DA CALÇADA E CONSEQUENTE  QUEDA DE MURO NA RUA JOÃO SIQUEIRA FILHO ALTURA DO Nº 748 – SOCOMIM, INFLUENCIADO POR SERVIÇOS DE TERCEIROS (SANEPAR)”.</t>
   </si>
   <si>
     <t>16099</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16099/ind.98.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16099/ind.98.pdf</t>
   </si>
   <si>
     <t>QUE REALIZEM O SERVIÇO DE LIMPEZA E DESENTUPIMENTO DE BUEIRO NA RUA SAN MARTIN, Nº 01, BAIRRO SÃO JOÃO.”</t>
   </si>
   <si>
     <t>16101</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16101/ind.99.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16101/ind.99.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, QUE SEJAM VERIFICADAS COM URGENCIA NA MEDIDA DO POSSÍVEL AS CONDIÇÕES PRECARIAS EM QUE SE ENCONTRA A RUA AB NO BAIRRO BELA VISTA, LOGO ABAIXO DO BONDE E QUE SEJAM   EFETUADOS SERVIÇOS  NECESSARIOS PARA DEIXA-LA TRANSITAVEL ( RECUPERAÇÃO GERAL)”.</t>
   </si>
   <si>
     <t>16104</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16104/ind.100.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16104/ind.100.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA UTILIZADA A PULVERIZAÇÃO COM INSETICIDA (POPULARMENTE CONHECIDO COMO CARRO FUMACÊ ) NAS RUAS DO MUNICÍPIO PARA AJUDAR NA PREVENÇÃO E COMBATE AO MOSQUITO TRANSMISSOR DA DENGUE.</t>
   </si>
   <si>
     <t>16105</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16105/ind.101.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16105/ind.101.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITO UM ESTUDO PARA QUE SEJA REALIZADO EM NOSSO MUNICÍPIO UM PLANO DE ARBORIZAÇÃO URBANA COM ÁRVORES COMPATÍVEIS E JARDINS FLORIDOS PARA O EMBELEZAMENTO E TAMBÉM PROTEÇÃO TÉRMICA e PRESERVAÇÃO AO MEIO AMBIENTE”.</t>
   </si>
   <si>
     <t>16107</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16107/ind.102.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16107/ind.102.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZEM REPAROS EM PLACAS DE SINALIZAÇÃO NAS RUAS CARMO DA MATA NO FINAL DA MESMA E SEIXAS NO SEU INICIO, VILA ROSA”.</t>
   </si>
   <si>
     <t>16109</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16109/ind.103.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16109/ind.103.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO MUNICIPAL QUE, SOLICITE AOS ÓRGÃOS COMPETENTES QUE SEJA FEITO UM ESTUDO PARA VER A POSSIBILIDADE DE MUDANÇA DO SISTEMA DE ESTACIONAMENTO (LATERAL PRA DIAGONAL) EM FRENTE À IGREJA ADVENTISTA DO 7º DIA NA RUA LOTUS BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16110</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16110/ind.104.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16110/ind.104.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE, RECAPE ASFALTICO NA RUA ANTONINA NO BAIRRO ÁREA II”.</t>
   </si>
   <si>
     <t>16112</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16112/ind.105.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16112/ind.105.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE A INSTALAÇÃO DE UMA LOMBADA OU SIMILAR NA RUA RIO DO OURO EM FRENTE NÚMERO 12 E A COLOCAÇÃO DE TAMPA EM BUEIRO NA ESQUINA DA RUA ALICE BITTENCOURT COM A RIO OURO, NO BAIRRO ÁREA II”.</t>
   </si>
   <si>
     <t>16113</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16113/ind.106.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16113/ind.106.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZEM MANUTENÇÃO E REPAROS NA COBERTURA DO POSTO DE SAÚDE DO BAIRRO BELA VISTA”.</t>
   </si>
   <si>
     <t>16114</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16114/ind.107.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16114/ind.107.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO MUNICIPAL QUE, SOLICITE JUNTO AOS ORGÃOS COMPETENTES DA PREFEITURA UMA VERIFICAÇÃO NAS CONDIÇÕES DA ACADEMIA AO AR LIVRE ESQUINA DAS RUAS ALAGAMAR E MARILANDIA (MACOPA), SUBSTITUIR EQUIPAMENTOS DANIFICADOS E VERIFICAR A POSSIBILIDADE DA CONSTRUÇÃO DE UM PARQUINHO INFANTIL NO LOCAL”.</t>
   </si>
   <si>
     <t>16115</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16115/ind.108.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16115/ind.108.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO A INSTALAÇÃO DE UMA PLACA INDICANDO PONTO DE CIRCULAR NA AVENIDA JURUTANHI EM FRENTE AO Nº 227 NO BAIRRO ÁREA TRÊS”.</t>
   </si>
   <si>
     <t>16118</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16118/ind.109.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16118/ind.109.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, REALIZAÇÃO DE REVITALIZAÇÃO DE PINTURA DE SINALIZAÇÃO VIARIA NA RUA RIO IGUAÇU, ACESSO AO BAIRRO ÁREA TRÊS”.</t>
   </si>
   <si>
     <t>16119</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16119/ind.110.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16119/ind.110.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, SEJA INCLUIDO NO PROJETO DE REVITALIZAÇÃO DA AVENIDA HORACIO KLABIN, A IMPLANTAÇÃO DE LIXEIRAS SUBTERRANEAS, NOS MESMOS MOLDES DAS EXISTENTES NO CENTRO DE PONTA GROSSA."</t>
   </si>
   <si>
     <t>16117</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16117/ind.111.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16117/ind.111.pdf</t>
   </si>
   <si>
     <t>INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSAVEL QUE FAÇA A MANUTENÇÃO NO PASSEIO  NA ALAMEDA WASHINGTON LUIZ ESQUINA COM AVENIDA MARECHAL FLORIANO PEIXOTO, BAIRRO SOCOMIM.</t>
   </si>
   <si>
     <t>16120</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16120/ind.112.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16120/ind.112.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO A TROCA DE LÂMPADA QUEIMADA, NA RUA DOM PEDRO II, PRÓXIMO AO Nº 260, NO BAIRRO BONA VILA".</t>
   </si>
   <si>
     <t>16121</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16121/ind.113.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16121/ind.113.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA INSTALADO O ABRIGO PARA O PONTO DE ÔNIBUS NA AVENIDA EDMUNDO MERCER JUNIOR EM FRENTE A FARMÁCIA DA REGIONAL DE SAÚDE.</t>
   </si>
   <si>
     <t>16122</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16122/ind.114.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16122/ind.114.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE O RECAPE NA RUA GUIANA EM TODA SUA EXTENSÃO, ESPECIALMENTE NA CONFLUÊNCIA COM A RUA JACARANDÁ E  TODA ELA SENTIDO SEGUINDO PARA A VILA ESPERANÇA.</t>
   </si>
   <si>
     <t>16123</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16123/ind.115.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16123/ind.115.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA REPARO EM UMA CRATERA NA RUA PERUGIA, Nº22, NO BAIRRO CASA BELLA</t>
   </si>
   <si>
     <t>16124</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16124/ind.116.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16124/ind.116.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA LIMPEZA EM TORNO DO POSTO DE SAÚDE DA VILA ESPERANÇA.</t>
   </si>
   <si>
     <t>16125</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16125/ind.117.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16125/ind.117.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE DA MUNICIPALIDADE PARA QUE SEJA REALIZADA LIMPEZA E COLOCAÇÃO DA TAMPA DE BUEIRO NA RUA NAPOLI, EM FRENTE AO Nº 168, NO BAIRRO JARDIM ITÁLIA".</t>
   </si>
   <si>
     <t>16130</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16130/ind_118-24_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16130/ind_118-24_1.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A LIMPEZA E REVITALIZAÇÃO NA GALERIA DE ÁGUAS PLUVIAIS DA RUA ACÁCIA, EM FRENTE AO Nº 27, NO BAIRRO VILA ISABEL.”</t>
   </si>
   <si>
     <t>16132</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16132/ind_119-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16132/ind_119-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A REFORMA DO PLAYGROUND NO PARQUE DA CIDADE”.</t>
   </si>
   <si>
     <t>16133</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16133/ind_120-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16133/ind_120-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA SUBSTITUIÇÃO DA LOMBADA LOCALIZADA NA RUA ILHÉUS ESQUINA COM A RUA BEIJA-FLOR, PARA CONSTRUÇÃO DE UMA NOVA LOMBADA OU TRAVESSIA ELEVADA EM FRENTE A UBS DA VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16135</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16135/ind_121-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16135/ind_121-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO O RECAPE ASFÁLTICO NA AVENIDA OSVALDO GOMES DE LIMA, EM FRENTE AO Nº 228, NO BAIRRO CENTRO”.</t>
   </si>
   <si>
     <t>16136</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16136/ind_122-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16136/ind_122-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A INSTALAÇÃO DE COBERTURA EM TODOS OS PARQUINHOS / PLAYGROUND DAS ESCOLAS E CMEIS MUNICIPAIS.”</t>
   </si>
   <si>
     <t>16137</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16137/ind_123-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16137/ind_123-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DO MUNICÍPIO PARA QUE SEJAM REALIZADOS ESTUDOS PARA A CONSTRUÇÃO DE UMA TRAVESSIA ELEVADA NA RUA PAPA JOÃO XXIII, EM FRENTE AO CMEI MAMÃE MARTA MARGARIDA, NO BAIRRO CEM CASAS”.</t>
   </si>
   <si>
     <t>16138</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16138/ind_124-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16138/ind_124-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE, EM ALGUM TIPO DE CONVÊNIO OU TERMO DE PARCERIA COM O GOVERNO DO ESTADO, O MUNICÍPIO TENHA AUTORIZAÇÃO PARA REALIZAR PEQUENOS REPAROS NA RODOVIA QUE CRUZA NOSSO PERÍMETRO."</t>
   </si>
   <si>
     <t>16139</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16139/ind_125-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16139/ind_125-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE INTERFONES E PORTÕES ELETRÔNICOS NOS ESTABELECIMENTOS DE ENSINO QUE AINDA NÃO O POSSUEM, HAJA VISTA TAIS EQUIPAMENTOS HOJE SEREM IMPRESCINDIVEIS PARA SEGURANÇA DE ALUNOS E SERVIDORES."</t>
   </si>
   <si>
     <t>16140</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16140/ind_126-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16140/ind_126-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, CONSIDERANDO FUTURA LICITAÇÃO REFERENTE AO HOSPITAL REGIONAL, SOLICITE AO GOVERNO DO ESTADO QUE INCLUA NO CERTAME A IMPLANTAÇÃO DE UM  AMBULATÓRIO DE ONCOLOGIA, PARA ATENDIMENTO AOS PACIENTES ONCOLÓGICOS EVITANDO O DESLOCAMENTO A OUTRAS CIDADES."</t>
   </si>
   <si>
     <t>16141</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16141/ind_127-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16141/ind_127-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A EXECUÇÃO DE PAVIMENTAÇÃO ASFÁLTICA NA TRAVESSA SEM DENOMINAÇÃO, QUE SE LOCALIZA ENTRE AS RUAS RIO BABILÔNIA, RIO TIGRE, RIO JORDÃO E RIO EUFRATES, NO BAIRRO RIO ALEGRE , REITERANDO INDICAÇÕES DE ANOS ANTERIORES".</t>
   </si>
   <si>
     <t>16142</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16142/ind_128-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16142/ind_128-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A IMPLANTAÇÃO DO ARMAZÉM DA FAMILIA, TAL QUAL PROJETO APRESENTADO PELO MFC À MUNICIPALIDADE - MOVIMENTO FAMILIAR CRISTÃO".</t>
   </si>
   <si>
     <t>16143</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16143/ind_129-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16143/ind_129-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE OS ENCAMINHAMENTOS NECESSÁRIOS PARA CONSTRUÇÃO DE ESPAÇO PRÓPRIO PARA O ALBERGUE MUNICIPAL, POIS O SERVIÇO É PRESTADO EM IMÓVEL ALUGADO E NÃO ATENDE TOTALMENTE AS NECESSIDADES, REITERANDO INDICAÇÕES 546/2023, 631/2022 E 503/2021".</t>
   </si>
   <si>
     <t>16144</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16144/ind_130-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16144/ind_130-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO, QUE SEJAM AMPLIADAS A PRESENÇA DE CÂMERAS DE SEGURANÇA COM IMPLANTAÇÃO DO SISTEMA NO DISTRITO INDUSTRIAL, ABRANGENDO O TRIÂNGULO, EM VISTA AO AUMENTO DE INCIDÊNCIA DE FURTOS NAQUELA REGIÃO”.</t>
   </si>
   <si>
     <t>16145</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16145/ind_131-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16145/ind_131-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO, QUE SEJAM EFETUADOS SERVIÇOS DE TAPA BURACOS EM TODA EXTENSÃO DA RUA PROFESSOR JOSE LOUREIRO FERNANDES, NO BAIRRO SÃO JOÃO”.</t>
   </si>
   <si>
     <t>16146</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16146/ind_132-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16146/ind_132-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZEM UM ESTUDO PRA IMPLANTAÇÃO DO RESTAURANTE POPULAR EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>16147</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, DETERMINE A DEMARCAÇÃO DE UMA VAGA ROTATIVA EM FRENTE A TODAS AS IGREJAS DE NOSSO MUNICIPIO (IGREJAS EVANGÉLICAS E CATÓLICAS)”.</t>
   </si>
   <si>
     <t>16148</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16148/ind_134-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16148/ind_134-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES QUE SOLICITE A REALIZAÇÃO DE UMA LIMPEZA TIPO ROÇADA NAS LATERIAS DA RUA SANTA PAULA, BAIRRO ANA MARY”.</t>
   </si>
   <si>
     <t>16149</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16149/ind_135-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16149/ind_135-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, FAÇAM UM ESTUDO PARA CRIAÇÃO DA SECRETARIA DE MEIO AMBIENTE EM NOSSO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>16150</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16150/ind_136-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16150/ind_136-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO  QUE, SOLICITE JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO UM ESTUDO PARA VER A POSSIBILIDADE DE MUDANÇA DO SISTEMA DE ESTACIONAMENTO (LATERAL PRA DIAGONAL) EM FRENTE À IGREJA ADVENTISTA DO 7º DIA NA RUA LÓTUS, NO BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16151</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16151/ind_137-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16151/ind_137-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO  QUE, SOLICITE JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE SEJA REALIZADA A AQUISIÇÃO DE UM CARRO ADAPTADO PARA TRANSPORTE DE PESSOAS PORTADORAS DE DEFICIÊNCIA”.</t>
   </si>
   <si>
     <t>16152</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16152/ind_138-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16152/ind_138-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA INSTALAÇÃO DE PONTO DE ÔNIBUS NA RUA PRINCIPAL PALESTINA, ESQUINA COM A TRAVESSA SAMARIA, BAIRRO MONTE SINAI”.</t>
   </si>
   <si>
     <t>16153</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16153/ind_139-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16153/ind_139-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A MANUTENÇÃO OU TROCA DO BEBEDOURO NA UBS ALTO DAS OLIVEIRAS".</t>
   </si>
   <si>
     <t>16154</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16154/ind_140-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16154/ind_140-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO A COLOCAÇÃO DE GRELHA DE BUEIRO NA RUA GUARAPUAVA, EM FRENTE AO Nº 65, NO BAIRRO SÃO FÉLIX".</t>
   </si>
   <si>
     <t>16155</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16155/ind_141-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16155/ind_141-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO ESTUDO QUANTO ABERTURA DE DOIS BUEIROS PARA ESCOAMENTO DE ÁGUA, LOCALIZADOS NA RUA MONTE ALEGRE, EM FRENTE AO Nº 216 E 290, NO BAIRRO CENTRO".</t>
   </si>
   <si>
     <t>16156</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16156/ind_142-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16156/ind_142-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO A COLOCAÇÃO DE GRELHA DE BUEIRO NA RUA DOS FARRAPOS, ESQUINA COM A RUA PROFESSORA EDITH GORDAN, NO BAIRRO CENTRO".</t>
   </si>
   <si>
     <t>16157</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16157/ind_143-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16157/ind_143-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADA A LIMPEZA DE BUEIRO LOCALIZADO NA RUA MEN DE SÁ, ESQUINA COM RUA DUARTE DA COSTA, PRÓXIMO Nº 257, NO BAIRRO CENTRO".</t>
   </si>
   <si>
     <t>16159</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16159/ind_144-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16159/ind_144-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE REALIZADA A  LIMPEZA DO LOCAL QUE É USADO PARA DESCARTE DE LIXO DO CEMITÉRIO SÃO MARCOS, ESPECIFICAMENTRE NO PORTÃO LATERAL DA RUA MANOEL CARRERA ALVAREZ."</t>
   </si>
   <si>
     <t>16165</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16165/ind_145-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16165/ind_145-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITA A ROÇADA E LIMPEZA DO ESCADÃO DO JARDIM MARGARIDA E DO ESCADÃO ANA MERY."</t>
   </si>
   <si>
     <t>16162</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16162/ind_146-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16162/ind_146-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DO MUNICÍPIO PARA QUE SEJAM REALIZADA UMA REFORMA NA QUADRA DA ESCOLA MUNICIPAL REGENTE FEIJÓ, NO BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>16163</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16163/ind_147-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16163/ind_147-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A TROCA DOS REFLETORES (TIPO PÉTALA) NO POSTE LOCALIZADO ATRÁS DA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL PROFESSORA JUVENTINA BETIM DA SILVA E REALIZAR A COLOCAÇÃO DE NOVOS REFLETORES NA LATERAL DA ESCOLA A FIM DE ILUMINAR A PASSAGEM DE SERVIDÃO, NO BAIRRO SÃO JOÃO”.</t>
   </si>
   <si>
     <t>16164</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16164/ind_148-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16164/ind_148-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM ESTUDO DE VIABILIDADE PARA INSTALAR BEBEDOUROS COM ÁGUA NATURAL E GELADA EM TODAS AS PRAÇAS DO MUNICÍPIO”.</t>
   </si>
   <si>
     <t>16166</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16166/ind_149-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16166/ind_149-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA LIMPEZA GERAL NA RUA TUNISIA COM A RUA GUINÉ (BURACÃO), NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16168</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16168/ind_150-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16168/ind_150-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO NO BUEIRO E CONSERTO DE GALERIAS EM FRENTE A LOJA ALVORADA MATERIAIS DE CONSTRUÇÃO, Nº 12, NA RUA GUIANA, NO BAIRRO JARDIM ALVORADA”.</t>
   </si>
   <si>
     <t>16171</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16171/ind_151-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16171/ind_151-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A REFORMA GERAL DO CENTRO COMUNITÁRIO DO BAIRRO VILA OSÓRIO, BEM COMO A DEMOLIÇÃO E SUBTITUIÇÃO DO MURO DE FRENTE POR GRADIL OU SIGRADI”.</t>
   </si>
   <si>
     <t>16173</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16173/ind_152-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16173/ind_152-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO A REVITALIZAÇÃO DA PRAÇA DEFRONTE À IGREJA CATÓLICA DA MARINHA, DENOMINANDO-A POSTERIORMENTE DE "PRAÇA IMACULADA CONCEIÇÃO".</t>
   </si>
   <si>
     <t>16174</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16174/ind_153-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16174/ind_153-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE ESTUDO PARA CRIAÇÃO DO CARGO DE AGENTE DE SERVIÇOS PÚBLICOS (CONSERVEIRO DE PRAÇAS E PRÉDIOS PÚBLICOS), O QUAL TERIA COMO ATRIBUIÇÕES TRABALHAR NA MANUTENÇÃO E CONSERVAÇÃO DAS PRAÇAS E DEMAIS PRÉDIOS PÚBLICOS."</t>
   </si>
   <si>
     <t>16175</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16175/ind_154-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16175/ind_154-24.pdf</t>
   </si>
   <si>
     <t>"INDICA O SENHOR PREFEITO QUE DETERMINE A COLOCAÇÃO DE PLACA COM O NOME DA RUA PISTOIA, RECENTEMENTE DENOMINADA NO BAIRRO CASA BELLA."</t>
   </si>
   <si>
     <t>16177</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16177/ind_155-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16177/ind_155-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, À EXEMPLO DO GOVERNO DO ESTADO, REALIZE A AQUISIÇÃO DE EQUIIPAMENTOS DE TECNOLOGIA VISUAL ASSISTIVA, COMPOSTO POR DISPOSITIVO DE INTELIGÊNCIA ARTIFICIAL (TECNOLOGIA ORCAM MYEYE 2.0) PARA USO DOS ALUNOS E DOCENTES COM DEFICIÊNCIA VISUAL DA REDE MUNICIPAL DE EDUCAÇÃO".</t>
   </si>
   <si>
     <t>16178</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16178/ind_156-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16178/ind_156-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE REALIZEM OPERAÇÃO DE RECUPERAÇÃO DAS RUAS CAMBOJA E CATAR NA VILA SÃO GERALDO, ONDE OBSERVA-SE  MANILHAMENTOS SEM BOCA DE LOBO OU BOCAS DE LOBO ENTUPIDAS PROXIMO A CATAR Nº 04.   PODA EM ÁRVORES, PRINCIPALMENTE NA ESQUINA ENTRE CATAR E CAMBOJA QUE REDUZ A ILUMINAÇÃO DA RUA, MELHORIAS QUE VENHAM A SUPRIMIR ACIDENTES POIS ALI EXISTE A NECESSIDADE DE QUEBRA-MOLAS PARA AMENIZAÇÃO DE VELOCIDADE”.</t>
   </si>
   <si>
     <t>16179</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16179/ind_157-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16179/ind_157-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, QUE EXECUTEM O SERVIÇO DE DESUNTUPIMENTO E CONDICIONAMENTO DO BUEIRO NA TRAVESSA VILA RICA , PRÓXIMO AO  S.O.S  NO BAIRRO CENTRO.”</t>
   </si>
   <si>
     <t>16180</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16180/ind_158-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16180/ind_158-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZEM UM ESTUDO PRA QUE NOVOS BARES SEJAM CONSTRUIDOS A PELO MENOS 200 METROS LONGE DE IGREJAS EVANGÉLICAS, CATÓLICAS E DEMAIS DENOMINAÇÕES RELIGIOSAS”.</t>
   </si>
   <si>
     <t>16181</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16181/ind_159-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16181/ind_159-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES PROVIDENCIEM INSTALAÇÃO DE LIXEIRAS, BEBEDOURO E AMPLIAÇÃO DO ESTACIONAMENTO NA QUADRA ESPORTES DO BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>16182</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16182/ind_160-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16182/ind_160-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES FAÇAM UM ESTUDO PARA VER A POSSIBILIDADE DE CONSTRUÇÕES DE QUIOSQUES EM TODAS AS PRAÇAS E QUADRAS DE NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>16183</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16183/ind_161-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16183/ind_161-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES FAÇAM ESTUDO PARA CONSTRUÇÃO DE VESTIÁRIOS COM BANHEIRO MASCULINO E FEMININO (ONDE OUVER REDE ESGOTO) EM TODAS AS QUADRAS DO NOSSO MUNICIPIO ONDE NÃO TEM E ONDE NÃO FOR POSSÍVEL CONSTRUIR QUE SEJAM COLOCADOS CONTAINERS VESTIÁRIOS”.</t>
   </si>
   <si>
     <t>16184</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16184/ind_162-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16184/ind_162-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA INCLUSO NO APP TELÊMACO DIGITAL, AS OPÇÕES DE SERVIÇOS PÚBLICOS, TAIS COMO TROCA DE LÂMPADA QUEIMADA, DESENTUPIMENTO DE BUEIRO, PODA DE ÁRVORES, E RECAPE ASFÁLTICO”.</t>
   </si>
   <si>
     <t>16185</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16185/ind_163-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16185/ind_163-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO OPERAÇÃO TAPA BURACO OU RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA RUA DO CASCALHO NO BAIRRO SÃO FRANCISCO".</t>
   </si>
   <si>
     <t>16186</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16186/ind_164-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16186/ind_164-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO O RECAPEAMENTO ASFÁLTICO EM TODA EXTENSÃO DA RUA MAX STAUDACHER, NO BAIRRO BELA VISTA".</t>
   </si>
   <si>
     <t>16187</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16187/ind_165-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16187/ind_165-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADA A MANUTENÇÃO DE TAMPA DE REDE PLUVIAL LOCALIZADA NA RUA PALERMO, ESQUINA COM RUA BARI, NO BAIRRO CASA BELLA".</t>
   </si>
   <si>
     <t>16188</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16188/ind_166-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16188/ind_166-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO ASFALTO FRIO OU ANTI PÓ E TROCA DE LÂMPADA QUEIMADA NO FINAL DA RUA MANAUS, NO BAIRRO SANTA RITA".</t>
   </si>
   <si>
     <t>16189</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16189/ind_167-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16189/ind_167-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADA A LIMPEZA DE BUEIRO LOCALIZADA NA RUA MANACÁ, EM FRENTE AO Nº 52, NO BAIRRO JARDIM ALEGRE".</t>
   </si>
   <si>
     <t>16190</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16190/ind_168-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16190/ind_168-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE DA MUNICIPALIDADE PARA QUE SEJA REALIZADO A INSTALAÇÃO DE TOLDO OU COBERTURA NA ÁREA EXTERNA DA ESCOLA MUNICIPAL COSTA SILVA, NO BAIRRO ALTO DAS OLIVEIRAS, (REITERANDO A INDICAÇÃO 133/23)".</t>
   </si>
   <si>
     <t>16196</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16196/ind_169-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16196/ind_169-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITO UM ESTUDO PARA MELHORIAS E REVISTO O PROJETO ONDE CONSTA 120 REAIS DE CARTÃO ALIMENTAÇÃO E 190 REAIS PARA FAMÍLIAS ACIMA DE 4 PESSOAS CEDIDO PELO CRAS PARA FAMÍLIAS QUE ESTÃO PRECISANDO E TAMBEM DAR CURSOS PARA PREPARAR AS PESSOAS PARA O TRABALHO PARA QUE NÃO PRECISEM ESTAREM INDO ATÉ O CRAS."</t>
   </si>
   <si>
     <t>16197</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16197/ind_170-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16197/ind_170-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A LIMPEZA E DESENTUPIMENTO DE BUEIROS NO BAIRRO RECANTO FELIZ, RUAS CACHOEIRINHA, CASCATA E LAGEADO.”</t>
   </si>
   <si>
     <t>16198</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16198/ind_171-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16198/ind_171-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTE DA MUNICIPALIDADE PARA QUE SEJA REALIZADO OPERAÇÃO TAPA BURACOS NA RUA FAXINAL, NA FRENTE DOS NÚMEROS 101, 106 E 112, BAIRRO JARDIM ARGENTINA”.</t>
   </si>
   <si>
     <t>16199</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16199/ind_172-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16199/ind_172-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE QUE SEJA CONSTRUÍDA UMA ÁREA DE CONVÍVIO COM PLAYGROUND NA RUA CACHOEIRINHA, ESQUINA COM A RUA MAR VERMELHO, NO BAIRRO RECANTO FELIZ”.</t>
   </si>
   <si>
     <t>16200</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16200/ind_173-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16200/ind_173-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DO MUNICÍPIO PARA QUE SEJA CONSTRUÍDA CALÇADA PARA PEDESTRES NA RUA RIO BRANCO, COM INÍCIO EM FRENTE A ESCOLA MUNICIPAL GONÇALVES LEDO, SENTIDO BAIRRO SÃO JOÃO, AO LADO ESQUERDO DA VIA, NO BAIRRO ÁREA 07".</t>
   </si>
   <si>
     <t>16201</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16201/ind_174-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16201/ind_174-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA UNIDADE BÁSICA DE SAÚDE – UBS COM FARMÁCIA INTEGRADA NA RUA BOM RETIRO, NO TERRENO AO LADO DA IGREJA CATÓLICA, NO BAIRRO SÃO FRANCISCO.”</t>
   </si>
   <si>
     <t>16202</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16202/ind_175-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16202/ind_175-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA FEITA INTERVENÇÃO NO BURACO DO ASFALTO DA RUA HEBRON, NA ALTURA DO NÚMERO 32, NO BAIRRO MONTE SINAI II."</t>
   </si>
   <si>
     <t>16203</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16203/ind_176-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16203/ind_176-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE UM REDUTOR DE VELOCIDADE NA RUA MAUÁ, EM FRENTE AO NÚMERO 135."</t>
   </si>
   <si>
     <t>16204</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16204/ind_177-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16204/ind_177-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA COLOCADO UM TOLDO NA PORTA DE ENTRADA DO POSTO DE SAÚDE DO CENTRO".</t>
   </si>
   <si>
     <t>16205</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16205/ind_178-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16205/ind_178-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA REALIZE MANUTENÇÃO NA ACADEMIA DA TERCEIRA IDADE NA RUA DAS AVENCAS, NO BAIRRO JARDIM ALEGRE".</t>
   </si>
   <si>
     <t>16206</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16206/ind_179-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16206/ind_179-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, QUE SEJA COLOCADO CORTINAS NAS VIDRAÇAS (PAREDES DE VIDRO) LOCALIZADAS NA HALL DE ENTRADA  DA CASA DA CULTURA NA PARTE DE BAIXO DO PRÉDIO”.</t>
   </si>
   <si>
     <t>16207</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16207/ind_180-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16207/ind_180-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, EM UNISSONO COM O DEPARTAMENTO MUNICIPAL DE TRANSITO QUE VERIFIQUEM, ANALISEM E POR FIM DEEM SOLUÇÃO AO PROBLEMA APRESENTADO NA RUA PLANALTO NO JARDIM SÃO JOSE, ONDE SOLICITA-SE URGENTE QUE SEJA COLOCADO LOMBADAS OU O QUE VALHA PARA REPRIMIR A VELOCIDADE DOS VEICULOS NO LOCAL”.</t>
   </si>
   <si>
     <t>16208</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16208/ind_181-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16208/ind_181-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE FAÇA A PODA DAS ÁRVORES EM TODA A EXTENSÃO NA RUA CAPINZAL, BAIRRO SÃO ROQUE."</t>
   </si>
   <si>
     <t>16209</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16209/ind_182-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16209/ind_182-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE A REALIZAÇÃO DE MUTIRÃO DE LIMPEZA NAS RUAS DO BAIRRO MONTE CARLO QUE ESTÃO NECESSITANDO DESSE SERVIÇO EM ESPECIAL NA RUA ARGENTINA, ONDE ESTÁ APARECENDO MUITOS ANIMAIS PEÇONHENTOS,  POR EXEMPLO ESCORPIÕES".</t>
   </si>
   <si>
     <t>16210</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16210/ind_183-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16210/ind_183-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE A TROCA DA TAMPA DO BUEIRO DA RUA CUIABÁ, EM FRENTE AO NÚMERO 153, ESQUINA COM RUA NITERÓI, BAIRRO SANTA RITA."</t>
   </si>
   <si>
     <t>16211</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16211/ind_184-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16211/ind_184-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA A TROCA DA TAMPA E MANUTENÇÃO DO BUEIRO NA RUA CORUMBÁ EM FRENTE AO NÚMERO 64, BAIRRO SÃO JORGE."</t>
   </si>
   <si>
     <t>16212</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16212/ind_185-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16212/ind_185-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO, QUE SEJA FEITO RECAPE ASFALTICO EM TODA EXTENSAO DA AV. MONTE MORIA NO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16213</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16213/ind_186-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16213/ind_186-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE VERIFIQUEM A SITUAÇÃO E TOMEM PROVIDÊNCIAS COM REFERENCIA A CRATERA FORMADA POR DENTRO DO  BUEIRO EM FRENTE AO Nº 01 DA RUA SAN MARTIN NO BAIRRO SÃO JOÃO”.</t>
   </si>
   <si>
     <t>16214</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16214/ind_187-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16214/ind_187-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE  SEJA REALIZADO A LIMPEZA E REPARO DOS BRINQUEDOS E APARELHOS DE GINÁSTICA NA PRAÇA MARIA DA LUZ CALZETTA “DONA NENÊ”.</t>
   </si>
   <si>
     <t>16215</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16215/ind_188-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16215/ind_188-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE QUE SEJA REALIZADO O RECAPEAMENTO ASFÁLTICO NA RUA ACRE COM ALAGOAS BAIRRO VILA OZÓRIO".</t>
   </si>
   <si>
     <t>16216</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16216/ind_189-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16216/ind_189-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA REALIZADO SOLUÇÕES COM REFERENCIA A PROBLEMAS DE COMPACTAÇÃO DO SOLO O QUE PROVOCOU EROSÃO E AFUNDAMENTO DA CALÇADA NA RUA SERRADINHO EM FRENTE AO Nº 24, ESQUINA  COM A RUA BALSA NOVA NO BAIRRO PARQUE LIMEIRA - ÁREA 2".</t>
   </si>
   <si>
     <t>16217</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16217/ind_190-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16217/ind_190-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO, A LIMPEZA E COLOCAÇÃO DA TAMPA DE BUEIRO NA RUA MADRE DE DEUS EM FRENTE AO NÚMERO 84,  NO BAIRRO SÃO LUIS."</t>
   </si>
   <si>
     <t>16218</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16218/ind_191-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16218/ind_191-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA A LIMPEZA E COLOCAÇÃO DA TAMPA DE BUEIRO NA RUA PARMA, BAIRRO CASA BELLA."</t>
   </si>
   <si>
     <t>16219</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16219/ind_192-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16219/ind_192-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO A REFORMA DOS PONTOS DE TÁXI NO MUNICÍPIO DE TELÊMACO BORBA."</t>
   </si>
   <si>
     <t>16221</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16221/ind_193-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16221/ind_193-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SE PROCEDA A COLOCAÇÃO DE MEIO-FIO E A REALIZAÇÃO DE LIMPEZA E MANUTENÇÃO DA REDE DE ÁGUA PLUVIAL NA RUA PADRE CHAGAS DE LIMA, EM FRENTE À CHÁCARA Nº 88 E AOS FUNDOS DA ESCOLA MUNICIPAL PERPÉTUO SOCORRO, NO BAIRRO MONTE SINAI II.”</t>
   </si>
   <si>
     <t>16222</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16222/ind_194-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16222/ind_194-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DO MUNICÍPIO PARA QUE SEJA CONSTRUÍDA CALÇADA PARA PEDESTRES NA RUA DAS AMAZONAS ATÉ A AVENIDA JURUTANHI, PRÓXIMO AO CMEI ELIAS JOSÉ, NO BAIRRO ÁREA 3.”</t>
   </si>
   <si>
     <t>16223</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16223/ind_195-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16223/ind_195-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA INSTALADO UM PLAYGROUND MAIOR NA ESCOLA MUNICIPAL MARIA EMILIA STAIGER, NO BAIRRO SANTA RITA”.</t>
   </si>
   <si>
     <t>16224</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16224/ind_196-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16224/ind_196-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA INSTALADA UMA NOVA REDE DE PROTEÇÃO NAS LATERAIS E NOS FUNDOS DO GINÁSIO DE ESPORTES DEOLINDO DAS NEVES, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16225</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16225/ind_197-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16225/ind_197-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA LIMPEZA DO PASSEIO PÚBLICO E DO TERRENO DA ANTIGA FAZENDINHA, NO BAIRRO RIO ALEGRE”.</t>
   </si>
   <si>
     <t>16226</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16226/ind_198-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16226/ind_198-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE CALÇAMENTO E COLOCAÇÃO DE SINALIZAÇÃO ADEQUADA AO REDOR DA ESCOLA MUNICIPAL CASTRO ALVES – NAS RUAS JOÃO MARTINS DE OLIVEIRA E BULGARIA, E TRAVESSA ROMÊNIA, NO BAIRRO JARDIM EUROPA.”</t>
   </si>
   <si>
     <t>16227</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16227/ind_199-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16227/ind_199-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE A REALIZAÇÃO DE RECUPERAÇÃO DA CALÇADA EM FRENTE À ESCOLA SAMUEL KLABIN."</t>
   </si>
   <si>
     <t>16228</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16228/ind_200-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16228/ind_200-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE REALIZE OPERAÇÃO TAPA BURACO NA CONFLUÊNCIA DAS RUAS GUANABARA COM A PERNAMBUCO, BAIRRO CEM CASAS."</t>
   </si>
   <si>
     <t>16229</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16229/ind_201-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16229/ind_201-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO RECAPE ASFÁLTICO NA TRAVESSA SUÍÇA, BAIRRO JARDIM EUROPA”.</t>
   </si>
   <si>
     <t>16230</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16230/ind_202-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16230/ind_202-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE JUNTO COM O SETOR COMPETENTE, REALIZEM O SERVIÇO DE RECAPE ASFALTICO EM TODA EXTENSÃO DA TRAVESSA ANGICO NO BAIRRO PARQUE LIMEIRA ÁREA 01”.</t>
   </si>
   <si>
     <t>16231</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16231/ind_203-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16231/ind_203-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, FAÇAM UM TAPA BURACO NO FINAL DA RUA MONTES GOLÃ, NO BAIRRO JARDIM MONTE SINAI 2”.</t>
   </si>
   <si>
     <t>16232</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16232/ind_204-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16232/ind_204-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, QUE SEJAM EFETUADOS SERVIÇOS DE TAPA BURACOS NA RUA BETANIA NO BAIRRO JARDIM MONTE SINAI 2”.</t>
   </si>
   <si>
     <t>16233</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16233/ind_205-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16233/ind_205-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE ATRAVÉS DE SECRETARIA COMPETENTE ESTUDE A POSSIBILIDADE DE DISTRIBUIR REPELENTES AOS ALUNOS DA REDE PUBLICA MUNICIPAL DE ENSINO.”</t>
   </si>
   <si>
     <t>16234</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16234/ind_206-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16234/ind_206-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA A INSTALAÇÃO DE UMA LÂMPADA NO POSTE NA RUA TOMÉ DE SOUZA AO LADO DO NÚMERO 17, NO CENTRO."</t>
   </si>
   <si>
     <t>16235</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16235/ind_207-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16235/ind_207-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS MELHORIAS NA SINALIZAÇÃO DA RUA BALSA NOVA, NO BAIRRO PARQUE LIMEIRA ÁREA 2."</t>
   </si>
   <si>
     <t>16236</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16236/ind_208-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16236/ind_208-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS LIMPEZA E COLOCAÇÃO DA TAMPA DO BUEIRO NA RUA FRANCISCO KROLL, EM FRENTE AO Nº 10, NO BAIRRO JARDIM KROLL"</t>
   </si>
   <si>
     <t>16237</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16237/ind_209-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16237/ind_209-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS LIMPEZA DOS BUEIROS EM TODA A EXTENSÃO DA RUA FRANCISCO KROLL, NO BAIRRO JARDIM KROLL."</t>
   </si>
   <si>
     <t>16238</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16238/ind_210-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16238/ind_210-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM RELIZADAS SOLUÇÕES COM REFERÊNCIA AO PROBLEMA DE AFUNDAMENTO DA CALÇADA  POR CAUSA DE UMA TUBULAÇÃO, NA AV. EUCLIDES BONIFÁCIO LONDRES 346, PRÓXIMO A OFICINA DO DJALMA."</t>
   </si>
   <si>
     <t>16239</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16239/ind_211-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16239/ind_211-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A TROCA DA TAMPA DO BUEIRO NA RUA CRISTAL, EM FRENTE AO  Nº13, NO BAIRRO JARDIM ALVORADA."</t>
   </si>
   <si>
     <t>16243</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16243/untitled_20240409_145057.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16243/untitled_20240409_145057.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO NA CRATERA FORMADA POR DENTRO DO BUEIRO DA RUA SAN MARTIN, EM FRENTE A CASA Nº 84, NO BAIRRO SÃO JOÃO”.</t>
   </si>
   <si>
     <t>16244</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16244/untitled_20240409_145101.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16244/untitled_20240409_145101.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA UMA RECUPERAÇÃO ASFÁLTICA NA TRAVESSA DÃ, NO BAIRRO MONTE SINAI II”.</t>
   </si>
   <si>
     <t>16245</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16245/untitled_20240409_145106.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16245/untitled_20240409_145106.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA UMA OPERAÇÃO DE TAPA BURACO EM TODA EXTENSÃO DA RUA ANTONIO RAPOSO TAVARES, ESPECIALMENTE EM FRENTE A CASA Nº 589, NO BAIRRO JARDIM BANDEIRANTES”.</t>
   </si>
   <si>
     <t>16249</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16249/untitled_20240409_145110.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16249/untitled_20240409_145110.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA UMA OPERAÇÃO DE TAPA BURACO EM TODA EXTENSÃO DA RUA MACAPÁ, ESPECIALMENTE EM FRENTE A CASA Nº 21, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16250</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16250/untitled_20240409_145115.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16250/untitled_20240409_145115.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE REPAROS NO ASFALTO DA AVENIDA MONTE SINAI, PRINCIPAL VIA DE ACESSO AOS BAIRROS MONTE SINAI I E II E CASA BELLA."</t>
   </si>
   <si>
     <t>16251</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16251/untitled_20240409_145119.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16251/untitled_20240409_145119.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE EXAUSTORES E/OU CLIMATIZADORES NO GINÁSIO DE ESPORTES HEITOR DE ALENCAR FURTADO, NO GINÁSIO DO BAIRRO  CEM CASAS E NO DO BAIRRO BELA VISTA."</t>
   </si>
   <si>
     <t>16255</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16255/untitled_20240409_145124.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16255/untitled_20240409_145124.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, EM CONTATO COM O GOVERNO DO ESTADO (DER), SEJA SOLICITADO ESTUDO E MELHORIAS CONCRETAS NA PR-160, NO TRECHO PRÓXIMO AO STOCK ATACADISTA, FACILITANDO O ACESSO AOS BAIRROS, BEM COMO TRAZENDO MAIS SEGURANÇA AOS PEDESTRES E MOTORISTAS QUE POR ALI TRANSITAM."</t>
   </si>
   <si>
     <t>16253</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16253/untitled_20240409_145128.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16253/untitled_20240409_145128.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE COM URGÊNCIA A INSTALAÇÃO DOS VENTILADORES NAS ESCOLAS MUNICIPAIS E CMEIS ONDE OS APARELHOS JÁ FORAM INCLUSIVE ADQUIRIDOS E ENTREGUES, NECESSITANDO TÃO SOMENTE DE SEREM INSTALADOS."</t>
   </si>
   <si>
     <t>16254</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16254/untitled_20240409_145133.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16254/untitled_20240409_145133.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE O REPARO DO RECAPE DA RUA DOS FARROUPILHAS, ENCOBRINDO AS DIVERSAS "FALHAS" DO RECAPE LÁ EXISTENTE."</t>
   </si>
   <si>
     <t>16252</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>Marquinho, Jefferson Abreu</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16252/untitled_20240409_145137.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16252/untitled_20240409_145137.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE ESTUDOS PARA ADEQUAÇÃO DAS INSTALAÇÕES ELÉTRICAS DAS ESCOLAS E CMEIS À FIM DE QUE POSSAM SUPORTAR A INSTALAÇÃO DE AR CONDICIONADO NAS INSTITUIÇÕES DE ENSINO QUE AINDA NÃO OS POSSUAM."</t>
   </si>
   <si>
     <t>16256</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16256/untitled_20240409_145142.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16256/untitled_20240409_145142.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  OU TB TRAN, QUE VERIFIQUE A POSSIBILIDADE DE COLOCAÇÃO DE LOMBADA OU REDUTOR DE VELOCIDADE SIMILAR QUE CONTENHA O ÍMPETO DOS MOTORISTAS E PILOTOS DE MOTOS QUE  TRANSITAM PELA RUA BRAULIO BUENO DE CAMARGO- JARDIM ITALIA”.</t>
   </si>
   <si>
     <t>16257</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16257/untitled_20240409_145146.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16257/untitled_20240409_145146.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE REALIZEM MANUTENÇÃO NA RUA CIDADE NOVA NA ÁREA 10, VISTO TER UM BURACO DE GRANDE PROPORÇÃO NA ESQUINA COM A RUA CHILE”.</t>
   </si>
   <si>
     <t>16258</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16258/untitled_20240409_145151.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16258/untitled_20240409_145151.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE REALIZE OPERAÇÃO TAPA BURACO NA RUA JURUTHAI PRÓXIMO AO Nº 1.158, ONDE TEM UM BURACO DE GRANDES PROPORÇÕES E EM TODA EXTENSÃO DA RUA GUARATINGUETA, AMBAS NO PARQUE LIMEIRA AREA 06”.</t>
   </si>
   <si>
     <t>16259</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16259/untitled_20240409_145155.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16259/untitled_20240409_145155.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO, SERVIÇO DE TAPA BURACO EM TODA EXTENSÃO DA TRAVESSA LONDRES, NO BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO .”</t>
   </si>
   <si>
     <t>16260</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16260/untitled_20240409_145200.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16260/untitled_20240409_145200.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO,  QUE PROCEDA O SERVIÇO DE TAPA BURACO NA RUA FREI CANECA AO LADO DO NÚMERO 141, NO BAIRRO JARDIM  ITÁLIA .”</t>
   </si>
   <si>
     <t>16261</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16261/untitled_20240409_145204.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16261/untitled_20240409_145204.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO QUE REALIZE SERVIÇO DE LIMPEZA NA RUA RIO IGUAÇU NA ALTURA DA CHACARA IRANEI NO PARQUE LIMEIRA ÁREA 6."</t>
   </si>
   <si>
     <t>16262</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16262/untitled_20240409_145209.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16262/untitled_20240409_145209.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA FAZER DO TERRENO PÚBLICO EM ESTADO DE ABANDONO, UMA PRAÇA AOS MUNÍCIPES. LOCALIZADO NA ESQUINA DA RUA ESPERANÇA COM A RUA RIBEIRÃO,  NO BAIRRO PARQUE LIMEIRA ÁREA 2."</t>
   </si>
   <si>
     <t>16263</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16263/untitled_20240409_145213.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16263/untitled_20240409_145213.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR RESPONSÁVEL FAÇA A LIMPEZA DE UM TERRENO MUNICIPAL SITUADO NA TRAVESSA PARIS ESQUINA COM A RUA DOS INCAS,  NO BAIRRO BONAVILA."</t>
   </si>
   <si>
     <t>16264</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16264/untitled_20240409_145218.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16264/untitled_20240409_145218.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE FAÇA A AMPLIAÇÃO DA ÁREA DO ESTACIONAMENTO EM FRENTE AO CENTRO DE ESPECIALIDADES."</t>
   </si>
   <si>
     <t>16265</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16265/untitled_20240409_145222.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16265/untitled_20240409_145222.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA INSTALAÇÃO DE UM CORRIMÃO EM TODA A EXTENSÃO DA LADEIRA NO CEMITÉRIO SÃO MARCOS."</t>
   </si>
   <si>
     <t>16266</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16266/untitled_20240409_145227.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16266/untitled_20240409_145227.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA REALIZADO, ROÇADA E LIMPEZA EM TODA A EXTENSÃO DA PRAÇA DO BAIRRO PARQUE LIMEIRA ÁREA 1, ESPECIALMENTE JUNTO A CALÇADA NA RUA JACARANDÁ."</t>
   </si>
   <si>
     <t>16267</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16267/untitled_20240409_145231.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16267/untitled_20240409_145231.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA REALIZADO O REPARO DA  CALÇADA NA PRAÇA DO BAIRRO PARQUE LIMEIRA ÁREA 1."</t>
   </si>
   <si>
     <t>16268</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16268/untitled_20240409_145235.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16268/untitled_20240409_145235.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA RETIRADO O FERRO QUE SUSTENTAVA UMA ANTIGA LIXEIRA NA CALÇADA DA ESCOLA MUNICIPAL CONSELHEIRO ZACARIAS."</t>
   </si>
   <si>
     <t>16269</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16269/untitled_20240409_145240.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16269/untitled_20240409_145240.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA REALIZADO O RECAPEAMENTO ASFÁLTICO NA RUA JACARANDÁ EM FRENTE A CALÇADA DA PRAÇA DO BAIRRO PARQUE LIMEIRA ÁREA 1".</t>
   </si>
   <si>
     <t>16270</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16270/untitled_20240409_145246.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16270/untitled_20240409_145246.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA REALIZADO A INSTALAÇÃO  DA TABELA DE BASQUETE  COM O SUPORTE NA QUADRA LUCIO SOLAK NA PRAÇA DOS PINHEIROS – LUBA KLABIN"</t>
   </si>
   <si>
     <t>16294</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16294/ind_237-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16294/ind_237-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A LIMPEZA E CANALIZAÇÃO DE ÁGUA NO FINAL DA RUA SANTA FÉ, ESQUINA COM A RUA SANTIAGO, NO BAIRRO SÃO JOÃO”.</t>
   </si>
   <si>
     <t>16295</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16295/ind_238-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16295/ind_238-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DO MUNICÍPIO PARA QUE SEJA CONSTRUÍDO UM MINI COMPLEXO DE ESPORTE E LAZER COM ACADEMIA E PLAYGROUND NO TERRENO AO LADO DO CENTRO COMUNITÁRIO DO BAIRRO JARDIM EUROPA, RUA JOÃO MARTINS DE OLIVEIRA”.</t>
   </si>
   <si>
     <t>16296</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16296/ind_239-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16296/ind_239-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DO MUNICÍPIO PARA QUE SEJA CONSTRUÍDO UMA MINI QUADRA DE BASQUETE NA PRAÇA PASTOR PEDRO CORTEZ”.</t>
   </si>
   <si>
     <t>16297</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16297/ind_240-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16297/ind_240-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO NA TAMPA E LIMPEZA NO BUEIRO DA RUA ARROIO CHUI, EM FRENTE AOS NÚMEROS 12 E 66, NO BAIRRO VILA ROSA”.</t>
   </si>
   <si>
     <t>16298</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16298/ind_241-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16298/ind_241-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA LOMBADA OU REDUTOR DE VELOCIDADE EM FRENTE A CASA Nº 288, NA RUA DA CRUZ, NO BAIRRO JARDIM EUROPA”.</t>
   </si>
   <si>
     <t>16299</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16299/ind_242-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16299/ind_242-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SE PROCEDA A COLOCAÇÃO DE MEIO-FIO EM TODA EXTENSÃO DAS RUAS ALAGAMAR, MARILÂNDIA E SOLEDADE, NO BAIRRO MACOPA”.</t>
   </si>
   <si>
     <t>16300</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16300/ind_243-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16300/ind_243-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE EFETUE LIMPEZA AO ENTORNO DA ESCOLA ESTADUAL LUIZ VIEIRA, NO BAIRRO SÃO JOÃO."</t>
   </si>
   <si>
     <t>16303</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16303/ind_244-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16303/ind_244-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A COLOCAÇÃO DE TOLDO NO CMEI CORA CORALINA, DESDE O PORTÃO ATÉ O BLOCO DE SALAS."</t>
   </si>
   <si>
     <t>16304</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16304/ind_245-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16304/ind_245-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE REALIZE CONVÊNIO PARA INCORPORAR AS ESCOLAS ESTADUAIS AO SISTEMA DE CÂMERAS DE SEGURANÇA DO MUNICÍPIO, INTEGRADO AO CIS, REINTERANDO INDICAÇÃO Nº 295/2023”.</t>
   </si>
   <si>
     <t>16306</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16306/ind_246-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16306/ind_246-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE, QUANDO DA APROVAÇÃO DE NOVOS LOTEAMENTOS OU ÁREAS DE EXPANSÃO DO MUNICÍPIO, SEJAM DESTINADAS MAIOR QUANTIDADE DE ÁREAS COM ZONEAMENTO COMPATÍVEL PARA INSTALAÇÃO DE EMPREEDIMENTOS DE COMÉRCIO E SERVIÇO, TAIS COMO SERRALHERIA, OFICINAS MECÂNICAS, OFICINAS DE PINTURA E LATARIA, MARCENARIAS, ETC, REITERANDO A INDICAÇÃO Nº 226/2023"</t>
   </si>
   <si>
     <t>16307</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16307/ind_247-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16307/ind_247-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE ESTUDO PARA CONSEQUENTE AMPLIAÇÃO E REFORMA DO ASILO SÃO VICENTE DE PAULO, REITERANDO INDICAÇÕES NºS 343/2021, 712/2022 E 105/2023”.</t>
   </si>
   <si>
     <t>16310</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16310/ind_248-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16310/ind_248-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO COM O SETOR COMPETENTE, SEJA FEITO OPERAÇÃO TAPA BURACOS NAS RUAS GALILEIA E BETEL AMBAS NO MONTE SINAI II”.</t>
   </si>
   <si>
     <t>16311</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16311/ind_249-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16311/ind_249-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE REALIZE LIMPEZA NA RUA PRIMEIRO DE MAIO PROXIMO AO NR 236  NO CENTRO DEVIDO A RECENTE CORTE DE ÁRVORES”.</t>
   </si>
   <si>
     <t>16312</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16312/ind_250-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16312/ind_250-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DA MUNICIPALIDADE FAÇA A MANUTENÇÃO E TROCA DE LAMPADA DO POSTE DE ILUMINAÇÃO PÚBLICA LOCALIZADO NA RUA IMBUIA, EM FRENTE AO Nº 150, BAIRRO JARDIM FLORESTAL.”</t>
   </si>
   <si>
     <t>16315</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16315/ind_251-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16315/ind_251-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE REALIZEM OPERAÇÃO TAPA BURACO NA AV. MONTE SINAI NO JARDIM MONTE SINAI I – UMA VEZ QUE PRÓXIMO AOS Nºs 241 E 22 FORMOU-SE BURACOS DE GRANDES PROPORÇOES”.</t>
   </si>
   <si>
     <t>16316</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16316/ind_252-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16316/ind_252-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE REALIZEM OPERAÇÃO DE RECAPE NA RUA TRAV. DA MATA NO JARDIM ITALIA AO LADO DA RUA DAS FLORES NO BAIRRO JARDIM ALEGRE, DEVIDO A GRANDE PROFUSÃO DE  BURACOS EM TODA EXTENSÃO”.</t>
   </si>
   <si>
     <t>16317</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16317/ind_253-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16317/ind_253-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE FAÇAM DEVIDAS VERIFICAÇÕES PERTINENTES AO CASO E TOMEM PROVIDENCIAS EM RELAÇÃO, ONDE  MORADORES RECLAMAM QUE NA MAIORIA DAS RUAS DO JARDIM ARGENTINA O MATO INVADIU A PISTA DEIXANDO-AS ESTREITAS SEM POSSIBILIDADES DE 2 VEÍCULOS TRANSITAREM EM SENTIDO CONTRÁRIO UM AO OUTRO DEVIDO A ESTA INVASÃO”.</t>
   </si>
   <si>
     <t>16320</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16320/ind_253-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16320/ind_253-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE SEJA AUMENTADO A ALTURA DA LOMBADA,  LOCALIZADA NA ESTRADA DOS GUARARAPES EM FRENTE AO Nº 1245, BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>16321</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16321/ind_255-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16321/ind_255-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO A POSSIBILIDADE DE ADAPTAÇÃO DE UM PARQUINHO INFANTIL, DE PREFERENCIA NO PARQUE DA PRAÇA DA FAMILÍA, VOLTADO ESPECIALMENTE AO PÚBLICO AUTISTA, QUE O MESMO POSSA SER CERCADO PARA A SEGURANÇA DOS MESMOS E TRANQUILIDADE DOS RESPONSÁVEIS.”</t>
   </si>
   <si>
     <t>16322</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16322/ind_256-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16322/ind_256-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA ESTUDADA EM CARÁTER DE URGÊNCIA A POSSIBILIDADE DE TRANSFORMAR EM MÃO ÚNICA A RUA PADRE MANOEL DE NOBREGA, NO BAIRRO BELO VISTA.”</t>
   </si>
   <si>
     <t>16323</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16323/ind_257-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16323/ind_257-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA REDIMENSIONADO OS ESPAÇOS DAS UBS DO JARDIM ALEGRE E VILA IZABEL.”</t>
   </si>
   <si>
     <t>16324</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16324/ind_258-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16324/ind_258-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO A COMISSÃO DE TRÂNSITO, FAÇA UM ESTUDO PARA TRANSFORMAR EM VIA DE MÃO ÚNICA A RUA EPITÁCIO PESSOA NO BAIRRO ALTO DAS OLIVEIRAS."</t>
   </si>
   <si>
     <t>16325</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16325/ind_259-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16325/ind_259-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA DA BOCA DE LOBO, EM FRENTE A LOJA F. DINIZ NA MARGINAL ELIAS ZATTAR."</t>
   </si>
   <si>
     <t>16326</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16326/ind_260-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16326/ind_260-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA O REPARO E  LIMPEZA DA BOCA DE LOBO, EM FRENTE A CASA DOS PARAFUSOS NA MARGINAL DO TRABALHADOR."</t>
   </si>
   <si>
     <t>16327</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16327/ind_261-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16327/ind_261-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA RECOLOCADA A PLACA INDICATIVA DA RUA ANTÚRIO, COM FLOR DE LARANJEIRAS, COM SENTIDO AVENIDA DAS FLORES."</t>
   </si>
   <si>
     <t>16328</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16328/ind_262-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16328/ind_262-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS REVITALIZAÇÃO E ADEQUAÇÃO  DE UMA QUADRA DE FUTEBOL DE SALÃO E INSTALAÇÃO DE PELO MENOS UMA TABELA DE BASQUETEBOL  NO ESPAÇO JÁ EXISTENTE NA RUA LAJEADO NO BAIRRO RIO ALEGRE."</t>
   </si>
   <si>
     <t>16329</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16329/ind_263-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16329/ind_263-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS ROÇADA E LIMPEZA NA RUA LAJEADO COM CASCATA, EM FRENTE AO NÚMERO 14 NO BAIRRO RIO ALEGRE."</t>
   </si>
   <si>
     <t>16330</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16330/ind_264-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16330/ind_264-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM REALIZADOS ESTUDOS PARA INSTALAÇÃO DE UMA ACADEMIA DA TERCEIRA IDADE, EM TORNO DA QUADRA SITUADA NA RUA LAJEADO  NO BAIRRO RIO ALEGRE.”</t>
   </si>
   <si>
     <t>16351</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16351/ind_265-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16351/ind_265-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DO MURO LATERAL NA UNIDADE BÁSICA DE SAÚDE - UBS DA VILA IZABEL”.</t>
   </si>
   <si>
     <t>16352</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16352/ind_266-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16352/ind_266-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA UMA PAVIMENTAÇÃO ASFÁLTICA NO FINAL DA RUA SANTA FÉ (RUA SEM SAÍDA), ESQUINA COM A RUA SANTIGO, BEM COMO PAVIMENTAR A PASSAGEM DE PEDESTRES DESSA VIA, NO BAIRRO SÃO JOÃO”.</t>
   </si>
   <si>
     <t>16353</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16353/ind_267-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16353/ind_267-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA MANUTENÇÃO NA TAMPA E LIMPEZA NO BUEIRO DA RUA FRANCISCO ESPINOSA, EM FRENTE AO Nº 699, NO BAIRRO JARDIM BANDEIRANTES”.</t>
   </si>
   <si>
     <t>16354</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16354/ind_268-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16354/ind_268-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, REALIZEM UM ESTUDO PARA VER A POSSIBILIDADE DE FORNECIMENTO DE REPELENTE A FAMILIAS QUE RECEBEM BOLSA FAMILIA”.</t>
   </si>
   <si>
     <t>16355</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16355/ind_269-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16355/ind_269-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, FAÇAM UM ESTUDO PARA REALIZAR OBRAS DE COBERTURA E FECHAMENTO DAS LATERAIS DA QUADRA ESPORTES NO BAIRRO PARQUE LIMEIRA ÁREA 7”.</t>
   </si>
   <si>
     <t>16356</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16356/ind_270-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16356/ind_270-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, REALIZEM UM ESTUDO PARA VER A VIABILIDADE PARA CONSTRUÇÃO DA CRECHE PARA IDOSOS”.</t>
   </si>
   <si>
     <t>16357</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16357/ind_271-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16357/ind_271-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, REALIZE ESTUDO PRA REFORMA GERAL DO PISO DA PRACINHA DA VILA OZÓRIO”.</t>
   </si>
   <si>
     <t>16358</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16358/ind_272-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16358/ind_272-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, REALIZEM UM ESTUDO PARA FAZER UMA EXTENSÃO DE MAIS OU MENOS 30 METROS LIGANDO A RUA COLÔMBIA A RUA ÁGUA MARINHA NO BAIRRO SOCOMIM”.</t>
   </si>
   <si>
     <t>16359</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16359/ind_273-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16359/ind_273-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, REALIZEM UMA LIMPEZA TIPO ROÇADA NA ESTRADA DOS GUARARAPES COMEÇANDO EM FRENTE AO NÚMERO 170 E SEGUINDO SUA EXTENSÃO, BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>16360</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16360/ind_274-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16360/ind_274-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE REALIZE UMA OPERAÇÃO DE TAPA BURACO EM TODA EXTENSÃO DA RUA DOS INCAS, NO BAIRRO BONAVILA."</t>
   </si>
   <si>
     <t>16361</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16361/ind_275-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16361/ind_275-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSAVEL QUE FAÇA A LIMPEZA EM 3 BUEIROS LOCALIZADOS NA ALAMEDA OSVALDO CRUZ, EM FRENTE AO NUMERO 210, NO BAIRRO SÃO ROQUE."</t>
   </si>
   <si>
     <t>16362</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16362/ind_276-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16362/ind_276-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE SEJA FEITA A REVITALIZAÇÃO DA PRAÇA, DO PLAYGROUND E INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE  NA RUA PONTA GROSSA, NO BAIRRO BNH".</t>
   </si>
   <si>
     <t>16363</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16363/ind_277-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16363/ind_277-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA RELIZADO SOLUÇÕES COM REFERÊNCIA A INSTALAÇÃO DE LÂMPADAS NA PRAÇA DA MARINHA, E REPARO NOS BRINQUEDOS DO PARQUINHO."</t>
   </si>
   <si>
     <t>16364</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16364/ind_278-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16364/ind_278-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA EM TODA EXTENSÃO DA RUA NOVA ESPERANÇA, ANTIGA RUA CAPELINHA NO BAIRRO ÁREA 2.“</t>
   </si>
   <si>
     <t>16365</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16365/ind_279-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16365/ind_279-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM INCLUÍDOS  MAIS BRINQUEDOS NA PRAÇA DO BAIRRO JARDIM ALEGRE EM FRENTE A IGREJA ADVENTISTA.“</t>
   </si>
   <si>
     <t>16366</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16366/ind_280-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16366/ind_280-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A INSTALAÇÃO DE UM TOLDO NA ENTRADA DO POSTO DE SAÚDE DO BAIRRO ALTO DAS OLIVEIRAS“.</t>
   </si>
   <si>
     <t>16367</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16367/ind_281-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16367/ind_281-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO O CORTE DO GRAMADO DO CAMPO DE FUTEBOL DO MINI CENTRO ESPORTIVO.”</t>
   </si>
   <si>
     <t>16368</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16368/ind_282-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16368/ind_282-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE OPERAÇÃO TAPA-BURACOS NAS RUAS RIO JORDÃO E MAR VERMELHO, NO BAIRRO RIO ALEGRE".</t>
   </si>
   <si>
     <t>16369</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16369/ind_283-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16369/ind_283-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE, CONSIDERANDO A APROXIMAÇÃO DO INVERNO, DETERMINE AO SETOR COMPETENTE A COMPRA DE AGASALHOS (ESPECIALMENTE COBERTORES) PARA SEREM DISTRIBUÍDOS ÀS PESSOAS EM VULNERABILIDADE SOCIAL".</t>
   </si>
   <si>
     <t>16370</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16370/ind_284-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16370/ind_284-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE LIXEIRAS NA QUADRA DE ESPORTES E AOS ARREDORES DA PISTA DE SKATE DO JARDIM BANDEIRANTES".</t>
   </si>
   <si>
     <t>16371</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16371/ind_285-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16371/ind_285-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A AQUISIÇÃO DE COMPRESSOR TORÁCICO AUTOMÁTICO PARA USO DO SAMU".</t>
   </si>
   <si>
     <t>16372</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16372/ind_286-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16372/ind_286-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE REPAROS NO ASFALTO DA RUA FRANCISCO KROLL, NO BAIRRO JARDIM KROLL".</t>
   </si>
   <si>
     <t>16396</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16396/287.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16396/287.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA REALIZADO O REPARO DE BURACO NA RUA VICE PREFEITO CACILDO BATISTA DE ARPELAU EM FRENTE A AVENIDA VEICULOS”.</t>
   </si>
   <si>
     <t>16397</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16397/288.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16397/288.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM ESTUDO DE VIABILIDADE TÉCNICA PARA A REALIZAÇÃO DA EXTENSÃO DE REDE ELÉTRICA NA TRAVESSA UNIÃO, ENTRE A ESCOLA MUNICIPAL 31 DE MARÇO E O CMEI TARSILA DO AMARAL, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16398</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16398/289.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16398/289.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM ESTUDO DE VIABILIDADE TÉCNICA AFIM DE DENOMINAR O CENTRO COMUNITÁRIO DA VILA ESPERANÇA COM O NOME DO SENHOR JOSÉ DE ALMEIDA SALLES."</t>
   </si>
   <si>
     <t>16399</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16399/290.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16399/290.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A CRIAÇÃO E/OU INSTITUIÇÃO DE UM PLANO MUNICIPAL DE MANUTENÇÃO, CONSERVAÇÃO  E SEGURANÇA DE PRAÇAS E LOGRADOUROS PÚBLICOS (REITERANDO INDICAÇÕES NºS 318/2020, 758/2021 E 296/2022)."</t>
   </si>
   <si>
     <t>16400</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16400/291.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16400/291.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE ESTUDO PARA CRIAÇÃO DO CARGO DE AGENTE DE SERVIÇOS PÚBLICOS (CONSERVEIRO DE PRAÇAS E PRÉDIOS PÚBLICOS), O QUAL TERIA COMO ATRIBUIÇÕES TRABALHAR NA MANUTENÇÃO E CONSERVAÇÃO DAS PRAÇAS E DEMAIS PRÉDIOS PÚBLICOS, REITERANDO INDICAÇÃO 907/2023."</t>
   </si>
   <si>
     <t>16401</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16401/292.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16401/292.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE REALIZE, EM CARÁTER DE EMERGÊNCIA, ESTUDO E POSTERIOR ENCAMINHAMENTO À CÂMARA, DE PROJETO DE LEI DETERMINANDO QUE O INCENTIVO FINANCEIRO ADICIONAL (POPULARMENTE CONHECIDO COMO 14º DOS ACES'S E ACE'S - AGENTE COMUNITÁRIOS DE SAÚDE E AGENTES COMUNITÁRIOS DE ENDEMIAS), ORIUNDO DO GOVERNO FEDERAL SEJA DE FATO DIRECIONADO DIRETAMENTE AOS AGENTES COMUNITÁRIOS DE SAÚDE E AGENTES DE COMBATES A ENDEMIAS, COMO JÁ TEM OCORRIDO EM DIVERSOS MUNICÍPIOS BRASILEIROS, REITERANDO INDICAÇÃO 906/2023."</t>
   </si>
   <si>
     <t>16402</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16402/293.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16402/293.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO A REALIZAÇÃO DE REPAROS NAS JANELAS DO POSTO DE SAÚDE DO BAIRRO MARINHA."</t>
   </si>
   <si>
     <t>16403</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16403/294.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16403/294.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE  QUE SEJA VERIFICADO NA ALTURA DOS NºS 153 E 196 DA RUA JACARANDÁ PARQUE LIMEIRA ÁREA I, ONDE O MATO TOMOU CONTA DA LATERAL DA RUA E CABE ALI  O SERVIÇO DE LIMPEZA URGENTE  OU A FISCALIZAÇÃO E NOTIFICAÇÃO DE QUEM SEJA O RESPONSAVEL PELA MANUTENÇÃO DAQUELE LOCAL”.</t>
   </si>
   <si>
     <t>16404</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16404/295.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16404/295.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO  A REGULAMENTAÇÃO DA PASSAGEM DE CAMINHAO PARA COLETA DO LIXO E TAMBEM A FISCALIZAÇÃO, COLOCAÇÃO E MANUTENÇÃO DA ILUMINAÇÃO DA RUA QUE E PRATICAMENTE INEXISTENTE, REFERINDO-SE A RUA PAULO WROBLESKI QUE LIGA JARDIM BONAVILA COM O JARDIM KROLL, BEM COMO REINTERAMOS O PEDIDO DE PAVIMENTAÇÃO ASFALTICA NA MESMA”.</t>
   </si>
   <si>
     <t>16405</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16405/296.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16405/296.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, REALIZEM LIMPEZA GERAL NOS BUEIROS DA RUA PIRAÍ DO SUL, PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>16406</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16406/297.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16406/297.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, REALIZE UMA OPERAÇÃO TAPA BURACOS NA BIFURCAÇÃO (BECO) DA RUA LAERTES, BAIRRO SOCOMIM”.</t>
   </si>
   <si>
     <t>16407</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16407/298.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16407/298.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJAM ADQUIRIDOS MEDIDORES DE PRESSÃO DIGITAL PORTÁTIL, PARA QUE SEJA DISPONIBILIZADO AOS USUÁRIOS ACOMETIDOS POR PRESSÃO ARTERIAL ALTA."</t>
   </si>
   <si>
     <t>16408</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16408/299.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16408/299.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS A REFORMA DE TODAS AS INSTALAÇÕES DA PARTE SUPERIOR DO ESTÁDIO DO MINI-CENTRO ESPORTIVO TAIS COMO: PINTURA, LIMPEZA, TROCA DE PORTAS E TODOS OS REPAROS NECESSÁRIOS”</t>
   </si>
   <si>
     <t>16409</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16409/300.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16409/300.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SOLICITE ATRAVÉS DO SETOR COMPETENTE A PODA DE ÁRVORE SITUADA NA AVENIDA CHANCELER HORÁCIO LAFFER N.1783, ESQUINA COM TRAVESSA BORORÓS NO CENTRO”</t>
   </si>
   <si>
     <t>16410</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16410/301.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16410/301.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA E TROCA DA TAMPA DE BUEIRO DA PRAÇA DO PARQUE LIMEIRA ÁREA 1, NA RUA JACARANDÁ.”</t>
   </si>
   <si>
     <t>16411</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16411/302.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16411/302.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA REALIZADA MANUTENÇÃO NA COBERTURA DA QUADRA DAS CEM CASAS."</t>
   </si>
   <si>
     <t>16412</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16412/303.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16412/303.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA A REALIZAÇÃO DE ROÇADA E LIMPEZA NO ACOSTAMENTO DA RUA ISRAEL EM FRENTE AOS NÚMEROS 23 A 179, NO BAIRRO PARQUE LIMEIRA ÁREA 7."</t>
   </si>
   <si>
     <t>16413</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16413/304.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16413/304.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA A REVITALIZAÇÃO DE TODO O COMPLEXO DE LAZER ÁGUA VERDE, NO BAIRRO PARQUE LIMEIRA ÁREA 7.”</t>
   </si>
   <si>
     <t>16421</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16421/ind._305.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16421/ind._305.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJAM REUTILIZADOS O GRAMADO E O ALAMBRADO DA REFORMA DO ESTÁDIO MUNICIPAL PÉRICLES PACHECO DA SILVA - MINI CENTRO,  NO CAMPO DA RUA TIPUANA, BAIRRO SÃO JOÃO.”</t>
   </si>
   <si>
     <t>16422</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16422/ind._306.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16422/ind._306.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA MANUTENÇÃO E LIMPEZA NOS BUEIROS DA RUA SEIXAS, ESPECIALMENTE AQUELE LOCALIZADO NA ESQUINA COM A RUA CAMPOS DA MATA E OUTRO EM FRENTE A CHÁCARA Nº 88, NO BAIRRO VILA ROSA.”</t>
   </si>
   <si>
     <t>16423</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16423/ind.307.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16423/ind.307.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA MANUTENÇÃO E LIMPEZA NO BUEIRO DA RUA BALSA NOVA, ESQUINA COM A RUA NOVA ESPERANÇA E RUA CAPELINHA, NO BAIRRO PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>16424</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16424/ind._308.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16424/ind._308.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA MANUTENÇÃO NO BUEIRO DA RUA GAMBIA, EM FRENTE AO Nº 70, NO BAIRRO JARDIM FLORESTAL – ÁREA 1”.</t>
   </si>
   <si>
     <t>16425</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16425/ind.309.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16425/ind.309.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA RAMPA DE ACESSIBILIDADE, BEM COMO SEJA REALIZADA A MANUTENÇÃO E/OU CONSERTO DA CALÇADA EM FRENTE AO PORTÃO PRINCIPAL DA ESCOLA MUNICIPAL 31 DE MARÇO, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16426</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16426/ind.310.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16426/ind.310.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE PARA QUE REALIZE MELHORIAS TAIS COMO RECUPERAÇÃO, MANUTENÇÃO NO PAVIMENTO DA RUA ESMERALDA, NO PARQUE LIMEIRA ÁREA 10, ESPECIALMENTE EM FRENTE AO NÚMERO 140."</t>
   </si>
   <si>
     <t>16427</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16427/ind.311.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16427/ind.311.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, MAIOR FISCALIZAÇÃO POR PARTE DOS SETORES COMPETENTES NA AV. PARANÁ, MAIS PRECISAMENTE PRÓXIMO AO COLÉGIO WOLFF KLABIN, NO QUE DIZ RESPEITO AO TRÂNSITO DE VEÍCULOS EM ALTA VELOCIDADE COM SONS EM ALTO VOLUME APÓS AS 20:00H."</t>
   </si>
   <si>
     <t>16428</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16428/ind.312.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16428/ind.312.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE FAÇA A TROCA DA TELA DE PROTEÇÃO DO ALAMBRADO, NA QUADRA SOCIETY DO BAIRRO SÃO FRANCISCO."</t>
   </si>
   <si>
     <t>16429</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16429/ind.313.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16429/ind.313.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE FAÇA A TROCA DE LAMPADA QUEIMADA NA RUA CAPINZAL, AO LADO DO N º 701, NO BAIRRO SÃO ROQUE."</t>
   </si>
   <si>
     <t>16430</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16430/ind.314.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16430/ind.314.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA CORREÇÃO DE ONDULAÇÃO NO ASFALTO, NO INÍCIO DA RUA UVARANAL ESQUINA COM A RUA SALTO DA CONCEIÇÃO, NO BAIRRO PARQUE LIMEIRA ÁREA 2."</t>
   </si>
   <si>
     <t>16431</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16431/ind.315.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16431/ind.315.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA REALIZADA A SUBSTITUIÇÃO DE LÂMPADA QUEIMADA DO POSTE NA RUA PASTOR PEDRO FALCÃO EM FRENTE A RESIDÊNCIA 856, DO  BAIRRO SÃO FRANCISCO."_x000D_
 _x000D_
 .</t>
   </si>
   <si>
     <t>16432</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16432/ind.316.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16432/ind.316.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITO O REPARO DA CALÇADA JUNTO A BOCA DE LOBO NA RUA ELIOMAR MEIRA XAVIER EM FRENTE AO NÚMERO 239, CENTRO."</t>
   </si>
   <si>
     <t>16433</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16433/ind.317.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16433/ind.317.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS O REPARO DA CALÇADA EM VOLTA DO BUEIRO E DA ÁRVORE NA AVENIDA SAMUEL KLABIN, EM FRENTE AO MUSEU MUNICIPAL, ANTIGA CASA DAS ARTES NO CENTRO, BEM COMO A MANUTENÇÃO DA TAMPA DO BUEIRO NO REFERIDO LOCAL”</t>
   </si>
   <si>
     <t>16434</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16434/ind.318.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16434/ind.318.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA EM TODA EXTENSÃO DA PRAÇA JARDIM AMÉRICA, NA RUA SAN MARTIN “.</t>
   </si>
   <si>
     <t>16435</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16435/ind.319.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16435/ind.319.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS ROÇADA E LIMPEZA NA RUA BELA VISTA DO PARAÍSO, COMO TAMBÉM NO BARRANCO EM FRENTE A ROTATÓRIA DA VILA OSÓRIO”</t>
   </si>
   <si>
     <t>16445</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16445/ind.320.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16445/ind.320.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA MANUTENÇÃO NA TAMPA E GRELHA DO BUEIRO LOCALIZADO NA RUA FREI LUÍS DE AMITILE, ESQUINA COM A RUA SEIXAS, NO BAIRRO VILA ROSA.”</t>
   </si>
   <si>
     <t>16446</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16446/ind.321.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16446/ind.321.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA MANUTENÇÃO NA TAMPA E GRELHA DO BUEIRO DA RUA MAR DA ESPANHA, EM FRENTE AO N° 79, NO BAIRRO VILA ROSA.”</t>
   </si>
   <si>
     <t>16447</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16447/ind.322.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16447/ind.322.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA MANUTENÇÃO E LIMPEZA NOS BUEIROS DA RUA RIO MOA, ESPECIALMENTE EM FRENTE AOS N° 6 e 29, NO BAIRRO VILA ROSA.”</t>
   </si>
   <si>
     <t>16448</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16448/ind.323.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16448/ind.323.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE EFETUE OS ESTUDOS NECESSÁRIOS PARA VIABILIZAÇÃO E POSTERIOR EXECUÇÃO DAS VIAS QUE CIRCUNDAM O TERRENO DOADO PELO MUNICÍPO AO ESTADO PARA CONSTRUÇÃO DE UMA ESCOLA NO BAIRRO PARQUE LIMEIRA ÁREA 06."</t>
   </si>
   <si>
     <t>16449</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16449/ind.324.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16449/ind.324.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE REALIZEM O SERVIÇO DE REPARO E PROVIDENCIE TAMBÉM A COLOCAÇÃO DE NOVA GRELHA DE PROTEÇÃO NO BUEIRO LOCALIZADO NA AVENIDA NOSSA SENHORA DE FÁTIMA, EM FRENTE A  CASA Nº 811, NO BAIRRO CENTRO”.</t>
   </si>
   <si>
     <t>16450</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16450/ind.325.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16450/ind.325.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A POSSIBILIDADE DE ABERTURA DE UMA RUA AO LADO DA ESCOLA MUNICIPAL PROFª JUVENTINA BETIM DA SILVA, NO BAIRRO SÃO JOÃO."</t>
   </si>
   <si>
     <t>16451</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16451/ind.326.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16451/ind.326.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A POSSIBILIDADE DE DEIXAR A RUA AMAZONAS NO BAIRRO PARQUE LIMEIRA ÁREA 3, COMO MÃO ÚNICA."</t>
   </si>
   <si>
     <t>16452</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16452/ind.327.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16452/ind.327.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, A POSSIBILIDADE DE ADAPTAÇÃO DE  PARQUES SENSORIAIS EM PRAÇAS DO MUNICÍPIO, PARA PESSOAS COM TRANSTORNO DE  ESPECTRO AUTISTA."</t>
   </si>
   <si>
     <t>16453</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16453/ind.328.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16453/ind.328.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE REALIZE A TROCA DE TODAS AS LIXEIRAS EM MAL ESTADO NO BAIRRO SÃO FRANCISCO. "</t>
   </si>
   <si>
     <t>16454</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16454/ind.329.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16454/ind.329.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO UM REPARO DA CALÇADA JUNTO A TAMPA DO BUEIRO NA PRAÇA PASTOR PEDRO CORTEZ NA RUA EUCLIDES BONIFÁCIO LONDRES, PRÓXIMO AO NÚMERO 642”.</t>
   </si>
   <si>
     <t>16455</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16455/ind.330.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16455/ind.330.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA DO MEIO FIO, EM TODA A EXTENSÃO EM FRENTE À CALÇADA QUE CERCA O COLÉGIO ESTADUAL DO JARDIM ALEGRE, NA RUA  DAS ACÁCIAS, NO BAIRRO JARDIM ALEGRE E RESERVA NO PARQUE LIMEIRA ÁREA 2” .</t>
   </si>
   <si>
     <t>16457</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16457/ind.331.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16457/ind.331.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO A LIMPEZA E O REPARO DA TAMPA DO BUEIRO NA RUA CORUMBÁ, EM FRENTE AO CAMPO DO BAIRRO SÃO JORGE”.</t>
   </si>
   <si>
     <t>16458</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16458/ind.322.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16458/ind.322.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS ROÇADA, LIMPEZA E INSTALAÇÃO DE UMA CALÇADA NA AVENIDA NOSSA SENHORA APARECIDA, EM FRENTE À QUADRA CLODOMIRO MIGUEL FERNANDES, NO BAIRRO CEM CASAS”.</t>
   </si>
   <si>
     <t>16459</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16459/ind.333.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16459/ind.333.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA O TAPA BURACO E RECAPE ASFÁLTICO NA RUA DOS CANÁRIOS, PRÓXIMO AO NÚMERO 338, NO BAIRRO SÃO SILVESTRE”.</t>
   </si>
   <si>
     <t>16460</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16460/ind.334.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16460/ind.334.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA O TAPA BURACO OU RECAPE ASFÁLTICO NA RUA DA PRATA, PRÓXIMO AO NÚMERO 94, NO BAIRRO PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>16463</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16463/ind._335.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16463/ind._335.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA  COLOCADO LIXEIRA EM VOLTA DO CENTRO COMUNITÁRIO NO BAIRRO MARINHA."</t>
   </si>
   <si>
     <t>16464</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16464/ind._336.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16464/ind._336.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA DO MATO EM TODA EXTENSÃO DO ESCADÃO DO BAIRRO ANA MERY."</t>
   </si>
   <si>
     <t>16465</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16465/ind._337.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16465/ind._337.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A TROCA DO ALAMBRADO PELO GRADIL SIGRADI NO CMEI CLARICE LISPECTOR”.</t>
   </si>
   <si>
     <t>16466</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16466/ind._338.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16466/ind._338.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A REFORMA DO CENTRO COMUNITÁRIO DO BAIRRO RIO ALEGRE”.</t>
   </si>
   <si>
     <t>16467</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16467/ind._339.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16467/ind._339.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA MANUTENÇÃO E LIMPEZA NOS BUEIROS DA RUA IVAÍ, EM ESPECIAL ÀQUELAS LOCALIZADAS EM FRENTE AOS Nº 40 E 43, NO BAIRRO JARDIM FLORESTAL – ÁREA 1.”</t>
   </si>
   <si>
     <t>16469</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16469/ind._340.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16469/ind._340.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE TOMEM PROVIDÊNCIAS COM REFERENCIA A UMA ÁRVORE NA PRAÇA EM FRENTE A ANTIGA CONCHA ACUSTICA, QUE SE ENCONTRA EM PERIGO DE QUEDA DEVIDO AÇÃO DE PRAGAS EM SUA BASE”.</t>
   </si>
   <si>
     <t>16470</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16470/ind._341.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16470/ind._341.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE  VERIFIQUEM SITUAÇÃO DE BUEIRO SEM TAMPA E EM SITUAÇÃO PERIGOSA NA ESQUINA DA SÃO JOAO DEL REI COM TREMEDAL, PROXIMO A CASA Nº 70 NO BAIRRO PARQUE LIMEIRA ÁREA 6”.</t>
   </si>
   <si>
     <t>16471</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16471/ind._342.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16471/ind._342.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE CONSIDERANDO A NECESSIDADE DE PROMOVER UM AMBIENTE MAIS LIMPO E PREVENIR SURTOS DE DOENÇAS, SUGIRO QUE O PREFEITO AVALIE A POSSIBILIDADE DE DISPONIBILIZAR CAÇAMBAS PARA PESSOAS QUE FAZEM PARTE DO CADASTRO ÚNICO”.</t>
   </si>
   <si>
     <t>16472</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16472/ind._343.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16472/ind._343.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, REALIZEM UM ESTUDO PARA VER A POSSIBILIDADE DA CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO SIQUEIRA”.</t>
   </si>
   <si>
     <t>16473</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16473/ind._344.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16473/ind._344.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA REALIZADO A TROCA DA TAMPA, RECÉM POSTA NA AVENIDA MARECHAL FLORIANO PEIXOTO Nº 904, NO BAIRRO ALTO DAS OLIVEIRAS."</t>
   </si>
   <si>
     <t>16474</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16474/ind._345.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16474/ind._345.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE QUE SEJA REALIZADA A MANUTENÇÃO NO BUEIRO LOCALIZADO NA RUA SANTARÉM, NO BAIRRO VILA ESPERANÇA, EM FRENTE A RESIDÊNCIA DE Nº 120."</t>
   </si>
   <si>
     <t>16475</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16475/ind._346.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16475/ind._346.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA CONSTRUÍDO UM ESPAÇO DESTINADO A IMPRENSA DENTRO DO GINÁSIO DE ESPORTES DEOLINDO DAS NEVES."</t>
   </si>
   <si>
     <t>16476</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16476/ind._347.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16476/ind._347.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE FAÇA A TROCA DE GRELHA E LIMPEZA EM UM BUEIRO NA RUA INDEPENDENCIA, EM FRENTE AO NUMERO 609 NO BAIRRO CEM CASAS."</t>
   </si>
   <si>
     <t>16477</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16477/ind._348.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16477/ind._348.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A INSTALAÇÃO DE UMA GRELHA NO BUEIRO DA RUA EUCALIPTO, EM FRENTE AO NÚMERO 136 NO BAIRRO PARQUE LIMEIRA ÁREA 1.”</t>
   </si>
   <si>
     <t>16478</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16478/ind._349.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16478/ind._349.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A TROCA DA BOCA DE LOBO NA RUA EUCALIPTO EM FRENTE AO NÚMERO 40 NO BAIRRO PARQUE LIMEIRA ÁREA 1.”</t>
   </si>
   <si>
     <t>16479</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16479/ind._350.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16479/ind._350.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A TROCA DA TAMPA DO BUEIRO NA RUA EUCALIPTO EM FRENTE AO NÚMERO 40 NO BAIRRO PARQUE LIMEIRA ÁREA 1.”</t>
   </si>
   <si>
     <t>16480</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16480/ind._351.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16480/ind._351.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A ADEQUAÇÃO DE 02 VAGAS PARA PCD NA RUA GUARANI 158, NO BAIRRO CEM CASAS, EM FRENTE A IGREJA ASSEMBLEIA DE DEUS”.</t>
   </si>
   <si>
     <t>16481</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16481/ind._352.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16481/ind._352.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITO O PLANTIO DE MUDAS DE ÁRVORES JÁ ADULTAS NO PARQUINHO DO CMEI ANITA MALFATTI, NA RUA TURIM Nº 151, NO BAIRRO VILA ROSA."</t>
   </si>
   <si>
     <t>16482</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16482/ind._353.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16482/ind._353.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS A LIMPEZA DE BOCA DE LOBO, TROCA DE TAMPA DO BUEIRO E REPARO ASFÁLTICO EM FRENTE AO BUEIRO NA RUA RIO DO OURO, COM RUA RESERVA NO BAIRRO PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>16488</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16488/354.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16488/354.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SOLICITE AO SETOR COMPETENTE PARA QUE SEJA FEITA OPERAÇÃO TAPA BURACO NAS RUAS AB E RUA AF, NO BAIRRO BELA VISTA."</t>
   </si>
   <si>
     <t>16489</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16489/355.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16489/355.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA COLOCADO MEIA MANILHA E GRADE NO FINAL DA RUA PERY, PARA CONTER O ESCOAMENTO DE ÁGUA DA CHUVA POR NÃO TER NENHUM BUEIRO NA EXTENSÃO DA RUA NO BAIRRO MACOPA”.</t>
   </si>
   <si>
     <t>16491</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16491/356.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16491/356.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA  FEITA A LIMPEZA DOS BUEIROS DA RUA AC, NO BAIRRO BELA VISTA”.</t>
   </si>
   <si>
     <t>16492</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16492/357.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16492/357.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA DOS BUEIROS NA TRAVESSA URUGUAI, NO BAIRRO MACOPA”.</t>
   </si>
   <si>
     <t>16493</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16493/358.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16493/358.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA ABERTO UM PONTO DE COLETA E TROCA DA FEIRA DO BEM NO BAIRRO SÃO LUIZ”.</t>
   </si>
   <si>
     <t>16494</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16494/359.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16494/359.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE A INSTALAÇÃO DAS TELAS DE PROJEÇÕES NAS SALAS DE AULA E BIBLIOTECA DA ESCOLA SÃO SILVESTRE AS QUAIS HÁ TEMPOS FORAM ADQUIRIDAS E ATÉ O MOMENTO NÃO FORAM INSTALADAS."</t>
   </si>
   <si>
     <t>16496</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16496/360.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16496/360.pdf</t>
   </si>
   <si>
     <t>“INDICA O SENHOR PREFEITO PARA QUE DETERMINE A REALIZAÇÃO DE LIMPEZA E CAPINA (ROÇADA) NAS RUAS DO BAIRRO JARDIM ARGENTINA."</t>
   </si>
   <si>
     <t>16497</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16497/361.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16497/361.pdf</t>
   </si>
   <si>
     <t>“INDICA O SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE MANUTENÇÃO E/OU TROCA DOS BANCOS DA PRAÇA LOCALIZADA NA CONFLUÊNCIA DA RUA MARTE COM A LIONS CLUB, NO BAIRRO CEM CASAS."</t>
   </si>
   <si>
     <t>16498</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16498/362.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16498/362.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A RALIZAÇÃO DE MELHORIAS/ADEQUAÇÕES NO ESTACIONAMENTO DESTINADO AOS USUÁRIOS DA UPA, À FIM DE QUE HAJA ESPAÇO SUFICIENTE PARA TODOS QUE DELE NECESSITEM."</t>
   </si>
   <si>
     <t>16499</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16499/363.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16499/363.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE SEJAM REALIZADOS REPAROS NA CALÇADA NA AVENIDA SAMUEL KLABIN, EM FRENTE Nº 725, MUSEU DAS ARTES NO BAIRRO CENTRO.”</t>
   </si>
   <si>
     <t>16500</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16500/364.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16500/364.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, PARA QUE SEJA VERIFICADOS E TAPADOS OS BURACOS EM TODA EXTENSÃO DA RUA HÉLIO DE  MOURA JORGE, NO BAIRRO JARDIM ITÁLIA ."</t>
   </si>
   <si>
     <t>16501</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16501/365.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16501/365.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE  VERIFIQUEM SITUAÇÃO DO BUEIRO CUJA TAMPA ESTA QUEBRADA  E EM SITUAÇÃO PERIGOSA NA RUA ITAMBÉ Nº 02 NO BAIRRO JARDIM PROGRESSO, ÁREA 6."</t>
   </si>
   <si>
     <t>16502</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16502/366.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16502/366.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE  VERIFIQUEM SITUAÇÃO DE BUEIRO SEM TAMPA E EM SITUAÇÃO PERIGOSA NA TRAVESSA BARBACENA, AO LADO DO Nº 02  NO BAIRRO JARDIM PROGRESSO,  ÁREA 6."</t>
   </si>
   <si>
     <t>16503</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16503/367.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16503/367.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE VERIFIQUEM, ESTUDEM E EFETIVEM A COMPRA DE UMA VALETADEIRA E UM CAMINHÃO CESTO  PARA O SETOR DE ELETRICA DA PREFEITURA POIS É NECESSARIO PARA AS ATIVIDADES  DO MESMO”.</t>
   </si>
   <si>
     <t>16504</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16504/368.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16504/368.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE REALIZE OPERAÇÃO RECAPE NA RUA PRESIDENTE JUSCELINO KUBITSCHEK NO CENTRO PROXIMO A DELEGACIA, A COBERTURA ASFALTICA FOI COLOCADA SOBRE AS PEDRAS POLIEDRICAS E ESTA SOLTANDO  EM TODA EXTENSÃO DA RUA”.</t>
   </si>
   <si>
     <t>16505</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16505/369.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16505/369.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO A POSSIBILIDADE DE AUMENTAR O NÚMERO DE  LIXEIRAS EM GINÁSIOS DE ESPORTES, PRAÇAS E ESPAÇOS PÚBLICOS.”</t>
   </si>
   <si>
     <t>16506</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16506/370.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16506/370.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE ESTUDE A VIABILIDADE DE FUNCIONAMENTO DA FARMÁCIA CENTRAL SEM QUE HAJA INTERRUPÇÃO NO HORÁRIO DE ALMOÇO, VISTO QUE, COM O CHAMAMENTO DO CONCURSO PÚBLICO DE VÁRIOS PROFISSIONAIS FARMACÊUTICOS EXISTE HOJE A OPORTUNIDADE DE SE FAZER ESSE HORÁRIO ININTERRUPTO."</t>
   </si>
   <si>
     <t>16507</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16507/371.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16507/371.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO A POSSIBILIDADE DE HAVER ACESSO A CASA DE APOIO PARA ACOMPANHANTE DE  PACIENTE DE UTI, EM CASOS ESPORÁDICO, E ESPECIFICO QUANDO ESSE PACIENTE É TRANSFERIDO E O FAMILIAR OU ACOMPANHANTE NÃO SAIBA QUE ESSE PACIENTE IRIA UTILIZAR UTI, ESTAMOS FALANDO DO DIA DA TRANFERENCIA PARA QUE O MESMO NÃO FIQUE SEM TER ONDE SE INSTALAR E TENHA TEMPO HÁBIL PARA RETORNAR A CIDADE E EFETUAR AS VISITAS NOS DIAS POSTERIORES."</t>
   </si>
   <si>
     <t>16508</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16508/372.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16508/372.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES FAÇAM ESTUDO PARA CONSTRUÇÃO DE UMA PRACINHA E ACADEMIA AO AR LIVRE ESPAÇO AO LADO ESCOLA LUIZ VIEIRA EM FRENTE À IGREJA CATÓLICA SÃO JOÃO”.</t>
   </si>
   <si>
     <t>16509</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16509/ind._373.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16509/ind._373.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE SEJA COLOCADO LIXEIRAS  NA  PRAÇA E CENTRO COMUNITÁRIO DO BAIRRO SÃO JOÃO."</t>
   </si>
   <si>
     <t>16510</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16510/374.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16510/374.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A TROCA DA TAMPA DO BUEIRO, NA RUA DAS ACÁCIAS, ENTRE O SUPERMERCADO VILAS BOAS E FARMÁCIA SÃO JOÃO, NO BAIRRO JARDIM ALEGRE.”</t>
   </si>
   <si>
     <t>16511</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16511/375.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16511/375.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA EM TODA EXTENSÃO NAS ENCOSTAS DAS CALÇADAS NOS DOIS SENTIDOS DA RUA RIO IGUAÇU, NOS BAIRROS PARQUE LIMEIRA ÁREA 3 E ÁREA 6“.</t>
   </si>
   <si>
     <t>16512</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16512/376.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16512/376.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA RELIZADO UM ESTUDO PARA A INSTALAÇÃO DE POSTE DE ILUMINAÇÃO NO FINAL DA TRAVESSA MARROCOS, ENTRE OS NÚMEROS 16 E 26, NO BAIRRO JARDIM ITÁLIA”.</t>
   </si>
   <si>
     <t>16514</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16514/ind._377.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16514/ind._377.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO E TROCA DA TAMPA DO BUEIRO DA RUA CANADÁ, EM FRENTE A CASA Nº 233, NO BAIRRO ALTO DAS OLIVEIRAS.”</t>
   </si>
   <si>
     <t>16515</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16515/ind._378.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16515/ind._378.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO E LIMPEZA NO BUEIRO DA RUA JEQUITIBÁ, ESQUINA COM A RUA GUARATINGUETÁ, NO BAIRRO ÁREA 6.”</t>
   </si>
   <si>
     <t>16516</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16516/ind._379.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16516/ind._379.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  SEJA COLOCADA UMA LOMBADA NA RUA CAVIUNA NO BAIRRO PARQUE LIMEIRA ÁREA I, MAIS PRECISAMENTE EM FRENTE A STAR BIKE”.</t>
   </si>
   <si>
     <t>16517</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16517/ind._380.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16517/ind._380.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE REALIZE O PATROLAMENTO E CASCALHAMENTO DA ESTRADA DO SAPE, ANTIGO LIXÃO DO SAPE ABAIXO DO BAIRRO CASA BELLA VISTO QUE A REFERIDA ESTA TOMADA PELA EROSÃO E TORNANDO-SE DIA A DIA MAIS PERIGOSA SUA UTILIZAÇÃO PELOS MORADORES DA REGIÃO.”</t>
   </si>
   <si>
     <t>16518</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16518/ind._381.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16518/ind._381.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE FAÇA A TROCA DE TAMPA DO  BUEIRO NA AVENIDA MARECHAL DEODORO DA FONSECA ESQUINA COM TRAVESSA BRUXELAS, NO BAIRRO BNH."</t>
   </si>
   <si>
     <t>16519</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16519/ind._382.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16519/ind._382.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO A PODA OU RETIRADA DE UMA ÁRVORE DE PEQUENO PORTE NO CRUZAMENTO ENTRE AS RUAS JASMIM E LÓTUS NO BAIRRO JARDIM ALEGRE ”.</t>
   </si>
   <si>
     <t>16520</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16520/ind._383.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16520/ind._383.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO A TROCA DA LÂMPADA NO POSTE NA RUA PASTOR PEDRO FALCÃO, EM FRENTE AO Nº  05, NO BAIRRO SÃO FRANCISCO”.</t>
   </si>
   <si>
     <t>16521</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16521/ind._384.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16521/ind._384.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO A TROCA DA LÂMPADA NO POSTE NA RUA EDMUNDO MERCER JUNIOR  Nº 271, EM FRENTE À IMOBILIÁRIA CIDADE DO PAPEL NO CENTRO”.</t>
   </si>
   <si>
     <t>16522</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16522/ind._385.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16522/ind._385.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A REVITALIZAÇÃO DA CALÇADA EM VOLTA DA TAMPA DO BUEIRO NA AVENIDA DESEMBARGADOR EDMUNDO MERCER JUNIOR Nº 264, CENTRO”.</t>
   </si>
   <si>
     <t>16523</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16523/ind._386.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16523/ind._386.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA O REPARO DA CALÇADA NA AVENIDA HORÁCIO KLABIN, PRÓXIMO AO Nº 187, ENTRE AS LOJAS CELEIRO E MERCADO VERONA NO CENTRO.”</t>
   </si>
   <si>
     <t>16524</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16524/ind._387.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16524/ind._387.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA O REPARO DA BOCA DE LOBO NA AVENIDA NOSSA SENHORA DA LUZ, PRÓXIMO AO Nº 271 NO CENTRO.”</t>
   </si>
   <si>
     <t>16526</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16526/ind._388.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16526/ind._388.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA COLOCADO VÁRIOS PONTOS DE ACESSIBILIDADE PARA CADEIRANTES NA PRAÇA LUBA KLABIN (PRAÇA DOS PINHEIROS).”</t>
   </si>
   <si>
     <t>16527</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16527/ind.389_.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16527/ind.389_.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA MANUTENÇÃO E TROCA DA TAMPA DO BUEIRO DA RUA PARANAPANEMA, EM FRENTE AO CMEI OLAVO BILAC, NO BAIRRO SÃO JOÃO.”</t>
   </si>
   <si>
     <t>16528</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16528/ind._390_.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16528/ind._390_.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A SUBSTITUIÇÃO DOS PISOS DE MADEIRA (TACO) POR PISO DE CERÂMICA EM 7 (SETE) SALAS DE AULA NA ESCOLA MUNICIPAL GONÇALVES LEDO.”</t>
   </si>
   <si>
     <t>16530</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16530/ind._391.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16530/ind._391.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE QUE REALIZE VERIFICAÇÃO E FISCALIZAÇÃO DE ÁGUA ESCORRENDO A CÉU ABERTO, LIMPEZA E OUTROS PROBLEMAS DE NÍVEL DE FISCALIZAÇÃO NO LOCAL, PRECISAMENTE NA RUA CATAR NO BAIRRO SÃO GERALDO."</t>
   </si>
   <si>
     <t>16531</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16531/ind._392.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16531/ind._392.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE SEJA ALTERADO ESTACIONAMENTO DE MOTOS PARA ESTACIONAMENTO DE VEÍCULOS E SEJA FEITO UM ACESSO PARA CADEIRANTES NA RUA CAVIÚNA, PRÓXIMO A STAR BIKE - JARDIM FLORESTAL.”</t>
   </si>
   <si>
     <t>16532</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16532/ind._393.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16532/ind._393.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, QUE SEJA FEITA PINTURA AMARELA EM MEIO FIO NA RUA SALTO DA CONCEIÇÃO, EM FRENTE AO Nº327, BAIRRO ÁREA 2.”</t>
   </si>
   <si>
     <t>16533</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16533/ind._394.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16533/ind._394.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE RECAPE ASFÁLTICO NA RUA FREI LUIS DE AMITILE – JARDIM ITALIA.”</t>
   </si>
   <si>
     <t>16534</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16534/ind._395.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16534/ind._395.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA CONSTRUÍDO UM MURO DE GABIÃO, CONSTRUÍDO UM NOVO PONTO DE VAZÃO DE ÁGUA E ALTERADO QUEBRA-MOLAS EM FRENTE A BORRACHARIA DO TIKINHO, NA RUA GUIANA, VILA ESPERANÇA.”</t>
   </si>
   <si>
     <t>16535</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16535/ind._396.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16535/ind._396.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A INSTALAÇÃO DE BOCA DE LOBO, REPARO NA CALÇADA, E TROCA DE TAMPA DO BUEIRO NA RUA BANDEIRAS, PRÓXIMO AO Nº 785 NO BAIRRO JARDIM BANDEIRANTES.”</t>
   </si>
   <si>
     <t>16536</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16536/ind._397.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16536/ind._397.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A TROCA DE TAMPA DO BUEIRO, E LIMPEZA DA BOCA DE LOBO NA RUA ANTONIO RAPOSO TAVARES, PRÓXIMO AO Nº 237 NO BAIRRO JARDIM BANDEIRANTES.”</t>
   </si>
   <si>
     <t>16537</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16537/ind._398.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16537/ind._398.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A INSTALAÇÃO DE DUAS MINI-QUADRAS DE BASQUETE COM TELA DE PROTEÇÃO NA PRAÇA LUBA KLABIN (PRAÇA DOS PINHEIROS).”</t>
   </si>
   <si>
     <t>16538</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16538/ind._399.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16538/ind._399.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE A MUDANÇA DE HORÁRIO PARA INÍCIO DA COBRANÇA DO ESTAR DAS 08:00h PARA 09:00h.”</t>
   </si>
   <si>
     <t>16539</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16539/ind._400.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16539/ind._400.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA TROCA DO MEIO FIO NA RUA ÁGUA MARINHA, EM FRENTE AO Nº 411 NO BAIRRO ÁREA 10 - ROTATÓRIA DO STOCK ATACADISTA.”</t>
   </si>
   <si>
     <t>16540</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16540/ind._401.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16540/ind._401.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA E TROCA DA TAMPA DO BUEIRO NA RUA ARAPOTI ESQUINA COM RUA CAMBÉ NO BAIRRO JARDIM KROLL.”</t>
   </si>
   <si>
     <t>16544</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16544/ind._402.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16544/ind._402.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITO UMA PISTA DE ARRANCADÃO NO MUNICÍPIO."</t>
   </si>
   <si>
     <t>16545</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16545/ind._403.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16545/ind._403.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A INSTALAÇÃO DE BANCOS DE ESPERA NAS DEPENDÊNCIA DA UNIDADE BÁSICA DE SAÚDE – UBS DO BAIRRO PARQUE LIMEIRA ÁREA 6”.</t>
   </si>
   <si>
     <t>16546</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16546/ind._404.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16546/ind._404.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO E TROCA DA TAMPA DO BUEIRO DA RUA TURIM, EM FRENTE AO CMEI ANITA MALFATTI, NO BAIRRO JARDIM ITÁLIA.”</t>
   </si>
   <si>
     <t>16547</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16547/ind._405.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16547/ind._405.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROCEDA A PODA DE ÁRVORES, BEM COMO A INSTALAÇÃO DA LUMINÁRIA TIPO PÉTALA EM FRENTE A ESCOLA MUNICIPAL SÃO SILVESTRE”.</t>
   </si>
   <si>
     <t>16548</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16548/ind._406.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16548/ind._406.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA LOMBADA OU REDUTOR DE VELOCIDADE NA RUA SEIXAS, AO LADO DO CMEI ANITA MALFATTI, NO BAIRRO VILA ROSA”.</t>
   </si>
   <si>
     <t>16549</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16549/ind._407.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16549/ind._407.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO O LIXAMENTO E PINTURA DOS CORRIMÃOS NO CMEI ANITA MALFATTI, NO BAIRRO VILA ROSA”.</t>
   </si>
   <si>
     <t>16550</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16550/ind._408.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16550/ind._408.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROCEDA A PODA DE ÁRVORES NO CMEI ANITA MALFATTI, NO BAIRRO VILA ROSA”.</t>
   </si>
   <si>
     <t>16551</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16551/ind._409.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16551/ind._409.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A LIMPEZA E A INSTALAÇÃO DE LUMINÁRIA NO FINAL DA RUA NORTE PIONEIRO, BEM COMO A RECOMPOSIÇÃO DA CAMADA ASFÁLTICA NO TRECHO EM QUE FOI RETIRADA."</t>
   </si>
   <si>
     <t>16552</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16552/ind._410.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16552/ind._410.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO AO ENTORNO DO VIADUTO."</t>
   </si>
   <si>
     <t>16553</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16553/ind.411.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16553/ind.411.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE RECAPE ASFÁLTICO NA RUA AB, DESCENDO A RUA AC, DO LADO ESQUERDO NO BAIRRO BELA VISTA DO PARAÍSO."</t>
   </si>
   <si>
     <t>16554</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16554/ind.412.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16554/ind.412.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE REALIZE A VERIFICAÇÃO E  A RELIGAÇÃO DOS CABOS DE ENERGIA PARA A QUADRA DE ESPORTES DO JARDIM ALVORADA NA RUA PALMEIRA”.</t>
   </si>
   <si>
     <t>16555</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16555/ind._413.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16555/ind._413.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE AO TÉRMINO DA CONSTRUÇÃO DO ESPAÇO DENOMINADO ARENA MULTIUSO, O MESMO RECEBA O NOME DE 'PASTOR SAMUEL AZEVEDO',  DAS IGREJAS ASSEMBLEIAS DE DEUS”.</t>
   </si>
   <si>
     <t>16556</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16556/ind._414.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16556/ind._414.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE ESTUDOS PARA A CONSTRUÇÃO DE UMA ÁREA DE LAZER COM QUADRA E PARQUINHO INFANTIL NO BAIRRO PARQUE LIMEIRA ÁREA 6”.</t>
   </si>
   <si>
     <t>16557</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16557/ind._415.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16557/ind._415.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE LIMPEZA NOS ARREDORES DO PRÉDIO DA CESP E PINTURA E MANUTENÇÃO NAS PAREDES EXTERNAS”.</t>
   </si>
   <si>
     <t>16558</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16558/ind._416.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16558/ind._416.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSAVEL QUE REALIZE OPERAÇÃO TAPA BURACO NA RUA DOS INCAS, EM FRENTE AO NUMERO 137, NO BAIRRO BONAVILLA."</t>
   </si>
   <si>
     <t>16559</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16559/ind._417.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16559/ind._417.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA E TROCA DA TAMPA DO BUEIRO NA RUA MANAUS, EM FRENTE AO NÚMERO 403, NO BAIRRO SANTA RITA ”.</t>
   </si>
   <si>
     <t>16560</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16560/ind._417.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16560/ind._417.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A  TROCA DA TAMPA DO BUEIRO NA RUA CONTORNO, EM FRENTE A IGREJA BRASIL PARA CRISTO, NO BAIRRO SANTA RITA”.</t>
   </si>
   <si>
     <t>16561</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16561/ind._419.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16561/ind._419.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA O REPARO NO ACOSTAMENTO DO ASFALTO NA RUA CUIABÁ, EM FRENTE A REDE DE TRATAMENTO DE ESGOTO ( SANEPAR ) NO BAIRRO SANTA RITA”.</t>
   </si>
   <si>
     <t>16562</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16562/ind._420.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16562/ind._420.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A ROÇADA E LIMPEZA NO ACOSTAMENTO DA RUA BELO HORIZONTE COM ATENÇÃO ESPECIAL À BOCA DE LOBO QUE ESTÁ ENTUPIDA, NO BAIRRO SANTA RITA”.</t>
   </si>
   <si>
     <t>16563</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16563/ind._421.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16563/ind._421.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A RESTAURAÇÃO DO ESPAÇO ANEXO A CASA DAS ARTES, TABLADO, E ILUMINAÇÃO”.</t>
   </si>
   <si>
     <t>16564</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16564/ind._422.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16564/ind._422.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA O REPARO DA TAMPA DO BUEIRO NA RUA RIO BRANCO, PRÓXIMO À JV ESQUADRIAS, NO BAIRRO ÁGUA VERDE, PARQUE LIMEIRA ÁREA 7”.</t>
   </si>
   <si>
     <t>16567</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16567/ind._423.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16567/ind._423.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A AMPLIAÇÃO DA ILUMINAÇÃO DO CAMPO SOCIETY NA PRAÇA BOLIVAR CAETANO VAZ (PONTO FINAL), NO BAIRRO JARDIM ALEGRE, ATRAVÉS DA INSTALAÇÃO DE MAIS POSTES E NOVOS REFLETORES”.</t>
   </si>
   <si>
     <t>16568</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16568/ind._424.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16568/ind._424.pdf</t>
   </si>
   <si>
     <t>“INDICA  AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE E REITERA  PEDINDO PROVIDENCIAS URGENTES VISTO JÁ TER SIDO SOLICITADO EM SETEMBRO DE 2023 E AINDA ESTAR PENDENTE, O  SERVIÇO DE TAPA BURACO NA RUA MAR DEL PLATA NO BAIRRO JARDIM ARGENTINA EM FRENTE AO Nº 101, SALIENTANDO QUE  JÁ EXISTE MAIS UM DE PROPORÇÕES RAZOAVEIS EM FRENTE AO Nº 81 E PEDIMOS ATENÇÃO AO MESMO”.</t>
   </si>
   <si>
     <t>16570</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16570/ind._425.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16570/ind._425.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, SERVIÇO DE TAPA BURACO NA RUA VEREADOR ANTONIO DALÉCIO,  EM FRENTE A BICICLETARIA 2 IRMÃOS, NO BAIRRO CENTRO”.</t>
   </si>
   <si>
     <t>16572</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16572/ind._426.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16572/ind._426.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE A INSTALAÇÃO DE UMA LOMBADA OU SIMILAR NA ALAMEDA OSVALDO CRUZ,  PROXIMIDADES DA IGREJA ASSEMBLEIA DE DEUS NO BAIRRO SÃO ROQUE”.</t>
   </si>
   <si>
     <t>16573</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16573/ind._427.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16573/ind._427.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE FAÇA A LIMPEZA DO BUEIRO NA RUA LAJEADO ESQUINA COM A RUA RIO BONITO EM FRENTE AO NUMERO 21, NO BAIRRO PARQUE LIMEIRA ÁREA 03."</t>
   </si>
   <si>
     <t>16574</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16574/ind._428.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16574/ind._428.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA INSTALADA UMA PLACA INDICATIVA COM O NOME DA RUA PEDRA DA MINA NA VILA ARCINA, ENTRE OS BAIRROS PARQUE LIMEIRA ÁREA 1 E VILA OSÓRIO.”</t>
   </si>
   <si>
     <t>16575</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16575/ind._429.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16575/ind._429.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO UM ESTUDO PARA TORNAR MÃO DUPLA A RUA BALSA NOVA NO BAIRRO PARQUE LIMEIRA ÁREA 2.”</t>
   </si>
   <si>
     <t>16576</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16576/ind._430.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16576/ind._430.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO O RECAPE ASFÁLTICO DA RUA ITAÚBA ESQUINA COM A RUA CASTANHEIRA NO BAIRRO SOCOMIM.”</t>
   </si>
   <si>
     <t>16577</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16577/ind._431.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16577/ind._431.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA O REPARO DA CALÇADA NA RUA EUCLIDES BONIFÁCIO LONDRES, PRÓXIMO AO Nº 674 NO CENTRO.”</t>
   </si>
   <si>
     <t>16578</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16578/ind._432.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16578/ind._432.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A  TROCA DA TAMPA DO BUEIRO NA RUA RIO BRANCO, PRÓXIMO À RUA PARU, NO BAIRRO ÁGUA VERDE, NO PARQUE LIMEIRA ÁREA 7."</t>
   </si>
   <si>
     <t>16585</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A MUDANÇA DO LOCAL DA PLACA INDICANDO ‘RUA SEM SAÍDA’ PARA MAIOR VISIBILIDADE DOS MOTORISTAS, NA RUA SAMBAQUIS, NO BAIRRO VILA ROSA”.</t>
   </si>
   <si>
     <t>16586</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DO MUNICÍPIO PARA QUE SEJAM REALIZADA A TROCA DAS TABELAS DE BASQUETE NA QUADRA DE ESPORTE DA PRAÇA BOLIVAR CAETANO VAZ (PONTO FINAL), NO BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16587</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16587/ind._435.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16587/ind._435.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DO MUNICÍPIO PARA QUE SEJA REALIZADA UM ESTUDO DE VIABILIDADE TÉCNICA AFIM DE TRANSFORMAR A QUADRA DE AREIA DO COMPLEXO DE ESPORTE E LAZER DO BAIRRO SANTA RITA EM UMA QUADRA DE FUTSAL”.</t>
   </si>
   <si>
     <t>16588</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16588/ind._436.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16588/ind._436.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A COLOCAÇÃO DE PLACAS DE SINALIZAÇÃO COM VELOCIDADE MÁXIMA PERMITIDA PRÓXIMO AOS ESTABELECIMENTOS DE ENSINO, BEM COMO REFORÇO DA SINALIZAÇÃO HORIZONTAL, ESPECIALMENTE EM FRENTE À FATEB E COLÉGIO WOFF KLABIN”.</t>
   </si>
   <si>
     <t>16589</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16589/ind._437.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16589/ind._437.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE ESTUDO PARA CONSEQUENTE AMPLIAÇÃO DA LICENÇA À PATERNIDADE PARA 15 DIAS”.</t>
   </si>
   <si>
     <t>16590</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16590/ind_438.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16590/ind_438.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A COLOCAÇÃO DE UM DECK NO LAGO DO PARQUE MUNICIPAL, BEM COMO INSTALE ILUMINAÇÃO AO SEU ENTORNO”.</t>
   </si>
   <si>
     <t>16591</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16591/ind._439.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16591/ind._439.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR ESTACIONAMENTOS PARA MOTOS EM FRENTE AO UBS , BAIRRO PARQUE LIMEIRA, ÁREA 2”.</t>
   </si>
   <si>
     <t>16592</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16592/ind_440.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16592/ind_440.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, DEMARCAR FAIXA PARA CADEIRANTE EM FRENTE A ESCOLA MARECHAL ARTHUR DA COSTA E SILVA, BAIRRO SOCOMIM”.</t>
   </si>
   <si>
     <t>16593</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16593/ind._441.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16593/ind._441.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE REVITALIZAÇÃO DO CENTRO COMUNITÁRIO SÃO FRANCISCO COM TRABALHOS PINTURAS E FACHADAS EM TODA EDIFICAÇÃO”.</t>
   </si>
   <si>
     <t>16594</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16594/ind._442.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16594/ind._442.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, SOLICITE A DEMARCAÇÃO DE UMA VAGA DE ESTACIONAMENTO PARA PESSOAS PORTADORES DE DEFICIÊNCIA E IDOSOS EM FRENTE AO POSTO SAÚDE DO PARQUE LIMEIRA ÁREA 02”.</t>
   </si>
   <si>
     <t>16595</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16595/ind_443.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16595/ind_443.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, SOLICITE UM ESTUDO PARA FAZER A CONSTRUÇÃO DE DUAS CAPELAS MORTUÁRIAS UMA NO BAIRRO MARINHA E OUTRA NO PARQUE LIMEIRA, ÁREA 02”.</t>
   </si>
   <si>
     <t>16596</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16596/ind._444.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16596/ind._444.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA CONSTRUÍDO UM MURO DE GABIÃO, LOCALIZADO NA RUA  ILHA DO SURUBI, Nº16  - BAIRRO JARDIM ALEGRE".</t>
   </si>
   <si>
     <t>16597</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16597/ind._445.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16597/ind._445.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE FAÇA A LIMPEZA DOS BUEIROS NA RUA VEREADOR JOSE OSÓRIO DE CAMARGO, BUEIRO PRÓXIMOS AO NÚMERO DE REFERENCIA 142, NO BAIRRO SOCOMIM”.</t>
   </si>
   <si>
     <t>16598</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16598/ind._446.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16598/ind._446.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A TROCA DAS TAMPAS DOS BUEIROS NA RUA RIO BRANCO, EM FRENTE A UM TERRENO BALDIO, PRÓXIMO À RUA RIO TAPAJÓS, NO PARQUE LIMEIRA - ÁREA 7”.</t>
   </si>
   <si>
     <t>16599</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16599/ind._447.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16599/ind._447.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO O TAPA BURACO DA TRAVESSA CACHOEIRA, ESQUINA COM A RUA PRAINHA NO BAIRRO PARQUE LIMEIRA, ÁREA 2".</t>
   </si>
   <si>
     <t>16600</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16600/ind._448.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16600/ind._448.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA E TROCA DA TAMPA EM 02 BUEIROS EM QUE SE ENCONTRAM UMA EM CADA LADO DA RUA CONGONHAS DO CAMPO ESQUINA COM RUA GUARATINGUETÁ, NO BAIRRO PARQUE LIMEIRA - ÁREA 6”.</t>
   </si>
   <si>
     <t>16601</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16601/ind._449.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16601/ind._449.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA NAS ENCOSTAS DAS CALÇADAS NOS 02 SENTIDOS DA RUA GUARATINGUETÁ, PRÓXIMO À RUA TREMEDAL NO BAIRRO PARQUE LIMEIRA, ÁREA 6“.</t>
   </si>
   <si>
     <t>16604</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16604/ind._450.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16604/ind._450.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A TROCA DE DUAS (02) BOCAS DE LOBO, UMA EM CADA LADO DA RUA SÃO ROQUE, PRÓXIMO AO Nº 22, NO BAIRRO PARQUE LIMEIRA, ÁREA 6".</t>
   </si>
   <si>
     <t>16605</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16605/ind._451.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16605/ind._451.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A TROCA DA TAMPA DO BUEIRO E LIMPEZA DA BOCA DE LOBO DA RUA ITAPETININGA, PRÓXIMO AO Nº 19, NO BAIRRO PARQUE LIMEIRA - ÁREA 6”.</t>
   </si>
   <si>
     <t>16612</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16612/ind._452.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16612/ind._452.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM CONSTRUÍDOS BANHEIROS, VESTIÁRIOS PARA OS USUÁRIOS DAS QUADRAS DE SALÃO E SOCIETY NO BAIRRO MARINHA".</t>
   </si>
   <si>
     <t>16613</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16613/in._453.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16613/in._453.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE PROCEDA A LIMPEZA NO TERRENO AO FUNDO DO CMEI HENRIQUETA LISBOA, NO BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16614</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16614/ind._454.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16614/ind._454.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A PINTURA DAS FAIXAS DE SINALIZAÇÃO, DE PEDESTRE E LOMBADAS NA AVENIDA JURUTANHI, NO BAIRRO PARQUE LIMEIRA ÁREA 6”.</t>
   </si>
   <si>
     <t>16616</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16616/ind._455.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16616/ind._455.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO QUE SEJA FEITO OPERAÇÃO TAPA BURACOS NA RUA MONTE HOREBE ESQUINA COM MONTE MORIÁ NO JARDIM MONTE SINAI, POIS EXISTE UM BURACO NESTE ENCONTRO DE RUAS QUE CAUSA TRANSTORNOS”.</t>
   </si>
   <si>
     <t>16617</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16617/ind._456.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16617/ind._456.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO QUE SEJA FEITO OPERAÇÃO TAPA BURACOS NA RUA PENÍNSULA DO SINAI NO JARDIM MONTE SINAI”.</t>
   </si>
   <si>
     <t>16618</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16618/ind._457.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16618/ind._457.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO QUE SEJA FEITO OPERAÇÃO TAPA BURACOS AV. DAS FLORES NO JARDIM ALEGRE, PRINCIPALMENTE EM FRENTE AO Nº 325”.</t>
   </si>
   <si>
     <t>16619</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16619/ind._458.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16619/ind._458.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO, EM UNÍSSONO COM O DEPARTAMENTO MUNICIPAL DE TRÂNSITO QUE VERIFIQUEM, ANALISEM E POR FIM DEEM SOLUÇÃO AO PROBLEMA APRESENTADO NA RUA MACAPÁ, Nº 84, BAIRRO VILA ESPERANÇA, ONDE SOLICITA-SE URGENTE QUE SEJA COLOCADO LOMBADA OU O QUE VALHA PARA REPRIMIR A VELOCIDADE DOS VEÍCULOS NO LOCAL”.</t>
   </si>
   <si>
     <t>16620</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16620/ind._459.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16620/ind._459.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A TROCA DA TAMPA DO BUEIRO NA ESTRADA DOS GUARARAPES PRÓXIMO AO NÚMERO 382, NO BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>16621</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16621/ind._460.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16621/ind._460.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA NAS ENCOSTAS DA ESTRADA DOS GUARARAPES, PRÓXIMO A RUA AF NO BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>16623</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16623/ind._461.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16623/ind._461.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA DA TAMPA DO BUEIRO NA ESTRADA DOS GUARARAPES PRÓXIMO AO Nº 89, NO BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>16635</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16635/ind._462.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16635/ind._462.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA SOLICITAR JUNTO AOS ÓRGÃOS COMPETENTES QUE SEJA FEITO UM PROJETO DE LEI PARA A CONCESSÃO DE INCENTIVOS FISCAIS E ECONÔMICOS, SEJA PARA INSTALAÇÃO DE NOVAS EMPRESAS, BEM COMO A AMPLIAÇÃO DE EMPRESAS NO MUNICÍPIO".</t>
   </si>
   <si>
     <t>16636</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16636/ind._463.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16636/ind._463.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJAM INSTALADAS PLACAS DE ‘PROIBIDO ANDAR DE BICICLETA’ EM TODAS ÁREAS DAS PRAÇAS E ESPAÇOS PÚBLICOS QUE CONTENHAM PISO MODULAR, COMO PLAYGROUNDS E QUADRAS DE BASQUETE”.</t>
   </si>
   <si>
     <t>16637</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16637/ind._464.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16637/ind._464.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA IMPLEMENTADO UM PONTO DE COLETA E TROCA DA FEIRA DO BEM NA RUA ALAGAMAR (CAMPO DO MACOPA), NO BAIRRO MACOPA”.</t>
   </si>
   <si>
     <t>16638</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16638/ind._465.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16638/ind._465.pdf</t>
   </si>
   <si>
     <t>"INDICA AO PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJAM REALIZADOS ESTUDOS E ENCAMINHAMENTOS NECESSÁRIOS PARA REALIZAÇÃO DE CONVÊNIO COM A GYMPASS (OU ASSEMELHADA) EM BENEFÍCIO DOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS."</t>
   </si>
   <si>
     <t>16639</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16639/ind._466.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16639/ind._466.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REVITALIZAÇÃO DA PRAÇA SITUADA ENTRE AS RUAS NESTOR GOMES DA SILVA E MANOEL BORBA GATO, NO BAIRRO JARDIM BANDEIRANTES, CONTEMPLANDO A TROCA DOS BANCOS, SUBSTITUIÇÃO DO PARQUINHO, REFORMA DO PASSEIO E OUTROS."</t>
   </si>
   <si>
     <t>16640</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16640/ind._467.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16640/ind._467.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO, SERVIÇO DE TAPA BURACO NA RUA MONTE BELO,  EM FRENTE AO NÚMERO 121, NO BAIRRO BONAVILA”.</t>
   </si>
   <si>
     <t>16641</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16641/ind._468.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16641/ind._468.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO, SERVIÇO DE TAPA BURACO NA RUA NETUNO,  EM FRENTE AOS NÚMEROS 211 E 243, NO BAIRRO CEM CASAS."</t>
   </si>
   <si>
     <t>16644</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16644/ind._469.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16644/ind._469.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR RECAPE ASFÁLTICO NAS RUAS ANA MARY,  RUA ARARAQUARA, TRAVESSA  BRASIL, BAIRRO ANA MARY”</t>
   </si>
   <si>
     <t>16645</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16645/ind._470.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16645/ind._470.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE INSPEÇÃO E TROCA DE PROTEÇÃO BOCA BUEIRO NA RUA JOSÉ MARIO MOREIRA PRÓXIMO A ESCOLA, BAIRRO BOM JESUS”.</t>
   </si>
   <si>
     <t>16646</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16646/ind._471.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16646/ind._471.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE RECAPE ASFÁLTICO NA RUA VEREADOR ALFREDO MARTINS NO BAIRRO BOM JESUS”.</t>
   </si>
   <si>
     <t>16647</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16647/ind._472.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16647/ind._472.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE A IMPLANTAÇÃO DE LOMBADA PRÓXIMO AO PONTO DE ÔNIBUS DA RUA ODILON BORBA  E VAGA RÁPIDA DE ESTACIONAMENTO EM FRENTE AO N°361  EM FRENTE À PIZZARIA ITÁLIA NO BAIRRO VILA OSÓRIO."</t>
   </si>
   <si>
     <t>16648</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16648/ind._473.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16648/ind._473.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE O MUNICÍPIO SEJA RESPONSÁVEL PELO ATENDIMENTO DAS LIGAÇÕES DOS MUNÍCIPES AO ACESSO AO SAMU (SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA) NÚMERO 192."</t>
   </si>
   <si>
     <t>16649</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16649/ind._474.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16649/ind._474.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA MUNICIPALIZADA A AGÊNCIA DO TRABALHADOR."</t>
   </si>
   <si>
     <t>16650</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16650/ind._475.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16650/ind._475.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE  SEJA INSTALADO ILUMINAÇÃO PÚBLICA NA RODOVIA PR 160, DO VIADUTO CARLOS HUGO WOLFF VON GRAFFEN, ATÉ INÍCIO DA PONTE SENTIDO HARMONIA."</t>
   </si>
   <si>
     <t>16652</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16652/ind._476.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16652/ind._476.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA ADOTADO COMO REGRA A DEFINIÇÃO PRIORITÁRIA DE PAVIMENTAÇÃO E RECAPE ASFÁLTICO NAS RUAS ONDE RESIDIR CIDADÃO COM DEFICIÊNCIA FÍSICA QUE IMPEÇA OU DIFICULTE SUA LOCOMOÇÃO”.</t>
   </si>
   <si>
     <t>16660</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16660/ind._477.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16660/ind._477.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA EM TODA A EXTENSÃO DA RUA RIO DO OURO, NO BAIRRO PARQUE LIMEIRA ÁREA 2“.</t>
   </si>
   <si>
     <t>16662</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16662/ind._478.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16662/ind._478.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO A PODA DE UMA ÁRVORE DE GRANDE PORTE, NA RUA DESEMBARGADOR EDMUNDO MERCER JUNIOR  Nº 305 NO CENTRO”.</t>
   </si>
   <si>
     <t>16663</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16663/ind._479.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16663/ind._479.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA E TROCA DA TAMPA DO BUEIRO NA AVENIDA CHARQUEADA, PRÓXIMO AO NÚMERO 469 DO OUTRO LADO DA VIA, NO BAIRRO PARQUE LIMEIRA, ÁREA 7”.</t>
   </si>
   <si>
     <t>16664</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16664/ind._480.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16664/ind._480.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A TROCA DA TAMPA DO BUEIRO NA RUA RIO TAPAJÓS, PRÓXIMO AO NÚMERO 275, NO BAIRRO PARQUE LIMEIRA ÁREA 7”.</t>
   </si>
   <si>
     <t>16668</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16668/ind._481.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16668/ind._481.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJAM RETIRADOS OS TOCOS DE ÁRVORES SITUADO NA RUA JOAQUIM TÁVORA, BEM COMO O CONSERTO DAS CALÇADAS - BAIRRO CENTRO."</t>
   </si>
   <si>
     <t>16669</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16669/ind._482.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16669/ind._482.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM REALIZADO LIMPEZA DOS BUEIROS DE TODA EXTENSÃO DA RUA AMAPORÃ - BAIRRO JARDIM UNIÃO."</t>
   </si>
   <si>
     <t>16670</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16670/ind._483.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16670/ind._483.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA UM RECAPE ASFÁLTICO EM TODA EXTENSÃO DA RUA DAS ROSAS, NO BAIRRO JARDIM ALEGRE."</t>
   </si>
   <si>
     <t>16671</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16671/ind._484.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16671/ind._484.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ORGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM ESTUDO DE VIABILIDADE TÉCNICA PARA ALTERAR O PONTO DE ÔNIBUS CIRCULAR DA RUA OURO PRETO (O QUAL ATUALMENTE ESTÁ EM FRENTE A CASA Nº 153), A FIM DE SER INSTALADO EM FRENTE A CASA Nº 141, NO BAIRRO VILA ESPERANÇA."</t>
   </si>
   <si>
     <t>16672</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16672/ind._485.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16672/ind._485.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO E TROCA DA TAMPA DO BUEIRO DA RUA IBICUÍ, EM FRENTE À IGREJA CONGREGAÇÃO CRISTÃ, NO BAIRRO PARQUE LIMEIRA ÁREA 6”.</t>
   </si>
   <si>
     <t>16673</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16673/ind._486.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16673/ind._486.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO E TROCA DA TAMPA DO BUEIRO DA RUA SÃO LEOPOLDO, ESQUINA COM A RUA SÃO JOÃO, NO BAIRRO PARQUE LIMEIRA, ÁREA 3”.</t>
   </si>
   <si>
     <t>16674</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16674/ind._487.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16674/ind._487.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJAM REALIZADAS AS INSTALAÇÕES DE PLACAS INDICANDO A CONTINUIDADE DA RUA JASMIM E DA RUA DAS ROSAS APÓS O CAMPO DA PRAÇA BOLIVAR CAETANO VAZ, NO BAIRRO JARDIM ALEGRE."</t>
   </si>
   <si>
     <t>16675</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16675/ind._488.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16675/ind._488.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE REALIZEM O SERVIÇO DE REPARO E PROVIDENCIE TAMBÉM A COLOCAÇÃO DE UMA NOVA TAMPA DE PROTEÇÃO NO BUEIRO LOCALIZADO NA RUA JOSÉ MÁRIO MOREIRA, EM FRENTE AO NÚMERO 352, NO BAIRRO CENTRO."</t>
   </si>
   <si>
     <t>16676</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16676/ind._489.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16676/ind._489.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE MAIS PRECISAMENTE TBTRAN, QUE ANALISEM E DETERMINEM A ESTRUTURAÇÃO DE UM RECUO QUE SIRVA DE PARADA DE ÔNIBUS E VANS NA AVENIDA PRESIDENTE KENNEDY EM FRENTE AO COLÉGIO ESTADUAL WOLFF KLABIN."</t>
   </si>
   <si>
     <t>16677</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16677/ind._490.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16677/ind._490.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE UM ESTUDO PARA IMPLANTAÇÃO DE UMA ÓTICA PÚBLICA SOCIAL EM NOSSO MUNICÍPIO TENDO COMO EXEMPLO A DA CIDADE DE FLORIANÓPOLIS ESTADO SANTA CATARINA."</t>
   </si>
   <si>
     <t>16678</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16678/ind.491.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16678/ind.491.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA POSTO UMA CÂMERA DE SEGURANÇA NA ESTRADA QUE DÁ ACESSO AO LOCAL DENOMINADO MANDAÇAIA."</t>
   </si>
   <si>
     <t>16679</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16679/ind._492.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16679/ind._492.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE A INSTALAÇÃO DE UMA LOMBADA LOCALIZADA NA RUA RIBEIRÃO PRÓXIMO AO NÚMERO 328, BAIRRO PARQUE LIMEIRA, ÁREA 2."</t>
   </si>
   <si>
     <t>16680</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16680/ind._493.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16680/ind._493.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE FAÇA A REVITALIZAÇÃO DO CENTRO COMUNITÁRIO DO BAIRRO SÃO ROQUE."</t>
   </si>
   <si>
     <t>16681</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16681/ind._494.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16681/ind._494.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE FAÇA A CALÇADA NA ALAMEDA OSVALDO CRUZ ESQUINA COM A TRAVESSA SARANDI, BAIRRO SÃO ROQUE."</t>
   </si>
   <si>
     <t>16682</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16682/ind._495.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16682/ind._495.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A RETIRADA DE TRONCO DE ÁRVORE NA CALÇADA DA RUA JORDÃO, 195 AO LADO DO MERCADO MARCONDES, NO BAIRRO RIO ALEGRE."</t>
   </si>
   <si>
     <t>16683</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16683/ind._496.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16683/ind._496.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A PINTURA DA FAIXA DE PEDESTRE DA AVENIDA SANTOS DUMONT, PRÓXIMO AO N° 56 NO CENTRO."</t>
   </si>
   <si>
     <t>16684</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16684/ind._497.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16684/ind._497.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A PINTURA DA FAIXA DE PEDESTRE DA RUA VICENTE MACHADO, ESQUINA COM A AVENIDA SANTOS DUMONT NO CENTRO.”</t>
   </si>
   <si>
     <t>16685</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16685/ind._498.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16685/ind._498.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE SEJA A REALIZADA A PINTURA DA FAIXA DE PEDESTRE DA RUA VICE PREFEITO REGINALDO GUEDES NOCERA, ESQUINA COM A RUA 1°DE MAIO, EM FRENTE À JOIDE PAPELARIA NO CENTRO”.</t>
   </si>
   <si>
     <t>16689</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16689/ind._499.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16689/ind._499.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PROCEDAM A LIMPEZA DE TODOS OS BUEIROS NA RUA DA PEDREIRA NO BAIRRO JARDIM UNIÃO."</t>
   </si>
   <si>
     <t>16690</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16690/ind._500.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16690/ind._500.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A READAPTAÇÃO, DIVULGAÇÃO E INCENTIVO PARA QUE EMPRESAS E ENTIDADES POSSAM ADERIR AO "PROGRAMA ADOÇÃO DE LOGRADOUROS", ESPECIALMENTE NO QUE TANGE ÀS NOVAS PRAÇAS CONSTRUÍDAS E REVITALIZADAS."</t>
   </si>
   <si>
     <t>16691</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16691/ind.501.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16691/ind.501.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AO SETOR COMPETENTE QUE, AO PROJETAR NOVOS PRÉDIOS PÚBLICOS (ESCOLAS, CMEIS, UBS'S E OUTRAS REPARTIÇÕES) JÁ ESTEJA PREVISTO A IMPLANTAÇÃO DE SISTEMAS DE ENERGIA COM CÉLULAS FOTOVOLTAICAS (ENERGIA SOLAR)."</t>
   </si>
   <si>
     <t>16692</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16692/ind.502.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16692/ind.502.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE O RECAPE ASFÁLTICO DA RUA LAJEADO, NO BAIRRO RECANTO FELIZ."</t>
   </si>
   <si>
     <t>16694</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16694/ind._503.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16694/ind._503.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A REVITALIZAÇÃO DA GRUTA PRÓXIMA AO TERMINAL RODOVIÁRIO."</t>
   </si>
   <si>
     <t>16696</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16696/ind_504.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16696/ind_504.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO, SERVIÇO DE TAPA BURACO NA RUA VENEZA, ESQUINA DA PANIFICADORA E CONFEITARIA MORIÁ, NO BAIRRO VILA ROSA”.</t>
   </si>
   <si>
     <t>16698</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16698/ind_505.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16698/ind_505.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE INSPEÇÃO E TROCA DE GRELHA NO BUEIRO NA RUA RIO TROMBETA ESQUINA COM RUA RIO MADEIRA, NO BAIRRO PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>16700</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16700/ind._506.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16700/ind._506.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE, QUE SEJAM FEITAS PINTURAS DE FAIXAS 'PARE' NOS DOIS SENTIDOS DA RIO TROMBETA ESQUINA COM A RUA  RIO MADEIRA, NO BAIRRO PARQUE LIMEIRA ÁREA 2 E ESTUDO PARA QUE A SAÍDA  DA  RUA RIO MADEIRA NA RUA RIO TROMBETA PASSE A SER PREFERENCIAL”.</t>
   </si>
   <si>
     <t>16703</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16703/ind._507.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16703/ind._507.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE INSPEÇÃO E TROCA DE PROTEÇÃO DA TAMPA DO BUEIRO NA RUA ITAPITININGA EM FRENTE NÚMERO 108, NO BAIRRO PARQUE LIMEIRA ÁREA 6”.</t>
   </si>
   <si>
     <t>16704</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16704/ind._508.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16704/ind._508.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE JUNTO AO SETOR COMPETENTE FAÇA A REVITALIZAÇÃO E READEQUAÇÕES NECESSARIAS NA PISTA DE SKATE AO LADO DA QUADRA DO SOCOMIM, LOCALIZADA NA AVENIDA MARECHAL DEODORO DA FONSECA."</t>
   </si>
   <si>
     <t>16705</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16705/ind._509.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16705/ind._509.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO A IMPLANTAÇÃO DE UMA PISTA DE BMX E MONTAN BIKE PARA A PRÁTICA DAS MODALIDADES DIRT JUMP E PUMP TRACK, EM UM ESPAÇO DESTINADO PELA ADMINISTRAÇÃO."</t>
   </si>
   <si>
     <t>16706</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16706/ind._510.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16706/ind._510.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A REVITALIZAÇÃO, TROCA DOS APARELHOS DE GINÁSTICA, INSTALAÇÃO DE BRINQUEDOS, LIMPEZA E REPARO DO CAMPO DE FUTEBOL DA PRAÇA SÃO JORGE, LOCALIZADA NA RUA CORUMBÁ COM ESTRADA DOS GUARARAPES".</t>
   </si>
   <si>
     <t>16707</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16707/ind._511.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16707/ind._511.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A REVITALIZAÇÃO DE TODA A EXTENSÃO DA RUA PLANALTO, NO BAIRRO MARINHA COM RECAPE ASFÁLTICO, INSTALAÇÃO DE MEIO FIO, PODA E LIMPEZA DO MATO BEIRANDO A RUA.”</t>
   </si>
   <si>
     <t>16709</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16709/ind._512.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16709/ind._512.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO E TROCA DA TAMPA DOS BUEIROS DA RUA ALTO DO PARANÁ, EM FRENTE AS CASAS Nº 82 E 169, NO BAIRRO PARQUE LIMEIRA ÁREA 6.”</t>
   </si>
   <si>
     <t>16711</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16711/ind._513.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16711/ind._513.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA CONSTRUÇÃO DE UMA LOMBADA OU TRAVESSIA ELEVADA NA RUA PALESTINA, PRÓXIMO A ESQUINA DA RUA SAMARIA E EM FRENTE AO FUTURO COMPLEXO DE ESPORTE E LAZER DO BAIRRO MONTE SINAI II”.</t>
   </si>
   <si>
     <t>16712</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16712/ind.514.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16712/ind.514.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM ESTUDO DE VIABILIDADE TÉCNICA PARA QUE AS FAMÍLIAS CONTEMPLADAS NO PROJETO HORTA COMUNITÁRIA URBANA POSSAM VENDER SUAS PRODUÇÕES PARA O PROJETO FEIRA DO BEM”.</t>
   </si>
   <si>
     <t>16713</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16713/ind._515.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16713/ind._515.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A DELIMITAÇÃO DE VAGAS EXCLUSIVAS PARA MOTO, EM FRENTE AO CMEI MAMÃE MARTA MARGARIDA, NA RUA PAPA JOÃO XXIII, NO BAIRRO NOSSA SENHORA DE FÁTIMA NO BAIRRO CEM CASAS”.</t>
   </si>
   <si>
     <t>16719</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16719/ind._516.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16719/ind._516.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A TROCA DA LÂMPADA QUEIMADA NA RUA NAZARÉ, EM FRENTE A CASA Nº 157, NO BAIRRO MONTE SINAI II”.</t>
   </si>
   <si>
     <t>16718</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16718/ind._517.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16718/ind._517.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA UMA RECUPERAÇÃO ASFÁLTICA – TAPA BURACO NA RUA TUNÍSIA ESQUINA COM A RUA GUINÉ, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16714</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16714/ind._518.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16714/ind._518.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, SERVIÇO DE TAPA BURACO NO FINAL DA  RUA DOS CANÁRIOS,  EM FRENTE AO NÚMERO 33, NO BAIRRO SÃO SILVESTRE”.</t>
   </si>
   <si>
     <t>16715</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16715/ind._519.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16715/ind._519.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE MAIS ESPECIFICAMENTE O TBTRAN, PARA QUE VERIFIQUEM A POSSIBILIDADE DE ALTERAÇÃO DE PONTO DO COLETIVO ( CIRCULAR ), DEVIDO ESTAR NUM LOCAL INGRIME. FICA NA RUA CARMO DA MATA, APÓS O DEPOSITO DE MATERIAIS DE CONSTRUÇÃO ALVORADA, SUBINDO, O PRIMEIRO PONTO EM FRENTE A UMA PADARIA".</t>
   </si>
   <si>
     <t>16716</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16716/ind._520.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16716/ind._520.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE SEJAM REALIZADOS REPAROS NA CALÇADA NA RUA BRAULIO BATISTA LEAL, EM FRENTE Nº 173, BAIRRO NOSSA SENHORA DE FÁTIMA.”</t>
   </si>
   <si>
     <t>16717</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16717/ind._521.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16717/ind._521.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE REALIZEM O SERVIÇO DE LIMPEZA E A COLOCAÇÃO DE NOVA TAMPA DE PROTEÇÃO NO BUEIRO, RUA CONGONHA DO CAMPO, EM FRENTE AO NÚMERO 95, BAIRRO PARQUE LIMEIRA ÁREA 6.”</t>
   </si>
   <si>
     <t>16720</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16720/ind._522.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16720/ind._522.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE ESTUDO PARA INSTALAÇÃO DE UMA PASSAGEM ELEVADA OU SIMILAR NA RUA BARRO PRETO EM FRENTE AO NÚMERO 333, NO BAIRRO PARQUE LIMEIRA  ÁREA II”.</t>
   </si>
   <si>
     <t>16721</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16721/ind._523.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16721/ind._523.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A COLOCAÇÃO DE UMA TAMPA DE BUEIRO NA TRAVESSA PARIS, PRÓXIMO AO Nº 04, NO BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO.”</t>
   </si>
   <si>
     <t>16722</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16722/ind._524.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16722/ind._524.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A PINTURA DAS FAIXAS INDICATIVAS NA RUA MAUÁ, ESQUINA COM A RUA CAMPINA ALTA, NO BAIRRO PARQUE LIMEIRA ÁREA 2.”</t>
   </si>
   <si>
     <t>16723</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16723/ind._525.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16723/ind._525.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA NAS ENCOSTAS DA RUA SÍRIO DE CASTRO RIBAS, ESQUINA COM AVENIDA MARECHAL FLORIANO PEIXOTO NO BAIRRO ALTO DAS OLIVEIRAS“.</t>
   </si>
   <si>
     <t>16724</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16724/ind._526.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16724/ind._526.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A TROCA DA TAMPA DO BUEIRO NA RUA AMAPORÃ PRÓXIMO AO NÚMERO 26, NO BAIRRO JARDIM UNIÃO”.</t>
   </si>
   <si>
     <t>16725</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16725/ind._527.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16725/ind._527.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA ANALISADO JUNTO AO DEPARTAMENTO COMPETENTE PARA ENCAMINHAR A ESTA CASA, UM PROJETO DE LEI EM QUE O PODER EXECUTIVO FAÇA A PREMIAÇÃO EM PECÚNIA, PARA ATLETAS E OU EQUIPES DOS CAMPEONATOS AMADORES DE TELÊMACO BORBA."</t>
   </si>
   <si>
     <t>16726</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16726/ind._528.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16726/ind._528.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A PINTURA DA FAIXA DE PEDESTRE E DA FAIXA INDICATIVA 'PARE', NA RUA CAMPINA ALTA ESQUINA COM A RUA MIRANDA, NO BAIRRO PARQUE LIMEIRA, ÁREA 2.”</t>
   </si>
   <si>
     <t>16733</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16733/ind._529.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16733/ind._529.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM RECAPE ASFÁLTICO – TAPA BURACO NA RUA GUARANI, ESPECIALMENTE EM FRENTE AO Nº 202, NO BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO – B.N.H”.</t>
   </si>
   <si>
     <t>16734</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16734/ind._530.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16734/ind._530.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM RECAPE ASFÁLTICO – TAPA BURACO NA ROTATÓRIA EM FRENTE A PRAÇA PASTOR PEDRO CORTEZ, ENTRE AS RUAS GUARANI E JOÃO MORAIS DA SILVA, NO BAIRRO NOSSA SENHORA DE FÁTIMA - CEM CASAS”.</t>
   </si>
   <si>
     <t>16735</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16735/ind._531.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16735/ind._531.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO NO BUEIRO DA RUA MACEIÓ, EM FRENTE A CASA Nº 267, NO BAIRRO SANTA RITA.”</t>
   </si>
   <si>
     <t>16736</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16736/ind._532.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16736/ind._532.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A COLOCAÇÃO DE UMA PLACA DE ‘PROIBIDO JOGAR LIXO’ NA RUA BEIRA RIO, EM FRENTE A CASA Nº 31, NO BAIRRO RIO ALEGRE.”</t>
   </si>
   <si>
     <t>16738</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16738/ind._533.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16738/ind._533.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA UM RECAPE ASFÁLTICO – TAPA BURACO NA RUA SENEGAL, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16739</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16739/ind._534.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16739/ind._534.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE SISTEMA DE SEGURANÇA, COMO POR EXEMPLO UM GUARD RAIL,  NA PRAÇA QUE ESTÁ SENDO CONSTRUÍDA/REVITALIZADA NO BAIRRO BONAVILA, ENTRE AS RUAS DOS INCAS E TAPUIAS, ESPECIALMENTE DEFRONTE ÀS TRAVESSAS."</t>
   </si>
   <si>
     <t>16740</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16740/ind._535.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16740/ind._535.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, SERVIÇO  DE TAPA BURACOS NA TRAVESSA CARLOS LUZ,  ESQUINA COM A RUA GUATEMALA, NO BAIRRO ALTO DAS OLIVEIRAS.”</t>
   </si>
   <si>
     <t>16742</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16742/ind._536.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16742/ind._536.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO,  QUE TOME PROVIDÊNCIAS QUANTO A MANUTENÇÃO DA PORTA DE VIDRO, DO CRAS RIO ALEGRE, NO BAIRRO JARDIM EUROPA."</t>
   </si>
   <si>
     <t>16743</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16743/ind._537.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16743/ind._537.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE REALIZEM O SERVIÇO DE PODA DE ÁRVORE NA AVENIDA MARECHAL FLORIANO PEIXOTO, Nº 385, NO BAIRRO ALTO DAS OLIVEIRAS.”</t>
   </si>
   <si>
     <t>16744</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16744/ind._538.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16744/ind._538.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DA MUNICIPALIDADE  PROCEDA A MANUTENÇÃO E TROCA DE LAMPADA DO POSTE DE ILUMINAÇÃO PÚBLICA, LOCALIZADO NA RUA RIO TAPAJÓS, EM FRENTE AO  Nº 02, NO BAIRRO ÁREA 7.”</t>
   </si>
   <si>
     <t>16746</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16746/ind._539.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16746/ind._539.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE PLACAS EM PRAÇAS PÚBLICAS COM A ADVERTÊNCIA PARA QUE TUTORES DE ANIMAIS RECOLHAM OS DEJETOS DOS SEUS PETS.”</t>
   </si>
   <si>
     <t>16748</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16748/ind._540.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16748/ind._540.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A RESTAURAÇÃO DO BUEIRO NA RUA OLINDA, PRÓXIMO AO Nº 741, NO BAIRRO PARQUE LIMEIRA ÁREA 3”.</t>
   </si>
   <si>
     <t>16749</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16749/ind._541.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16749/ind._541.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA EM TODA EXTENSÃO DAS RUAS CASCALHO, CARBONATO E GRANADA, NO BAIRRO VILA SÃO FRANCISCO DE ASSIS “.</t>
   </si>
   <si>
     <t>16750</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16750/ind._542.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16750/ind._542.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A ESTRUTURAÇÃO DE ACESSO DA RUA SANTA FÉ DO BAIRRO JARDIM AMÉRICA E A RUA RIO ITANHÉM NO BAIRRO SÃO JOÃO”.</t>
   </si>
   <si>
     <t>16751</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16751/ind._543.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16751/ind._543.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A COLOCAÇÃO DE UMA TAMPA DE BUEIRO NA RUA RIO TROMBETA COM A AVENIDA TROMBETA, PRÓXIMO AO Nº 409 NO BAIRRO PARQUE LIMEIRA ÁREA 7”.</t>
   </si>
   <si>
     <t>16752</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16752/ind._544.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16752/ind._544.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA NA RUA DAS ACÁCIAS, ESQUINA COM A RUA VILA VELHA NO BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16759</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16759/ind._545.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16759/ind._545.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A MANUTENÇÃO NO BUEIRO DA RUA CARMO DA MATA, EM FRENTE A CASA Nº 120, NO BAIRRO JARDIM ITÁLIA.”</t>
   </si>
   <si>
     <t>16760</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16760/ind._546.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16760/ind._546.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A MANUTENÇÃO NOS BUEIROS DA TRAVESSA CAMPOS, ESQUINA COM A RUA CARMO DA MATA, NO LOTEAMENTO MORADA DO SOL – JARDIM ITÁLIA.”</t>
   </si>
   <si>
     <t>16761</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16761/ind._547.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16761/ind._547.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA CONSTRUÇÃO DE UMA LOMBADA OU TRAVESSIA ELEVADA NA RUA MACEIÓ, EM FRENTE A CASA Nº 267, NO BAIRRO SANTA RITA”.</t>
   </si>
   <si>
     <t>16762</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16762/ind._548.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16762/ind._548.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, PARA QUE SEJA REALIZADA A MANUTENÇÃO NOS BUEIROS DA AVENIDA SÃO JOÃO DEL REY, ESQUINA COM A RUA ALTO DO PARANÁ E OUTRO EM FRENTE AO CENTRO COMUNITÁRIO DO BAIRRO PARQUE LIMEIRA ÁREA 6.”</t>
   </si>
   <si>
     <t>16763</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16763/ind._549.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16763/ind._549.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A REPARAÇÃO NA CRATERA EM FRENTE À IGREJA DA RUA JAGUARIBE, ESQUINA COM A RUA RIO GRAJAÚ, NO BAIRRO SÃO JOÃO”.</t>
   </si>
   <si>
     <t>16764</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16764/ind._550.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16764/ind._550.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM RECAPE ASFÁLTICO  OU TAPA BURACO EM TODAS AS RUAS DO BAIRRO SÃO LUIS”.</t>
   </si>
   <si>
     <t>16765</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16765/ind._551.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16765/ind._551.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, PARA QUE SEJA FEITO SERVIÇO DE RECAPE ASFÁLTICO EM TODA EXTENSÃO DA RUA ROSÁRIO, NO BAIRRO SÃO JOÃO.”</t>
   </si>
   <si>
     <t>16766</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16766/ind._552.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16766/ind._552.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE REALIZE OPERAÇÃO TAPA BURACOS NA RUA FREI LUIZ DE AMITILLE, NA PARTE EM QUE ESTA PAVIMENTADA”.</t>
   </si>
   <si>
     <t>16767</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16767/ind._553.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16767/ind._553.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO, SERVIÇOS DE TAPA BURACO  EM TODA EXTENSÃO DA  RUA GUINÉ, NO BAIRRO VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16768</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16768/ind._554.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16768/ind._554.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, SERVIÇOS DE TAPA BURACO EM TODA EXTENSÃO DA RUA DOS APACHES, NO BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO”.</t>
   </si>
   <si>
     <t>16769</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16769/ind._555.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16769/ind._555.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA RECAPEAMENTO ASFÁLTICO NA RUA CORBÉLIA, PRÓXIMO AO NÚMERO 236 NO BAIRRO NOSSA SENHORA DE FÁTIMA“.</t>
   </si>
   <si>
     <t>16770</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16770/ind._556.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16770/ind._556.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA O TAPA BURACO NO ASFALTO DA RUA BAHIA, PRÓXIMO AO NÚMERO 248, EM FRENTE A PRAÇA DA ESCOLA FABIANO BRAGA CORTES NO BAIRRO CEM CASAS.”</t>
   </si>
   <si>
     <t>16771</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16771/ind._557.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16771/ind._557.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM TOMADAS PROVIDÊNCIAS QUANTO AO TERRENO AO LADO DA ESCOLA JUVENTINA BETIM DA SILVA NO BAIRRO SÃO JOÃO, SE FOR UM TERRENO PARTICULAR QUE SEJA NOTIFICADO O PROPRIETÁRIO OU SENDO UM TERRENO DO MUNICÍPIO, QUE SEJA FEITA ROÇADA E LIMPEZA, VISTO QUE FOI IMPROVISADO UMA PASSAGEM PARA QUE AS CRIANÇAS AO SAÍREM DA ESCOLA, NÃO PRECISEM DAR UMA VOLTA GRANDE PARA CHEGAREM AS SUAS CASAS.”</t>
   </si>
   <si>
     <t>16791</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16791/ind.558.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16791/ind.558.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM ESTUDO DE VIABILIDADE TÉCNICA PARA INSTALAÇÃO DE UM SISTEMA DE VENTILAÇÃO NO CENTRO DE TREINAMENTO DE GINÁSTICA ARTÍSTICA, NO MINI CENTRO ESPORTIVO”.</t>
   </si>
   <si>
     <t>16792</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16792/ind.559.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16792/ind.559.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA LOMBADA OU TRAVESSIA ELEVADA NA RUA BOLÍVIA, EM FRENTE A CASA Nº 153, NO BAIRRO BELA VISTA”.</t>
   </si>
   <si>
     <t>16793</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16793/ind.560.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16793/ind.560.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADO UM RECAPE ASFÁLTICO – TAPA BURACO NA RUA SEM NOME ENTRE A RODOVIA PR-160 E A RUA SÃO MIGUEL (COM ACESSO AO ESCADÃO DA VILA ESPERANÇA), NO BAIRRO BOM JESUS”.</t>
   </si>
   <si>
     <t>16795</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16795/ind.561.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16795/ind.561.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE FAÇA O CORTE DE UMA ÁRVORE LOCALIZADA NA RUA CAPINZAL ESQUINA COM A PAPUÃ, NO BAIRRO SÃO ROQUE."</t>
   </si>
   <si>
     <t>16796</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16796/ind._562.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16796/ind._562.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A  INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NA PRAÇA E QUADRA DE FUTEBOL NO BAIRRO MARINHA”.</t>
   </si>
   <si>
     <t>16798</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16798/ind._563.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16798/ind._563.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA INSTALADO UM GUARD RAIL EM TODA EXTENSÃO DA PISTA SUPERIOR DA AVENIDA MANOEL MENDES DE OLIVEIRA, NO BAIRRO SÃO FRANCISCO“.</t>
   </si>
   <si>
     <t>16799</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16799/ind._564.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16799/ind._564.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA O REPARO NA CALÇADA, NA AVENIDA SAMUEL KLABIN, AO LADO DO NÚMERO 758, NO CENTRO DA CIDADE“.</t>
   </si>
   <si>
     <t>16800</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16800/ind._565.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16800/ind._565.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A  LIMPEZA NA TRAVESSA RIO TELES,  NAS PROXIMIDADES DO  NÚMERO 04, NO BAIRRO PARQUE LIMEIRA ÁREA 3“.</t>
   </si>
   <si>
     <t>16801</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16801/ind._566.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16801/ind._566.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A TROCA E INSTALAÇÃO  DO GRAMADO SINTÉTICO DA QUADRA DE FUTEBOL SOCYTE  DO  BAIRRO CEM CASAS, ATRÁS DO GINÁSIO CLODOMIRO MIGUEL FERNANDES “.</t>
   </si>
   <si>
     <t>16805</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16805/ind._567.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16805/ind._567.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA LOMBADA OU REDUTOR DE VELOCIDADE NA RUA JOAQUIM BATISTA RIBEIRO, ENTRE A VIP ENGLISH SCHOOL E A EVIDENZA PILATES, NO CENTRO”.</t>
   </si>
   <si>
     <t>16807</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16807/ind._568.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16807/ind._568.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, QUE SEJA INCLUÍDO NO CALENDÁRIO OFICIAL DO MUNICÍPIO, UM FESTIVAL DE SKATE COM A FINALIDADE DE PROMOVER UM FIM DE SEMANA DESTINADO AO SKATE".</t>
   </si>
   <si>
     <t>16809</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16809/ind._569.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16809/ind._569.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE ESTUDO PARA INSTALAÇÃO DE FAIXAS DE PEDESTRES NAS ESQUINAS DAS RUAS PRATA E MINA DE CARVÃO COM SALTO DA CONCEIÇÃO, PARQUE LIMEIRA - ÁREA 02”.</t>
   </si>
   <si>
     <t>16810</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16810/ind._570.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16810/ind._570.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE ESTUDO PARA INSTALAÇÃO DE UMA LOMBADA OU SIMILAR NA RUA MAUÁ ESQUINA COM RUA DO RECANTO, EM FRENTE AO NÚMERO 50, PARQUE LIMEIRA - ÁREA 02”.</t>
   </si>
   <si>
     <t>16811</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16811/ind._571.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16811/ind._571.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR RESPONSÁVEL QUE FAÇA A COLOCAÇÃO DE UMA GRELHA EM UM BUEIRO LOCALIZADO NA RUA RIO ALEGRE, EM FRENTE AO Nº 51 NO BAIRRO RIO ALEGRE”.</t>
   </si>
   <si>
     <t>16813</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16813/ind._572.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16813/ind._572.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITO OPERAÇÃO TAPA BURACO NA RUA PALMEIRA NO BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16814</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16814/ind._573.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16814/ind._573.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA O REPARO NA CALÇADA, QUE TEVE O AFUNDAMENTO E TROCA DA TAMPA DO BUEIRO NA RUA PARÁ, EM FRENTE AO NÚMERO 98 NO BAIRRO VILA OSÓRIO”.</t>
   </si>
   <si>
     <t>16819</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16819/ind._574.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16819/ind._574.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA UMA PAVIMENTAÇÃO ASFÁLTICA ENTRE A RUA SÃO GERÔNIMO E A TRAVESSA SÃO BRAZ, NO BAIRRO ÁREA III”.</t>
   </si>
   <si>
     <t>16821</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16821/ind._575.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16821/ind._575.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A MANUTENÇÃO E LIMPEZA, BEM COMO COLOCAÇÃO DE GRELHA, NOS BUEIROS DA RUA DA EMPRESA OREGON SEK MANUTENÇÕES, NO DISTRITO INDUSTRIAL.”</t>
   </si>
   <si>
     <t>16820</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16820/ind._576.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16820/ind._576.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A MANUTENÇÃO E LIMPEZA, BEM COMO COLOCAÇÃO DE GRELHA, NOS BUEIROS NA RUA PROJETADA C, ESQUINA COM A RUA PROJETADA E, AOS FUNDOS DA EMPRESA BRASPINE, NO DISTRITO INDUSTRIAL.”</t>
   </si>
   <si>
     <t>16829</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16829/ind._577.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16829/ind._577.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A MANUTENÇÃO E LIMPEZA, BEM COMO COLOCAÇÃO DE GRELHA, NOS BUEIROS DA RUA PROJETADA C, ESPECIALMENTE NAQUELES LOCALIZADOS NA PROXIMIDADE DA EMPRESA PACKPINE PELLETS, NO DISTRITO INDUSTRIAL.”</t>
   </si>
   <si>
     <t>16822</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16822/ind._578.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16822/ind._578.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE MAIS ESPECIFICAMENTE O TBTRAN, PARA QUE VERIFIQUEM A POSSIBILIDADE DE COLOCAÇÃO DE INIBIDORES DE VELOCIDADE QUE OBTENHAM EXITO UMA VEZ QUE OS COLOCADOS ANTERIORMENTE  NÃO SURTIRAM EFEITO E AOS POUCOS SE DESPRENDERAM E SUMIRAM DO LOCAL, NA AVENIDA EUCLIDES BONIFACIO LONDRES EM FRENTE AO BAR GARRAFÃO”.</t>
   </si>
   <si>
     <t>16824</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16824/ind._579.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16824/ind._579.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO  QUE SEJA DADA ATENÇÃ0 A PRAÇA DA RUA SÃO JOÃO DEL REI NO PARQUE LIMEIRA ÁREA 06, VISTO QUE OS LIXOS ESTAO SENDO JOGADOS EM TODOS OS CANTOS UMA VEZ QUE A AS LIXEIRAS ESTÃO TODAS DANIFICADAS SEM OS FUNDOS E PRECÁRIAS, BEM COMO NOVOS BANCOS PARA A PRAÇA POR ESTAREM DANIFICADOS”.</t>
   </si>
   <si>
     <t>16825</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16825/ind._580.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16825/ind._580.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO QUE SEJA DADA ATENÇÃO A PEQUENA ÁREA DE LAZER EXISTENTE NA RUA PALMEIRA NO BAIRRO JARDIM ALVORADA, PARA REVIGORAR E REESTRUTURAR O LOCAL VISTO ESTAR EM ABANDONO, INCLUSIVE SEM TRAVES NA QUADRA, E COM FALTA DE BRINQUEDOS PARA A ÁREA INFANTIL”.</t>
   </si>
   <si>
     <t>16827</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16827/ind._581.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16827/ind._581.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE REALIZE OPERAÇÃO DE RETIRADA DO LIXO DA ESTRADA MANDAÇAIA RUMO AO CENTRO DE FORMAÇÃO CRISTÃ”.</t>
   </si>
   <si>
     <t>16828</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16828/ind._582.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16828/ind._582.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DA MUNICIPALIDADE A MANUTENÇÃO E TROCA DE LAMPADA DO POSTE DE ILUMINAÇÃO PÚBLICA LOCALIZADO NA RUA CARBONATO, FRENTE AO Nº 98, BAIRRO SÃO FRANCISCO.”</t>
   </si>
   <si>
     <t>16832</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16832/ind._583.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16832/ind._583.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE  A REVITALIZAÇÃO DO PARQUINHO INFANTIL NO PARQUE CIDADE ."</t>
   </si>
   <si>
     <t>16833</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16833/ind._584.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16833/ind._584.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA REALIZADO UM ESTUDO PARA ALTERAÇÃO OU COLOCAÇÃO DE UM REDUTOR DE VELOCIDADE TIPO LOMBADA NA RUA SEIXAS, EM FRENTE AO NUMERO 585, NO BAIRRO JARDIM ITALIA."</t>
   </si>
   <si>
     <t>16834</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16834/ind._585.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16834/ind._585.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A INSTALAÇÃO DE UM SEMÁFARO NO CRUZAMENTO DA AVENIDA DAS FLORES COM AVENIDA MONTE SINAI, NO BAIRRO JARDIM ALEGRE“.</t>
   </si>
   <si>
     <t>16836</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16836/ind._586.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16836/ind._586.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE ESTUDE E SOLUCIONE O PROBLEMA CRONICO QUE SE INSTALOU NA COLETA DO LIXO NA RUA FLORENÇA NO BAIRRO RESIDENCIAL CASA BELA, ONDE ESTA UM CAOS A MUITO TEMPO COM LIXO ESPALHADO PELA RUA E AS FAMÍLIAS DO LOCAL SENTEM-SE ABANDONADAS VISTO NÃO TEREM RESPOSTAS A SEUS APELOS”.</t>
   </si>
   <si>
     <t>16837</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16837/ind._587.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16837/ind._587.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE EM RESPOSTA AS  SOLICITAÇÕES DOS MORADORES DA RUA DENOMINADA CHÁCARA 203 OU CHÁCARA PAULO WROBLESKI, RUA ESTA COM CERTO DECLIVE POREM COMPROVADAMENTE TRAFEGÁVEL, PARA QUE O CAMINHÃO DO LIXO FAÇA A COLETA DO LIXO DAS VÁRIAS FAMÍLIAS QUE ALI RESIDEM, VISTO QUE O PROBLEMA  ATRAVESSA DÉCADAS”.</t>
   </si>
   <si>
     <t>16838</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16838/ind._588.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16838/ind._588.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE, COLOCAR REDUTOR DE VELOCIDADE, TIPO LOMBADA, NA RUA JURUTANHÍ Nº 102, PRÓXIMO A IGREJA VIDEIRA, BAIRRO PARQUE LIMEIRA ÁREA 6."</t>
   </si>
   <si>
     <t>16839</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16839/ind._589.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16839/ind._589.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, QUE SEJA COLOCADO NOS LOCAIS QUE MAIS ACONTECEM ACIDENTES DE TRÂNSITO DENTRO DO MUNICÍPIO, UMA PLACA COM A INFORMAÇÃO QUE "NESTE PONTO OCORRE MUITOS ACIDENTES", AFIM DE CHAMAR A ATENÇÃO DOS MOTORISTAS E TRANSEUNTES."</t>
   </si>
   <si>
     <t>16840</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16840/ind._590.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16840/ind._590.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJAM FEITAS A LIMPEZA DAS BOCAS DE LOBO, NA RUA SERRA GRANDE, ESQUINA COM RUA IMBAÚ NO BAIRRO PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>16841</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16841/ind._591.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16841/ind._591.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A ADEQUAÇÃO E PINTURA DE UMA FAIXA DE PEDESTRE NA AVENIDA PRESIDENTE KENNEDY, ESQUINA COM A RUA OSÓRIO DE ALMEIDA, NO CENTRO”.</t>
   </si>
   <si>
     <t>16842</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16842/ind._592.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16842/ind._592.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO A PODA DE UMA ÁRVORE NA RUA AMADOR BUENO, PRÓXIMO AO NÚMERO 117 NO CENTRO”.</t>
   </si>
   <si>
     <t>16843</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16843/ind._593.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16843/ind._593.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITO A INSTALAÇÃO DE UMA GRELHA NO BUEIRO, NA RUA PINHEIRO SECO ESQUINA COM A RUA BOM RETIRO NO BAIRRO PARQUE LIMEIRA ÁREA 2”.</t>
   </si>
   <si>
     <t>16847</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16847/ind._594.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16847/ind._594.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE QUE REALIZEM O SERVIÇO DE TROCA E MANUTENÇÃO DE LÂMPADA, NA PÉTALA DE ILUMINAÇÃO NA PRAÇA, RUA URANO EM FRENTE AO Nº 182, BAIRRO NOSSA SENHORA DE FÁTIMA”.</t>
   </si>
   <si>
     <t>16848</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16848/ind_595.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16848/ind_595.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DA MUNICIPALIDADE A MANUTENÇÃO E TROCA DE LÂMPADA DO POSTE DE ILUMINAÇÃO PÚBLICA LOCALIZADO NA RUA RIO TAPAJÓS, EM FRENTE O Nº 02, BAIRRO PARQUE LIMEIRA - ÁREA 07, TAL MANUTENÇÃO JÁ FOI IMPLEMENTADA A POUCO TEMPO POREM A LÂMPADA TROCADA QUEIMOU NOVAMENTE O QUE SUGERE UMA VERIFICAÇÃO NA INSTALAÇÃO”.</t>
   </si>
   <si>
     <t>16850</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16850/ind._596.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16850/ind._596.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE MAIS PRECISAMENTE O TBTRAN, QUE ANALISE E EFETIVE SOLUÇÃO AO PROBLEMA DA AV. DAS FLORES NO JARDIM ALEGRE NO SENTIDO DE COLOCAÇÃO DE RECUOS TANTO PARA OS COLETIVOS (CIRCULAR) COMO PARA VEÍCULOS DE CARGA E DESCARGA NESTA AVENIDA UMA VEZ QUE COM A NOVA ESTRUTURA IDEALIZADA PARA A MESMA, COM OS CANTEIROS CENTRAIS ILUMINADOS, FAZ-SE NECESSÁRIO ESTA IMPLEMENTAÇÃO PARA VIABILIZAR O TRÂNSITO NO LOCAL”.</t>
   </si>
   <si>
     <t>16853</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16853/ind._597.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16853/ind._597.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA CONSTRUÍDO UMA QUADRA DE AREIA NO ESPAÇO DISPONÍVEL NA PRAÇA DOS PINHEIROS, PARA A PRÁTICA DE ESPORTES, TAIS COMO O VÔLEI, FUTEBOL DE AREIA, DENTRE OUTROS”.</t>
   </si>
   <si>
     <t>16854</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16854/ind._598.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16854/ind._598.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA REALIZADO A ABERTURA DO MURO QUE FAZ DIVISA ENTRE A UBS DO JARDIM ALEGRE E O CENTRO COMUNITÁRIO, AFIM DE QUE SEJA POSSÍVEL OS FUNCIONÁRIOS E MÉDICOS DA UBS USUFRUÍREM DO AMPLO ESTACIONAMENTO DO CENTRO COMUNITÁRIO”.</t>
   </si>
   <si>
     <t>16855</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16855/ind._599.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16855/ind._599.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA FOMENTADO PELA SECRETARIA DE ESPORTES, UM TORNEIO DE VÔLEI DE AREIA”.</t>
   </si>
   <si>
     <t>16856</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16856/ind._600.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16856/ind._600.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE FAÇA A EXTENSÃO DE REDE E COLOCAÇÃO DE DUAS LUMINÁRIAS, NA RUA SÃO JOSÉ ESQUINA COM A TRAVESSA SÃO TOMÉ - BAIRRO JARDIM KROLL”.</t>
   </si>
   <si>
     <t>16857</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16857/ind._601.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16857/ind._601.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO UM ESTUDO PARA INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NO ESPAÇO JARDIM BOM JESUS, PRÓXIMO AO TREVO, NA SEQUÊNCIA DA RUA SÃO VICENTE DE PAULA, NO CENTRO.”</t>
   </si>
   <si>
     <t>16868</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16868/ind._602-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16868/ind._602-2024.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A CONSTRUÇÃO DE UMA LOMBADA OU REDUTOR DE VELOCIDADE NA RUA GUINÉ, PRÓXIMO AO NÚMERO 11,  NO BAIRRO PARQUE LIMEIRA - ÁREA 01.”</t>
   </si>
   <si>
     <t>16869</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16869/ind._603-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16869/ind._603-2024.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJAM INSTALADAS AS MÁQUINAS DE ÁGUA ICEHOT  EM TODOS OS GINÁSIOS E QUADRAS DE FUTEBOL NO MUNÍCIPIO DE TELÊMACO BORBA. "</t>
   </si>
   <si>
     <t>16870</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16870/ind_604-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16870/ind_604-2024.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITO O REPARO DA BOCA DE LOBO NA RUA BULGÁRIA, ESQUINA COM A TRAVESSA ALEMANHA NO BAIRRO JARDIM EUROPA".</t>
   </si>
   <si>
     <t>16871</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16871/ind._605-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16871/ind._605-2024.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NA PRAÇA DA RUA DO CARMO ESQUINA, COM A TRAVESSA CAMPOS, NO BAIRRO JARDIM ITÁLIA.”</t>
   </si>
   <si>
     <t>16872</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16872/ind._606-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16872/ind._606-2024.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A ADEQUAÇÃO DE MAIS UMA FUNCIONÁRIA PARA AGENDAMENTO DE VIAGENS NA SECRETARIA DE SAÚDE DE TELÊMACO BORBA.”</t>
   </si>
   <si>
     <t>16885</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16885/ind._607.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16885/ind._607.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  MAIS PRECISAMENTE A TBTRAN QUE, COLOQUEM PRÓXIMOS A HOSPITAIS, CLINICAS E AFINS UM ESTACIONAMENTO EXCLUSIVO PARA AUTISTAS EM SEPARADO DOS PORTADORES DE PCD VISTO QUE EM TAIS LOCAIS OS AUTISTAS NECESSITAM FAZER TRATAMENTOS E POR VEZES SE TORNA MAIS DEMORADO QUE O NORMAL”.</t>
   </si>
   <si>
     <t>16886</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16886/ind._608.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16886/ind._608.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA POSTO UM REDUTOR DE VELOCIDADE ESTILO QUEBRA MOLAS, EM FRENTE A RESIDÊNCIA DE NÚMERO 18, NA RUA SEIXAS NO BAIRRO JARDIM  ITÁLIA."</t>
   </si>
   <si>
     <t>16887</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16887/ind._609.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16887/ind._609.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, QUE SEJA CRIADO O CEMITÉRIO DE ANIMAIS DE ESTIMAÇÃO."</t>
   </si>
   <si>
     <t>16888</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16888/ind._610.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16888/ind._610.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA SEJA FEITA ADEQUAÇÃO DE UMA LOMBADA ALTA NA RUA IPÊ ROXO ESQUINA COM A RUA ARGENTINA NO BAIRRO JARDIM MONTE CARLO“.</t>
   </si>
   <si>
     <t>16889</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16889/ind._611.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16889/ind._611.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITO O REPARO DA BOCA DE LOBO NA RUA CESARÉIA, PRÓXIMO AO NÚMERO 223, NO BAIRRO MONTE SINAI.”</t>
   </si>
   <si>
     <t>16890</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16890/ind._612.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16890/ind._612.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA SEJA FEITA A DELIMITAÇÃO DE VAGAS EXCLUSIVAS PARA MOTOS, EM FRENTE A AGÊNCIA DOS CORREIOS, NA AVENIDA DESEMBARGADOR EDMUNDO MERCER JÚNIOR Nº 465, NO BAIRRO CENTRO“.</t>
   </si>
   <si>
     <t>16891</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16891/ind._613.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16891/ind._613.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA SEJA FEITA A TROCA DAS TAMPAS E BOCA DE LOBO E TAMBÉM A LIMPEZA EM TODOS OS BUEIROS QUE ESTÃO COM MATO DO BAIRRO PARQUE LIMEIRA ÁREA 6“.</t>
   </si>
   <si>
     <t>16892</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16892/ind._614.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16892/ind._614.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE CAMERAS DE MONITORAMENTO NA PRAÇA DR. HORÁCIO KLABIN NO CENTRO“.</t>
   </si>
   <si>
     <t>16893</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16893/ind._615.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16893/ind._615.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A TROCA DA TAMPA DO BUEIRO NA RUA GARCIA RODRIGUES PAES, ESQUINA COM A RUA AMÉRICO VESPÚCIO, NO BAIRRO JARDIM BANDEIRANTES“.</t>
   </si>
   <si>
     <t>16899</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16899/ind_616-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16899/ind_616-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO, SERVIÇO DE TAPA BURACOS EM TODA EXTENSÃO DA AVENIDA NOSSA SENHORA APARECIDA, BAIRRO CEM CASAS”.</t>
   </si>
   <si>
     <t>16901</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16901/ind_617-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16901/ind_617-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO PREFEITO MUNICIPAL JUNTO AO EXECUTIVO E AO ÓRGÃO COMPETENTE QUE SEJA EXECUTADO TERMINO DO CALÇAMENTO ACIMA DO CAIC, NA RUA JOÃO MARTINS DE OLIVEIRA POIS FALTA ALGUNS METROS APENAS".</t>
   </si>
   <si>
     <t>16902</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16902/ind_618-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16902/ind_618-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE QUE VERIFIQUEM, FAÇAM LIMPEZA E DEEM MANUTENÇÃO AO BUEIRO DA ESQUINA DA AV JURUTANHI COM A RUA ACESITA NO BAIRRO PARQUE LIMEIRA - ÁREA 06”.</t>
   </si>
   <si>
     <t>16903</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16903/ind_619-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16903/ind_619-24.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA INCLUSO A MATÉRIA DE EDUCAÇÃO FINANCEIRA NA EDUCAÇÃO INFANTIL".</t>
   </si>
   <si>
     <t>16904</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16904/ind_620-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16904/ind_620-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA SEJA FEITA A TROCA DA TAMPA, INSTALAÇÃO DE GRELHA NO BUEIRO E ADEQUAÇÃO DA CALÇADA EM TORNO DO BUEIRO NA RUA RIO DANÚBIO, NA PRAÇA DO BAIRRO RIO ALEGRE".</t>
   </si>
   <si>
     <t>16905</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16905/ind_621-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16905/ind_621-24.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA  INSTALADO UMA ACADEMIA AO AR LIVRE  NA PRAÇA DR. HORÁCIO KLABIN NO CENTRO“.</t>
   </si>
   <si>
     <t>16913</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16913/ind._622.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16913/ind._622.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE POSTES DE ILUMINAÇÃO NOS SEGUINTES TRECHOS DO BAIRRO CASA BELLA: ENTRE AS RUAS BOLONHA E PERUGGIA, ENTRE AS RUAS PERUGGIA E PARMA, ENTRE AS RUAS PARMA E VERONA, ENTRE AS RUAS VERONA E PALERMO, ENTRE AS RUAS PALERMO E AREZZO, ENTRE AS RUAS AREZZO E UDINE, E ENTRE A UDINE E CATANIA."</t>
   </si>
   <si>
     <t>16914</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16914/ind._623.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16914/ind._623.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE AS ADEQUAÇÕES NECESSÁRIAS PARA SANAR A PROBLEMÁTICA DO ABASTECIMENTO DE ÁGUA NO CMEI MARIA MAZETTI, COM PRIORIDADE E URGÊNCIA."</t>
   </si>
   <si>
     <t>16915</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16915/ind._624.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16915/ind._624.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE SEJAM REALIZADOS ESTUDOS PARA INSTALAÇÃO DA BASE DO SAMU EM LOCAL MAIS CENTRALIZADO E MELHOR ADEQUADO PARA SEU FUNCIONAMENTO."</t>
   </si>
   <si>
     <t>16916</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16916/ind._625.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16916/ind._625.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE AS ADEQUAÇÕES NECESSÁRIAS PARA O BOM FUNCIONAMENTO DOS SANITÁRIOS DA BASE DO SAMU, BEM COMO PROVIDENCIE A INSTALAÇÃO DO APARELHO DE AR CONDICIONADO QUE LÁ SE ENCONTRA."</t>
   </si>
   <si>
     <t>16917</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16917/ind._626.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16917/ind._626.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE  DO MUNICÍPIO QUE REALIZE O SERVIÇO DE TROCA DE LÂMPADA QUE ESTA QUEIMADA NA RUA FREI TIMOTEO FRENTE AO 308 NO BAIRRO JARDIM ITALIA“.</t>
   </si>
   <si>
     <t>16918</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16918/ind._627.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16918/ind._627.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE  VERIFIQUEM SITUAÇÃO DE BUEIRO SEM TAMPA E EM SITUAÇÃO PERIGOSA RUA ITAPETININGA, ESQUINA COM SÃO JOAO DEL REI  EM FRENTE AO 311, NO BAIRRO PARQUE LIMEIRA ÁREA 6”.</t>
   </si>
   <si>
     <t>16919</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16919/ind._628_.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16919/ind._628_.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE  FAÇAM MANUTENÇÃO E LIMPEZA NO MATA-BURRO EXISTENTE NA RUA VEREADOR LUIZ LOYOLA, QUE ESTA TOMADO PELO MATO O QUE DEIXA ESTETICAMENTE UMA IMAGEM RUIM DO LOCAL”.</t>
   </si>
   <si>
     <t>16920</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16920/ind._629.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16920/ind._629.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE  VERIFIQUEM SITUAÇÃO DA RUA FLOR DO CAMPO NO BAIRRO JARDIM ALEGRE, QUE ESTA  REPLETA DE BURACOS NA PISTA”.</t>
   </si>
   <si>
     <t>16921</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16921/ind._630_.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16921/ind._630_.pdf</t>
   </si>
   <si>
     <t>“REINTEIRANDO INDICAÇÃO  QUE  SOLICITA  AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO  QUE SEJA DADA ATENÇÃ0 A PRAÇA DA RUA SÃO JOAO DEL REI NO BAIRRO PARQUE LIMEIRA ÁREA 06 CONSIDERANDO E AGRADECENDO QUE AS LIXEIRAS FORAM COLOCADAS POREM BANCOS CONTINUAM NECESSITANDO SEREM TROCADOS OU FEITO MANUTENÇÃO E TAMBEM SOLICITAMOS REPAROS NO PISO E NOS REVESTIMENTOS SINTETICOS  QUE ESTAO SOLTANDO E TRAZENDO PERIGO DE TROPEÇOS DE CRIANÇAS E INCORRENDO EM ACIDENTES”.</t>
   </si>
   <si>
     <t>16922</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16922/ind._631.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16922/ind._631.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE  VERIFIQUEM SITUAÇÃO DE BUEIRO NA MARGINAL DO DISTRITO INDUSTRIAL EM FRENTE A LARSIL QUE ESTA ENTUPIDO E CAUSANDO INCLUSIVE PANES EM ALGUNS VEICULOS”.</t>
   </si>
   <si>
     <t>16923</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16923/ind._632.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16923/ind._632.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJAM INSTALADAS GRELHAS NAS BOCAS DE BUEIRO DA CIDADE, A FIM DE EVITAREM QUE GRANDE MATERIAL DE LIXO RECICLADO OU NÃO TENHA SEU DESTINO NO RIO DA CIDADE, REFORÇANDO A INDICAÇÃO DE NÚMERO 906/2021 DESTE VEREADOR."</t>
   </si>
   <si>
     <t>16924</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16924/ind._633.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16924/ind._633.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SEJA SUBSTITUIDA A LOMBADA, LOCALIZADA NA RUA CHILE NO BAIRRO SOCOMIM, AO LADO DA IGREJA ASSEMBLEIA DE DEUS, POR UMA TRAVESSIA ELEVADA".</t>
   </si>
   <si>
     <t>16926</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16926/ind._634.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16926/ind._634.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A REFORMA EXTERNA DA CASA DA CULTURA, BEM COMO UM ESTUDO PARA VERIFICAR AS GOTEIRAS NO PALCO DO AUDITÓRIO MAESTRO SIRINHO“.</t>
   </si>
   <si>
     <t>16928</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16928/ind_635.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16928/ind_635.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A LIMPEZA NO BUEIRO DA TRAVESSA ANTONINA, ESQUINA COM A RUA RIO DO OURO, NO BAIRRO PARQUE LIMEIRA – ÁREA II.”</t>
   </si>
   <si>
     <t>16929</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16929/ind_636.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16929/ind_636.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AOS ÓRGÃOS COMPETENTES DA MUNICIPALIDADE PARA QUE SEJA REALIZADA A TROCA DE TAMPA NOS BUEIROS DA TRAVESSA ANTONINA E NA RUA VILA PRETA, ESQUINA COM A RUA RIO DO OURO, NO BAIRRO PARQUE LIMEIRA – ÁREA II.”</t>
   </si>
   <si>
     <t>16930</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16930/ind_637.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16930/ind_637.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE ANALISEM  A SITUAÇÃO E POR CONSEGUINTE COLOQUEM NA UBS VILA ESPERANÇA TOLDOS E BANCOS NO LADO EXTERNO PARA ABRIGAR AS PESSOAS QUE UTILIZAM A UBS E EM ALGUNS DIAS DE MUITO SOL E ATE CHUVA FICAM A MERCE DAS INTEMPERES POR NÃO TER ESPAÇO SUFICIENTE PARA ABRIGAR A TODOS EM DIAS DE PICO”.</t>
   </si>
   <si>
     <t>16931</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16931/ind_638.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16931/ind_638.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE  VERIFIQUEM E TROQUEM A TAMPA DO BUEIRO DA AV. CACILDO BATISTA ARPELAU EM SUA BIFURCAÇÃO COM A ENTRADA PARA O SUBSOLO DA RODOVIÁRIA, POIS, A MESMA ESTA QUEBRADA E COM CLARAS POSSIBILIDADES DE CAUSAR ACIDENTES PARA PEDESTRES E VEÍCULOS NAQUELA ÁREA”.</t>
   </si>
   <si>
     <t>16932</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16932/ind_639.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16932/ind_639.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZE ESTUDOS PRA INSTALAÇÃO DE UM TOLDO NO ACESSO DE ENTRADA DA UBS DO JARDIM BANDEIRANTES”.</t>
   </si>
   <si>
     <t>16933</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16933/ind_640.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16933/ind_640.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZEM ESTUDOS PARA COLOCAREM MEIO FIO EM TODA EXTENSÃO DA RUA TARUMÃ NO JARDIM ITALIA”.</t>
   </si>
   <si>
     <t>16934</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16934/ind_641.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16934/ind_641.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SEJA FEITA UMA TRAVESSIA ELEVADA OU UMA FAIXA DE PEDESTRES NA RUA JOSÉ AUGUSTO NOCERA EM FRENTE AO NÚMERO 612, BAIRRO BOM JESUS”.</t>
   </si>
   <si>
     <t>16935</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16935/ind_642.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16935/ind_642.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SEJA FEITA UM REDUTOR DE VELOCIDADE NA RUA DOS ANTURIOS PRÓXIMO A RUA DAS ROSAS, BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16936</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16936/ind_643.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16936/ind_643.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA NO ESPAÇO ENTRE AS RUAS MONTE ALEGRE E RUA JOAQUIM TÁVORA NO CENTRO”.</t>
   </si>
   <si>
     <t>16941</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16941/ind._644.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16941/ind._644.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE DETERMINE AO SETOR COMPETENTE A RECOMPOSIÇÃO DA CAMADA ASFÁLTICA NA RUA RIO IGUAÇU, NOS PONTOS ONDE O ASFALTO FOI DANIFICADO PARA PASSAGEM DE CABOS ELÉTRICOS PARA A NOVA ILUMINAÇÃO ALI INSTALADA”.</t>
   </si>
   <si>
     <t>16942</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16942/ind._645.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16942/ind._645.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE QUE VERIFIQUEM E COLOQUEM UMA LIXEIRA NO LOCAL ONDE EXISTIA NA EDMUNDO MERCER JR. ESQUINA COM CONSELHEIRO ZACARIAS, POIS A ANTERIOR NEM ESTÁ MAIS NO LOCAL E EXISTE SACOS DE LIXO DEIXADOS A CÉU ABERTO”.</t>
   </si>
   <si>
     <t>16943</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16943/ind._646_2.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16943/ind._646_2.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZE ESTUDO PRA INSTALAÇÃO DE EXTENSÃO DE POSTES PARA ENERGIA ELÉTRICA NA RUA GUARATINGUETÁ, ESQUINA DA RUA BETIM ATÉ A ESQUINA COM RUA TREMENDAL NO BAIRRO ÁREA 6”.</t>
   </si>
   <si>
     <t>16949</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16949/ind._647_2.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16949/ind._647_2.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, QUE SEJA REALIZADO ESTUDO PARA REGULAMENTAÇÃO DE UM PROGRAMA OU PROJETO BIBLIOTECA NA PRAÇA”.</t>
   </si>
   <si>
     <t>16950</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16950/ind._648.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16950/ind._648.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DA MUNICIPALIDADE A MANUTENÇÃO E TROCA DE LÂMPADA DO POSTE DE ILUMINAÇÃO PÚBLICA LOCALIZADO NA RUA HENRIQUE DIAS, EM FRENTE AO Nº 75, BAIRRO CENTRO.”</t>
   </si>
   <si>
     <t>16951</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16951/ind._649.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16951/ind._649.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE ESTUDE A POSSIBILIDADE DE CRIAR OS CARGOS DE GESTOR PÚBLICO E GESTOR DE SERVIÇOS DE SAÚDE NO QUADRO DE SERVIDORES DO MUNICÍPIO. ESSA MEDIDA E IMPORTANTE PARA O FORTALECIMENTO DO SERVIÇO PÚBLICO PRINCIPALMENTE, NO SETOR DA SAÚDE”.</t>
   </si>
   <si>
     <t>16952</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16952/ind._650.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16952/ind._650.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITO O REPARO NO ASFALTO NA RUA SÍRIO DE CASTRO RIBAS, PRÓXIMO AO Nº 1120, NO BAIRRO JARDIM ALVORADA.”</t>
   </si>
   <si>
     <t>16953</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16953/ind._651.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16953/ind._651.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADO OPERAÇÃO TAPA BURACO NA RUA CRISTAL DA ROCHA, PRÓXIMO AO Nº 23, NO BAIRRO MONTE CARLO.”</t>
   </si>
   <si>
     <t>16954</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16954/ind._652.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16954/ind._652.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA A LIMPEZA E COLOCAÇÃO DA TAMPA DE BUEIRO NA RUA BERIMBAU, EM FRENTE AO N° 600, BAIRRO SAN RAFAEL.”</t>
   </si>
   <si>
     <t>16955</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16955/ind._653.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16955/ind._653.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA A LIMPEZA E COLOCAÇÃO DA TAMPA DE BUEIRO NA RUA FLORENÇA, PRÓXIMO MAO N° 310, BAIRRO CASA BELA”.</t>
   </si>
   <si>
     <t>16956</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16956/ind._654.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16956/ind._654.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA FEITA A LIMPEZA E COLOCAÇÃO DA TAMPA DE BUEIRO NA RUA PALERMO, PRÓXIMO AO Nº 250, NO BAIRRO CASA BELA".</t>
   </si>
   <si>
     <t>16957</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16957/ind._655.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16957/ind._655.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA ROÇADA E LIMPEZA DO PÁTIO ENTORNO DO CENTRO COMUNITÁRIO DA ÁREA 06.”</t>
   </si>
   <si>
     <t>16965</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16965/ind._656.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16965/ind._656.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE QUE VERIFIQUEM SITUAÇÃO DE UM TERRENO DA PRÓPRIA PREFEITURA NO FINAL DA TRAV. SUÍÇA NO JARDIM EUROPA, NA LATERAL PRÓXIMO A CHÁCARA IRMÃO ADILSON, QUE SEJA FEITO LIMPEZA, CONSCIENTIZAÇÃO POR PLACAS OU POR QUAISQUER OUTROS MEIOS PARA SANAR A UTILIZAÇÃO DESTE COMO LOCAL DE DESOVA DE TODOS OS TIPOS DE MATERIAIS INÚTEIS COMO SOFÁS, FOGÕES, ETC.”.</t>
   </si>
   <si>
     <t>16966</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16966/ind.657.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16966/ind.657.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE QUE VERIFIQUEM SITUAÇÃO DO PASSEIO DA RUA RIO TAPAJÓS NA ÁREA 07 ONDE SE APRESENTA SITUAÇÕES DE MATO TOMANDO CONTA DO PASSEIO, O QUE LEVA INSETOS E BICHOS PARA OS TERRENOS DAS CASAS, INCLUSIVE ATÉ MESMO COBRAS JÁ FORAM VISTAS, SENDO ALI PORTANTO LOCAL COM ALGUNS LOTES NA RESPONSABILIDADE DA PREFEITURA E CABE AUTUAÇÃO DE OUTROS PARA A DEVIDAS PROVIDENCIAS DE LIMPEZA PARA O BEM ESTAR DOS MORADORES”.</t>
   </si>
   <si>
     <t>16967</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16967/ind._658.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16967/ind._658.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO QUE REALIZE NA RUA FREI TIMÓTEO – JARDIM ITÁLIA, VERIFICAÇÃO DE TRECHOS EM QUE SE OBSERVA UMIDADE EXAGERADA CARACTERIZANDO PEQUENA VERTENTE DE ÁGUA QUE SE INSTALOU POR ALI EM ALGUNS LOCAIS E FRENTES DE CASAS, OS QUAIS PROLIFERAM LARVAS QUE PODEM CAUSAR MALES AOS MORADORES”.</t>
   </si>
   <si>
     <t>16976</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16976/ind._659_2.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16976/ind._659_2.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE, MAIS PRECISAMENTE A TBTRAN, QUE VERIFIQUEM A POSSIBILIDADE DE COLOCAÇÃO DE REDUTORES DE VELOCIDADE TIPO LOMBADAS OU EQUIVALENTES NA RUA BRÁULIO BUENO DE CAMARGO NO JARDIM ITÁLIA, E ESTUDO PARA TORNA-LA MÃO ÚNICA, VISTO SER UMA RUA BEM ESTREITA E RESIDENTES RECLAMAM DE CONDUTORES QUE INSISTEM NA ALTA VELOCIDADE POR ELA”.</t>
   </si>
   <si>
     <t>16969</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16969/ind._660.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16969/ind._660.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, REALIZE ESTUDO PARA INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO DELIMITANDO IDADE DE CRIANÇAS PARA USO DOS BRINQUEDOS INFANTIS INSTALADOS EM TODAS AS PRACINHAS DE NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>16970</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16970/ind._661.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16970/ind._661.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA AMPLIADO O POSTO DE SAÚDE DA VILA ESPERANÇA”.</t>
   </si>
   <si>
     <t>16971</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16971/ind._662.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16971/ind._662.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITO, O REPARO OU TROCA DA COBERTURA DA ESCOLA MUNICIPAL CONSELHEIRO ZACARIAS NO BAIRRO CEM CASAS”.</t>
   </si>
   <si>
     <t>16972</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16972/ind._663.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16972/ind._663.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITO UM ESTUDO PARA COLOCAÇÃO DE BANCOS DE RESERVAS NO CAMPO COMPLEXO DE LAZER EDIVALDO SOARES DE LIMA, NO BAIRRO SÃO FRANCISCO”.</t>
   </si>
   <si>
     <t>16973</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16973/ind._664.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16973/ind._664.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A TROCA DAS REDES DAS TRAVES “GOL” NO COMPLEXO DE LAZER EDIVALDO SOARES DE LIMA, NO BAIRRO SÃO FRANCISCO”.</t>
   </si>
   <si>
     <t>16974</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16974/ind._665.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16974/ind._665.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A TROCA DAS LÂMPADAS QUEIMADAS E SUBSTITUIÇÃO DO POSTE QUE ESTÁ CAÍDO, NO COMPLEXO DE LAZER EDIVALDO SOARES DE LIMA, NO BAIRRO SÃO FRANCISCO.”</t>
   </si>
   <si>
     <t>16975</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16975/ind._666.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16975/ind._666.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJA REALIZADO SUBSTITUIÇÃO DO POSTE DO CANTEIRO CENTRAL, NA AVENIDA DAS FLORES, EM FRENTE AO Nº 235, PRÓXIMO AO MERCADO SILVA, BAIRRO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16987</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16987/ind._667.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16987/ind._667.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE SEJAM INSTALADOS BEBEDOUROS DE ÁGUA QUENTE E FRIA, MODELO ICE HOT, EM TODAS AS PRAÇAS QUE AINDA NÃO FORAM CONTEMPLADAS COM ESSE MODELO DE BEBEDOURO, COMEÇANDO PELA PRAÇA BOLIVAR NO BAIRRO JARDIM ALEGRE."</t>
   </si>
   <si>
     <t>16988</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16988/ind._668.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16988/ind._668.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES DER E GOVERNO ESTADUAL, REALIZEM ESTUDOS PRA CONSTRUÇÃO DE DUAS PASSARELAS PARA PEDESTRES SOBRE A RODOVIA PR 160 ALTURAS KM 217, UMA EM FRENTE AO POSTO COMBUSTÍVEL VITÓRIA II DE FRENTE ESQUINA RUA CHILE E A OUTRA EM FRENTE AO MERCADO STOCK ATACADISTA”.</t>
   </si>
   <si>
     <t>16989</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16989/ind._669.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16989/ind._669.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA REALIZADO CONVÊNIO COM CLÍNICAS E/OU CASAS DE ACOLHIMENTO QUE PRESTA SERVIÇOS TERAPÊUTICOS E/OU MEDICAMENTOS PARA TRATAMENTO DE MULHERES USUÁRIAS DE ÁLCOOL E DROGAS”.</t>
   </si>
   <si>
     <t>16990</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16990/ind._670.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16990/ind._670.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA REALIZADO A PODA DAS ÁRVORES NO PLAYGROUND DA PRAÇA DA FAMÍLIA”.</t>
   </si>
   <si>
     <t>16991</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16991/ind._671.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16991/ind._671.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA INSTALADO MAIS UM PONTO DE ILUMINAÇÃO NO PLAYGROUND DA CASA DA CULTURA”.</t>
   </si>
   <si>
     <t>16992</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16992/ind._672.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16992/ind._672.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO QUE ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA AMPLIADO O POSTO DE SAÚDE DO JARDIM ALEGRE”.</t>
   </si>
   <si>
     <t>16993</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16993/ind._673.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16993/ind._673.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A TROCA DAS LÂMPADAS QUEIMADAS, NO COMPLEXO DE LAZER VALDOMIRO GOMES, NA VILA ISABEL”.</t>
   </si>
   <si>
     <t>16994</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16994/ind._674.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16994/ind._674.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A LIMPEZA E TROCA DA TAMPA DO BUEIRO NA RUA DOS APACHES PRÓXIMO AO Nº 20, NO BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO”.</t>
   </si>
   <si>
     <t>16995</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16995/ind._675.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16995/ind._675.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA, A LIMPEZA E TROCA DA TAMPA DO BUEIRO NA, ALAMEDA OSVALDO CRUZ ESQUINA COM AVENIDA MARECHAL DEODORO DA FONSECA, NO BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO, BNH”.</t>
   </si>
   <si>
     <t>16996</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16996/ind._676.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16996/ind._676.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA REALIZADA A RETIRADA DE TRONCO DE ÁRVORE NA CALÇADA DA RUA DOS APACHES, ESQUINA COM A AVENIDA MARECHAL DEODORO DA FONSECA, FUNDOS COM A COMUNIDADE SÃO GERALDO, NO BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO.”</t>
   </si>
   <si>
     <t>17006</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17006/ind_677.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17006/ind_677.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE  VERIFIQUEM SITUAÇÃO DE BUEIRO NA RUA CEARÁ Nº 28 NO BAIRRO PARQUE LIMEIRA ÁREA 2, QUE ENCONTRA-SE EM MÁS CONDIÇOES."</t>
   </si>
   <si>
     <t>17007</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17007/ind._678.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17007/ind._678.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, QUE EXECUTEM O SERVIÇO DE DESENTUPIMENTO E CONDICIONAMENTO DO BUEIRO NA RUA AMAPORÃ, EM FRENTE AO NÚMERO 125, NO BAIRRO JARDIM UNIÃO.”</t>
   </si>
   <si>
     <t>17008</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17008/ind._679.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17008/ind._679.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE,  MAIS PRECISAMENTE A SECRETARIA DE ESPORTES, PARA QUE POR PREVENÇÃO E ZELO PELOS DESPORTISTAS, QUE SEJA DISPONIBILIZADA UMA AMBULÂNCIA, SE POSSIVEL COM URGÊNCIA, NOS EVENTOS OFICIAIS QUE OCORREM E OCORRAM NO GINÁSIO FURTADÃO. OUTROSSIM É URGENTE A MANUTENÇÃO NAS REDES QUE PROTEGEM A ÁREA ESPECIFICA EM TORNO DA QUADRA POIS, UM DOS LADOS INCLUSIVE DESPRENDEU-SE E ENCONTRA-SE AO LADO  SEM NENHUMA FUNÇÃO”.</t>
   </si>
   <si>
     <t>17009</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17009/ind._680.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17009/ind._680.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE  QUE  VERIFIQUEM SITUAÇÃO DA ÁRVORE LOCALIZADA NA RUA TIBAGI EM FRENTE  AO Nº 78, NO BAIRRO ANA MARY. VISTO QUE A MESMA ESTA EM UM BARRANCO E COM PERSPECTIVA DE QUEDA."</t>
   </si>
   <si>
     <t>17010</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17010/ind._681.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17010/ind._681.pdf</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE MAIS ESPECIFICAMENTE O TBTRAN, PARA QUE REVEJAM AS MEDIDAS DO ESPAÇO DA VIA NA RUA RIO IGUAÇU E REFAÇAM AS MARCAÇÕES (PINTURA), ONDE FOI COLOCADA A FAIXA PARA CICLISTAS POIS APARTIR DISSO A FAIXA QUE SEPARA AS PISTAS NÃO É MAIS LITERALMENTE CENTRAL O QUE FAZ COM QUE EM ALGUNS MOMENTOS OCORRAM ALGUNS TRANSTORNOS DEVIDO AO ESPAÇAMENTO IRREGULAR”.</t>
   </si>
   <si>
     <t>17011</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17011/ind_682.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17011/ind_682.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA FEITA A  TROCA DA TAMPA DO BUEIRO, NA RUA RIO IGUAÇU NA ROTATÓRIA EM FRENTE A FUTURA RODOVIÁRIA, NO BAIRRO PARQUE LIMEIRA ÁREA 03 ”.</t>
   </si>
   <si>
     <t>17012</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17012/ind._683.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17012/ind._683.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA SEJA FEITA, A TROCA OU REPARO DO INTERFONE DO PORTÃO DE ACESSO DA ESCOLA MUNICIPAL CONSELHEIRO ZACARIAS, NO BAIRRO CEM CASAS”.</t>
   </si>
   <si>
     <t>17013</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17013/ind._684.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17013/ind._684.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO PARA QUE SEJA RELIZADO SOLUÇÕES COM REFERÊNCIA AO PROBLEMA DE AFUNDAMENTO DA CALÇADA  E ADQUAÇÃO DA TAMPA DO BUEIRO  NA AV. EUCLIDES BONIFÁCIO  LONDRES, nº 117 – PRÓXIMO AO SINDICATO DOS MOTORISTAS”.</t>
   </si>
   <si>
     <t>17014</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17014/ind._685.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17014/ind._685.pdf</t>
   </si>
   <si>
     <t>"INDICA AO SENHOR PREFEITO QUE DETERMINE A ROÇADA E LIMPEZA EM TORNO DO BUEIRO DA AVENIDA NOSSA SENHORA DE FÁTIMA, EM FRENTE AO NÚMERO 727, NO BAIRRO CENTRO."</t>
   </si>
   <si>
     <t>17093</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO E AO SETOR COMPETENTE QUE VERIFIQUEM SITUAÇÃO DE BUEIRO ENTUPIDO NA RUA RIO IGUAÇU, EM FRENTE AO Nº 27, BAIRRO PARQUE LIMEIRA - ÁREA 7”.</t>
   </si>
   <si>
     <t>17094</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>“INDICA AO SENHOR PREFEITO JUNTO COM O SETOR COMPETENTE DO MUNICÍPIO, SERVIÇO DE TAPA BURACOS NA AVENIDA VICE PREFEITO REGINALDO G. NOCERA, EM FRENTE AO Nº 335, (ESQUINA DA RÁDIO CAPITAL DO PAPEL), BAIRRO CENTRO”.</t>
   </si>
   <si>
     <t>15963</t>
   </si>
   <si>
     <t>P</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15963/parecer_legislacao_-_plc_no_001-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15963/parecer_legislacao_-_plc_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 001/2024, de iniciativa do Poder Executivo, Mensagem Nº 002 de 17 de janeiro de 2024, que “Dispõe sobre a revisão Geral Anual a partir de 01 de janeiro de 2024, em conformidade ao disposto no inciso X, do art. 37 da Constituição Federal e dá outras providências”.</t>
   </si>
   <si>
     <t>15964</t>
   </si>
   <si>
     <t>Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15964/parecer_economia_-_plc_no_001-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15964/parecer_economia_-_plc_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 001/2024, de iniciativa do Poder Executivo, Mensagem Nº 002 de 17 de janeiro de 2024, que “Dispõe sobre a revisão Geral Anual a partir de 01 de janeiro de 2024, em conformidade ao disposto no inciso X, do art. 37 da Constituição Federal e dá outras providências”.</t>
   </si>
   <si>
     <t>15965</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15965/parecer_legislacao_-_plc_no_002-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15965/parecer_legislacao_-_plc_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 002/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a revisão geral anual dos subsídios dos agentes políticos do Poder Legislativo, prevista no Art. 37, inciso X, da Constituição Federal".</t>
   </si>
   <si>
     <t>15966</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15966/parecer_legislacao_-_plc_no_003-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15966/parecer_legislacao_-_plc_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 003/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a revisão geral anual dos subsídios dos agentes políticos do Poder Executivo do Município de Telêmaco Borba, prevista no Art. 37, inciso X, da Constituição Federal".</t>
   </si>
   <si>
     <t>15967</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15967/parecer_legislacao_-_pre_no_001-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15967/parecer_legislacao_-_pre_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Resolução Nº 001/2024, de iniciativa da Mesa Diretiva, que “Concede reajuste ao Auxílio-Alimentação nos termos da Resolução Nº 002/2019, alterada pela Resolução Nº 04/2022”.</t>
   </si>
   <si>
     <t>15968</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15968/parecer_plc_02_recomposicao_vereadores.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15968/parecer_plc_02_recomposicao_vereadores.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 002/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a revisão geral anual dos subsídios dos agentes políticos do Poder Legislativo, prevista no Art. 37, inciso X, da Constituição Federal".</t>
   </si>
   <si>
     <t>15969</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15969/parecer_plc_03_recomposicao_executivo.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15969/parecer_plc_03_recomposicao_executivo.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 003/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a revisão geral anual dos subsídios dos agentes políticos do Poder Executivo do Município de Telêmaco Borba, prevista no Art. 37, inciso X, da Constituição Federal".</t>
   </si>
   <si>
     <t>15970</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15970/parecer_pre_01_resolucao_va.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15970/parecer_pre_01_resolucao_va.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Resolução Nº 001/2024, de iniciativa da Mesa Diretiva, que “Concede reajuste ao Auxílio-Alimentação nos termos da Resolução Nº 002/2019, alterada pela Resolução Nº 04/2022”.</t>
   </si>
   <si>
     <t>16056</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16056/parecer_legislacao_-_plc_no_004-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16056/parecer_legislacao_-_plc_no_004-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 004/2024, de iniciativa do Poder Executivo, Mensagem Nº 005 de 23 de janeiro de 2024, que "Acrescenta dispositivos no art. 32 da Lei Complementar Nº 073 de 30 de dezembro de 2019 e dá outras providências".</t>
   </si>
   <si>
     <t>16058</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16058/parecer_legislacao_-_plo_no_001-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16058/parecer_legislacao_-_plo_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 001/2024, de iniciativa do Poder Executivo, Mensagem Nº 004 de 23 de janeiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 2.800.000,00 (dois milhões e oitocentos mil reais)".</t>
   </si>
   <si>
     <t>16059</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16059/parecer_economia_-_plo_no_001-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16059/parecer_economia_-_plo_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 001/2024, de iniciativa do Poder Executivo, Mensagem Nº 004 de 23 de janeiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 2.800.000,00 (dois milhões e oitocentos mil reais)".</t>
   </si>
   <si>
     <t>16060</t>
   </si>
   <si>
     <t>Comissão de Educação, Cultura, Bem Estar Social e Ecologia</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16060/parecer_educacao_-_plc_no_004-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16060/parecer_educacao_-_plc_no_004-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Complementar Nº 004/2024, de iniciativa do Poder Executivo, Mensagem Nº 005 de 23 de janeiro de 2024, que "Acrescenta dispositivos no art. 32 da Lei Complementar Nº 073 de 30 de dezembro de 2019 e dá outras providências".</t>
   </si>
   <si>
     <t>16062</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16062/parecer_urbanismo_-_plo_no_001-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16062/parecer_urbanismo_-_plo_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Urbanismo e Obras Públicas, parecer ao Projeto de Lei Ordinária Nº 001/2024, de iniciativa do Poder Executivo, Mensagem Nº 004 de 23 de janeiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 2.800.000,00 (dois milhões e oitocentos mil reais)".</t>
   </si>
   <si>
     <t>16098</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16098/parecer_legislacao_-_plo_no_002-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16098/parecer_legislacao_-_plo_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 002/2024, de iniciativa do Poder Executivo, Mensagem Nº 007 de 08 de fevereiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 190.000,00 (cento e noventa mil reais)".</t>
   </si>
   <si>
     <t>16100</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16100/parecer_economia_-_plo_no_002-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16100/parecer_economia_-_plo_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 002/2024, de iniciativa do Poder Executivo, Mensagem Nº 007 de 08 de fevereiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 190.000,00 (cento e noventa mil reais)".</t>
   </si>
   <si>
     <t>16158</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16158/parecer_legislacao_-_plc_no_005-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16158/parecer_legislacao_-_plc_no_005-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 005/2024, de iniciativa do Poder Executivo, Mensagem Nº 006 de 02 de fevereiro de 2024, que "Altera dispositivos da Lei Nº 1190, de 31 de dezembro de 1998 e dá outras providências".</t>
   </si>
   <si>
     <t>16160</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16160/parecer_educacao_-_plo_no_002-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16160/parecer_educacao_-_plo_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 002/2024, de iniciativa do Poder Executivo, Mensagem Nº 007 de 08 de fevereiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 190.000,00 (cento e noventa mil reais)".</t>
   </si>
   <si>
     <t>16191</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16191/parecer_legislacao_-_plo_no_003-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16191/parecer_legislacao_-_plo_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 003/2024, de iniciativa do Poder do Executivo, Mensagem Nº 009 de 23 de fevereiro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 368.461,54 (trezentos e sessenta e oito mil, quatrocentos e sessenta e um reais e cinquenta e quatro centavos)".</t>
   </si>
   <si>
     <t>16192</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16192/parecer_legislacao_-_plo_no_004-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16192/parecer_legislacao_-_plo_no_004-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 004/2024, de iniciativa do Poder Executivo, Mensagem Nº 010 de 23 de fevereiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 62.000,00 (sessenta e dois mil reais)".</t>
   </si>
   <si>
     <t>16193</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16193/parecer_economia_-_plo_no_003-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16193/parecer_economia_-_plo_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 003/2024, de iniciativa do Poder do Executivo, Mensagem Nº 009 de 23 de fevereiro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 368.461,54 (trezentos e sessenta e oito mil, quatrocentos e sessenta e um reais e cinquenta e quatro centavos)".</t>
   </si>
   <si>
     <t>16194</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16194/parecer_economia_-_plo_no_004-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16194/parecer_economia_-_plo_no_004-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 004/2024, de iniciativa do Poder Executivo, Mensagem Nº 010 de 23 de fevereiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 62.000,00 (sessenta e dois mil reais)".</t>
   </si>
   <si>
     <t>16240</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16240/parecer_legislacao_-_plc_no_007-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16240/parecer_legislacao_-_plc_no_007-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 007/2024, de iniciativa do Poder Executivo, Mensagem Nº 011 de 29 de fevereiro de 2024, que "Altera dispositivos da Lei Complementar Nº 127 de 10 de abril de 2023 e dá outras providências".</t>
   </si>
   <si>
     <t>16241</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16241/parecer_economia_-_plc_no_005-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16241/parecer_economia_-_plc_no_005-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 005/2024, de iniciativa do Poder Executivo, Mensagem Nº 006 de 02 de fevereiro de 2024, que "Altera dispositivos da Lei Nº 1190, de 31 de dezembro de 1998 e dá outras providências". (implantação da Junta de Julgamento Tributário).</t>
   </si>
   <si>
     <t>16242</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16242/parecer_economia_-_plc_no_007-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16242/parecer_economia_-_plc_no_007-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 007/2024, de iniciativa do Poder Executivo, Mensagem Nº 011 de 29 de fevereiro de 2024, que "Altera dispositivos da Lei Complementar Nº 127 de 10 de abril de 2023 e dá outras providências".</t>
   </si>
   <si>
     <t>16246</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16246/parecer_educacao_-_plc_no_007-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16246/parecer_educacao_-_plc_no_007-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Complementar Nº 007/2024, de iniciativa do Poder Executivo, Mensagem Nº 011 de 29 de fevereiro de 2024, que "Altera dispositivos da Lei Complementar Nº 127 de 10 de abril de 2023 e dá outras providências".</t>
   </si>
   <si>
     <t>16319</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16319/parecer_legislacao_-_plo_no_005-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16319/parecer_legislacao_-_plo_no_005-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 005/2024, de iniciativa do Poder Executivo, Mensagem Nº 013 de 27 de março de 2024, que “Dispõe sobre a autorização do Poder Executivo Municipal a receber, em doação, obras, serviços, cooperação técnica, operação de equipamentos, mão de obra, equipamentos, mobiliários, materiais e demais insumos necessários a realização de ampliação, reforma e manutenção da atual estrutura do Aeroporto Municipal de Telêmaco Borba, em virtude da melhoria da segurança da aviação civil, possível ampliação da malha aérea do aeroporto e por conseguinte processo de certificação pela Agência Nacional de Aviação Civil – ANAC”.</t>
   </si>
   <si>
     <t>16382</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16382/parecer_legislacao_-_plc_no_006-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16382/parecer_legislacao_-_plc_no_006-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 006/2024, de iniciativa do Poder Executivo, Mensagem Nº 008 de 20 de fevereiro de 2024, que “Dispõe sobre a regulamentação do serviço de transporte de passageiros, não aberto ao público, para a realização de viagens individualizadas ou compartilhadas, solicitadas exclusivamente por usuários cadastrados em aplicativos ou outras plataformas de comunicação em rede, revoga a Lei Complementar Nº 133 de 18 de maio de 2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>16415</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16415/parecer_legislacao_-_plc_no_008-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16415/parecer_legislacao_-_plc_no_008-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 008/2024, de iniciativa do Poder Executivo, Mensagem Nº 012 de 08 de março de 2024, que “Altera e acrescenta dispositivos na Lei 1141 de 22 de outubro de 1997 e altera disposições da Lei 1819 de 11 de abril de 2011, para extinguir a Assessoria Técnica de Finanças e Legislação e Assessoria Especial de Turismo e Indústria Artesanal, criar a Secretaria Municipal de Ordem Pública e Secretaria Municipal de Cultura e Turismo, realoca seções, cria novas seções, alterar denominações e divisões, seções e cargos comissionados, criar e extinguir cargos em comissão e dá outras providências”.</t>
   </si>
   <si>
     <t>16417</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16417/parecer_economia_-_plc_no_006-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16417/parecer_economia_-_plc_no_006-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 006/2024, de iniciativa do Poder Executivo, Mensagem Nº 008 de 20 de fevereiro de 2024, que “Dispõe sobre a regulamentação do serviço de transporte de passageiros, não aberto ao público, para a realização de viagens individualizadas ou compartilhadas, solicitadas exclusivamente por usuários cadastrados em aplicativos ou outras plataformas de comunicação em rede, revoga a Lei Complementar Nº 133 de 18 de maio de 2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>16418</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16418/parecer_economia_-_plo_no_005-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16418/parecer_economia_-_plo_no_005-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 005/2024, de iniciativa do Poder Executivo, Mensagem Nº 013 de 27 de março de 2024, que “Dispõe sobre a autorização do Poder Executivo Municipal a receber, em doação, obras, serviços, cooperação técnica, operação de equipamentos, mão de obra, equipamentos, mobiliários, materiais e demais insumos necessários a realização de ampliação, reforma e manutenção da atual estrutura do Aeroporto Municipal de Telêmaco Borba, em virtude da melhoria da segurança da aviação civil, possível ampliação da malha aérea do aeroporto e por conseguinte processo de certificação pela Agência Nacional de Aviação Civil – ANAC”.</t>
   </si>
   <si>
     <t>16416</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16416/parecer_educacao_-_plc_no_006-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16416/parecer_educacao_-_plc_no_006-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Complementar Nº 006/2024, de iniciativa do Poder Executivo, Mensagem Nº 008 de 20 de fevereiro de 2024, que “Dispõe sobre a regulamentação do serviço de transporte de passageiros, não aberto ao público, para a realização de viagens individualizadas ou compartilhadas, solicitadas exclusivamente por usuários cadastrados em aplicativos ou outras plataformas de comunicação em rede, revoga a Lei Complementar Nº 133 de 18 de maio de 2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>16436</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16436/parecer_legislacao_-_plo_no_006-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16436/parecer_legislacao_-_plo_no_006-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 006/2024, de iniciativa do Poder Executivo, Mensagem Nº 017 de 17 de abril de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 90.000,00 (noventa mil reais)".</t>
   </si>
   <si>
     <t>16437</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16437/parecer_economia_-_plo_no_006-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16437/parecer_economia_-_plo_no_006-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 006/2024, de iniciativa do Poder Executivo, Mensagem Nº 017 de 17 de abril de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 90.000,00 (noventa mil reais)".</t>
   </si>
   <si>
     <t>16438</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16438/parecer_educacao_-_plo_no_006-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16438/parecer_educacao_-_plo_no_006-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 006/2024, de iniciativa do Poder Executivo, Mensagem Nº 017 de 17 de abril de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 90.000,00 (noventa mil reais)".</t>
   </si>
   <si>
     <t>16419</t>
   </si>
   <si>
     <t>Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16419/parecer_urbanismo_-_plo_no_005-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16419/parecer_urbanismo_-_plo_no_005-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Urbanismo e Obras Públicas, parecer ao Projeto de Lei Ordinária Nº 005/2024, de iniciativa do Poder Executivo, Mensagem Nº 013 de 27 de março de 2024, que “Dispõe sobre a autorização do Poder Executivo Municipal a receber, em doação, obras, serviços, cooperação técnica, operação de equipamentos, mão de obra, equipamentos, mobiliários, materiais e demais insumos necessários a realização de ampliação, reforma e manutenção da atual estrutura do Aeroporto Municipal de Telêmaco Borba, em virtude da melhoria da segurança da aviação civil, possível ampliação da malha aérea do aeroporto e por conseguinte processo de certificação pela Agência Nacional de Aviação Civil – ANAC”.</t>
   </si>
   <si>
     <t>16440</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16440/parecer_legislacao_-_plo_no_007-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16440/parecer_legislacao_-_plo_no_007-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 007/2024, de iniciativa do Poder Executivo, Mensagem Nº 019 de 06 de maio de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 455.000,00 (quatrocentos e cinquenta e cinco mil reais)".</t>
   </si>
   <si>
     <t>16441</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 007/2024, de iniciativa do Poder Executivo, Mensagem Nº 019 de 06 de maio de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 455.000,00 (quatrocentos e cinquenta e cinco mil reais)".</t>
   </si>
   <si>
     <t>16442</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16442/parecer_legislacao_-_plc_no_009-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16442/parecer_legislacao_-_plc_no_009-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 009/2024, de iniciativa do Poder Executivo, Mensagem Nº 018 de 23 de abril de 2024, que "Altera o art. 4º da Lei Complementar Nº 017 de 07 de outubro de 2016".</t>
   </si>
   <si>
     <t>16444</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16444/parecer_educacao_-_plc_no_009-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16444/parecer_educacao_-_plc_no_009-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Complementar Nº 009/2024, de iniciativa do Poder Executivo, Mensagem Nº 018 de 23 de abril de 2024, que "Altera o art. 4º da Lei Complementar Nº 017 de 07 de outubro de 2016".</t>
   </si>
   <si>
     <t>16462</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16462/parecer_educacao_-_plc_no_008-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16462/parecer_educacao_-_plc_no_008-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Complementar Nº 008/2024, de iniciativa do Poder Executivo, Mensagem Nº 012 de 08 de março de 2024, que “Altera e acrescenta dispositivos na Lei 1141 de 22 de outubro de 1997 e altera disposições da Lei 1819 de 11 de abril de 2011, para extinguir a Assessoria Técnica de Finanças e Legislação e Assessoria Especial de Turismo e Indústria Artesanal, criar a Secretaria Municipal de Ordem Pública e Secretaria Municipal de Cultura e Turismo, realoca seções, cria novas seções, alterar denominações e divisões, seções e cargos comissionados, criar e extinguir cargos em comissão e dá outras providências”.</t>
   </si>
   <si>
     <t>16483</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16483/parecer_legislacao_-_plo_no_044-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16483/parecer_legislacao_-_plo_no_044-2024.pdf</t>
   </si>
   <si>
     <t>DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO PARECER AO Projeto de Lei Ordinária nº 044/23 de iniciativa do Vereador Antonio Marco de Almeida que: "OBRIGATORIEDADE DA EXISTÊNCIA DE UM PLANO DE CONTINGÊNCIA PARA DESASTRES E ATENTADOS EM ESTABELECIMENTOS DE ENSINO PÚBLICO DE TELÊMACO BORBA."</t>
   </si>
   <si>
     <t>16485</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16485/parecer_legislacao_-_plo_no_045-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16485/parecer_legislacao_-_plo_no_045-2024.pdf</t>
   </si>
   <si>
     <t>DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO PARECER AO Projeto de Lei Ordinária nº 045/23 de iniciativa do Vereador Élio Cezar Alves dos Santos que: "Dispõe sobre a criação do Programa Água para Todos, no âmbito do Município de Telêmaco Borba, e dá outras providências."</t>
   </si>
   <si>
     <t>16486</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16486/parecer_economia_-_plc_no_008-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16486/parecer_economia_-_plc_no_008-2024.pdf</t>
   </si>
   <si>
     <t>DA COMISSÃO DE ECONOMIA, ORÇAMENTO, FINANÇAS E FISCALIZAÇÃO PARECER ao Projeto de Lei Complementar Nº 008/2024, de iniciativa do Poder Executivo, Mensagem Nº 012 de 08 de março de 2024, que “Altera e acrescenta dispositivos na Lei 1141 de 22 de outubro de 1997 e altera disposições da Lei 1819 de 11 de abril de 2011, para extinguir a Assessoria Técnica de Finanças e Legislação e Assessoria Especial de Turismo e Indústria Artesanal, criar a Secretaria Municipal de Ordem Pública e Secretaria Municipal de Cultura e Turismo, realoca seções, cria novas seções, alterar denominações e divisões, seções e cargos comissionados, criar e extinguir cargos em comissão e dá outras providências”.</t>
   </si>
   <si>
     <t>16495</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16495/parecer_legislacao_-_plo_no_047-2023.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16495/parecer_legislacao_-_plo_no_047-2023.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 047/2023, de iniciativa do Poder Executivo (Mensagem nº 062 de 05 de dezembro de 2.023) que: "Altera a redação do Artigo 1º da Lei Ordinária nº 1.261 de 28 de junho de 2.000, bem como fica o dispositivo acrescido do Parágrafo único." - (Marginal Elias Antonio Zattar)</t>
   </si>
   <si>
     <t>16541</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16541/parecer_legislacao_-_plc_no_010-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16541/parecer_legislacao_-_plc_no_010-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 010/2024, de iniciativa do Poder Executivo, Mensagem Nº 021 de 13 de maio de 2024, que "Acrescenta a Seção I no Capítulo I, o art. 7º-A e altera o anexo I da Lei Complementar Nº 073 de 30 de dezembro de 2019". (aumento do efetivo da Guarda Municipal e a criação de unidades especializadas).</t>
   </si>
   <si>
     <t>16542</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16542/parecer_economia_-_plc_no_010-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16542/parecer_economia_-_plc_no_010-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 010/2024, de iniciativa do Poder Executivo, Mensagem Nº 021 de 13 de maio de 2024, que "Acrescenta a Seção I no Capítulo I, o art. 7º-A e altera o anexo I da Lei Complementar Nº 073 de 30 de dezembro de 2019". (aumento do efetivo da Guarda Municipal e a criação de unidades especializadas).</t>
   </si>
   <si>
     <t>16543</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16543/parecer_educacao_-_plc_no_010-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16543/parecer_educacao_-_plc_no_010-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Complementar Nº 010/2024, de iniciativa do Poder Executivo, Mensagem Nº 021 de 13 de maio de 2024, que "Acrescenta a Seção I no Capítulo I, o art. 7º-A e altera o anexo I da Lei Complementar Nº 073 de 30 de dezembro de 2019". (aumento do efetivo da Guarda Municipal e a criação de unidades especializadas).</t>
   </si>
   <si>
     <t>16569</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16569/parecer_economia_-_prestacao_de_contas_2020.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16569/parecer_economia_-_prestacao_de_contas_2020.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer com relação a "Prestação de Contas do Poder Executivo do Município de Telêmaco Borba correspondente ao exercício de 2020."</t>
   </si>
   <si>
     <t>16571</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16571/parecer_economia_-_prestacao_de_contas_2021.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16571/parecer_economia_-_prestacao_de_contas_2021.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer com relação à "Prestação de Contas do Poder Executivo do Município de Telêmaco Borba correspondente ao exercício de 2021."</t>
   </si>
   <si>
     <t>16602</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16602/parecer_legislacao_-_plo_no_010-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16602/parecer_legislacao_-_plo_no_010-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao PROJETO DE LEI ORDINÁRIA nº 010/24 de iniciativa do Poder Executivo (mensagem nº 022 de 29 de maio de 2.024) que: " AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 35.000,00."</t>
   </si>
   <si>
     <t>16603</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16603/parecer_legislacao_-_plo_no_011-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16603/parecer_legislacao_-_plo_no_011-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao PROJETO DE LEI ORDINÁRIA nº 011/24 de iniciativa do Poder Executivo (mensagem nº 026 de 12 de junho de 2.024) que: " AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 300.000,00.</t>
   </si>
   <si>
     <t>16606</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16606/parecer_legislacao_-_plo_no_012-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16606/parecer_legislacao_-_plo_no_012-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao PROJETO DE LEI ORDINÁRIA Nº 012/24 de iniciativa do Poder Executivo (mensagem nº 027 de 19 de junho de 2.024) que: "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 678.653,85 (seiscentos e setenta e oito mil, seiscentos e cinquenta e três reais e oitenta e cinco centavos)."</t>
   </si>
   <si>
     <t>16607</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16607/parecer_economia_-_plo_no_010-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16607/parecer_economia_-_plo_no_010-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao PROJETO DE LEI ORDINÁRIA nº 010/24 de iniciativa do Poder Executivo (mensagem nº 022 de 29 de maio de 2.024) que: " AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 35.000,00."</t>
   </si>
   <si>
     <t>16608</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16608/parecer_economia_-_plo_no_011-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16608/parecer_economia_-_plo_no_011-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao PROJETO DE LEI ORDINÁRIA Nº 011/24 de iniciativa do Poder Executivo (mensagem nº 026 de 12 de junho de 2.024) que: " AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 300.000,00."</t>
   </si>
   <si>
     <t>16611</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16611/parecer_economia_-_plo_no_012-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16611/parecer_economia_-_plo_no_012-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao PROJETO DE LEI ORDINÁRIA nº 012/24 de iniciativa do Poder Executivo (mensagem nº 027 de 19 de junho de 2.024) que: " AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 678.653,85 (seiscentos e setenta e oito mil, seiscentos e cinquenta e três reais e oitenta e cinco centavos)."</t>
   </si>
   <si>
     <t>16622</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16622/parecer_legislacao_-_plo_no_008-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16622/parecer_legislacao_-_plo_no_008-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 008/2024, de iniciativa do Poder Executivo, Mensagem Nº 014 de 16 de abril de 2024, que "Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional, Regulamenta a Política de Segurança Alimentar e Nutricional e Cria o Fundo Municipal de Segurança Alimentar e Nutricional - FMSAN e dá outras providências".</t>
   </si>
   <si>
     <t>16624</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16624/parecer_legislacao_-_plo_no_009-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16624/parecer_legislacao_-_plo_no_009-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 009/2024, de iniciativa do Poder Executivo, Mensagem Nº 016 de 16 de abril de 2024, que "Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência, Regulamenta a Política de Atendimento à Pessoa com Deficiência e Cria o Fundo Municipal dos Direitos da Pessoa com Deficiência - FMDPD e dá outras providências".</t>
   </si>
   <si>
     <t>16625</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16625/parecer_economia_-_plo_no_008-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16625/parecer_economia_-_plo_no_008-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 008/2024, de iniciativa do Poder Executivo, Mensagem Nº 014 de 16 de abril de 2024, que "Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional, Regulamenta a Política de Segurança Alimentar e Nutricional e Cria o Fundo Municipal de Segurança Alimentar e Nutricional - FMSAN e dá outras providências".</t>
   </si>
   <si>
     <t>16626</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16626/parecer_economia_-_plo_no_009-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16626/parecer_economia_-_plo_no_009-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 009/2024, de iniciativa do Poder Executivo, Mensagem Nº 016 de 16 de abril de 2024, que "Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência, Regulamenta a Política de Atendimento à Pessoa com Deficiência e Cria o Fundo Municipal dos Direitos da Pessoa com Deficiência - FMDPD e dá outras providências".</t>
   </si>
   <si>
     <t>16627</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16627/parecer_educacao_-_plo_no_008-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16627/parecer_educacao_-_plo_no_008-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 008/2024, de iniciativa do Poder Executivo, Mensagem Nº 014 de 16 de abril de 2024, que "Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional, Regulamenta a Política de Segurança Alimentar e Nutricional e Cria o Fundo Municipal de Segurança Alimentar e Nutricional - FMSAN e dá outras providências".</t>
   </si>
   <si>
     <t>16628</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16628/parecer_educacao_-_plo_no_009-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16628/parecer_educacao_-_plo_no_009-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 009/2024, de iniciativa do Poder Executivo, Mensagem Nº 016 de 16 de abril de 2024, que "Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência, Regulamenta a Política de Atendimento à Pessoa com Deficiência e Cria o Fundo Municipal dos Direitos da Pessoa com Deficiência - FMDPD e dá outras providências".</t>
   </si>
   <si>
     <t>16629</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16629/parecer_educacao_-_plo_no_012-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16629/parecer_educacao_-_plo_no_012-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 012/2024, de iniciativa do Poder Executivo (Mensagem nº 027 de 19 de junho de 2.024) que: "Autoriza a abertura de crédito adicional suplementar na importância de R$ 678.653,85 (seiscentos e setenta e oito mil, seiscentos e cinquenta e três reais e oitenta e cinco centavos)."</t>
   </si>
   <si>
     <t>16630</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16630/parecer_urbanismo_-_plo_no_011-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16630/parecer_urbanismo_-_plo_no_011-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Urbanismo e Obras Públicas, parecer ao Projeto de Lei Ordinária nº 011/2024, de iniciativa do Poder Executivo (mensagem nº 026 de 12 de junho de 2.024) que: "Autoriza a abertura de crédito adicional suplementar na importância de R$ 300.000,00." (remanejamento de dotações dentro da Secretaria de Obras e Serviços Públicos)</t>
   </si>
   <si>
     <t>16642</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16642/parecer_legislacao_-_plo_no_015-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16642/parecer_legislacao_-_plo_no_015-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 015/2024, de iniciativa do Poder Executivo, Mensagem Nº 025 de 10 de junho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 155.000,00 (cento e cinquenta e cinco mil reais)." (remanejamento de dotações dentro da Secretaria Municipal de Esportes, Cultura e Recreação).</t>
   </si>
   <si>
     <t>16643</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16643/parecer_legislacao_-_plo_no_016-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16643/parecer_legislacao_-_plo_no_016-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 016/2024, de iniciativa do Poder Executivo, Mensagem Nº 028 de 20 de junho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 630.000,00 (seiscentos e trinta mil reais)." (transporte rodoviário de pacientes e acompanhantes atendidos no Programa TFD - Tratamento fora do domicílio).</t>
   </si>
   <si>
     <t>16651</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16651/parecer_legislacao_-_plo_no_017-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16651/parecer_legislacao_-_plo_no_017-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 017/2024, de iniciativa do Poder Executivo, Mensagem Nº 030 de 26 de junho de 2024, que "Cria o Conselho Municipal de Segurança Pública, o Fundo Municipal de Segurança Pública e o Gabinete Gestão de Crise - GGC e dá outras providências".</t>
   </si>
   <si>
     <t>16653</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16653/parecer_legislacao_-_plo_no_018-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16653/parecer_legislacao_-_plo_no_018-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 018/2024, de iniciativa do Poder Executivo, Mensagem Nº 031 de 26 de junho de 2024, que "Cria a Escola de Formação, Treinamento e Aperfeiçoamento da Guarda Municipal de Telêmaco Borba e dá outras providências."</t>
   </si>
   <si>
     <t>16654</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16654/parecer_economia_-_plo_no_015-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16654/parecer_economia_-_plo_no_015-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 015/2024, de iniciativa do Poder Executivo, Mensagem Nº 025 de 10 de junho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 155.000,00 (cento e cinquenta e cinco mil reais)." (remanejamento de dotações dentro da Secretaria Municipal de Esportes, Cultura e Recreação).</t>
   </si>
   <si>
     <t>16655</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16655/parecer_economia_-_plo_no_016-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16655/parecer_economia_-_plo_no_016-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 016/2024, de iniciativa do Poder Executivo, Mensagem Nº 028 de 20 de junho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 630.000,00 (seiscentos e trinta mil reais)." (transporte rodoviário de pacientes e acompanhantes atendidos no Programa TFD - Tratamento fora do domicílio).</t>
   </si>
   <si>
     <t>16656</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16656/parecer_economia_-_plo_no_015-2024_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16656/parecer_economia_-_plo_no_015-2024_1.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 015/2024, de iniciativa do Poder Executivo, Mensagem Nº 025 de 10 de junho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 155.000,00 (cento e cinquenta e cinco mil reais)."</t>
   </si>
   <si>
     <t>16657</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16657/parecer_educacao_-_plo_no_016-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16657/parecer_educacao_-_plo_no_016-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 016/2024, de iniciativa do Poder Executivo, Mensagem Nº 028 de 20 de junho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 630.000,00 (seiscentos e trinta mil reais)."</t>
   </si>
   <si>
     <t>16658</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16658/parecer_educacao_-_plo_no_017-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16658/parecer_educacao_-_plo_no_017-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 017/2024, de iniciativa do Poder Executivo, Mensagem Nº 030 de 26 de junho de 2024, que "Cria o Conselho Municipal de Segurança Pública, o Fundo Municipal de Segurança Pública e o Gabinete Gestão de Crise - GGC e dá outras providências".</t>
   </si>
   <si>
     <t>16659</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16659/parecer_educacao_-_plo_no_018-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16659/parecer_educacao_-_plo_no_018-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 018/2024, de iniciativa do Poder Executivo, Mensagem Nº 031 de 26 de junho de 2024, que "Cria a Escola de Formação, Treinamento e Aperfeiçoamento da Guarda Municipal de Telêmaco Borba e dá outras providências."</t>
   </si>
   <si>
     <t>16693</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16693/parecer_legislacao_-_plo_no_020-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16693/parecer_legislacao_-_plo_no_020-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 020/2024, de iniciativa do Poder Executivo, Mensagem Nº 032 de 10 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 6.384.000,00 (seis milhões, trezentos e oitenta e quatro mil reais)." (despesas com a folha de pagamento da Prefeitura Municipal)</t>
   </si>
   <si>
     <t>16695</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16695/parecer_legislacao_-_plo_no_021-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16695/parecer_legislacao_-_plo_no_021-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 021/2024, de iniciativa do Poder Executivo, Mensagem Nº 033 de 10 julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 232.467,36 (duzentos e trinta e dois mil, quatrocentos e sessenta e sete reais e trinta e seis centavos)." (necessidade de manter o contrato com a empresa que presta os serviços de vigilância patrimonial para atender a UPA).</t>
   </si>
   <si>
     <t>16697</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16697/parecer_economia_-_plo_no_017-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16697/parecer_economia_-_plo_no_017-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 017/2024, de iniciativa do Poder Executivo, Mensagem Nº 030 de 26 de junho de 2024, que "Cria o Conselho Municipal de Segurança Pública, o Fundo Municipal de Segurança Pública e o Gabinete Gestão de Crise - GGC e dá outras providências."</t>
   </si>
   <si>
     <t>16699</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16699/parecer_economia_-_plo_no_018-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16699/parecer_economia_-_plo_no_018-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 018/2024, de iniciativa do Poder Executivo, Mensagem Nº 031 de 26 de junho de 2024, que "Cria a Escola de Formação, Treinamento e Aperfeiçoamento da Guarda Municipal de Telêmaco Borba e dá outras providências."</t>
   </si>
   <si>
     <t>16701</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16701/parecer_economia_-_plo_no_020-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16701/parecer_economia_-_plo_no_020-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 020/2024, de iniciativa do Poder Executivo, Mensagem Nº 032 de 10 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 6.384.000,00 (seis milhões, trezentos e oitenta e quatro mil reais)." (despesas com a folha de pagamento da Prefeitura Municipal)</t>
   </si>
   <si>
     <t>16702</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16702/parecer_legislacao_-_plo_no_021-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16702/parecer_legislacao_-_plo_no_021-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 021/2024, de iniciativa do Poder Executivo, Mensagem Nº 033 de 10 julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 232.467,36 (duzentos e trinta e dois mil, quatrocentos e sessenta e sete reais e trinta e seis centavos)." (necessidade de manter o contrato com a empresa que presta os serviços de vigilância patrimonial para atender a UPA).</t>
   </si>
   <si>
     <t>16727</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16727/parecer_legislacao_-_plo_no_022-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16727/parecer_legislacao_-_plo_no_022-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 022/2024, de iniciativa do Poder Executivo, Mensagem Nº 035 de 12 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 857.586,00 (oitocentos e cinquenta e sete mil, quinhentos e oitenta e seis reais)." (despesas com a folha de pagamento).</t>
   </si>
   <si>
     <t>16728</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16728/parecer_legislacao_-_plo_no_023-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16728/parecer_legislacao_-_plo_no_023-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 023/2024, de iniciativa do Poder Executivo, Mensagem Nº 038 de 22 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 1.750.000,00 (um milhão, setecentos e cinquenta mil reais)." (manter os serviços de transporte de pacientes para tratamento fora de domicílio - TFD)</t>
   </si>
   <si>
     <t>16729</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16729/parecer_economia_-_plo_no_022-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16729/parecer_economia_-_plo_no_022-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 022/2024, de iniciativa do Poder Executivo, Mensagem Nº 035 de 12 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 857.586,00 (oitocentos e cinquenta e sete mil, quinhentos e oitenta e seis reais)." (despesas com a folha de pagamento).</t>
   </si>
   <si>
     <t>16730</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16730/parecer_economia_-_plo_no_023-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16730/parecer_economia_-_plo_no_023-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 023/2024, de iniciativa do Poder Executivo, Mensagem Nº 038 de 22 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 1.750.000,00 (um milhão, setecentos e cinquenta mil reais)." (manter os serviços de transporte de pacientes para tratamento fora de domicílio - TFD)</t>
   </si>
   <si>
     <t>16745</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16745/parecer_legislacao_-_plo_no_019-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16745/parecer_legislacao_-_plo_no_019-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 019/2024, de iniciativa da Vereadora Elisangela Rezende Saldivar, que "Declara de Utilidade Pública Municipal a Associação dos Surdos Um Grito no Silêncio, com sede no Município de Telêmaco Borba, Estado do Paraná."</t>
   </si>
   <si>
     <t>16747</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16747/parecer_educacao_-_plo_no_019-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16747/parecer_educacao_-_plo_no_019-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 019/2024, de iniciativa da Vereadora Elisangela Rezende Saldivar, que "Declara de Utilidade Pública Municipal a Associação dos Surdos Um Grito no Silêncio, com sede no Município de Telêmaco Borba, Estado do Paraná."</t>
   </si>
   <si>
     <t>16776</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16776/parecer_legislacao_-_plo_no_024-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16776/parecer_legislacao_-_plo_no_024-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 024/2024, de iniciativa do Poder Executivo, Mensagem Nº 037 de 22 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 310.000,00 (trezentos e dez mil reais)."</t>
   </si>
   <si>
     <t>16777</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16777/parecer_legislacao_-_plo_no_025-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16777/parecer_legislacao_-_plo_no_025-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 025/2024, de iniciativa do Poder Executivo, Mensagem Nº 039 de 24 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 210.000,00 (duzentos e dez mil reais)."</t>
   </si>
   <si>
     <t>16778</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16778/parecer_economia_-_plo_no_024-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16778/parecer_economia_-_plo_no_024-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 024/2024, de iniciativa do Poder Executivo, Mensagem Nº 037 de 22 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 310.000,00 (trezentos e dez mil reais)."</t>
   </si>
   <si>
     <t>16779</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16779/parecer_economia_-_plo_no_025-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16779/parecer_economia_-_plo_no_025-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 025/2024, de iniciativa do Poder Executivo, Mensagem Nº 039 de 24 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 210.000,00 (duzentos e dez mil reais)."</t>
   </si>
   <si>
     <t>16780</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16780/parecer_legislacao_-_plo_no_028-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16780/parecer_legislacao_-_plo_no_028-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 028/2024, de iniciativa do Poder Executivo, Mensagem Nº 041 de 08 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 467.000,00 (quatrocentos e sessenta e sete mil reais)."</t>
   </si>
   <si>
     <t>16781</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16781/parecer_legislacao_-_plo_no_029-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16781/parecer_legislacao_-_plo_no_029-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 029/2024, de iniciativa do Poder Executivo, Mensagem Nº 042 de 08 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 27.000,00 (vinte e sete mil reais)."</t>
   </si>
   <si>
     <t>16783</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16783/parecer_legislacao_-_plo_no_030-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16783/parecer_legislacao_-_plo_no_030-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 030/2024, de iniciativa do Poder Executivo, Mensagem Nº 044 de 07 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 5.262.080,96 (cinco milhões, duzentos e sessenta e dois mil, oitenta reais e noventa e seis centavos)."</t>
   </si>
   <si>
     <t>16784</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16784/parecer_legislacao_-_plo_no_031-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16784/parecer_legislacao_-_plo_no_031-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 031/2024, de iniciativa do Poder Executivo, Mensagem Nº 045 de 07 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 1.126.391,42 (um milhão, cento e vinte e seis mil, trezentos e noventa e um reais e quarenta e dois centavos)."</t>
   </si>
   <si>
     <t>16785</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16785/parecer_economia_-_plo_no_028-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16785/parecer_economia_-_plo_no_028-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 028/2024, de iniciativa do Poder Executivo, Mensagem Nº 041 de 08 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 467.000,00 (quatrocentos e sessenta e sete mil reais)."</t>
   </si>
   <si>
     <t>16786</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16786/parecer_economia_-_plo_no_029-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16786/parecer_economia_-_plo_no_029-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 029/2024, de iniciativa do Poder Executivo, Mensagem Nº 042 de 08 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 27.000,00 (vinte e sete mil reais)."</t>
   </si>
   <si>
     <t>16788</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16788/parecer_economia_-_plo_no_030-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16788/parecer_economia_-_plo_no_030-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 030/2024, de iniciativa do Poder Executivo, Mensagem Nº 044 de 07 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 5.262.080,96 (cinco milhões, duzentos e sessenta e dois mil, oitenta reais e noventa e seis centavos)."</t>
   </si>
   <si>
     <t>16789</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16789/parecer_economia_-_plo_no_031-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16789/parecer_economia_-_plo_no_031-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 031/2024, de iniciativa do Poder Executivo, Mensagem Nº 045 de 07 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 1.126.391,42 (um milhão, cento e vinte e seis mil, trezentos e noventa e um reais e quarenta e dois centavos)."</t>
   </si>
   <si>
     <t>16797</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16797/parecer_economia_-_plo_no_014-2024_ldo_2025.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16797/parecer_economia_-_plo_no_014-2024_ldo_2025.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 014/2024, de iniciativa do Poder Executivo, Mensagem Nº 015 de 15 de abril de 2024, que “Dispõe sobre as diretrizes para elaboração da lei orçamentária do Município de Telêmaco Borba para o exercício financeiro de 2025 e dá outras providências”.</t>
   </si>
   <si>
     <t>16804</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16804/parecer_legislacao_-_plo_no_032-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16804/parecer_legislacao_-_plo_no_032-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 032/2024, de iniciativa do Poder Executivo, Mensagem Nº 040 de 06 de agosto de 2024, que "Autoriza a abertura de crédito adicional especial na importância R$ 43.900,00 (quarenta e três mil e novecentos reais)."</t>
   </si>
   <si>
     <t>16806</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16806/parecer_legislacao_-_plo_no_033-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16806/parecer_legislacao_-_plo_no_033-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 033/2024, de iniciativa do Poder Executivo, Mensagem Nº 043 de 07 de agosto de 2024, que "Autoriza a abertura der crédito adicional suplementar na importância de R$ 73.865,34 (setenta e três mil, oitocentos e sessenta e cinco reais e trinta e quatro centavos)."</t>
   </si>
   <si>
     <t>16817</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16817/parecer_economia_-_plo_no_032-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16817/parecer_economia_-_plo_no_032-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 032/2024, de iniciativa do Poder Executivo, Mensagem Nº 040 de 06 de agosto de 2024, que "Autoriza a abertura de crédito adicional especial na importância R$ 43.900,00 (quarenta e três mil e novecentos reais)."</t>
   </si>
   <si>
     <t>16818</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16818/parecer_economia_-_plo_no_033-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16818/parecer_economia_-_plo_no_033-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 033/2024, de iniciativa do Poder Executivo, Mensagem Nº 043 de 07 de agosto de 2024, que "Autoriza a abertura der crédito adicional suplementar na importância de R$ 73.865,34 (setenta e três mil, oitocentos e sessenta e cinco reais e trinta e quatro centavos)."</t>
   </si>
   <si>
     <t>16830</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16830/parecer_legislacao_-_plo_no_026-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16830/parecer_legislacao_-_plo_no_026-24.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 026/2024, de iniciativa do Vereador Ezequiel Ligoski Betim, que "Institui no Calendário Oficial de Eventos a Semana da Capoeira."</t>
   </si>
   <si>
     <t>16831</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16831/parecer_legislacao_-_plo_no_027-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16831/parecer_legislacao_-_plo_no_027-24.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 027/2024, de iniciativa do Vereador Klecius dos Santos Silva, que "Declara de Utilidade Pública Municipal o Centro de Integração Empresa - Escola do Paraná (CIEE/PR), com Sede no Município de Telêmaco Borba, Estado do Paraná."</t>
   </si>
   <si>
     <t>16852</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16852/parecer_legislacao_-_plo_no_034-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16852/parecer_legislacao_-_plo_no_034-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 034/2024, de iniciativa do Poder Executivo, Mensagem Nº 047 de 02 de setembro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 250.000,00 (duzentos e cinquenta mil reais)."</t>
   </si>
   <si>
     <t>16858</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16858/parecer_legislacao_-_plo_no_035-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16858/parecer_legislacao_-_plo_no_035-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 035/24 de iniciativa do Poder Executivo (mensagem nº 048 de 03 de setembro de 2.024) que: "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE R$ 70,000,00 (setenta mil reais)."</t>
   </si>
   <si>
     <t>16859</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16859/parecer_legislacao_-_plo_no_036-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16859/parecer_legislacao_-_plo_no_036-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 036/2024 de iniciativa do Poder Executivo (Mensagem nº 049 de 04 de setembro de 2.024) que: "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 355.000,00 (trezentos e cinquenta e cinco mil reais)."</t>
   </si>
   <si>
     <t>16861</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16861/parecer_economia_-_plo_no_034-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16861/parecer_economia_-_plo_no_034-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 034/2024, de iniciativa do Poder Executivo, Mensagem Nº 047 de 02 de setembro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 250.000,00 (duzentos e cinquenta mil reais)."</t>
   </si>
   <si>
     <t>16862</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16862/parecer_economia_-_plo_no_035-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16862/parecer_economia_-_plo_no_035-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária nº 035/24 de iniciativa do Poder Executivo (mensagem nº 048 de 03 de setembro de 2.024) que: "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE R$ 70,000,00 (setenta mil reais)."</t>
   </si>
   <si>
     <t>16860</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16860/parecer_economia_-_plo_no_036-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16860/parecer_economia_-_plo_no_036-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária nº 036/24 de iniciativa do Poder Executivo (Mensagem nº 049 de 04 de setembro de 2.024) que: "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 355.000,00 (trezentos e cinquenta e cinco mil reais)."_x000D_
  _x000D_
 ​</t>
   </si>
   <si>
     <t>16866</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16866/parecer_economia_-_plo_no_027-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16866/parecer_economia_-_plo_no_027-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 027/2024, de iniciativa do Vereador Klecius dos Santos Silva, que "Declara de Utilidade Pública Municipal o Centro de Integração Empresa - Escola do Paraná (CIEE/PR), com Sede no Município de Telêmaco Borba, Estado do Paraná."</t>
   </si>
   <si>
     <t>16865</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16865/parecer_educacao_-_plo_no_026-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16865/parecer_educacao_-_plo_no_026-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social, parecer ao Projeto de Lei Ordinária Nº 026/2024, de iniciativa do Vereador Ezequiel Ligoski Betim, que "Institui no Calendário Oficial de Eventos a Semana da Capoeira."</t>
   </si>
   <si>
     <t>16874</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16874/parecer_legislacao_-_plc_no_011-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16874/parecer_legislacao_-_plc_no_011-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, Parecer ao Projeto de Lei Complementar Nº 011/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a fixação de subsídios dos Vereadores e do Presidente da Câmara Municipal para o quadriênio de 2025 a 2028."</t>
   </si>
   <si>
     <t>16875</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16875/parecer_legislacao_-_plc_no_012-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16875/parecer_legislacao_-_plc_no_012-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, Parecer ao Projeto de Lei Complementar Nº 012/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a fixação de subsídios do Prefeito, Vice-Prefeito e dos Secretários Municipais para o quadriênio de 2025 a 2028."</t>
   </si>
   <si>
     <t>16876</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16876/parecer_legislacao_-_plo_no_037-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16876/parecer_legislacao_-_plo_no_037-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação Parecer ao Projeto de Lei Ordinária nº 037/24 de iniciativa do vereador Klecius dos Santos Silva que: “INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE TELÊMACO BORBA O EVENTO SEMANA DAS ARTES MARCIAIS.”</t>
   </si>
   <si>
     <t>16877</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16877/parecer_legislacao_-_plo_no_038-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16877/parecer_legislacao_-_plo_no_038-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, Parecer ao Projeto de Lei Ordinária nº 038/24 de iniciativa do vereador Klecius dos Santos Silva que: “INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE TELÊMACO BORBA O EVENTO SEMANA DOS ESPORTES ALTERNATIVOS, PRÁTICAS DE AVENTURA E ARTE DE RUA.”</t>
   </si>
   <si>
     <t>16879</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16879/parecer_economia_-_plc_no_011-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16879/parecer_economia_-_plc_no_011-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, Parecer ao Projeto de Lei Complementar Nº 011/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a fixação de subsídios dos Vereadores e do Presidente da Câmara Municipal para o quadriênio de 2025 a 2028."</t>
   </si>
   <si>
     <t>16880</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16880/parecer_economia_-_plc_no_012-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16880/parecer_economia_-_plc_no_012-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização Parecer ao Projeto de Lei Complementar Nº 012/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a fixação de subsídios do Prefeito, Vice-Prefeito e dos Secretários Municipais para o quadriênio de 2025 a 2028."</t>
   </si>
   <si>
     <t>16878</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16878/parecer_educacao_-_plo_no_027-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16878/parecer_educacao_-_plo_no_027-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia Parecer ao Projeto de Lei Ordinária Nº 027/2024, de iniciativa do Vereador Klecius dos Santos Silva, que "Declara de Utilidade Pública Municipal o Centro de Integração Empresa - Escola do Paraná (CIEE/PR), com Sede no Município de Telêmaco Borba, Estado do Paraná."</t>
   </si>
   <si>
     <t>16883</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16883/parecer_legislacao_-_plo_039-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16883/parecer_legislacao_-_plo_039-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 039/2024, de iniciativa do Poder Executivo, Mensagem Nº 050 de 17 de setembro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 95.132,77 (noventa e cinco mil, cento e trinta e dois reais e setenta e sete centavos)."</t>
   </si>
   <si>
     <t>16884</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16884/parecer_economia_-_plo_39-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16884/parecer_economia_-_plo_39-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 039/2024, de iniciativa do Poder Executivo, Mensagem Nº 050 de 17 de setembro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 95.132,77 (noventa e cinco mil, cento e trinta e dois reais e setenta e sete centavos)."_x000D_
  _x000D_
 ​</t>
   </si>
   <si>
     <t>16896</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16896/parecer_legislacao_-_plo_no_041-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16896/parecer_legislacao_-_plo_no_041-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 041/2024, de iniciativa do Poder Executivo, Mensagem Nº 052 de 03 de outubro de 2024, que “Autoriza a abertura de crédito adicional suplementar na importância de R$ 200.000,00.”</t>
   </si>
   <si>
     <t>16897</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16897/parecer_economia_-_plo_no_041-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16897/parecer_economia_-_plo_no_041-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 041/2024, de iniciativa do Poder Executivo, Mensagem Nº 052 de 03 de outubro de 2024, que “Autoriza a abertura de crédito adicional suplementar na importância de R$ 200.000,00.”</t>
   </si>
   <si>
     <t>16895</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16895/parecer_economia_-_prestacao_de_contas_2022.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16895/parecer_economia_-_prestacao_de_contas_2022.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer com relação a "Prestação de Contas do Poder Executivo do Município de Telêmaco Borba correspondente ao exercício de 2022."</t>
   </si>
   <si>
     <t>16898</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16898/parecer_educacao_-_plo_no_037-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16898/parecer_educacao_-_plo_no_037-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária nº 037/24 de iniciativa do vereador Klecius dos Santos Silva que: “INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE TELÊMACO BORBA O EVENTO SEMANA DAS ARTES MARCIAIS”.</t>
   </si>
   <si>
     <t>16900</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16900/parecer_educacao_-_plo_no_038-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16900/parecer_educacao_-_plo_no_038-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária nº 038/24 de iniciativa do vereador Klecius dos Santos Silva que: “INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE TELÊMACO BORBA O EVENTO SEMANA DOS ESPORTES ALTERNATIVOS, PRÁTICAS DE AVENTURA E ARTE DE RUA.”</t>
   </si>
   <si>
     <t>16909</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16909/parecer_legislacao_-_plo_no_043-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16909/parecer_legislacao_-_plo_no_043-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 043/2024, de iniciativa do Poder Executivo, Mensagem Nº 053 de 14 de outubro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 55.000,00 (cinquenta e cinco mil reais)."</t>
   </si>
   <si>
     <t>16910</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16910/parecer_legislacao_-_plo_no_044-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16910/parecer_legislacao_-_plo_no_044-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 044/2024, de iniciativa do Poder Executivo, Mensagem Nº 054 de 14 de outubro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 700.000,00 (setecentos mil reais)."</t>
   </si>
   <si>
     <t>16911</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16911/parecer_economia_-_plo_no_043-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16911/parecer_economia_-_plo_no_043-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 043/2024, de iniciativa do Poder Executivo, Mensagem Nº 053 de 14 de outubro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 55.000,00 (cinquenta e cinco mil reais)." _x000D_
  _x000D_
 ​</t>
   </si>
   <si>
     <t>16912</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16912/parecer_economia_-_plo_no_044-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16912/parecer_economia_-_plo_no_044-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 044/2024, de iniciativa do Poder Executivo, Mensagem Nº 054 de 14 de outubro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 700.000,00 (setecentos mil reais)."_x000D_
  _x000D_
 ​</t>
   </si>
   <si>
     <t>16925</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16925/parecer_legislacao_-_plo_no_040-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16925/parecer_legislacao_-_plo_no_040-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 040/2024, de iniciativa do Poder Executivo, Mensagem Nº 024 de 11 de julho de 2024, que "Altera os artigos 16, 17 e 28 da Lei Municipal Nº 2404 de 17 de novembro de 2021."</t>
   </si>
   <si>
     <t>16944</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 045/2024, de iniciativa do Poder Executivo, Mensagem Nº 055 de 18 de outubro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 485.000,00 (quatrocentos e oitenta e cinco mil reais)."</t>
   </si>
   <si>
     <t>16945</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 046/2024, de iniciativa do Poder Executivo, Mensagem Nº 056 de 18 de outubro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 194.000,00 (cento e noventa e quatro mil reais)."</t>
   </si>
   <si>
     <t>16946</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 045/2024, de iniciativa do Poder Executivo, Mensagem Nº 055 de 18 de outubro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 485.000,00 (quatrocentos e oitenta e cinco mil reais)."</t>
   </si>
   <si>
     <t>16947</t>
   </si>
@@ -10161,94 +10161,94 @@
   </si>
   <si>
     <t>16981</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 042/2024, de iniciativa do Poder Executivo, Mensagem Nº 051 de 30 de setembro de 2024, que “Estima a receita e fixa a despesa do Município de Telêmaco Borba – PR para o exercício de 2025.”</t>
   </si>
   <si>
     <t>16982</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 048/2024, de iniciativa do Poder Executivo, Mensagem Nº 057 de 05 de novembro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 15.302,24 (quinze mil, trezentos e dois reais e vinte e quatro centavos)."</t>
   </si>
   <si>
     <t>16983</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária Nº 049/2024, de iniciativa do Poder Executivo, Mensagem Nº 058 de 07 de novembro de 2024, que “Altera anexos integrantes da Lei Nº 2548/2024, de 24 de setembro de 2024 – Lei de Diretrizes Orçamentárias do Município de Telêmaco Borba para o exercício de 2025 e da Lei Nº 2399 de 20/10/2021 – Plano Plurianual do Município de 2022 a 2025.”_x000D_
  _x000D_
 ​</t>
   </si>
   <si>
     <t>16985</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16985/cljr__pr_no_02-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16985/cljr__pr_no_02-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Resolução nº 002/2024 de inciativa da Mesa Diretiva que: "Altera os termos da Resolução 01/2006, alterados pela Resolução 004/2013 e resolução 003/2014”.</t>
   </si>
   <si>
     <t>16986</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16986/ceoff_pr_no_02-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16986/ceoff_pr_no_02-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Resolução nº 002/2024 de inciativa da Mesa Diretiva que: "Altera os termos da Resolução 01/2006, alterados pela Resolução 004/2013 e resolução 003/2014”._x000D_
 ​</t>
   </si>
   <si>
     <t>16997</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16997/cljr_plo_no_050-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16997/cljr_plo_no_050-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação Parecer ao Projeto de Lei Ordinária Nº 050/2024 de iniciativa do Poder Executivo, Mensagem Nº 059 de 07 de novembro de 2024. que “Altera dispositivos da Lei Nº 2467 de 16 de novembro de 2022, que dispõe sobre a forma de amortização do déficit técnico atuarial do Regime Próprio de Previdência dos Servidores Públicos do Município de Telêmaco Borba.”</t>
   </si>
   <si>
     <t>16999</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 047/2024, de iniciativa do Vereador Felipe Pedroso da Silva, que “Institui no calendário de eventos culturais do Município de Telêmaco Borba, o evento religioso denominado Festa da Igreja Ucraniana da Comunidade São José Operário, e dá outras providências.”</t>
   </si>
   <si>
     <t>17004</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17004/cljr_plo_no_054-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17004/cljr_plo_no_054-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação, Parecer ao Projeto de Lei Ordinária nº 054/2024, de iniciativa do Poder Executivo (mensagem nº 060 de 21 de novembro de 2024) que: “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 354.138,09.(trezentos e cinquenta e quatro mil, centro e trinta e oito reais e nove centavos)” (Continuidade nos serviços de manutenção das vias públicas do Munícipio.)</t>
   </si>
   <si>
     <t>17005</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17005/ceoff_plo_no_54-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17005/ceoff_plo_no_54-2024.pdf</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Ordinária nº 054/2024, de iniciativa do Poder Executivo (mensagem nº 060 de 21 de novembro de 2024) que: “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 354.138,09.(trezentos e cinquenta e quatro mil, cento e trinta e oito reais e nove centavos)” (Continuidade nos serviços de manutenção das vias públicas do Munícipio.)_x000D_
  _x000D_
 ​</t>
   </si>
   <si>
     <t>17017</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação parecer ao Projeto de Lei Ordinária Nº 051/2024, de iniciativa do Vereador Klecius dos Santos Silva, que "Cria o Programa Municipal Infantil Acolhendo Vida no âmbito da proteção social especial de baixa a média complexidade."</t>
   </si>
   <si>
     <t>17018</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação parecer ao Projeto de Lei Ordinária Nº 052/2024, de iniciativa do Vereador Felipe Pedroso da Silva, que "Institui no Calendário Oficial de Eventos Culturais do Município de Telêmaco Borba, o evento Exporaspando - encontro de carros rebaixados e antigos."</t>
   </si>
   <si>
     <t>17019</t>
   </si>
   <si>
     <t>Da Comissão de Legislação, Justiça e Redação parecer ao Projeto de Lei Ordinária Nº 053/2024, de iniciativa do Vereador Hamilton Aparecido Machado, que "Declara com o Título de Utilidade Pública Municipal a Associação Telemacoborbense para Inclusão, Trabalho e União dos Deficientes – ATITUDE, entidade civil, sem fins lucrativos, com prazo de duração indeterminado, de direito privado, de caráter educativo, cultural, recreativo, de assistência social, educacional, de promoção de saúde, científico, esportivo e representativo, com sede no Município de Telêmaco Borba, Paraná."</t>
   </si>
   <si>
@@ -10337,1516 +10337,1516 @@
   </si>
   <si>
     <t>17102</t>
   </si>
   <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização parecer ao Parecer ao Projeto de Lei Ordinária nº 058/2024, de iniciativa do Poder Executivo (mensagem nº 064 de 03 de dezembro de 2024) que: “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 2.090.000,00. (Dois milhões e 90 mil reais)". - (Despesas Secretaria Municipal de Educação)_x000D_
  _x000D_
 ​</t>
   </si>
   <si>
     <t>16582</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Nº 001/2024, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que “APROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO DE 2020.”</t>
   </si>
   <si>
     <t>16583</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16583/ceoff_pr_no_02-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16583/ceoff_pr_no_02-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Nº 002/2024, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que “APROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO DE 2021.”</t>
   </si>
   <si>
     <t>16927</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16927/projeto_de_decreto_legislativo_no_003-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16927/projeto_de_decreto_legislativo_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo Nº 003/2024, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que “APROVA A PRESTAÇÃO DE CONTAS DO MUNICÍPIO DE TELÊMACO BORBA, ESTADO DO PARANÁ, RELATIVA AO EXERCÍCIO DE 2022.”</t>
   </si>
   <si>
     <t>15959</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Marcio Artur de Matos</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15959/plc_no_001-2024_-_revisao_geral_anual_-_mensagem_02-2024_-_assinado.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15959/plc_no_001-2024_-_revisao_geral_anual_-_mensagem_02-2024_-_assinado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 001/2024, de iniciativa do Poder Executivo, Mensagem Nº 002 de 17 de janeiro de 2024, que “Dispõe sobre a revisão Geral Anual a partir de 01 de janeiro de 2024, em conformidade ao disposto no inciso X, do art. 37 da Constituição Federal e dá outras providências”.</t>
   </si>
   <si>
     <t>15960</t>
   </si>
   <si>
     <t>Mesa Diretiva</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15960/plc_no_002-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15960/plc_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 002/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a revisão geral anual dos subsídios dos agentes políticos do Poder Legislativo, prevista no Art. 37, inciso X, da Constituição Federal".</t>
   </si>
   <si>
     <t>15961</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15961/plc_no_003-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15961/plc_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 003/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a revisão geral anual dos subsídios dos agentes políticos do Poder Executivo do Município de Telêmaco Borba, prevista no Art. 37, inciso X, da Constituição Federal".</t>
   </si>
   <si>
     <t>15971</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15971/plc_no_004-2024_-_mensagem_no_05-_2024_-_altera_dispositivos_da_lei_complementar_n_073_de_30_de_dezembro_de_2019.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15971/plc_no_004-2024_-_mensagem_no_05-_2024_-_altera_dispositivos_da_lei_complementar_n_073_de_30_de_dezembro_de_2019.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 004/2024, de iniciativa do Poder Executivo, Mensagem Nº 005 de 23 de janeiro de 2024, que "Acrescenta dispositivos no art. 32 da Lei Complementar Nº 073 de 30 de dezembro de 2019 e dá outras providências". (acrescenta o mandato de Corregedor da Guarda Municipal)</t>
   </si>
   <si>
     <t>16034</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16034/plc_no_005-2024_-_mensagem_no_006-2024_-_assinado.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16034/plc_no_005-2024_-_mensagem_no_006-2024_-_assinado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 005/2024, de iniciativa do Poder Executivo, Mensagem Nº 006 de 02 de fevereiro de 2024, que "Altera dispositivos da Lei Nº 1190, de 31 de dezembro de 1998 e dá outras providências". (implantação da Junta de Julgamento Tributário).</t>
   </si>
   <si>
     <t>16126</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16126/plc_no_006-2024_mensagem_08-2024_-_transporte_remunerado_privado_individual_-_rev_lei_133-2023.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16126/plc_no_006-2024_mensagem_08-2024_-_transporte_remunerado_privado_individual_-_rev_lei_133-2023.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 006/2024, de iniciativa do Poder Executivo, Mensagem Nº 008 de 20 de fevereiro de 2024, que “Dispõe sobre a regulamentação do serviço de transporte de passageiros, não aberto ao público, para a realização de viagens individualizadas ou compartilhadas, solicitadas exclusivamente por usuários cadastrados em aplicativos ou outras plataformas de comunicação em rede, revoga a Lei Complementar Nº 133 de 18 de maio de 2023 e dá outras providências”.</t>
   </si>
   <si>
     <t>16195</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16195/plc_no_007-2024_-_mensagem_11-2024_-_assinado.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16195/plc_no_007-2024_-_mensagem_11-2024_-_assinado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 007/2024, de iniciativa do Poder Executivo, Mensagem Nº 011 de 29 de fevereiro de 2024, que "Altera dispositivos da Lei Complementar Nº 127 de 10 de abril de 2023 e dá outras providências".</t>
   </si>
   <si>
     <t>16247</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16247/plc_no_008-2024_-_altera_dispositivos_da_lei_1141-1_-_corrigido-assinado.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16247/plc_no_008-2024_-_altera_dispositivos_da_lei_1141-1_-_corrigido-assinado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 008/2024, de iniciativa do Poder Executivo, Mensagem Nº 012 de 08 de março de 2024, que “Altera e acrescenta dispositivos na Lei 1141 de 22 de outubro de 1997 e altera disposições da Lei 1819 de 11 de abril de 2011, para extinguir a Assessoria Técnica de Finanças e Legislação e Assessoria Especial de Turismo e Indústria Artesanal, criar a Secretaria Municipal de Ordem Pública e Secretaria Municipal de Cultura e Turismo, realoca seções, cria novas seções, alterar denominações e divisões, seções e cargos comissionados, criar e extinguir cargos em comissão e dá outras providências”.</t>
   </si>
   <si>
     <t>16414</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16414/plc_no_009-2024_-_mensagem_de_lei_18-2024_-_altera_lei_complementar_017-2016_-_assinado_4.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16414/plc_no_009-2024_-_mensagem_de_lei_18-2024_-_altera_lei_complementar_017-2016_-_assinado_4.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 009/2024, de iniciativa do Poder Executivo, Mensagem Nº 018 de 23 de abril de 2024, que "Altera o art. 4º da Lei Complementar Nº 017 de 07 de outubro de 2016". (doação de áreas para construção de Unidades Educacionais referentes aos Colégios Gregório Teixeira e São Francisco de Assis).</t>
   </si>
   <si>
     <t>16525</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16525/plc_no_010-2024_-_mensagem_de_lei_21-2024_-__altera_lei_complementar_n_073_de_2019_-_assinado_2.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16525/plc_no_010-2024_-_mensagem_de_lei_21-2024_-__altera_lei_complementar_n_073_de_2019_-_assinado_2.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 010/2024, de iniciativa do Poder Executivo, Mensagem Nº 021 de 13 de maio de 2024, que "Acrescenta a Seção I no Capítulo I, o art. 7º-A e altera o anexo I da Lei Complementar Nº 073 de 30 de dezembro de 2019". (aumento do efetivo da Guarda Municipal e a criação de unidades especializadas).</t>
   </si>
   <si>
     <t>16849</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16849/plc_no_011-2024_subsidios_vereadores_e_presidente_camara.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16849/plc_no_011-2024_subsidios_vereadores_e_presidente_camara.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 011/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a fixação de subsídios dos Vereadores e do Presidente da Câmara Municipal para o quadriênio de 2025 a 2028."</t>
   </si>
   <si>
     <t>16851</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16851/plc_no_012-2024_subsidios_prefeito_e_secretarios.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16851/plc_no_012-2024_subsidios_prefeito_e_secretarios.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 012/2024, de iniciativa da Mesa Diretiva, que "Dispõe sobre a fixação de subsídios do Prefeito, Vice-Prefeito e dos Secretários Municipais para o quadriênio de 2025 a 2028."</t>
   </si>
   <si>
     <t>15972</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15972/plo_no_001-2024_-_mensagem_de_lei_04-2024_-_credito_adicional_especial_r_2.800.00000_-_smosp.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15972/plo_no_001-2024_-_mensagem_de_lei_04-2024_-_credito_adicional_especial_r_2.800.00000_-_smosp.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 001/2024, de iniciativa do Poder Executivo, Mensagem Nº 004 de 23 de janeiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 2.800.000,00 (dois milhões e oitocentos mil reais)". (dar andamento na licitação para aquisição de máquinas pesadas).</t>
   </si>
   <si>
     <t>16035</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16035/plo_no_002-2024_-_mensagem_no_007-2024-_assinado.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16035/plo_no_002-2024_-_mensagem_no_007-2024-_assinado.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 002/2024, de iniciativa do Poder Executivo, Mensagem Nº 007 de 08 de fevereiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 190.000,00 (cento e noventa mil reais)". (despesas com atividades da Secretaria Municipal de Esportes, Cultura e Recreação).</t>
   </si>
   <si>
     <t>16129</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16129/plo_no_003-2024_-_mensagem_09-2024_-_credito_adicional_suplementar_r_368.46154_-_smas.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16129/plo_no_003-2024_-_mensagem_09-2024_-_credito_adicional_suplementar_r_368.46154_-_smas.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 003/2024, de iniciativa do Poder do Executivo, Mensagem Nº 009 de 23 de fevereiro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 368.461,54 (trezentos e sessenta e oito mil, quatrocentos e sessenta e um reais e cinquenta e quatro centavos)". (Despesas com atividades de Secretaria Municipal de Assistência Social).</t>
   </si>
   <si>
     <t>16131</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16131/plo_no_004-2024_-_mensagem_10-2024_-_credito_adicional_especial_r_62.00000_-_fundo_-_mulher_-_smas.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16131/plo_no_004-2024_-_mensagem_10-2024_-_credito_adicional_especial_r_62.00000_-_fundo_-_mulher_-_smas.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 004/2024, de iniciativa do Poder Executivo, Mensagem Nº 010 de 23 de fevereiro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 62.000,00 (sessenta e dois mil reais)". (utilização dos recursos do Conselho Municipal dos Direitos da Mulher e do Fundo Municipal dos Direitos da Mulher).</t>
   </si>
   <si>
     <t>16248</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16248/plo_no_005-2024_-_mensagem_13-2024_-_processo_3914-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16248/plo_no_005-2024_-_mensagem_13-2024_-_processo_3914-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 005/2024, de iniciativa do Poder Executivo, Mensagem Nº 013 de 27 de março de 2024, que “Dispõe sobre a autorização do Poder Executivo Municipal a receber, em doação, obras, serviços, cooperação técnica, operação de equipamentos, mão de obra, equipamentos, mobiliários, materiais e demais insumos necessários  a realização de ampliação, reforma e manutenção da atual estrutura do Aeroporto Municipal de Telêmaco Borba, em virtude da melhoria da segurança da aviação civil, possível ampliação da malha aérea do aeroporto e por conseguinte processo de certificação pela Agência Nacional de Aviação Civil – ANAC”.</t>
   </si>
   <si>
     <t>16384</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16384/plo_no_006-2024_-_mensagem_de_lei_17-2024_-_credito_adicional_suplementar_r_90.00000_-_smcer_-_ser._tercei.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16384/plo_no_006-2024_-_mensagem_de_lei_17-2024_-_credito_adicional_suplementar_r_90.00000_-_smcer_-_ser._tercei.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 006/2024, de iniciativa do Poder Executivo, Mensagem Nº 017 de 17 de abril de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 90.000,00 (noventa mil reais)". (despesas com atividades da Secretaria Municipal de Esportes, Cultura e Recreação).</t>
   </si>
   <si>
     <t>16439</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16439/plo_no_007-2024_mensagem_no_019-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16439/plo_no_007-2024_mensagem_no_019-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 007/2024, de iniciativa do Poder Executivo, Mensagem Nº 019 de 06 de maio de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 455.000,00 (quatrocentos e cinquenta e cinco mil reais)". (manter os atendimentos no Polo de Atendimento a Dengue localizado no Hospital Regional).</t>
   </si>
   <si>
     <t>16566</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16566/plo_no_008-2024_-_mensagem_14-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16566/plo_no_008-2024_-_mensagem_14-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 008/2024, de iniciativa do Poder Executivo, Mensagem Nº 014 de 16 de abril de 2024, que "Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional, Regulamenta a Política de Segurança Alimentar e Nutricional e Cria o Fundo Municipal de Segurança Alimentar e Nutricional - FMSAN e dá outras providências".</t>
   </si>
   <si>
     <t>16565</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16565/plo_no_009-2024_-_mensagem_16-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16565/plo_no_009-2024_-_mensagem_16-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 009/2024, de iniciativa do Poder Executivo, Mensagem Nº 016 de 16 de abril de 2024, que "Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa com Deficiência, Regulamenta a Política de Atendimento à Pessoa com Deficiência e Cria o Fundo Municipal dos Direitos da Pessoa com Deficiência - FMDPD e dá outras providências".</t>
   </si>
   <si>
     <t>16579</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16579/plo_no_010-2024_-_mensagem_de_lei_22-2024_-_abertura_de_credito_adicional_de_r_35.00000.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16579/plo_no_010-2024_-_mensagem_de_lei_22-2024_-_abertura_de_credito_adicional_de_r_35.00000.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA nº 010/24 de iniciativa do Poder Executivo (mensagem nº 022 de 29 de maio de 2.024) que: " AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 35.000,00." (remanejamento de dotações dentro da Secretaria de Esportes, Cultura, Cultura e Recreação)</t>
   </si>
   <si>
     <t>16580</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16580/plo_no_011-2024_-_mensagem_de_lei_26-2024_-_credito_adicional_suplementar_r_300.00000_-_smosp_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16580/plo_no_011-2024_-_mensagem_de_lei_26-2024_-_credito_adicional_suplementar_r_300.00000_-_smosp_1.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA nº 011/24 de iniciativa do Poder Executivo (mensagem nº 026 de 12 de junho de 2.024) que: " AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 300.000,00." (remanejamento de dotações dentro da Secretaria de Obras e Serviços Públicos)</t>
   </si>
   <si>
     <t>16581</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16581/plo_no_012-2024_-_mensagem_de_lei_27-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16581/plo_no_012-2024_-_mensagem_de_lei_27-2024.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA nº 012/24 de iniciativa do Poder Executivo (mensagem nº 027 de 19 de junho de 2.024) que: " AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 678.653,85 (seiscentos e setenta e oito mil, seiscentos e cinquenta e três reais e oitenta e cinco centavos)." (Serviços de Neuropediatria e Neurologia - CIMSAÚDE)</t>
   </si>
   <si>
     <t>16584</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16584/mensagem_de_lei_20-2024_-_credito_adicional_especial_r_558.09384_-_smcer_-_alkdir_bl_assinado_3.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16584/mensagem_de_lei_20-2024_-_credito_adicional_especial_r_558.09384_-_smcer_-_alkdir_bl_assinado_3.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 013/2024, de iniciativa do Poder Executivo, Mensagem Nº 020 de 06 de maio de 2024, que “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE R$ 558.093,84 (quinhentos e cinquenta e oito mil, noventa e três reais e oitenta e quatro centavos).” (adequar o orçamento da Secretaria Municipal de Esportes, Cultura e Recreação de acordo com a Lei 14.399/22 - Aldir Blanc de fomento à Cultura - PNAB).</t>
   </si>
   <si>
     <t>16609</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16609/plo_no_014-2024_-_mensagem_no_015-2024_-_ldo_2025_-_assinado_3.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16609/plo_no_014-2024_-_mensagem_no_015-2024_-_ldo_2025_-_assinado_3.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 014/2024, de iniciativa do Poder Executivo, Mensagem Nº 015 de 15 de abril de 2024, que “Dispõe sobre as diretrizes para elaboração da lei orçamentária do Município de Telêmaco Borba para o exercício financeiro de 2025 e dá outras providências”.</t>
   </si>
   <si>
     <t>16631</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16631/plo_no_015-2024_-_mensagem_de_lei_25-2024_-_abertura_de_credito_adicional_r_155.00000_-_smcer.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16631/plo_no_015-2024_-_mensagem_de_lei_25-2024_-_abertura_de_credito_adicional_r_155.00000_-_smcer.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 015/2024, de iniciativa do Poder Executivo, Mensagem Nº 025 de 10 de junho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 155.000,00 (cento e cinquenta e cinco mil reais)." (remanejamento de dotações dentro da Secretaria Municipal de Esportes, Cultura e Recreação).</t>
   </si>
   <si>
     <t>16632</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16632/plo_no_016-2024_-_mensagem_no_028-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16632/plo_no_016-2024_-_mensagem_no_028-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 016/2024, de iniciativa do Poder Executivo, Mensagem Nº 028 de 20 de junho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 630.000,00 (seiscentos e trinta mil reais)." (transporte rodoviário de pacientes e acompanhantes atendidos no Programa TFD - Tratamento fora do domicílio).</t>
   </si>
   <si>
     <t>16633</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16633/plo_no_017-2024_-_mensagem_de_lei_30-2024_-_conselho_municipal_de_seguranca_publica_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16633/plo_no_017-2024_-_mensagem_de_lei_30-2024_-_conselho_municipal_de_seguranca_publica_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 017/2024, de iniciativa do Poder Executivo, Mensagem Nº 030 de 26 de junho de 2024, que "Cria o Conselho Municipal de Segurança Pública, o Fundo Municipal de Segurança Pública e o Gabinete Gestão de Crise - GGC e dá outras providências."</t>
   </si>
   <si>
     <t>16634</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16634/plo_no_018-2024_-_mensagem_de_lei_31-2024_-_escola_de_formacao_-_guarda_municipal_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16634/plo_no_018-2024_-_mensagem_de_lei_31-2024_-_escola_de_formacao_-_guarda_municipal_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 018/2024, de iniciativa do Poder Executivo, Mensagem Nº 031 de 26 de junho de 2024, que "Cria a Escola de Formação, Treinamento e Aperfeiçoamento da Guarda Municipal de Telêmaco Borba e dá outras providências."</t>
   </si>
   <si>
     <t>16665</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16665/plo_no_019-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16665/plo_no_019-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 019/2024, de iniciativa da Vereadora Elisangela Rezende Saldivar, que "Declara de Utilidade Pública Municipal a Associação dos Surdos Um Grito no Silêncio, com sede no Município de Telêmaco Borba, Estado do Paraná."</t>
   </si>
   <si>
     <t>16686</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16686/plo_no_020-2024_-mensagem_de_lei_32-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16686/plo_no_020-2024_-mensagem_de_lei_32-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 020/2024, de iniciativa do Poder Executivo, Mensagem Nº 032 de 10 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 6.384.000,00 (seis milhões, trezentos e oitenta e quatro mil reais)." (despesas com a folha de pagamento da Prefeitura Municipal)</t>
   </si>
   <si>
     <t>16687</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16687/plo_no_021-2024_-_mensagem_33-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16687/plo_no_021-2024_-_mensagem_33-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 021/2024, de iniciativa do Poder Executivo, Mensagem Nº 033 de 10 julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 232.467,36 (duzentos e trinta e dois mil, quatrocentos e sessenta e sete reais e trinta e seis centavos)." (necessidade de manter o contrato com a empresa que presta os serviços de vigilância patrimonial para atender a UPA).</t>
   </si>
   <si>
     <t>16688</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16688/plo_no_022-2024_-_mensagem_de_lei_35-2024_-_processo_581867-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16688/plo_no_022-2024_-_mensagem_de_lei_35-2024_-_processo_581867-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 022/2024, de iniciativa do Poder Executivo, Mensagem Nº 035 de 12 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 857.586,00 (oitocentos e cinquenta e sete mil, quinhentos e oitenta e seis reais)." (despesas com a folha de pagamento).</t>
   </si>
   <si>
     <t>16708</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16708/plo_no_023-2024_-_mensagem_de_lei_38-2024_-_processo_582743-2024-1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16708/plo_no_023-2024_-_mensagem_de_lei_38-2024_-_processo_582743-2024-1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 023/2024, de iniciativa do Poder Executivo, Mensagem Nº 038 de 22 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 1.750.000,00 (um milhão, setecentos e cinquenta mil reais)." (manter os serviços de transporte de pacientes para tratamento fora de domicílio - TFD)</t>
   </si>
   <si>
     <t>16755</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16755/plo_no_024-2024_-_mensagem_de_lei_37-2024_-_processo_582313-2024-1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16755/plo_no_024-2024_-_mensagem_de_lei_37-2024_-_processo_582313-2024-1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 024/2024, de iniciativa do Poder Executivo, Mensagem Nº 037 de 22 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 310.000,00 (trezentos e dez mil reais)." (realizar ajustes necessários das dotações que correspondem as despesas da Secretaria Municipal de Esportes, Cultura e Recreação).</t>
   </si>
   <si>
     <t>16756</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16756/plo_no_024-2024_-_mensagem_de_lei_37-2024_-_processo_582313-2024-1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16756/plo_no_024-2024_-_mensagem_de_lei_37-2024_-_processo_582313-2024-1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 025/2024, de iniciativa do Poder Executivo, Mensagem Nº 039 de 24 de julho de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 210.000,00 (duzentos e dez mil reais)." (realizar ajustes necessários das dotações que correspondem as despesas da Secretaria Municipal de Esportes, Cultura e Recreação).</t>
   </si>
   <si>
     <t>16757</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16757/plo_no_026-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16757/plo_no_026-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 026/2024, de iniciativa do Vereador Ezequiel Ligoski Betim, que "Institui no Calendário Oficial de Eventos a Semana da Capoeira."</t>
   </si>
   <si>
     <t>16758</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16758/plo_no_027-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16758/plo_no_027-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 027/2024, de iniciativa do Vereador Klecius dos Santos Silva, que "Declara de Utilidade Pública Municipal o Centro de Integração Empresa - Escola do Paraná (CIEE/PR), com Sede no Município de Telêmaco Borba, Estado do Paraná."</t>
   </si>
   <si>
     <t>16772</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16772/plo_no_028-2024_-_mensagem_de_lei_41-2024_-_processo_584127-2024-sms.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16772/plo_no_028-2024_-_mensagem_de_lei_41-2024_-_processo_584127-2024-sms.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 028/2024, de iniciativa do Poder Executivo, Mensagem Nº 041 de 08 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 467.000,00 (quatrocentos e sessenta e sete mil reais)." (manter as atividades da Secretaria Municipal de Saúde).</t>
   </si>
   <si>
     <t>16773</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16773/plo_no_029-2024_-_mensagem_de_lei_42-2024_-_processso_584132-2024-pgm.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16773/plo_no_029-2024_-_mensagem_de_lei_42-2024_-_processso_584132-2024-pgm.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 029/2024, de iniciativa do Poder Executivo, Mensagem Nº 042 de 08 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 27.000,00 (vinte e sete mil reais)." (despesas da Procuradoria Geral do Município).</t>
   </si>
   <si>
     <t>16774</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16774/plo_no_030-2024_-_mensagem_de_lei_44-2024_-_processo_584524-2024-sme-escola_sao_silvestre.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16774/plo_no_030-2024_-_mensagem_de_lei_44-2024_-_processo_584524-2024-sme-escola_sao_silvestre.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 030/2024, de iniciativa do Poder Executivo, Mensagem Nº 044 de 07 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 5.262.080,96 (cinco milhões, duzentos e sessenta e dois mil, oitenta reais e noventa e seis centavos)." (despesas com a construção da Escola Municipal São Silvestre).</t>
   </si>
   <si>
     <t>16775</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16775/plo_no_031-2024_-_mensagem_de_lei_45-2024_-_processo_584525-2024-_sma.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16775/plo_no_031-2024_-_mensagem_de_lei_45-2024_-_processo_584525-2024-_sma.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 031/2024, de iniciativa do Poder Executivo, Mensagem Nº 045 de 07 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 1.126.391,42 (um milhão, cento e vinte e seis mil, trezentos e noventa e um reais e quarenta e dois centavos)." (despesas com o auxílio alimentação e a aquisição de cestas natalinas).</t>
   </si>
   <si>
     <t>16802</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16802/plo_no_032-2024_-_smecr_aldir_blanc.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16802/plo_no_032-2024_-_smecr_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 032/2024, de iniciativa do Poder Executivo, Mensagem Nº 040 de 06 de agosto de 2024, que "Autoriza a abertura de crédito adicional especial na importância R$ 43.900,00 (quarenta e três mil e novecentos reais)." (adequar o orçamento da Secretaria Municipal de Esportes, Cultura e Recreação de acordo com a Lei Nº 14.399/22 - Lei Aldir Blanc de fomento à Cultura).</t>
   </si>
   <si>
     <t>16803</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16803/plo_no_033-2024_-_mensagem_de_lei_43-2024_-_processo_584456-2024_-_smecr.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16803/plo_no_033-2024_-_mensagem_de_lei_43-2024_-_processo_584456-2024_-_smecr.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 033/2024, de iniciativa do Poder Executivo, Mensagem Nº 043 de 07 de agosto de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 73.865,34 (setenta e três mil, oitocentos e sessenta e cinco reais e trinta e quatro centavos)." (despesas da Secretaria Municipal de Esportes, Cultura e Recreação).</t>
   </si>
   <si>
     <t>16844</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16844/plo_no_034-2024_-_mensagem_de_lei_47-2024_-_processo_586238-2024_-_corrigido.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16844/plo_no_034-2024_-_mensagem_de_lei_47-2024_-_processo_586238-2024_-_corrigido.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 034/2024, de iniciativa do Poder Executivo, Mensagem Nº 047 de 02 de setembro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 250.000,00 (duzentos e cinquenta mil reais)." (despesas com materiais para o Sistema Viário Municipal).</t>
   </si>
   <si>
     <t>16845</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16845/plo_no_035-2024_-_mensagem_48_especial_586664_smas_-_corrigido-2.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16845/plo_no_035-2024_-_mensagem_48_especial_586664_smas_-_corrigido-2.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 035/24 de iniciativa do Poder Executivo (mensagem nº 048 de 03 de setembro de 2.024) que: "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NA IMPORTÂNCIA DE R$ 70.000,00 (setenta mil reais)." - fortalecimento da Rede de Proteção e Enfrentamento às Violências contra as Mulheres no Fundo Municipal dos Direitos da Mulher.</t>
   </si>
   <si>
     <t>16846</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16846/plo_no_036-2024-_mensagem_de_lei_49-2024_-_processo_587359-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16846/plo_no_036-2024-_mensagem_de_lei_49-2024_-_processo_587359-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 036/24 de iniciativa do Poder Executivo (Mensagem nº 049 de 04 de setembro de 2.024) que: "AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 355.000,00 (trezentos e cinquenta e cinco mil reais)." - Despesas com Manutenção e Reforma de Prédios Públicos.</t>
   </si>
   <si>
     <t>16863</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16863/plo_no_037-2024_semana_das_artes_marciais.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16863/plo_no_037-2024_semana_das_artes_marciais.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 037/24 de iniciativa do vereador Klecius dos Santos Silva que: “INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE TELÊMACO BORBA O EVENTO SEMANA DAS ARTES MARCIAIS.”</t>
   </si>
   <si>
     <t>16864</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16864/plo_no_038-2024_semana_dos_esportes_alternativos.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16864/plo_no_038-2024_semana_dos_esportes_alternativos.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 038/24 de iniciativa do vereador Klecius dos Santos Silva que: “INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE TELÊMACO BORBA O EVENTO SEMANA DOS ESPORTES ALTERNATIVOS, PRÁTICAS DE AVENTURA E ARTE DE RUA.”</t>
   </si>
   <si>
     <t>16881</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16881/plo_no_039-2024_mensagem_50-2024_-_processo_588720-2024_-_terminar_rodoviario_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16881/plo_no_039-2024_mensagem_50-2024_-_processo_588720-2024_-_terminar_rodoviario_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 039/2024, de iniciativa do Poder Executivo, Mensagem Nº 050 de 17 de setembro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 95.132,77 (noventa e cinco mil, cento e trinta e dois reais e setenta e sete centavos)." (Construção do novo Terminal Rodoviário).</t>
   </si>
   <si>
     <t>16882</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16882/plo_no_040-2024_-_mensagem_de_lei_24-2024_-_altera_lei_2404-2021.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16882/plo_no_040-2024_-_mensagem_de_lei_24-2024_-_altera_lei_2404-2021.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 040/2024, de iniciativa do Poder Executivo, Mensagem Nº 024 de 11 de julho de 2024, que "Altera os artigos 16, 17 e 28 da Lei Municipal Nº 2404 de 17 de novembro de 2021." (Conselho Municipal dos Direitos da Criança e do Adolescente)</t>
   </si>
   <si>
     <t>16894</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16894/plo_no_041-2024_-_mensagem_52-2024_-_590487-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16894/plo_no_041-2024_-_mensagem_52-2024_-_590487-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 041/2024, de iniciativa do Poder Executivo, Mensagem Nº 052 de 03 de outubro de 2024, que “Autoriza a abertura de crédito adicional suplementar na importância de R$ 200.000,00.” (despesas da Divisão de Pavimentação, Máquinas e Malha Viária do Município)</t>
   </si>
   <si>
     <t>16906</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16906/plo_no_042-2024_-_mensagem_51-2024_-_loa_2025.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16906/plo_no_042-2024_-_mensagem_51-2024_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 042/2024, de iniciativa do Poder Executivo, Mensagem Nº 051 de 30 de setembro de 2024, que “Estima a receita e fixa a despesa do Município de Telêmaco Borba – PR para o exercício de 2025.”</t>
   </si>
   <si>
     <t>16908</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16908/plo_no_043-2024_mensagem_53-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16908/plo_no_043-2024_mensagem_53-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 043/2024, de iniciativa do Poder Executivo, Mensagem Nº 053 de 14 de outubro de 2024, que "Autoriza a abertura de crédito adicional especial na importância de R$ 55.000,00 (cinquenta e cinco mil reais)." (adequar o orçamento da Secretaria de Assistência Social).</t>
   </si>
   <si>
     <t>16907</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16907/plo_no_044-2024_mensagem_54-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16907/plo_no_044-2024_mensagem_54-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 044/2024, de iniciativa do Poder Executivo, Mensagem Nº 054 de 14 de outubro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 700.000,00 (setecentos mil reais)."(adequar o orçamento da Secretaria Municipal de Saúde).</t>
   </si>
   <si>
     <t>16937</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16937/plo_no_045-2024-_mensagem_de_lei_55-2024_-_pa_591980_-_2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16937/plo_no_045-2024-_mensagem_de_lei_55-2024_-_pa_591980_-_2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 045/2024, de iniciativa do Poder Executivo, Mensagem Nº 055 de 18 de outubro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 485.000,00." (adequar o orçamento da Secretaria Municipal de Saúde).</t>
   </si>
   <si>
     <t>16938</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16938/plo_no_046-2024_-_mensagem_de_lei_56-2024_-_pa_591982-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16938/plo_no_046-2024_-_mensagem_de_lei_56-2024_-_pa_591982-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 046/2024, de iniciativa do Poder Executivo, Mensagem Nº 056 de 18 de outubro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 194.000,00 (cento e noventa e quatro mil reais)." (adequar o orçamento da Câmara Municipal)</t>
   </si>
   <si>
     <t>16948</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16948/plo_no_047-2024_ver._felipe_pedroso.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16948/plo_no_047-2024_ver._felipe_pedroso.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 047/2024, de iniciativa do Vereador Felipe Pedroso da Silva, que “Institui no calendário de eventos culturais do Município de Telêmaco Borba, o evento religioso denominado Festa da Igreja Ucraniana da Comunidade São José Operário, e dá outras providências.”</t>
   </si>
   <si>
     <t>16962</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16962/plo_no_48-2024-pa_593996-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16962/plo_no_48-2024-pa_593996-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 048/2024, de iniciativa do Poder Executivo, Mensagem Nº 057 de 05 de novembro de 2024, que "Autoriza a abertura de crédito adicional suplementar na importância de R$ 15.302,24 (quinze mil, trezentos e dois reais e vinte e quatro centavos)." (adequar o orçamento da Secretaria Municipal de Esportes, Cultura e Recreação)</t>
   </si>
   <si>
     <t>16963</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16963/plo_no_049-2024_mensagem_de_lei_58-2024_-_pa_593924-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16963/plo_no_049-2024_mensagem_de_lei_58-2024_-_pa_593924-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 049/2024, de iniciativa do Poder Executivo, Mensagem Nº 058 de 07 de novembro de 2024, que “Altera anexos integrantes da Lei Nº 2548/2024, de 24 de setembro de 2024 – Lei de Diretrizes Orçamentárias do Município de Telêmaco Borba para o exercício de 2025 e da Lei Nº 2399 de 20/10/2021 – Plano Plurianual do Município de 2022 a 2025.”</t>
   </si>
   <si>
     <t>16964</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16964/plo_no_050-2024_mensagem_de_lei_59-2024_-_pa_593964-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16964/plo_no_050-2024_mensagem_de_lei_59-2024_-_pa_593964-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 050/2024 de iniciativa do Poder Executivo, Mensagem Nº 059 de 07 de novembro de 2024. que “Altera dispositivos da Lei Nº 2467 de 16 de novembro de 2022, que dispõe sobre a forma de amortização do déficit técnico atuarial do Regime Próprio de Previdência dos Servidores Públicos do Município de Telêmaco Borba.”</t>
   </si>
   <si>
     <t>16978</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16978/plo_no_051-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16978/plo_no_051-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 051/2024, de iniciativa do Vereador Klecius dos Santos Silva, que "Cria o Programa Municipal Infantil Acolhendo Vida no âmbito da proteção social especial de baixa a média complexidade."</t>
   </si>
   <si>
     <t>16979</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16979/plo_no_052-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16979/plo_no_052-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 052/2024, de iniciativa do Vereador Felipe Pedroso da Silva, que "Institui no Calendário Oficial de Eventos Culturais do Município de Telêmaco Borba, o evento Exporaspando - encontro de carros rebaixados e antigos."</t>
   </si>
   <si>
     <t>16980</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16980/plo_no_053-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16980/plo_no_053-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Nº 053/2024, de iniciativa do Vereador Hamilton Aparecido Machado, que "Declara com o Título de Utilidade Pública Municipal a Associação Telemacoborbense para Inclusão, Trabalho e União dos Deficientes – ATITUDE, entidade civil, sem fins lucrativos, com prazo de duração indeterminado, de direito privado, de caráter educativo, cultural, recreativo, de assistência social, educacional, de promoção de saúde, científico, esportivo e representativo, com sede no Município de Telêmaco Borba, Paraná."</t>
   </si>
   <si>
     <t>16998</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16998/projeto_de_lei_ordinaria_no_054-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16998/projeto_de_lei_ordinaria_no_054-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 054/2024, de iniciativa do Poder Executivo (mensagem nº 060 de 21 de novembro de 2024) que: “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 354.138,09." (trezentos e cinquenta e quatro mil, cento e trinta e oito reais e nove centavos)”  (Continuidade nos serviços de manutenção das vias públicas do Munícipio.)</t>
   </si>
   <si>
     <t>17087</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17087/plo_055-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17087/plo_055-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 055/2024, de iniciativa do Poder Executivo (mensagem nº 062 de 02 de dezembro de 2024) que: “AUTORIZA A ABERTURA DE_x000D_
 CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 103.931,75.” - (Aquisição de Materiais Esportivos)</t>
   </si>
   <si>
     <t>17088</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17088/plo_056-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17088/plo_056-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 056/2024, de iniciativa do Poder Executivo (mensagem nº 063 de 02 de dezembro de 2024) que:  “AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 11.325,60.” (Aquisição de Cestas Natalinas)</t>
   </si>
   <si>
     <t>17089</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17089/plo_no_057_-_2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17089/plo_no_057_-_2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 057/2024, de iniciativa do Poder Executivo (mensagem nº 061 de 25 de novembro de 2024) que:  "Estabelece os requisitos e as condições para que a Procuradoria Geral do Município de Telêmaco Borba e os devedores ou as partes adversas realizem transação resolutiva de litígio relativo a créditos de natureza tributária ou não tributária da Administração Direta e Autárquica do Município de Telêmaco Borba, e cria a Câmara de Resolução de Conflitos – CRC e dá outras providências."</t>
   </si>
   <si>
     <t>17099</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17099/plo_058-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17099/plo_058-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária nº 058/2024, de iniciativa do Poder Executivo (mensagem nº 064 de 03 de dezembro de 2024) que: “AUTORIZA A ABERTURA DE_x000D_
 CRÉDITO ADICIONAL SUPLEMENTAR NA IMPORTÂNCIA DE R$ 2.090.000,00. (Dois milhões e 90 mil reais)". - (Despesas Secretaria Municipal de Educação)</t>
   </si>
   <si>
     <t>15962</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15962/pre_no_001-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15962/pre_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução Nº 001/2024, de iniciativa da Mesa Diretiva, que “Concede reajuste ao Auxílio-Alimentação nos termos da Resolução Nº 002/2019, alterada pela Resolução Nº 04/2022”.</t>
   </si>
   <si>
     <t>16961</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16961/pre_no_002-2024_valores_das_diarias.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16961/pre_no_002-2024_valores_das_diarias.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 002/2024 de inciativa da Mesa Diretiva que: "Altera os termos da Resolução 01/2006, alterados pela Resolução 004/2013 e resolução 003/2014”.</t>
   </si>
   <si>
     <t>16984</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16984/pre_no_003-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16984/pre_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução Nº 003/2024, de iniciativa da Mesa Diretiva, que “Abre no orçamento do exercício de 2024 do Poder Legislativo, crédito adicional suplementar para reforço das dotações orçamentárias, mediante recursos especificados”.</t>
   </si>
   <si>
     <t>15973</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15973/req.001.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15973/req.001.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, INFORME O QUE SEGUE: 1) EXISTE ESTUDO PARA ENCAMINHAMENTO À CÂMARA DE VEREADORES, DE PROJETO DE LEI PARA INSTITUIR A GRATIFICAÇÃO DE AUTORIDADE SANITÁRIA PARA OS SERVIDORES DA SECRETARIA DE SAÚDE LOTADOS NA VIGILÂNCIA SANITÁRIA, EPIDEMIOLÓGICA E CENTRO DE CONTROLE DE ZOONOSES? 2) SE SIM, EM QUE FASE SE ENCONTRA E QUAL SERIA A PREVISÃO DE ENCAMINHAMENTO DE PROJETO DE LEI PARA A CÂMARA? 3) SE NÃO, POR QUAL MOTIVO?”.</t>
   </si>
   <si>
     <t>15976</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15976/req.002.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15976/req.002.pdf</t>
   </si>
   <si>
     <t>REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) ESTA TENDO CONFLITOS ENTRE COORDENAÇÃO, DIREÇÃO E CORPO DOCENTE NA ESCOLA MUNICIPAL DOM PEDRO I DESDE O ANO DE 2019? 2) A SECRETARIA MUNICIPAL DE EDUCAÇÃO TEM RECEBIDO PROTOCOLOS, ATAS, E INFORMAÇÕES SOBRE CONFLITOS NA EXECUÇÃO DO TRABALHO DA COORDENAÇÃO JUNTO A ESSA ESCOLA? 3) SE SIM, QUAIS AÇÕES E MEDIDAS FORAM, E ESTÃO SENDO TOMADAS PARA APURAR E SANAR ESSE SUPOSTO CONFLITO? 4) DIANTE DE INFORMAÇÕES QUE OCORRE DESDE O ANO DE 2019 TAL CONFLITO, E NÃO HAVENDO A OMISSÃO DO SETOR COMPETENTE EM RESOLVER ESTA DEMANDA, SOLICITO ENCAMINHAR TODAS INFORMAÇÕES RECEBIDAS, BEM COMO QUAIS AÇÕES, MEDIDAS E QUANDO FORAM ELAS EXECUTADAS? 5) CASO A SECRETARIA MUNICIPAL DE EDUCAÇÃO TENHA DESCONHECIMENTO TOTAL SOBRE ESTE CONFLITO, E SE VIER A CHEGAR UMA DEMANDA DESTE TIPO, COMO O SETOR COMPETENTE IRÁ TRATAR O ASSUNTO? 6) SE POR VENTURA TEVE CONHECIMENTO E NÃO TENHA ATÉ O MOMENTO TOMADO QUALQUER AÇÃO OU MEDIDA PARA SANAR ESTA DEMANDA, FAVOR JUSTIFICAR OS MOTIVOS QUE POSSA TER LEVADO UMA SUPOSTA OMISSÃO SOBRE ASSUNTO.</t>
   </si>
   <si>
     <t>15979</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15979/req.003.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15979/req.003.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE REMETA A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: EM RELAÇÃO AS CIRURGIAS ELETIVAS REALIZADAS ATRAVÉS DA SECRETARIA DE SAÚDE: 1) QUANTAS E QUAIS CIRURGIAS ELETIVAS FORAM REALIZADAS DURANTE ANOS DE 2022 E 2023? 2) QUAIS FORAM OS VALORES PAGOS? DETALHAR E ENCAMINHAR O COMPROVANTE DE CADA CIRURGIA PAGA (COM NOME DE PACIENTE); 3) QUAIS FORAM OS PRESTADORES DE SERVIÇOS CONTRATADOS, QUAIS OS VALORES GASTOS COM CADA UM? ENCAMINHAR DE FORMA DETALHADA QUAIS PROCEDIMENTOS FORAM REALIZADOS DE CADA CONTRATADO; 4) QUAL A DEMANDA REPRIMIDA EXISTENTES EM RELAÇÃO ÀS CIRURGIAS? 5) ENCAMINHAR CÓPIA DA DEMANDA REPRIMIDA POR ESPECIALIDADE EM FILA DE ESPERA (APENAS NÚMEROS TOTAIS POR DEMANDA); 6) QUAL É O PLANEJAMENTO DE CONTRATAÇÃO E EXECUÇÃO PARA 2024? QUAL O VALOR PREVISTO A SER GASTO?”.</t>
   </si>
   <si>
     <t>15984</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15984/req.004.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15984/req.004.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AO SHOPING POPULAR NO TERMINAL RODOVIÁRIO, EXISTE ALGUM PROJETO PARA OS SEGUINTES ITENS ABAIXO: 1) ANTIDERRAPANTE NAS RAMPAS DE ENTRADA? 2) SOLUÇÃO PARA RESOLVER A ENTRADA DE POMBOS, QUE TEM SUJADO O LOCAL COM FEZES? 3) SOLUÇÃO PARA O PROBLEMA COM GOTEIRAS QUE TEM MOLHADO O LOCAL? 4) TOLDOS NAS PORTAS DE ENTRADA? 5) UM ESTUDO PARA INSTALAÇÃO DE SOM AMBIENTE NO LOCAL, CONTRIBUINDO PARA A DIVULGAÇÃO DOS HORÁRIOS DE SAÍDA DOS ÔNIBUS E OUTROS SERVIÇOS MAIS? 6) INSTALAÇÃO DE BEBEDOUROS PARA UTILIZAÇÃO DOS USUÁRIOS?”.</t>
   </si>
   <si>
     <t>15999</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15999/req.005.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15999/req.005.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AO ESTAR (ESTACIONAMENTO REGULAMENTADO): 1) QUANTAS PESSOAS FORAM NOTIFICADAS NO ANO DE 2023? 2) QUAL FOI A ARRECADAÇÃO DE ESTACIONAMENTOS? 3) QUAIS RUAS SÃO TARIFADAS? 4) ONDE ESTÃO SENDO FEITOS OS INVESTIMENTOS DOS VALORES ARRECADADOS? 5) QUANTO FOI INVESTIDO? ENVIAR COMPROVANTES (NOTAS FISCAIS)”.</t>
   </si>
   <si>
     <t>16004</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16004/req.006.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16004/req.006.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) PARA PARTICIPAR DA ACADEMIA DE SAÚDE DO MUNICÍPIO, ESTÁ SENDO OBRIGADO APRESENTAR CARTEIRINHA COMPROVANDO ESTAR EM DIA COM A VACINA CONTRA COVID-19, PROCEDE ESTA INFORMAÇÃO? 2) EXISTE ALGUMA LEI REFERENTE A OBRIGATORIEDADE DESTA VACINA? 3) SE EXISTE, QUAL É ESTA LEI? 4) SE NÃO EXISTE, PORQUE ESTA EXIGÊNCIA? 5) DE QUEM PARTIU ESTA ORDEM?”.</t>
   </si>
   <si>
     <t>16006</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16006/req.007.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16006/req.007.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES A CONSTRUÇÃO DO POSTO DE SAÚDE SÃO FRANCISCO: 1) COMO ESTÁ O ANDAMENTO DA CONSTRUÇÃO DO POSTO DE SAÚDE DO BAIRRO SÃO FRANCISCO QUE SERÁ CONSTRUÍDO AO LADO DO SINTRACON? 2) EXISTE UM PREVISÃO PARA QUE ESTE PROJETO SEJA INICIADO E UMA PREVISÃO PARA O TÉRMINO DA OBRA? 3) SE EXISTE; PARA QUANDO ESTÁ PREVISTO? 4. SE NÃO EXISTE; QUAL O MOTIVO?”.</t>
   </si>
   <si>
     <t>16007</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16007/req.008.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16007/req.008.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES A CONSTRUÇÃO DAS CASAS PRÓXIMO AO SINTRACON: 1) COMO ESTÁ O ANDAMENTO DO PROJETO DE CONSTRUÇÃO DESTAS CASAS? 2) EXISTE UM PREVISÃO PARA QUE ESTE PROJETO SEJA INICIADO E UMA PREVISÃO PARA O TÉRMINO DA OBRA? 3) SE EXISTE; PARA QUANDO ESTÁ PREVISTO? 4) SE NÃO EXISTE, QUAL O MOTIVO PELO QUAL NÃO FOI DADO CONTINUIDADE NA EVOLUÇÃO DESTA OBRA?”.</t>
   </si>
   <si>
     <t>15989</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15989/req.009.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15989/req.009.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES_x000D_
 INFORMAÇÕES”: Conforme Código de Postura do Plano Diretor Municipal, Lei Complementar nº136/2023, CAPÍTULO V Na_x000D_
 SEÇÃO II que trata das MEDIDAS REFERENTES AOS ANIMAIS, citando o Art.105 ao 111. 1.Em relação ao artigo 105, está_x000D_
 sendo cumprido o § 2º? – (É proibido circular nos logradouros públicos com cães agressivos desprovidos dos seguintes_x000D_
 equipamentos de segurança: I - focinheira; II - enforcador; III - guia presa ao pulso do conduto) se não qual medida será adotada_x000D_
 para que seja cumprida? 2.Existe fiscalização para que seja cumprido, ou somente em caso de denúncia? 3. No artigo 106 (Os_x000D_
 animais soltos, encontrados nas ruas, praças, estradas ou caminhos públicos, serão recolhidos ao depósito do Município ou de_x000D_
 instituição conveniada, observando os seguintes critérios) no caso de animais de grande porte como o cavalo, está sendo efetuado_x000D_
 o recolhimento do animal das vias públicas com pessoal treinado pra tal finalidade, com equipamentos e veículo para o transporte_x000D_
 até o local do acolhimento? Se não, por qual motivo? Eles continuarão soltos sem resgate? 4. No ato de acolhimento está sendo_x000D_
 providenciado laudos periciais ou avaliação técnica de veterinários de zoonose, para informar a condição do animal? Se não, como_x000D_
 é feito a acolhida a esse animal, somente deixado no local reservado sem avaliação? 5. Existe um local de acolhimento para_x000D_
 animais de grande porte que disponha de alimentação, medicação e demais insumos necessários ao bem estar do animal refugiado_x000D_
 além de cachorro e gatos que encontram apoio no canil municipal? 6. Se existir um local de acolhimento, se cumpre o § 1º? (Antes_x000D_
 do recolhimento de que trata este artigo, caso a fiscalização tenha ciência inequívoca da identificação do(s) proprietário(s) dos_x000D_
 animais, lavrará auto de infração e notificará o proprietário para retirada imediata dos animais dos lagradouros públicos, com_x000D_
 concomitante aplicação de multa no valor de 01 (uma) Unidade Fiscal do Município – UFM)? na identificação do proprietário por_x000D_
 populares ou denuncias anônimas? 7. Não sendo identificado de imediato o proprietário e recolhido o animal, está sendo cumprido_x000D_
 o prazo máximo de 5 (cinco) dias, mediante o pagamento de multa no valor de 05 (cinco) Unidade Fiscal do Município – UFM e_x000D_
 taxa de manutenção, respectiva? 8. Se não existir um local do município para acolhimento desses animais, existe um convênio_x000D_
 com instituições sem fins lucrativos ou contratação de serviço especializado mediante procedimento licitatório? 9.No caso da não_x000D_
 identificação do proprietário está sendo cumprido o prazo de 05 (cinco) dias para que os animais apreendidos não resgatados_x000D_
 tenham destinação autorizada por lei que poderá ser, doação a quem por ele se interessar, castração ou outra destinação legal,_x000D_
 precedida da necessária publicação de edital dispondo dos procedimentos de classificação dos possíveis donatários?</t>
   </si>
   <si>
     <t>15988</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15988/req.010.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15988/req.010.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES”: em relação aos diversos cortes de árvores realizados durante a gestão atual no município : 1.Quais são os critérios técnicos e administrativos utilizados para a realização desses cortes? 2.Todas as árvores cortadas estavam condenadas? Se sim favor descrever a quantidade, bem como encaminhar cópia de laudo técnico assinado por profissional responsável de cada uma desses cortes realizados; 3. Houve cortes de árvores não condenadas? Se sim, descrever quantas foram, bem como encaminhar cópia de laudo técnico assinado por profissional responsável de cada um desses cortes realizados pela administração; 4.Nas árvores cortadas, será realizado o plantio de novas árvores? Descrever quantas árvores e aonde foram replantadas; 5.Nos casos que não houve a substituição favor encaminhar uma justificativa técnica da não realização; 6.Qual procedimento administrativo foi realizado para o descarte dessas árvores cortadas? Detalhar cada uma delas, bem como informar para aonde estão sendo destinadas; Encaminhar a essa casa de leis uma cópia do atual plano de arborização municipal; 7.Existe um plano, projeto ou até um estudo do município para utilização desta madeira cortada para realização de programas sociais? 8.Referente às raízes que ficaram nas calçadas das árvores cortadas, como e quando serão executado a remoção e os reparos nessas vias de pedestres?</t>
   </si>
   <si>
     <t>16008</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16008/req.011.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16008/req.011.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES”: 1.Como estão os atendimentos de fisioterapia via SUS, convênio, contrato? Estão sendo realizados, se sim, quais clínicas realizam os atendimentos, se não, o que está sendo feito para que os pacientes recebam o atendimento? 2. Como é realizado o convênio? Existe um prazo anual para que eles sejam renovados?, 3.Quais valores são repassados por atendimento? Quantos profissionais atuam nesses atendimentos? 4.Sobre os valores, há reajuste anual?, ou de quer forma ou prazo esses reajustes acontecem? 5. Existe um limite de atendimento por clínica, profissional ou entidade? Se sim, esses podem ser ampliados? Se não, como está a lista de espera? 6. Se existir uma fila de espera, há a possibilidade e orçamento para abrir mais vagas ou cota para as Clínicas cadastradas? 7. Há uma época do ano que esses atendimentos cessam? 8. As clínicas são informadas dentro do prazo para organização da documentação para que não abram brechas para a interrupção dos tratamentos? 9. Especifique a razão dos atendimentos estarem parados nesse início do mês de fevereiro._x000D_
 orçamento ou abertura de novo edital.</t>
   </si>
   <si>
     <t>16009</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16009/req.012.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16009/req.012.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) POR QUE AS FRALDAS GERIÁTRICAS TAMANHO GG QUE SÃO DISTRIBUÍDAS GRATUITAMENTE A PACIENTES CADASTRADOS, ESTÃO EM FALTA? CASO NÃO ESTEJAM EM FALTA, RESPONDER O PORQUÊ ESTAS NÃO ESTÃO SENDO ENTREGUES AOS USUÁRIOS? 2) HOUVE AUMENTO NA DEMANDA? SE SIM, INFORMAR DE QUANTO FOI ESSE AUMENTO; 3) OS EQUIPAMENTOS PARA SUPLEMENTAÇÃO DE PACIENTES ESTÃO EM FALTA? SE SIM, EXISTE UM MOTIVO, SE NÃO, O PORQUÊ NÃO ESTÃO SENDO ENTREGUES AOS PACIENTES? MATERIAIS COMO EQUIPO, FRASCO DE ALIMENTAÇÃO E FRALDAS SÃO NECESSIDADES DOS PACIENTES QUE SE ENCONTRAM ACAMADOS, POR QUAL MOTIVO DE NÃO ESTAREM SENDO DISTRIBUÍDOS A TODOS OU PARTE DOS USUÁRIOS?”.</t>
   </si>
   <si>
     <t>16033</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16033/req.013.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16033/req.013.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, AS SEGUINTES INFORMAÇÕES: 1) QUEM É O RESPONSÁVEL PELA AVALIAÇÃO DAS ENCARREGADAS E SUPERVISORA DA EMPRESA ORCALI? 2) ENCAMINHAR AS AVALIAÇÕES SEPARADAS POR ENCARREGADA E SUPERVISORA; 3) ENVIAR CÓPIA DESDE 2019 ATÉ FEVEREIRO DE 2024 DE TODAS AVALIAÇÕES FEITAS, TANTO DAS ENCARREGADAS COMO SUPERVISORA; 4) ENVIAR CÓPIA DAS AVALIAÇÕES E NOTIFICAÇÕES FEITAS PELA SECRETARIA DE EDUCAÇÃO À EMPRESA ORCALI DESDE 2019 A 2024; 5) ONDE É O ESCRITÓRIO DA EMPRESA ORCALI EM TELÊMACO BORBA? CASO NÃO TENHA LOCAL, JUSTIFICAR O PORQUÊ DE NÃO TER E INFORMAR SE FOI NOTIFICADA A EMPRESA TER UM ESCRITÓRIO NA CIDADE; 7) COMO É FEITO O ACOMPANHAMENTO DO PONTO DAS ENCARREGADAS E SUPERVISORA DA EMPRESA ORCALI PELA SECRETARIA DE EDUCAÇÃO?”.</t>
   </si>
   <si>
     <t>16036</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16036/req.014.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16036/req.014.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES REFERENTES AO TERRENO PARA A CONSTRUÇÃO DA ÁREA DE LAZER DO BAIRRO SÃO ROQUE: 1) O TERRENO FOI DESAPROPRIADO? 2) EM QUAL SITUAÇÃO ENCONTRA-SE A NEGOCIAÇÃO? 3) EXISTE POSSIBILIDADE PARA O INÍCIO DA OBRA AINDA ESSE ANO?”.</t>
   </si>
   <si>
     <t>16037</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16037/req.015.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16037/req.015.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES REFERENTES A LEGALIZAÇÃO DA REFORMA FUNDIÁRIA DOS 750 CONTRATOS QUE ESTAVAM PARA SEREM ENTREGUES: 1) QUANTOS DESSES JÁ FORAM ENTREGUES? 2) QUAIS BAIRROS JÁ FORAM BENEFICIADOS E QUANTOS AINDA FALTAM? 3) QUAL O PRAZO PARA ACONTECER ESSA REGULARIZAÇÃO? 4) SE EXISTE CALENDÁRIO DE ENTREGA, FAVOR ENVIAR-NOS”.</t>
   </si>
   <si>
     <t>16038</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16038/req_016-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16038/req_016-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES A CONSTRUÇÃO DO COMPLEXO DE LAZER DO BAIRRO JARDIM ALVORADA: 1) QUAL A EMPRESA RESPONSÁVEL POR ESTA OBRA? 2) HOUVE ALGUMA LICITAÇÃO? 3) SE HOUVE, QUAL FOI A EMPRESA VENCEDORA? 4) QUAL O VALOR ORÇADO? 5) QUAL O VALOR TOTAL GASTO PELO MUNICÍPIO? 6) COMO ESTÁ O ANDAMENTO DESTA OBRA? 7) JÁ ESTÁ CONCLUÍDO? 8) SE NÃO, POR QUAL MOTIVO? 9) ENVIAR COMPROVANTES DA EMPRESA COMTEMPLADA”.</t>
   </si>
   <si>
     <t>16040</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16040/req_17-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16040/req_17-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AO ESPAÇO DA ANTIGA CONCHA ACÚSTICA: 1) O PROJETO INICIAL DA ARENA MULTIUSO CONTINUA EM VIGOR? 2) QUAL O VALOR ORÇADO? 3) JÁ FOI REALIZADA A LICITAÇÃO? 4) QUAL EMPRESA FOI CONTEMPLADA? 5) QUAL A PREVISÃO DE INÍCIO DAS OBRAS?”.</t>
   </si>
   <si>
     <t>16044</t>
   </si>
   <si>
     <t>Miltinho, Prof Klecius</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16044/req_018-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16044/req_018-24.pdf</t>
   </si>
   <si>
     <t>“REQUEREM DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUAL A DEMANDA TOTAL DE ALUNOS QUE PRECISAM DE PROFESSOR DE APOIO DENTRO DA REDE MUNICIPAL DE EDUCAÇÃO? ENCAMINHAR DE FORMA DETALHADA POR ESCOLA; 2) QUANTOS ALUNOS ESTÃO SENDO ATENDIDOS? ENCAMINHAR DE FORMA DETALHADA POR ESCOLA; 3) QUANTOS PROFESSORES ESTÃO EXERCENDO A FUNÇÃO DE PROFESSOR DE APOIO DENTRO DO MUNÍCIPIO? ENCAMINHAR DE FORMA DETALHADA POR ESCOLA; 4) HAVENDO DEMANDA PENDENTE, QUAIS MEDIDAS E AÇÕES ESTÃO E SERÃO TOMADAS PARA ATENDER ESTÁ DEMANDA? ENCAMINHAR DE FORMA DETALHADA ESTE CRONOGRAMA; 5) FOI REALIZADO O PROCESSO SELETIVO SIMPLIFICADO (PSS) N.º 01/2022, ASSIM, QUAL AVALIAÇÃO DO SETOR COMPETENTE SOBRE ESTE PROCESSO? (SE ELE ATENDEU AS EXPECTATIVAS, E SE HÁ PREVISÃO DE REALIZAR NOVO PROCESSO)”.</t>
   </si>
   <si>
     <t>16046</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16046/req.19.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16046/req.19.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, NO PRAZO QUE A LEI DETERMINA, QUE INFORME A ESTA CASA DE LEIS, REFERENTE A ESCOLA MUNICIPAL PERPÉTUO SOCORRO PARA O ANO DE 2024: 1) QUANTAS VAGAS SÃO OFERECIDAS NA ESCOLA MUNICIPAL PERPÉTUO SOCORRO? 2) QUAL O NÚMERO DE ALUNOS ATUALMENTE NA ESCOLA? 3) QUAL O NÚMERO DE PROFESSORES DA ESCOLA? 4) OS ALUNOS DE QUAIS BAIRROS PRINCIPAIS SÃO CONTEMPLADOS PARA ESTUDAR NESTA ESCOLA? 5) HÁ ALUNOS DE OUTROS BAIRROS MATRICULADOS? SE SIM, DE QUAIS BAIRROS? 6) QUANTAS TRANSFERÊNCIAS FORAM RECEBIDAS DE OUTRAS ESCOLAS? 7) DE QUAIS ESCOLAS FORAM AS TRANSFERÊNCIAS? QUAL A MOTIVAÇÃO DESSAS TRANSFERÊNCIAS? 8) ENVIAR CÓPIA DAS MATRÍCULAS E COMPROVANTES DE ENDEREÇO DE TODOS OS ALUNOS MATRICULADOS (em anexo o Termo de Compromisso de Utilização de Dados (TCUD)”.</t>
   </si>
   <si>
     <t>16047</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16047/req.20.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16047/req.20.pdf</t>
   </si>
   <si>
     <t>REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUAL O PROCEDIMENTO, CRITÉRIOS E PRAZO DE PAGAMENTO DE DIÁRIAS PARA VIAGENS DO SERVIDOR PÚBLICO MUNICIPAL NO EXERCÍCIO DE SUA FUNÇÃO? (DETALHAR UM EXEMPLO DE PROCEDIMENTO DE FORMA ILUSTRATIVA) 2) ATUALMENTE É ADOTADO DOIS OU MAIS CRITÉRIOS E PROCEDIMENTOS PARA REQUISIÇÃO E PAGAMENTO DE DIÁRIAS DENTRO DA PREFEITURA MUNICIPAL? SE SIM, EXPLICAR DETALHADAMENTE TODOS OS PROCEDIMENTOS E JUSTIFICAR PORQUE DAS DIFERENÇAS; 3) HÁ RELATOS E INFORMAÇÕES QUE OS MOTORISTAS DA SECRETARIA MUNICIPAL DE  SAÚDE, QUE TRANSPORTAM PACIENTES LEVAM ATÉ 30 A 40 DIAS PARA RECEBER OS VALORES QUE ERAM NECESSÁRIOS PARA O CUSTEIO DE SUAS DESPESAS DIÁRIAS EM CASO DE VIAGENS, ISSO PROCEDE?  SE SIM JUSTIFICAR, SE NÃO QUAL É O PRAZO (DETALHAR TODO PROCEDIMENTO ATUAL)? 4) AS DIÁRIAS PAGAS PARA VIAGEM DO SERVIDOR NO EXERCÍCIO DE SUA FUNÇÃO É PARA MANTER DESPESAS DE ALIMENTAÇÃO E OUTRAS NAQUELE DIA DE TRABALHO? OU É ADOTADO OUTRO CRITÉRIO? SE SIM FAVOR JUSTIFICAR O PROCEDIMENTO E AMPARO LEGAL ADOTADO? 5) HA INFORMAÇÕES QUE  FUNCIONÁRIOS COMISSIONADOS E TAMBÉM MOTORISTA DE OUTRAS SECRETARIAS TEM DIFERENTES TRATAMENTOS PARA REQUISIÇÃO, PAGAMENTOS E RECEBIMENTOS DE DIÁRIAS  DIFERENTES DO QUE OCORRE COM OS MOTORISTAS DA SECRETARIA DE SAÚDE? SE SIM QUAIS AS DIFERENÇAS E AMPARO LEGAL? 6) HAVENDO A  DIFERENCIAÇÃO NOS PROCEDIMENTOS DE DIÁRIAS PAGAS NO EXERCÍCIO DA FUNÇÃO COM OS MOTORISTAS DA SECRETARIA MUNICIPAL DE SAÚDE, QUAIS AS MEDIDAS E PROCEDIMENTOS QUE PODEM SER ADOTADOS PARA QUE TODOS OS SERVIDORES DA PREFEITURA TENHAM TRATAMENTOS IGUAIS E DE FORMA MAIS JUSTA DE ACORDO COM A LEI VIGENTE?  7) HAVENDO A  DIFERENCIAÇÃO NOS PROCEDIMENTOS DE DIÁRIAS NO EXERCÍCIO DA FUNÇÃO COM OS MOTORISTAS DA SECRETARIA MUNICIPAL DE SAÚDE: A) ISSO OCORRE POR QUE A LEI DETERMINA? B) ISSO OCORRE DEVIDO AO PLANEJAMENTO ADOTADO DO GESTOR COMPETENTE? C) ISSO OCORRE PELA FALTA DE RECURSOS HUMANOS NO SETOR COMPETENTE? D) ISSO OCORRE POR QUE NÃO HÁ INTERESSE DO GESTOR COMPETENTE EM PRODUZIR TRATAMENTOS E PROCEDIMENTOS IGUAIS PERANTE TODOS SERVIDORES PÚBLICOS MUNICIPAL NA PREFEITURA? JUSTIFIQUE SUA RESPOSTA OU RESPONDA QUAL O MOTIVO DA DIFERENCIAÇÃO; 8) NA GESTÃO MUNICIPAL DE 2013 A 2016 HÁ INFORMAÇÕES QUE OS PROCEDIMENTOS ERAM DIFERENTES PERANTE AOS MOTORISTAS DA SECRETARIA MUNICIPAL DE SAÚDE COM A GESTÃO ATUAL: SE SIM, COMO ERA,  E COMO É ATUALMENTE? HAVENDO AS DIFERENÇAS JUSTIFICAR O MOTIVO DAS MUDANÇAS COM AMPARO LEGAL.</t>
   </si>
   <si>
     <t>16051</t>
   </si>
   <si>
     <t>“REQUER DO PRESIDENTE DA CÂMARA QUE LEVE A CONSIDERAÇÃO DO PLENÁRIO PARA QUE SEJA REALIZADO O ENVIO DE VOTOS DE LOUVOR OU CONGRATULAÇÕES, BASEADO NO ARTIGO 129 INCISO TERCEIRO DO REGIMENTO INTERNO DESTA CASA DE LEIS, EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS NESTE MUNICÍPIO, VENHO POR MEIO DESTA CASA DE LEIS PROPOR AOS NOBRES VEREADORES ESSA HOMENAGEM A INSTITUIÇÃO DE ENSINO, COLÉGIO ADVENTISTA DE TELÊMACO BORBA-EIEFM, QUE COMPLETA NESTE ANO DE 2024, 60 ANOS DE FUNDAÇÃO, LOCALIZADO NA RUA PROFESSOR NEY DE OLIVEIRA PIMENTA Nº 84, CENTRO, DIRETOR RESPONSÁVEL REGINALDO APARECIDO FERREIRA”.</t>
   </si>
   <si>
     <t>16053</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16053/req.22.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16053/req.22.pdf</t>
   </si>
   <si>
     <t>REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, REFERENTE AOS NOVOS POSTES E LUMINÁRIAS QUE ESTÃO SENDO INSTALADOS NOS CANTEIROS E VIAS DE PASSEIO NO MUNICÍPIO AS SEGUINTES INFORMAÇÕES: 1) qual são as ruas e avenidas que serão instalados? 2) quais serão os valores gastos em cada via? Classificar por via, especificando o tamanho e medidas, modelo, quantidade, valor unitário e total de cada rua ou avenida. 3) Referente as lâmpadas a serem instaladas, especificar qual modelo e potencia serão instaladas;(Detalhar de forma pratica e obtiva, em quais postes luminárias serão utilizadas cada uma delas, bem como especificar o valor de custo de cada uma delas, bem como  a quantidade  e valor total que será em cada rua ou avenida; 4) Solicito laudo técnico de profissional competente,  constando quais são a medidas corretas de distancias de postes e luminárias de um para outra que deverão ser instaladas  de forma correta.( Usar como parâmetro a especificações das lâmpadas, postes e luminárias que estão presentes no contrato firmado pelo município ( Contrato onde contempla as avenidas Chanceler Horácio Laffer, Presidente Kennedy, Monte Sinai, Praça dos Pinheiros, Rua Rio Iguaçu e outras presentes nessa contratação) 5) encaminhar copias do contrato, projeto elétrico e arquitetônico dessa contratação de instalação de postes e luminárias em vias e canteiros; 6) Houve erro no projeto de contratação? Se sim qual é, e como será corrigido? Havendo erro no projeto qual a mudança resultante nesta contratação?</t>
   </si>
   <si>
     <t>16087</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16087/req.23.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16087/req.23.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) HÁ UMA DATA DEFINIDA PARA O TÉRMINO DA QUADRA DE SOCIETY DA VILA RURAL? 2) QUANDO SERÃO REALIZADOS OS TRABALHOS DE PATROLAMENTO DAS RUAS DA VILA RURAL QUE ESTÃO SÓ EM BURACOS? 3) QUANDO A MÁQUINA FOR FAZER OS TRABALHOS NAS RUAS, SÓ IRÁ SAIR ASSIM QUE TERMINAREM OS TRABALHOS? POIS HÁ INFORMAÇÕES DE QUE A MÁQUINA VAI LÁ, FICA MEIO DIA E NÃO VOLTA MAIS; 4) ENVIAR INFORMAÇÕES SOBRE O DIA E MÊS QUE A MÁQUINA IRÁ FAZER OS TRABALHOS, POIS VÁRIOS REQUERIMENTOS SÃO RESPONDIDOS QUE SERÁ FEITO NO PRÓXIMO SEMESTRE, PRECISAMOS DE UMA DATA CORRETA; 5) SE SIM, INFORME-NOS; 6) SE NÃO, JUSTIFIQUE”.</t>
   </si>
   <si>
     <t>16091</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16091/req.24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16091/req.24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES:  1) ENVIAR CÓPIA DE CADA OFÍCIO DE SOLICITAÇÃO DE MELHORIAS, MANUTENÇÃO, BENFEITORIAS DA ESCOLA MUNICIPAL 31 DE MARÇO, AS QUAIS FORAM SOLICITADAS A SME DURANTE OS ÚLTIMOS 4 (QUATRO) ANOS”.</t>
   </si>
   <si>
     <t>16092</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16092/req.25.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16092/req.25.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AOS ÓCULOS: 1) QUANTOS ÓCULOS SÃO DISTRIBUÍDOS MENSALMENTE? 2) QUAL O CUSTO MENSAL? 3) QUANTOS ÓCULOS FORAM ENTREGUES DESDE 2023 ATÉ O MÊS ATUAL? 4) APÓS O PROTOCOLO, QUAL O TEMPO DE ESPERA? 5) EXISTE UMA FILA DE ESPERA? 6) SE EXISTE, QUAL O TEMPO NORMAL DE ESPERA?”.</t>
   </si>
   <si>
     <t>16094</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16094/req.26.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16094/req.26.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AS FRALDAS: 1) COMO É FEITO O SISTEMA DE COMPRAS DESSAS FRALDAS? 2) QUAL É A EMPRESA FORNECEDORA? 3) QUANTAS FRALDAS SÃO DISTRIBUÍDAS MENSALMENTE? 4) QUAL O CUSTO MENSAL? 5)	QUANTAS FRALDAS FORAM ENTREGUES DESDE 2023 ATÉ O MÊS ATUAL? 6) QUANTAS PESSOAS FORAM ATENDIDAS DESDE 2023 ATÉ A DATA ATUAL? 7) APÓS O PROTOCOLO, QUAL O TEMPO DE ESPERA?”.</t>
   </si>
   <si>
     <t>16127</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16127/req_027-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16127/req_027-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO  QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) AS OBRAS DO COMPLEXO ESPORTIVO DO BAIRRO SÃO JOÃO E DO BAIRRO MARINHA JÁ FORAM CONCLUÍDAS? 2) QUAIS OS NOMES DAS EMPRESAS RESPONSÁVEIS POR ESTAS OBRAS? 3) O QUE FOI FEITO? 4) QUAL O VALOR INICIAL ORÇADO? 5) QUAL O VALOR FINAL? 6) PARA ESTAS OBRAS, HOUVE A NECESSIDADE DE ADITIVOS? 7) QUAL O VALOR? 8) ESTAS OBRAS JÁ FORAM ENTREGUES AOS MORADORES? 9) SE NÃO, TEM UMA PREVISÃO PARA QUE ISTO ACONTEÇA?”</t>
   </si>
   <si>
     <t>16128</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16128/req_028-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16128/req_028-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) QUAL EMPRESA É RESPONSÁVEL PELO OBRA DA CONSTRUÇÃO DO POSTO DE SAÚDE DO BAIRRO TRIÂNGULO? 2) QUAL O VALOR INICIAL ORÇADO? 3) QUAL O VALOR FINAL? 4) PARA ESTA OBRA, HOUVE A NECESSIDADE DE ADITIVOS? 5) QUAL O VALOR? 6) ESTA OBRA JÁ FOI ENTREGUE AOS MORADORES? 7) SE NÃO, TEM UMA PREVISÃO PARA QUE ISTO ACONTEÇA?”.</t>
   </si>
   <si>
     <t>16167</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16167/req_029-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16167/req_029-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO AS SEGUINTES INFORMAÇÕES: 1) QUAL O SALDO ATUALMENTE CONSTANTE DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE? QUAL A ORIGEM DOS VALORES? (FAVOR ESPECIFICAR) 2) QUAL O VALOR REPASSADO PARA AS ENTIDADES NÃO GOVERNAMENTAIS NOS ÚLTIMOS 02 (DOIS) ANOS E QUAIS PROJETOS FORAM CONTEMPLADOS? 3) QUAL O VALOR APLICADO EM ATIVIDADES E/OU EXECUÇÃO DE PROJETOS DENTRO DA PRÓPRIA ADMINISTRAÇÃO? FAVOR ESPECIFICAR O QUE DE FATO FOI EXECUTADO E QUAL O VALOR; 4) ESTÁ SENDO CUMPRIDO O QUE DISPÕE A LEI MUNICIPAL 2404/2021, ESPECIALMENTE NO QUE TANGE O ARTIGO 26, INCISOS V E X, E ARTIGO 44 DA REFERIDA LEI? 5) SE SIM, ONDE ESTÃO SENDO PUBLICADOS OS RELATÓROS BIMESTRAIS? SE NÃO, QUAL O MOTIVO? 6) QUANDO FOI PUBLICADO O ÚLTIMO EDITAL REFERENTE AOS PROJETOS A SEREM APROVADOS PARA DIRECIONAMENTO DE VERBAS ÀS INSTITUIÇÕES DEVIDAMENTE CADASTRADAS NO FMDCA? 7) QUANDO SERÁ A PUBLICAÇÃO DO PRÓXIMO EDITAL?”.</t>
   </si>
   <si>
     <t>16170</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16170/req_030-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16170/req_030-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE, DENTRO DO PRAZO LEGAL QUE A LEI LHE CONFERE, PRESTE AS SEGUINTES INFORMAÇÕES REFERENTES À LEI COMPLEMENTAR Nº 130, DE 17 DE MAIO DE 2023, QUE CRIOU O CONSELHO DE URBANISMO E MEIO AMBIENTE E, SEGUNDO A EMENTA, UNIFICOU O CONSELHO DE DEFESA E PRESERVAÇÃO AMBIENTAL E O CONSELHO DA CIDADE: 1) O PODER EXECUTIVO JÁ NOMEOU OS MEMBROS DO MENCIONADO CONSELHO MUNICIPAL E, EM CASO NEGATIVO, POR QUE AINDA NÃO O FEZ? 2) CONSIDERANDO QUE, EM TESE, O CONSELHO DA CIDADE E O CONSELHO DE URBANISMO E MEIO AMBIENTE AINDA NÃO FORAM EXTINTOS, INFORME QUEM SÃO OS INTEGRANTES DOS CONSELHOS CITADOS E, ESPECIFICAMENTE, QUEM SÃO OS SEUS RESPECTIVOS PRESIDENTES”.</t>
   </si>
   <si>
     <t>16172</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16172/req_031-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16172/req_031-24.pdf</t>
   </si>
   <si>
     <t>“CONSIDERANDO A EMENDA IMPOSITIVA DE Nº 008/2023 E A EMENDA MODIFICATIVA Nº 036/2023, REFERENTE A COBERTURA DA QUADRA DE ESPORTES DA ESCOLA MUNICIPAL 31 DE MARÇO, REQUER DO SENHOR PREFEITO MUNICIPAL, TENDO EM VISTA QUE TÉCNICOS MUNICIPAIS JÁ REALIZARAM MEDIÇÕES NA QUADRA DA ESCOLA, AS SEGUINTES INFORMAÇÕES: 1) JÁ FOI DADO INÍCIO AO PROJETO DE COBERTURA DA QUADRA NA REFERIDA ESCOLA? 2) SE SIM, HÁ UM PRAZO PARA LICITAR A OBRA, FAVOR ENVIAR CÓPIA DO PROJETO; 3) SE NÃO, POR GENTILEZA, INFORMAR O MOTIVO E SE HÁ UM PRAZO PARA INICIAR OS PROJETOS, CONSIDERANDO QUE A PREVISÃO ORÇAMENTÁRIA É PARA O ANO DE 2024”.</t>
   </si>
   <si>
     <t>16176</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16176/req_032-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16176/req_032-24.pdf</t>
   </si>
   <si>
     <t>“CONSIDERANDO A INDICAÇÃO Nº 051/2024 DO MEU GABINETE, A QUAL SOLICITAMOS A INSTALAÇÃO DE UM NOVO PLAYGROUND NA ESCOLA MUNICIPAL 31 DE MARÇO, E, TENDO EM VISTA QUE OS TÉCNICOS DA PREFEITURA, ESPECIALMENTE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, JÁ ESTIVERAM NA ESCOLA, REQUER DO SENHOR PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES: 1) JÁ FOI FEITO PROJETO OU MESMO UM CROQUI PARA EXECUÇÃO DO SERVIÇO? 2) SE SIM, FAVOR ENVIAR UMA CÓPIA DO PROJETO/CROQUI; 3) SE NÃO, HÁ UMA PREVISÃO PARA REALIZAR? 4) CONSIDERANDO SER UMA CONSTRUÇÃO DE PISO/CONCRETO E COLOCAÇÃO DE BRINQUEDOS, JÁ FOI LICITADO OU EMPENHADO O SERVIÇO DE PISO E AQUISIÇÃO DOS BRINQUEDOS? 5) SE SIM, HÁ UM PRAZO PARA ENTREGA DESSE PLAYGROUND PARA ESCOLA? FAVOR, ENVIAR CÓPIA DO EMPENHO; 6) SE NÃO, JUSTIFIQUE”.</t>
   </si>
   <si>
     <t>16220</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16220/req_033-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16220/req_033-24.pdf</t>
   </si>
   <si>
     <t>“REQUER AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL DE TELÊMACO BORBA QUE, DEPOIS DE OUVIDO O PLENÁRIO, FAÇA O ENVIO DE VOTOS DE LOUVOR E CONGRATULAÇÕES AO GRUPO DE TEATRO “IRMÃO SOL E IRMÃ LUA” DA COMUNIDADE SÃO FRANCISCO DE ASSIS, PERTENCENTE À PARÓQUIA NOSSA SENHORA DE FÁTIMA, QUE HÁ MAIS DE DUAS DÉCADAS APRESENTA EM PRAÇA PÚBLICA A “ENCENAÇÃO DA PAIXÃO DE CRISTO”, EMOCIONANDO MILHARES DE PESSOAS A CADA ANO”.</t>
   </si>
   <si>
     <t>16301</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16301/req_034-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16301/req_034-24.pdf</t>
   </si>
   <si>
     <t>REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) Quantos veículos foram notificados e multados desde o ano de 2017 até o momento pela Divisão de Segurança Publica e Transito? Encaminhar relação classificando ano a ano com as numerações de placas; 2) Qual o valor arrecadado através de notificações e multas pela Divisão de Segurança Publica e Transito desde o ano de 2017 até o momento? Encaminhar a relação classificando ano a ano; 3) Como foi aplicando os valores arrecadados através de notificações e multas pela Divisão de Segurança Publica e Transito desde o ano de 2017 até o momento? Encaminhar a relação classificando ano a ano os valores; 4) Quantos servidores foram e estão lotados na Divisão de Segurança Publica e Transito? Encaminha relação classificando desde o ano de 2017 até o momento? 5) Quanto foi é gasto de remuneração mensal com servidores pela Divisão de Segurança Publica e Transito desde o ano de 2017 até o momento? Encaminhar relação detalhando gastos mensalmente; 6) Quanto em valores a atual empresa que tem a concessão para operação de serviço de estacionando tarifado (STAR) arrecadou e repassou para o Município de Telêmaco Borba? Encaminha relação detalhando mensalmente desde o inicio da concessão até o momento.</t>
   </si>
   <si>
     <t>16305</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16305/req_035-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16305/req_035-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE O TRANSPORTE COLETIVO: 1) QUAIS SÃO OS HORÁRIOS DO TRANSPORTE COLETIVO QUE ATENDE OS BAIRROS JARDIM SÃO FELIX, JARDIM SÃO RAFAEL, ARGENTINA E JARDIM EUROPA? ENCAMINHAR HORÁRIOS DA ROTA QUE ATENDE ESSES BAIRROS, DETALHANDO TODOS OS DIAS DA SEMANA; 2) ESTÁ SENDO FEITO UM ACOMPANHAMENTO NESTE BAIRROS MENCIONADOS ACIMA PARA VER SE ESTÃO ATENDENDO AS NECESSIDADES DA POPULAÇÃO LOCAL? SE SIM, COMO ESTÁ SENDO FEITO? ENCAMINHAR ESTUDO OU RELATÓRIO; 3) HÁ POSSIBILIDADE DE HAVER ALTERAÇÕES DE HORÁRIOS NESTA REGIÃO? HAVENDO, QUAL SERIA O PROCEDIMENTO?”.</t>
   </si>
   <si>
     <t>16313</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16313/req_036-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16313/req_036-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: SOBRE O ARROIO LIMEIRA QUE CORTA O SOCOMIN, PRÓXIMO AS RUAS CHILE E CIDADE NOVA: 1) EXISTE A POSSIBILIDADE DE SER REALIZA UMA ROÇADA E LIMPEZA NO ENTORNO DO ARROIO? SE SIM, QUANDO SERÁ FEITA? SE NÃO, EXPLIQUE O MOTIVO DA NÃO REALIZAÇÃO; 2) COM TODOS OS PROBLEMAS TRAZIDOS PELO AUMENTO DA DENGUE, EXISTE UM CALENDÁRIO OU PROGRAMAÇÃO PARA QUE LUGARES COMO ESSE DO SOCOMIN RECEBAM A MANUTENÇÃO DE CORTE E LIMPEZA EM TODA A CIDADE?  SE SIM, ENVIAR RELATÓRIO; SE NÃO, PODE SER INCLUÍDO ESTE SERVIÇO NA PROGRAMAÇÃO DE CORTE E LIMPEZA? 3) ALÉM DO CORTE DO MATO, ESTÁ SENDO REALIZADO UM PROGRAMA DE LIMPEZA DE DEJETOS NOS LUGARES COMO ESSE ARROIO?”.</t>
   </si>
   <si>
     <t>16374</t>
   </si>
   <si>
     <t>Miltinho, Fubá</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16374/req_037-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16374/req_037-24.pdf</t>
   </si>
   <si>
     <t>“REQUEREM AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL DE TELÊMACO BORBA, DEPOIS DE OUVIDO O PLENÁRIO, FAÇA O ENVIO DE VOTOS DE LOUVOR E CONGRATULAÇÕES AO APOSTOLO JOÃO MARIA RODRIGUES PELOS SEU ANIVERSÁRIO DE 70 ANOS E PELOS RELEVANTES SERVIÇOS PRESTADOS DURANTE 34 ANOS COMO PASTOR NA IGREJA BATISTA BETEL EM TELÊMACO BORBA. UMA LIDERANÇA RELIGIOSA QUE DESTACOU COM BRILHANTE TRABALHO SOCIAL NO MUNICÍPIO, RESGATANDO VIDAS, UNINDO FAMÍLIAS, E SEMPRE TRAZENDO UMA PALAVRA DE SABEDORIA, MOTIVAÇÃO E CONFORTO PARA AS PESSOAS”.</t>
   </si>
   <si>
     <t>16375</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16375/req_038-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16375/req_038-24.pdf</t>
   </si>
   <si>
     <t>“REQUER AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL DE TELÊMACO BORBA, DEPOIS DE OUVIDO O PLENÁRIO, FAÇA O ENVIO DE VOTOS DE LOUVOR E CONGRATULAÇÕES A IGREJA EVANGÉLICA ASSEMBLEIA DE DEUS POR COMPLETAR 80 ANOS EM NOSSO MUNICÍPIO. PARABENIZAR ESTA IMPORTANTE INSTITUIÇÃO RELIGIOSA POR RELEVANTES SERVIÇOS PRESTADOS AO MUNICÍPIO, DESTANCANDO TRABALHO SOCIAL, O RESGASTE DE VIDAS, O FORTALECIMENTO DAS RELAÇÕES DO ÂMBITO FAMILIAR, OS BONS HÁBITOS E BONS CONSTUMES PERANTE A SOCIEDADE”.</t>
   </si>
   <si>
     <t>16376</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16376/req_039-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16376/req_039-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) NA RUA MIRIM NO BAIRRO SANTA RITA, EXISTE ESGOTO A CÉU ABERTO, TRAZENDO DESCONFORTO AOS MORADORES, CHEIRO FORTE, PERIGO DE DOENÇAS; EXISTE A POSSIBILIDADE DE INSTALAÇÃO DE REDE DE ESGOTO PARA ESSA REGIÃO? SE SIM, QUANDO? SE NÃO, O QUE PODE SER FEITO PARA MELHORAR A QUALIDADE DE VIDA DOS MORADORES? 2) NOS FUNDOS DAS CASAS DA RUA MIRIM EXISTE UM ARROIO QUE RECEBE TODOS ESSES DEJETOS; EXISTE ALGUMA PROGRAMAÇÃO PARA QUE SEJA FEITA A LIMPEZA DESSE ARROIO? SE SIM, INDIQUE; SE NÃO, O QUE PODE SER FEITO PARA MELHORAR ESSA QUESTÃO? 3) VISTO QUE EXISTE COM O ACÚMULO DE LIXO A MAIOR INCIDÊNCIA DE FOCOS DE DENGUE; HÁ COMO PROGRAMAR UMA ROÇADA NO ENTORNO DO ARROIO?”.</t>
   </si>
   <si>
     <t>16380</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16380/req_040-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16380/req_040-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE A REFORMA QUE ESTÁ ACONTECENDO EM VÁRIAS RUAS POR CONTA DAS OBRAS NOS CANTEIROS E MUDANÇA EM ALGUMAS PARTES COMO DO FECHAMENTO DE VIAS, RETIRADA DE LOMBADAS, ADEQUAÇÃO DE ESTACIONAMENTO, INSTALAÇÃO DE ROTATÓRIAS, NAS AVENIDAS CHANCELER HORÁCIO LAFFER E PRESIDENTE KENNEDY: 1) EXISTE UM PRAZO PARA O TÉRMINO DESSAS OBRAS? SE SIM, QUANDO SERÁ? 2) SENDO OBSERVADO RECORTES NAS VIAS AONDE EXISTIAM LOMBADAS, ESTÃO PROGRAMADOS PARA RECEBEREM O DEVIDO REPARO? SE SIM, EXISTE UM PRAZO? SE NÃO, ENVIAR RESPOSTA. 3) SABENDO QUE TRAZEM TRANSTORNO AOS CARROS QUE FAZEM ESSA ROTA, INCLUSIVE VANS, CARROS MAIORES COMO AMBULÂNCIA TEM MAIOR DIFICULDADE EM TRANSITAR, EXISTE UMA ETAPA PROGRAMADA PARA QUE O ASFALTO SEJA TODO RESTAURADO?”.</t>
   </si>
   <si>
     <t>16378</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16378/req_041-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16378/req_041-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES:”_x000D_
 1-O município de Telêmaco Borba, tem algum contrato com o consórcio CIM SAÚDE?_x000D_
 2-Se sim; como funciona?_x000D_
 O Centro de Especialidades Arvore da Vida, apresentou um projeto de atendimento das crianças em equipe multidisciplinar, protocolado no dias 26/09/23, e nunca houve uma resposta por parte  do setor competente._x000D_
 3-Qual o motivo?_x000D_
 Sabendo que este projeto só foi realizado devido a procura de atendimentos pela própria  prefeitura, isto no dia 19/09/23._x000D_
 4-Quantas crianças são atendidas por mês?_x000D_
 Sendo a Clinica de Especialidade Arvore da Vida credenciada ao CIM SAÚDE, tal como a Prefeitura Municipal de Telêmaco Borba, e que visiona atender uma demanda de 150 crianças por mês, realizando até 5 horas semanais de atendimentos com vistas a ABA, incluindo profissionais ABA e aplicadores ABA de um para um, seguindo os padrões de qualidade._x000D_
  5-Por qual motivo nenhuma criança é direcionada a esta clinica, sabendo que é obrigatório o atendimento a crianças de 0 a 12 anos pelo município e no caso de crianças atípicas e prioritárias, e que possui em seus atendimentos várias especialidades?</t>
   </si>
   <si>
     <t>16420</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16420/requerimento_no_042-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16420/requerimento_no_042-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES”: SOBRE O SALÃO ANEXO DA QUADRA CLODOMIRO MIGUEL FERNANDES “MIGUELZINHO” NO BAIRRO DAS CEM CASAS, 1.EXISTE UMA PROGRAMAÇÃO PARA CONSTRUÇÃO DE UM NOVO SALÃO? SE SIM, QUANDO SERÁ? SE NÃO, JUSTIFIQUE. 2. DADO O ABANDONO QUE SE ENCONTRA, EXISTE A POSSIBILIDADE DE AO MENOS O LOCAL PASSAR POR UMA REFORMA? SE SIM, FAVOR INFORMAR A PROGRAMAÇÃO PARA QUE ISSO ACONTEÇA, SE NÃO, ESPECIFICAR O POR QUE DEIXAR ESSE ESPAÇO INUTILIZADO?  3.SENDO ESSE ESPAÇO POR MUITO TEMPO ULTILIZADO PARA ENCONTROS, FESTAS DE ANIVERSÁRIO E PROGRAMAÇÕES DA COMUNIDADE, E NÃO TENDO NENHUM OUTRO QUE ATENDA ESSA NECESSIDADE, TEM A POSSIBILIDADE DE SE CONTRUIR UM CENTRO COMUNITÁRIO NO BAIRRO? SE NÃO, ESPECIFIQUE O POR QUE DEIXAR ESSA REGIÃO SEM ESSE SERVIÇO, VISTO QUE EXISTE UMA ASSOCIAÇÃO DE MORADORES QUE PODERIA ADMINISTRAR O LOCAL? 4.PELO LOCAL ESTAR SENDO REFÚGIO E PROCRIAÇÃO DE POMBOS EXISTE UM PROGRAMA DE ZOONOSE QUE POSSA CUIDAR DESSE PROBLEMA? SE SIM, QUANDO SERÁ REALIZADO? SE NÃO, O POR QUE DO DESCASO SABENDO DO PERIGO DE DOENÇAS TRAZIDAS POR ESSES ANIMAIS? 5.FOI OBSERVADO EM VISITA UMA ÁGUA ESCORRENDO SOB UMA DAS PORTAS, TIVEMOS INFORMAÇÃO QUE ELA É DE ARMANEZAMENTO DA CAIXA D´ÁGUA, E CONTUDO COM A EPIDEMIA DE DENGUE EM NOSSO MUNICÍPIO ESTAR FORTE, POR QUÊ DEIXAR ELA EMPOSSANDOE CRIANDO AMBIENTE PARA PROLIFERAÇÃO DE LARVAS DO MOSQUITO? 6.ESTANDO A QUADRA SEM TELEFONE, E NO CASO DE ALGUMA EMERGÊNCIA O GUARDIÃO FICA SEM ACESSO PARA PEDIR AJUDA, ESPECIFIQUE A DIFICULDADE DE DEIXAR UM EQUIPAMENTO TÃO CORRIQUEIRO DISPONÍVEL? 7.HÁ MAIS DE DOIS ANOS TEMOS FEITO INDICAÇÃO E MOSTRADO O PROBLEMA CONFORME INDICAÇÕES N°855/2022, 397/2022, 1062/2021. EXISTINDO O ABANDONO, TEM A POSSIBILIDADE DE TODAS AS QUESTÕES SEREM RESOLVIDAS?</t>
   </si>
   <si>
     <t>16456</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16456/req_043-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16456/req_043-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AO TERRENO LOCALIZADO NA RUA SAN SALVADOR EM FRENTE AO Nº 104, BAIRRO SÃO JOÃO: 1) AINDA EXISTE O PROJETO PARA CONSTRUÇÃO DE UMA HORTA COMUNITÁRIA NESTE TERRENO? 2) SE EXISTE, ESTE PROJETO ESTÁ EM ANDAMENTO? 3) TEM UMA PREVISÃO PARA O INÍCIO DESTA OBRA? 4) SE NÃO EXISTE MAIS ESTE PROJETO, PARA QUE SERÁ UTILIZADO ESTE TERRENO? 5) NÃO EXISTINDO NENHUM PROJETO PARA ESTE TERRENO, EXISTE A POSSIBILIDADE DE QUE SEJA FEITO UMA LIMPEZA NESTE LOCAL, E ASSIM MANTÊ-LO?”.</t>
   </si>
   <si>
     <t>16484</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16484/requerimento_044-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16484/requerimento_044-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL DE TELÊMACO BORBA QUE, DEPOIS DE OUVIDO O PLENÁRIO, FAÇA O ENVIO DE VOTOS DE LOUVOR E CONGRATULAÇÕES AOS MEMBROS DA DEFESA CIVIL DE NOSSO MUNICÍPIO PELA ATUAÇÃO NO DESASTRE OCORRIDO NO RIO GRANDE DO SUL, SENDO: RAFAEL VAEZA, FERNANDA DARCIN, PAULO SÉRGIO TEIXEIRA E JHONATAN ANTONIO CHRISTOVÃO".</t>
   </si>
   <si>
     <t>16487</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16487/requerimento_045-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16487/requerimento_045-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER AO SENHOR PRESIDENTE DA CAMARA MUNICIPAL DE TELEMACO BORBA, APÓS LEITURA EM PLENÁRIO QUE DETERMINE ENVIO DE VOTOS DE LOUVOR E CONGRATULAÇÕES A IRMÃ ROSA, CUJA HISTÓRIA DE TRABALHO EM NOSSO MUNICÍPIO TEM UMA GRANDEZA IMENSURÁVEL, POIS, DESDE 1962 DEDICA-SE E DOA-SE AO POVO DE NOSSA CIDADE E REGIÃO, REALIZANDO INÚMEROS SERVIÇOS SOCIAIS DE PROFUNDA IMPORTÂNCIA A NOSSA GENTE SENDO QUE SUA HISTÓRIA É A PRÓPRIA HISTÓRIA DE NOSSA CIDADE”.</t>
   </si>
   <si>
     <t>16490</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16490/req_046.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16490/req_046.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES” :SOBRE A PRAÇA DO BAIRRO ÁREA 3. 1.EXISTE UMA PROGRAMAÇÃO PARA A INSTALAÇÃO DE BRINQUEDOS INFANTIS NA REFERIDA PRAÇA, SE SIM TEM PRAZO? SE NÃO, O POR QUE DA NÃO INSTALAÇÃO VISTO QUE EXISTE UM ESPAÇO GRANDE NESSE LOCAL QUE PODE SER APROVEITADO PARA QUE SEUS PAIS LEVEM SEUS FILHOS PARA BRINCAR E APROVEITAR UM MOMENTO EM FAMÍLIA?  SE NÃO EXISTIR NO PROJETO A INSTALAÇÃO DOS BRINQUEDOS ESPECIFIQUE O POR QUE FOI DELIMITADO UM ESPAÇO PARA ESSE FIM, JÁ COM A ESTRUTURA PARA A INSTALAÇÃOS DOS BRINQUEDOS?  2.SABENDO QUE A PRAÇA ESTÁ COM PARTE DA ILUMINAÇÃO APAGADA, HÁ UMA PROGRAMÇÃO PARA QUE ESSE PROBLEMA SEJA SOLUCIONADO? SE SIM, QUANDO SERÁ REALIZADO? SE NÃO, ESPECIFIQUE O POR QUE DE DEIXAR UM ESPAÇO DESASSISTIDO TENDO A POSSIBILIDADE DA PRAÇA SER USADA POR FAMÍLIAS DURANTE A NOITE PARA CAMINHADAS E USO DAS QUADRAS? 3. SOBRE A ACADEMIA AO AR LIVRE INSTALADA ANEXO A PRAÇA, EXISTE A POSSIBILIDADE DE QUE ESSE ESPAÇÕ RECEBA ILUMINAÇÃO?  SE SIM, QUANDO SERÁ REALIZADO? SE NÃO ESPICIFICAR POR QUE DEIXAR ESSE ESPAÇO NO ESCURO, VISTO QUE PODERIA SER USADO DURANTE A NOITE PARA A PRÁTICA DE EXERCÍCIOS? 4.SOBRE O ESTACIONAMENTO NA RUA RIO IGUAÇU. EXISTE A POSSIBILIDADE DE ESTENDER O ESTACIONAMENTO NA LATERAL DA PRAÇA ATÉ EM FRENTE AOS COMÉRCIOS? ESPECIFIQUE O POR QUE DELE SER REALIZADO NUMA ÁREA COM MENOS MOVIMENTO E DEIXAR OS COMÉRCIOS DESASSISTIDOS? TENDO EM VISTA QUE ESSE BAIRRO ESTÁ EM CONSTANTE CRESCIMENTO E NOS HORÁRIOS DE PICO AS PESSOAS QUE ACESSAM A PRAÇA E OS COMÉRCIOS ENCONTRAM DIFICULDADES DE ESTACIONAR EM FRENTE OS MESMOS, EXISTE A POSSIBILIDADE DE ESTENDER E ADEQUAR ESSE ESPAÇO DA PRAÇA PARA ESSE FIM, VISTO QUE, SE SEGUIR O PADRÃO DO ESTACIONAMENTO JÁ EXISTENTE PODERIA FAZER O CORTE NA GRAMA DO BARRANCO E RECUO DA CALÇADA, PODE SER FEITO UM ESTUDO PARA ESSE FIM?</t>
   </si>
   <si>
     <t>16513</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16513/requerimento_047-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16513/requerimento_047-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: 1) EXISTE ALGUM PROJETO DE INTERLIGAÇÃO DA RUA CARAGUATÁ, COM A ANTIGA RUA CAPELINHA NO BAIRRO ÁREA 2? 2) SE EXISTE, QUAL A PREVISÃO PARA QUE ESTA OBRA SEJA EXECUTADA? 3) SE NÃO, EXISTE A POSSIBILIDADE DE QUE SEJA INCLUÍDO NA PLANILHA DE OBRAS DO MUNICÍPIO?".</t>
   </si>
   <si>
     <t>16529</t>
   </si>
   <si>
     <t>Miltinho, Fubá, Prof Klecius</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16529/requer._048-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16529/requer._048-2024.pdf</t>
   </si>
   <si>
     <t>"REQUEREM DO SENHOR PREFEITO, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE A LEI 2.210/2018: 1) A PREFEITURA MUNICIPAL ATRAVÉS DO SETOR COMPETENTE ESTÁ CUMPRINDO A LEI 2.210/2018 QUE INSTITUIU O PROGRAMA DE INCENTIVO E FINANCIAMENTO DO ESPORTE? 2) SE SIM, DESDE QUAL DATA? 3) QUANTOS E QUAIS SÃO OS PROJETOS QUE ESTÃO SENDO ATENDIDOS? 4) HAVENDO PROJETOS ATENDIDOS, ELES SÃO DE PESSOA FÍSICA OU JURÍDICA? 5) CASO A LEI 2.210/2018 NÃO ESTEJA SENDO CUMPRIDA, JUSTIFIQUE O MOTIVO; 6) EXISTE ALGUM IMPEDITIVO LEGAL PARA O CUMPRIMENTO, OU O NÃO CUMPRIMENTO DESTA LEI? 7) CASO EXISTA IMPEDITIVO, QUAL A SOLUÇÃO PARA RESOLUÇÃO DO PROBLEMA APRESENTADO? 8) PARA RESOLUÇÃO DOS PROBLEMAS E EXECUÇÃO DAS POSSÍVEIS SOLUÇÕES APRESENTADAS, QUEM É A PESSOA RESPONSÁVEL PARA TAL?.”</t>
   </si>
   <si>
     <t>16610</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16610/requerimento_049-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16610/requerimento_049-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) COMO ESTÃO AS TRATATIVAS COM O DONO DO TERRENO DO BAIRRO SÃO LUIZ PARA QUE SEJA FEITO A COMPRA DO MESMO PARA CONSTRUÇÃO DO COMPLEXO DE LAZER?”</t>
   </si>
   <si>
     <t>16615</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16615/requerimento._050-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16615/requerimento._050-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) SOBRE A PISCINA DO CCI, ESTAR COM O FUNCIONAMENTO PARALISADO DESDE O FINAL DO ANO DE 2023, EXISTE UMA PROGRAMAÇÃO PARA A RETOMADA DO FUNCIONAMENTO? SE SIM, PARA QUANDO? SE NÃO, QUAL O MOTIVO? 2) TENDO EM VISTA QUE OS IDOSOS FAZEM USO DA PISCINA PARA FINS TERAPÊUTICOS E ESTÃO HÁ MUITO TEMPO SEM PODER UTILIZAR DESSE BENEFÍCIO, NO MÍNIMO DESDE NOVEMBRO DE 2023, EXISTE UM OUTRO LOCAL PARA QUE ESSES ATENDIMENTOS ACONTEÇAM? QUAL CLÍNICA ESTÁ CREDENCIADA PARA ATENDER A DEMANDA? 3) QUAL EMPRESA É RESPONSÁVEL PELA MANUTENÇÃO DA REFERIDA PISCINA? 4) O PROBLEMA DA PARALIZAÇÃO SE DÁ POR PROBLEMAS NA ESTRUTURA DA PISCINA, TUBULAÇÃO OU ABASTECIMENTO DA ÁGUA? ESPECIFIQUE QUAL É O PROBLEMA E O QUE PODE SER FEITO PARA SOLUCIONAR? 5) QUAL O PRAZO FINAL PARA O FUNCIONAMENTO ESTAR LIBERADO PARA QUE OS IDOSOS POSSAM VOLTAR COM A PRÁTICA DA HIDROGINÁSTICA?."</t>
   </si>
   <si>
     <t>16661</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16661/req_051-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16661/req_051-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL, QUE NOS TERMOS REGIMENTAIS, SEJA ENCAMINHADO VOTOS DE CONGRATULAÇÃO A BANDA PRINCÍPIO, PELOS SERVIÇOS PRESTADOS À COMUNIDADE, EM ESPECIAL, REALIZANDO INÚMEROS SHOWS PROPORCIONADOS NO MUNICÍPIO, ESTADO E NO EXTERIOR."</t>
   </si>
   <si>
     <t>16666</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16666/requerimento_052-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16666/requerimento_052-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) COM RELAÇÃO A CONSTRUÇÃO DA NOVA RODOVIÁRIA, HÁ UM PRAZO PARA QUE SEJA INAUGURADA? QUAL DATA? 2) QUAL O MOTIVO DA DEMORA NA CONCLUSÃO DA OBRA? 3) QUAL EMPRESA FOI A GANHADORA DA LICITAÇÃO E QUAL VALOR TOTAL DA OBRA? 4) QUANTO JÁ FOI PAGO? 5) POR QUE ESSA OBRA SE ENCONTRA PARALISADA? 6) POR QUE FOI NECESSÁRIO FAZER UMA NOVA RODOVIÁRIA, VISTO QUE JÁ EXISTE UMA NA ÁREA CENTRAL QUE ATENDE A CIDADE TODA? 7) QUAL PRAZO ATÉ A RETOMADA DAS OBRAS PARA O TÉRMINO E ENTREGA PARA A COMUNIDADE?”.</t>
   </si>
   <si>
     <t>16667</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16667/requerimento_053-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16667/requerimento_053-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES A INSALUBRIDADE NAS UBS’S: 1) OS FUNCIONÁRIOS QUE TRABALHAM EM UBS’S, ESTÃO RECEBENDO ADICIONAL DE INSALUBRIDADE? 2) SE NÃO, POR QUAL MOTIVO? 3) SE SIM, QUAL O PERCENTUAL QUE ESTÁ SENDO PAGO? 4) EM QUAL INTENSIDADE DE EXPOSIÇÃO ESTÃO CLASSIFICADOS ESTES FUNCIONÁRIOS? 5) EM QUAL GRAU DE INSALUBRIDADE ESTÃO CLASSIFICADOS OS FUNCIONÁRIOS DE UBS’S?”.</t>
   </si>
   <si>
     <t>16710</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16710/requerimento_054-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16710/requerimento_054-2024.pdf</t>
   </si>
   <si>
     <t>“CONSIDERANDO A INDICAÇÃO Nº 428/2022 E Nº 123/2024 DO MEU GABINETE, A QUAL SOLICITAMOS A CONSTRUÇÃO DE UMA TRAVESSIA ELEVADA NA RUA PAPA JOÃO XXIII, EM FRENTE AO CMEI MAMÃE MARTA MARGARIDA, NO BAIRRO CEM CASAS, E, TENDO EM VISTA QUE A COMUTRAN EMITIU O OFÍCIO Nº 002/2022 NO QUAL INFORMA QUE O REFERIDO PEDIDO FORA APROVADO, REQUER DO SENHOR PREFEITO MUNICIPAL AS SEGUINTES INFORMAÇÕES: 1) HÁ UM PRAZO PARA REALIZAÇÃO DESSE PROJETO? SE SIM, INFORME; SE NÃO, FAVOR JUSTIFICAR; 2) EXISTE UM ESCOPO PARA EXECUÇÃO DO SERVIÇO? 3) SE SIM, FAVOR ENVIAR UMA CÓPIA DO PROJETO; 4) CONSIDERANDO SER UMA CONSTRUÇÃO ENVOLVENDO MOBILIDADE PÚBLICA, JÁ FOI LICITADO OU EMPENHADO O SERVIÇO? 5) SE SIM, FAVOR ENVIAR CÓPIA DO EMPENHO; 6) SE NÃO, JUSTIFIQUE.”</t>
   </si>
   <si>
     <t>16731</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16731/req._055-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16731/req._055-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL DE TELÊMACO BORBA QUE, DEPOIS DE OUVIDO O PLENÁRIO, FAÇA O ENVIO DE VOTOS DE LOUVOR E CONGRATULAÇÕES AO GRUPO DE ORAÇÃO “LEÃO DE JUDÁ” PELOS 25 ANOS DE EXISTÊNCIA E SERVIÇOS À NOSSA COMUNIDADE."</t>
   </si>
   <si>
     <t>16732</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16732/req._056-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16732/req._056-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTE AOS CMEI’S: 1) QUANTOS CMEI’S EXISTEM NO MUNICÍPIO DE TELÊMACO BORBA HOJE? 2) QUANTOS FUNCIONÁRIOS EXISTEM NESTES CMEI’S? 3) QUANTAS CRIANÇAS EXISTEM NOS CMEI’S? 4) EXISTEM CRIANÇAS NA FILA DE ESPERA? 5) QUAL O LIMITE DE IDADE PARA QUE ESTAS CRIANÇAS SEJAM ACEITAS NOS CMEI’S? 6) QUAIS OS BAIRROS QUE AINDA NÃO POSSUEM CMEI’S? 7) EXISTE CMEI’S EM CONSTRUÇÃO? 8) QUANTOS EM ANDAMENTO?."</t>
   </si>
   <si>
     <t>16737</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16737/req._057-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16737/req._057-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES REFERENTES AS UBS’S: 1) QUANTAS UBS’S EXISTEM NO MUNICÍPIO DE TELÊMACO BORBA HOJE? 2) QUAIS OS BAIRROS QUE AINDA NÃO POSSUEM? 3) QUANTAS ESTÃO EM ANDAMENTO? 4) QUANTOS FUNCIONÁRIOS EXISTEM NESTAS UBS’S? 5) QUANTAS PESSOAS FORAM ATENDIDAS NESTE ANO?."</t>
   </si>
   <si>
     <t>16741</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16741/req._058-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16741/req._058-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AS ESCOLAS MUNICIPAIS, ESTADUAIS E CÍVICO MILITAR: 1) QUANTAS ESCOLAS MUNICIPAIS, ESTADUAIS E CÍVICO MILITAR EXISTEM NO MUNICÍPIO DE TELÊMACO BORBA HOJE? 2)	QUANTOS ALUNOS ESTÃO MATRICULADOS NESTAS ESCOLAS? 3) QUANTAS ESCOLAS EM TEMPO INTEGRAL? 4) QUANTAS EM MEIO PERÍODO? 5) EXISTE ALGUMA ESCOLA EM CONSTRUÇÃO?."</t>
   </si>
   <si>
     <t>16790</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16790/requerimento_059.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16790/requerimento_059.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES REFERENTES AO ESTAR: 1) EXISTE ALGUM TEMPO DE TOLERÂNCIA PARA OS PROPRIETÁRIOS ESTACIONAREM SEUS VEÍCULOS? 2) QUAL É ESSE TEMPO? 3) QUANTOS PONTOS DE VENDA DE CRÉDITOS EXISTEM HOJE NO MUNICÍPIO? 4) POR QUE AS PESSOAS QUE COMPRAM CRÉDITOS POR APLICATIVOS NÃO TÊM TEMPO DE TOLERÂNCIA? 5) POR QUE ESTA DIFERENÇA DE CRITÉRIOS? 6) EXISTE ALGUMA MANEIRA DE MELHORAR ESTE SERVIÇO?."</t>
   </si>
   <si>
     <t>16808</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16808/requ.060-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16808/requ.060-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER AO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL DE VEREADORES DE TELÊMACO BORBA, EXMO SR. VEREADOR HAMILTON APARECIDO MACHADO, QUE DEPOIS DE OUVIDO O PLENÁRIO, FAÇA O ENVIO DE VOTOS DE CONGRATULAÇÕES À EQUIPÉ DO 26º BATALHÃO DE POLÍCIA MILITAR EM NOME DO SOLDADO MATHEUS TOLEDO PEREIRA DELLA PASQUA E  SOLDADO ESTELA CHIMALESKI PEREIRA DENCK, PELA EXEPLAR ATUAÇÃO DURANTE A OPERAÇAO FORÇA TOTAL, OCORRIDA EM TELÊMACO BORBA. EM UMA AÇÃO MARCADA PELA CELERIDADE E HUMANIDADE, OS POLICIAIS, AO SEREM ABORDADOS POR UMA CIDADÃ EM VISÍVEL ESTADO DE AFLIÇÃO, DEMOSTRARAM PRONTIDÃO E SENSIBILIDADE AO SOCORREREM SEU ANIMAL DE ESTIMAÇÃO, QUE HAVIA SIDO GRAVEMENTE FERIDO POR OUTRO CÃO. A CONDUÇÃO DO CACHORRO ATÉ UMA CLÍNICA VETERINÁRIA PARA ATENDIMENTO EMERGENCIAL EVIDENCIA O COMPROMISSO DO 26º BATALHÃO NÃO APENAS COM A SEGURANÇA, MAS TAMBÉM COM O BEM-ESTAR INTEGRAL DA COMUNIDADE. ESTE GESTO TRANSCENDE A ROTINA POLICIAL, DESTACANDO A DEDICAÇÃO E O CUIDADOS COM QUE ESSA CORPORAÇÃO CUMPRE SUAS RESPONSABILIDADES. PARABENIZAMOS O 26º BATALHÃO POR ESTA NOTÁVEL AÇÃO E REITERAMOS NOSSO RECONHECIMENTO À SUA CONSTANTE BUSCA PELA EXCELÊNCIA NO CUMPRIMENTO DE SUAS FUNÇÕES. QUE ESTE EXEMPLO SIRVA DE INSPIRAÇÃO PARA TODOS OS QUE ZELAM PELA SEGURANÇA E BEM ESTAR DA NOSSA COMUNIDADE. ”</t>
   </si>
   <si>
     <t>16815</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16815/requ._061-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16815/requ._061-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE O GINÁSIO MINI CENTRO: 1) COMO ESTÁ O FUNCIONAMENTO E UTILIZAÇÃO DO GINÁSIO DO MINI CENTRO? 2) SEGUNDO RELATOS DE PAIS DE ALUNOS DA GINÁSTICA QUE ESTÃO SEM AULA HÁ 01 MÊS, PROCEDE? 3) HOUVE A SUSPENSÃO DAS AULAS DE GINÁSTICA? SE SIM, DESDE QUANDO HOUVE ESTA INTERRUPÇÃO? 4) HAVENDO A INTERRUPÇÃO DEVIDO OBRAS NO LOCAL, QUAL FOI A ALTERNATIVA QUE O MUNICÍPIO ADOTOU PARA NÃO OCORRER A SUSPENÇÃO DAS AULAS? 5) DE FORMA GERAL COMO ESTÁ O ATUAL FUNCIONAMENTO DAS AULAS DE GINÁSTICA NO MUNICÍPIO?.”</t>
   </si>
   <si>
     <t>16816</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16816/requ._062-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16816/requ._062-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE A PRAÇA HORÁCIO KLABIN: 1) SOLICITO O ENVIO DE TODA A DOCUMENTAÇÃO REFERENTE AO PROCESSO LICITATÓRIO, BEM COMO TODAS CÓPIAS DOS CONTRATOS REALIZADOS PARA REVITALIZAÇÃO DA PRAÇA? 2) QUAL É A EMPRESA RESPONSÁVEL PELA INSTALAÇÃO DOS EQUIPAMENTOS DAS FONTES MUSICAIS? QUAL O CUSTO? ENCAMINHAR A DOCUMENTAÇÃO QUE COMPROVE A CERTIFICAÇÃO DESTA EMPRESA PARA REALIZAÇÃO DESTE SERVIÇO.”</t>
   </si>
   <si>
     <t>16823</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16823/requerimento_063-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16823/requerimento_063-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) O PROGRAMA DE DOAÇÃO DE ÓCULOS ESTÁ FUNCIONANDO NO MUNICÍPIO? 2) EXISTE UM CADASTRO PARA FILA DE ESPERA SOBRE A DOAÇÃO DE ÓCULOS PELO MUNICÍPIO? 3) EXISTE UMA RELAÇÃO DE PESSOAS NA FILA DE ESPERA PARA RECEBIMENTO DE ÓCULOS DEPOIS DAS CONSULTAS COM OFTALMOLOGISTA?  4) QUANTAS PESSOAS ESPERAM POR ESSE BENEFÍCIO? 5) EXISTE UM PRAZO PARA DOAÇÃO DE ÓCULOS? ESTÁ SENDO CUMPRIDO? SE SIM, MANDAR RELATÓRIO, SE NÃO, JUSTIFIQUE; 6) ENTRE OS PACIENTES QUE ESPERAM, ESTÃO CRIANÇAS? EXISTE UMA PRIORIDADE PARA ESSE ATENDIMENTO? SE SIM, QUAL O PRAZO DE ESPERA?  SE NÃO, TEM COMO FACILITAR PARA QUE POSSAM TER MAIS APROVEITAMENTO DENTRO DA SALA DE AULA?”.</t>
   </si>
   <si>
     <t>16826</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16826/requerimento_064-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16826/requerimento_064-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: NO DIA 18/01/2024 FOI PROTOCOLADA UMA INDICAÇÃO PEDINDO A LIMPEZA E COLOCAÇÃO DA TAMPA DE BUEIRO NA RUA NAPOLI, EM FRENTE AO Nº 168, NO BAIRRO JARDIM ITÁLIA; 1) EXISTE UMA PROGRAMAÇÃO PARA QUE ESTE SERVIÇO SEJA REALIZADO? SE SIM, QUANDO? SE NÃO, ESPECIFIQUE; 2) ESTANDO A TAMPA ABERTA, TEM O PERIGO DE ALGUÉM CAIR OU OUTRO INCÔMODO POR PARTE DOS QUE PASSAM POR ESTE LOCAL, COMO FUNCIONA ESTE SERVIÇO DE VERIFICAÇÃO DAS INDICAÇÕES? SENDO FEITO O PEDIDO DESDE O COMEÇO DO ANO E CHEGAMOS EM SETEMBRO, É NORMAL ESSA DEMORA? POR QUAL MOTIVO ESSE SERVIÇO ESTÁ ABANDONADO OU NÃO FUNCIONANDO?.”</t>
   </si>
   <si>
     <t>16835</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16835/requerimento_65-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16835/requerimento_65-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE A RUA MAX STAUDACHER, NO BAIRRO BELA VISTA: 1) EXISTE UMA PROGRAMAÇÃO PARA O RECAPEAMENTO EM TODA A EXTENSÃO DESSA VIA? SE SIM, PARA QUANDO, SE NÃO, ESPECIFIQUE; 2) TENDO EM VISTA QUE ESSA RUA ESTÁ HÁ TEMPOS SEM RECEBER NENHUM BENEFÍCIO PARA SUA MELHORIA, EXISTE UM MOTIVO? PEDIDO JÁ REALIZADO ATRAVÉS DA INDICAÇÃO Nº 164 DE MARÇO DE 2024.”</t>
   </si>
   <si>
     <t>16867</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16867/req._066-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16867/req._066-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES”: SOBRE A INSTALAÇÃO DE UM MONUMENTO CRISTÃO PODENDO SER  REPRESENTADO POR UMA BÍBLIA, VERSÍCULO BÍBLICO, CRUZEIRO, ESTÁTUA DE CRISTO...NA ENTRADA DA CIDADE 1.SEGUNDO O CENSO DO IBGE DE 2010, MAIS DE 90% DA POPULAÇÃO TELEMACOBORBENSE É CRISTÃ DE VÁRIAS DENOMINAÇÕES, EXISTE A POSSIBILIDADE DA INSTALAÇÃO DE UM MONUMENTO QUE REPRESENTE ESSA PARTE SIGNIFICATIVA DA POPULAÇÃO? SE SIM, HÁ UMA PROGRAMAÇÃO?, SE NÃO ESPECIFIQUE. 2.COMO ACONTECE EM  OUTROS MUNICÍPIOS VIZINHOS DE TEREM OU NA ENTRADA DA CIDADE OU EM UM LUGAR DE DESTAQUE DE UM MONUMENTO QUE LEMBRE A FÉ CRISTÃ, TORNANDO ATÉ PONTO TURÍSTICO, O PORQUE NÃO PODEMOS TER EM NOSSA CIDADE? 3.HÁ NA ENTRADA DE NOSSA CIDADE UM SÍMBOLO DA MAÇONARIA, INSTALADO HÁ ALGUNS ANOS, ESTE MOTIVO NÃO ABRE PRECEDENTES PARA TAMBÉM TER ESSE SÍMBOLO CRISTÃO, SENDO QUE TODOS TEMOS OS MESMOS DIREITOS? 4. CONSTANDO QUE A NOSSA CIDADE É UMA CIDADE MUITO ATUANTE E SEUS TEMPLOS E IGREJAS TEM DESTAQUE REGIONAL PELO NÚMERO DE MEMBROS, PODERIA SER LUGAR DE ENCONTRO, CAMINHADAS DA FÉ, E OUTRAS ATIVIDADES QUE REÚNA O POVO CRISTÃO NUMA SÓ ATIVIDADE DE ORAÇÃO, NÃO TORNARIA ATRATIVO ESSA INSTALAÇÃO? 5. SENDO JÁ FEITO INDICAÇÕES POR OUTROS VEREADORES E NUNCA TEREM SIDO ATENDIDOS, EXISTE UMA EXPLICAÇÃO PARA ISSO? POR FAVOR DETALHE O MOTIVO.</t>
   </si>
   <si>
     <t>16873</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16873/req._067-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16873/req._067-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES”: Sobre a Emenda Parlamentar do Deputado Federal Aliel Machado no valor aproximadamente de R$ 1.500.000,00 através do PAC, para a Construção do Posto de Saúde da Vila São Francisco.1. Confirma-se a referida emenda vinda do gabinete do Deputado para o município de Telêmaco Borba, visto que o referido Deputado esteve na festa de aniversário da cidade no ano de 2022 anunciando a entrega e o destino? Se sim, na qual data chegou a notificação? Especifique. 2. Não tendo sido construído o Posto de Saúde no bairro São Francisco, existe um projeto para que o mesmo seja realizado? Se sim, para quando, se não justifique.3. Sendo essa Emenda destinada à construção do Posto e não ter sido ainda realizado, existe a possibilidade de a verba ter sido readequada para outro uso? Se sim, para onde, especifique em detalhes.4. Sabendo que já existe o lote destinado a essa construção ao lado da Igreja Matriz do Bairro São Francisco, poderá ainda neste mandato que se comece a construção, se sim, quando? Se não, qual o motivo da demora? 5. Uma vez tendo a possibilidade de estar em fase de projeto essa construção, qual o motivo da demora? 6. Tendo informações de que uma vez destinado à construção do Posto ela não pode ser utilizada em outro destino, onde está essa verba?</t>
   </si>
   <si>
     <t>16939</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16939/req_068-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16939/req_068-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) COMO ESTÁ ANDAMENTO DAS OBRAS DE PAVIMENTAÇÃO DO BAIRRO CASA BELLA? 2) OCORREU A INTERRUPÇÃO DAS OBRAS? SE SIM, POR QUAL MOTIVO E QUANDO DEVERÁ SER RETOMADA? 3) DENTRO DO CRONOGRAMA DE EXECUÇÃO DA OBRA, EM QUE QUANTIDADE OU PORCENTAGEM DA OBRA JÁ FOI CONCLUÍDA? 4) QUAL VALOR TOTAL CONTRATADO E QUANTO JÁ FOI PAGO ATÉ O MOMENTO PELA EXECUÇÃO DESTA OBRA? 5) DO INÍCIO DA ORDEM DE SERVIÇO PARA REALIZAÇÃO DESTA OBRA HOUVE OU HÁ NECESSIDADE DE READEQUAÇÃO DO PROJETO? SE SIM, QUAIS AS MUDANÇAS E IMPACTO NO CONTRATO? 6) QUAL O TEMPO TOTAL PARA EXECUÇÃO DESTE CONTRATO? QUANTO JÁ FOI PERCORRIDO? QUAL EXPECTATIVA PARA O TÉRMINO TOTAL DA OBRA?.”</t>
   </si>
   <si>
     <t>16940</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16940/req_069-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16940/req_069-24.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE A INDICAÇÃO DO DEPUTADO ESTADUAL ANIBELLI NETO JUNTO AO GOVERNO DO ESTADO PARA AQUISIÇÃO DE UM MICRO-ÔNIBUS NO VALOR R$ 450.000,00, PROTOCOLO 21.958.723-9, RECURSO HABILITADO PELA RESOLUÇÃO N° 516/2024 DE 02/05/2024: 1) COMO ESTÁ O ANDAMENTO PARA REALIZAÇÃO DE PROCEDIMENTOS E AQUISIÇÃO DESTE VEÍCULO? 2) EM QUAL DATA O RECURSO FOI DISPONIBILIZADO AO MUNICÍPIO? 3) O MUNICÍPIO DEU O DEVIDO ANDAMENTO PARA AQUISIÇÃO? SE NÃO POR QUAL MOTIVO? JUSTIFIQUE. 4) QUAL A PREVISÃO PARA ADQUIRIR ESTE IMPORTANTE VEÍCULO, E QUAIS MEDIDAS FORAM E ESTÃO SENDO ADOTADAS PARA QUE NÃO OCORRA A PERCA DESTE RECURSO?.”</t>
   </si>
   <si>
     <t>16958</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16958/req._070-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16958/req._070-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE O CENTRO DE GINÁSTICA: 1) OS RESPONSÁVEIS TÊM RELATADO QUE NÃO PODEM MAIS FICAR DENTRO DO GINÁSIO ESPERANDO A ATIVIDADE ACABAR, O PORQUÊ DESTA DECISÃO? 2) QUAL O INCÔMODO ISSO CAUSARIA PARA O SUCESSO DA ATIVIDADE? 3) SE ELES NÃO TÊM ACESSO AS ARQUIBANCADAS DO GINÁSIO, TERIA CONDIÇÃO DE REALOCAR PARA UM ESPAÇO APROPRIADO? 4) FOI CEDIDO O VESTIÁRIO COMO SALA DE ESPERA, ONDE ESTE NÃO TEM VENTILAÇÃO E HÁ QUEIXA DE CHEIRO FORTE DE ESGOTO, VISTO QUE O LOCAL ERA UM BANHEIRO; EXISTE A POSSIBILIDADE DE CONSTRUÇÃO DE UM ESPAÇO ADEQUADO? SE SIM, QUANDO? SE NÃO, ESPECIFIQUE; 5) ENQUANTO NÃO HÁ UM LOCAL PRÓPRIO PARA ACOMODAR OS PAIS EM DIA DE SOL FORTE OU CHUVA, O POR QUÊ NÃO PERMITIR QUE ELES SE ACOMODEM NAS ARQUIBANCADAS DO GINÁSIO?.”</t>
   </si>
   <si>
     <t>16959</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16959/req_071-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16959/req_071-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUAIS SÃO OS CONTRATOS DA EMPRESA O.S. SOUZA &amp; SOUZA LTDA? 2) QUAIS OS LOCAIS QUE ESTÃO SENDO REALIZADOS OS SERVIÇOS? 3) ESTES SERVIÇOS SÃO FEITOS POR METROS OU MENSAL? 4) SE É MENSAL, QUANTAS VEZES POR MÊS É REALIZADO ESTE SERVIÇO? 5) COMO É FEITO O DESCARTE DOS GALHOS DE ÁRVORES? 6) EXISTE ALGUM PICADOR PARA ESTE TRABALHO? 7) ESTE PICADOR É DA PRÓPRIA EMPRESA? 8) ESTÁ SENDO FEITO UMA FISCALIZAÇÃO E MONITORAMENTO DA EMPRESA CONTRATADA, NOS LUGARES ONDE ESTÃO SENDO REALIZADOS SERVIÇOS? 9) QUEM SÃO OS RESPONSÁVEIS POR ESTA FISCALIZAÇÃO? 10) ENVIAR DOCUMENTOS E PLANILHAS DOS ÚLTIMOS 5 (CINCO) MESES, LOCAIS E VALORES.”</t>
   </si>
   <si>
     <t>16960</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16960/req._072-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16960/req._072-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUAL EMPRESA ESTÁ REALIZANDO A OBRA NA ANTIGA ASSOCIAÇÃO BANESTADO? 2) QUAL O CRONOGRAMA DE EXECUÇÃO DA OBRA, INCLUINDO DATAS DE INÍCIO E PREVISÃO DE TÉRMINO? 3) EXISTE UMA CONTRAPARTIDA DO CONTRATANTE PARA A EMPRESA CONTRATADA? (EX: FUNCIONÁRIOS); 4) QUAL O VALOR DA OBRA ATUALIZADO? 5) ENVIAR DOCUMENTOS DOS SERVIÇOS CONTRATADOS.”</t>
   </si>
   <si>
     <t>17000</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17000/requerimento_073-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17000/requerimento_073-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO MUNICIPAL QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES:”1.	Informações acerca do destino e aplicação dos recursos provenientes de Emenda Impositiva nº 029/23,no valor de R$ 155.730,77, destinados  ao Esporte, em especial para o Campo do CAIC. 2.	Solicito esclarecimentos sobre o destino exato dos valores provenientes da referida Emenda Impositiva.  3.	Caso o recurso tenha sido, remanejado, solicito justificativa oficial e detalhada sobre o motivo do remanejamento, bem como informações sobre o novo destino. Enviar cópias de documentos que comprovem o planejamento, execução, e prestação de contas referente à aplicação desses recursos."</t>
   </si>
   <si>
     <t>17001</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17001/requerimento_074-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17001/requerimento_074-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO  QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: ”Solicitação de esclarecimentos sobre o corte da insalubridade dos motoristas da UPA, Saúde e GCM (Guarda Civil Municipal). 1.	Quais s critérios utilizados para a retirada do adicional de insalubridade? 2.	Existe estudos ou laudos técnicos que embasem a decisão de corte? 3.	Existe um cronograma ou previsão para reavaliação das condições de trabalho e possível restabelecimento do adicional? Favor enviar cópias de eventuais laudos ou documentos que fundamentaram a decisão, para análise e acompanhamento."</t>
   </si>
   <si>
     <t>17015</t>
   </si>
   <si>
     <t>Miltinho, Felipe Pedroso</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17015/requerimento_075-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17015/requerimento_075-2024.pdf</t>
   </si>
   <si>
     <t>"REQUER DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE O PROGRAMA MELHOR AMIGO, REFERENTE AOS ANOS DE 2021/2022/2023 e 2024: 1) Quais empresas foram credenciadas e prestaram serviço durante este período?  Encaminhar o período de vigência do contrato de credenciamento, serviços prestados e valor pago (classificar os serviços prestados); 2) qual valor gasto durante este período? Encaminhar a relação ano a ano, discriminando o valor por prestador, serviço prestado e classificar mês a mês de cada ano; 3) Quantos animais foram atendidos pelo programa durante este período? Encaminhar a relação ano a ano, discriminando o animal e seu dono (solicitante), serviço prestado e classificar mês a mês de cada ano. 4) Quais são ou foram os servidores responsável pela execução do programa durante este período? São Efetivos ou Comissionados? Quais cargos eles ocupam e estão lotados no Executivo Municipal? Quais as funções e atribuições de cada servidor?"</t>
   </si>
   <si>
     <t>17016</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17016/requerimento_076-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17016/requerimento_076-2024.pdf</t>
   </si>
   <si>
     <t>"REQUEREM DO SENHOR PREFEITO QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES REFERENTE AO ATENDIMENTO DOS CIRURGIÕES DENTISTAS E AUXILIARES NAS UBS NO MUNICÍPIO: 1) Tem atendimento em todas UBS no município? Caso negativo justifique e informe, quais têm e qual não tem; 2) Nome dos Cirurgiões Dentistas e qual UBS está atendendo, o horário de atendimento e quantidade de atendimento diário? 3) Todas as UBS tem servidor auxiliar bucal? Nome dos auxiliares, horário de trabalho e qual UBS presta serviço? 4)Tem horário de trabalho diferenciado para algum auxiliar bocal? Caso positivo justifique e informe nome e local de trabalho do servidor. 5) Na ausência durante o expediente de um auxiliar, há substituição? Falta de atendimento? Cancelamento? Ou quais medidas são adotadas? 6) Caso não tenha diferenciamento de horário nos atendidos pelos auxiliares, Como é realizado o controle pela chefia do setor em caso de ausência ou saída antecipada durante o expediente? É descontado em folha de pagamento?"</t>
   </si>
   <si>
     <t>17022</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17022/requerimento_077-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17022/requerimento_077-2024.pdf</t>
   </si>
   <si>
     <t>“REQUER DO SENHOR PREFEITO QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES:” Informações  detalhadas sobre o funcionamento do Centro Odontológico. 1.	Quais são os serviços odontológicos atualmente oferecidos pelo Centro Odontológico? 2. Quais são os profissionais (médicos dentistas) que estão atuando  no momento, incluindo suas especialidades? 3.	Quais são os horários de atendimento? 4.	Qual a quantidade de atendimentos realizados mensalmente pelo Centro Odontológico? 5.	Existe algum critério de priorização ou triagem para os atendimentos? 6.	Quais os procedimentos que exigem agendamento prévio e como realizá-lo? 7.	O Centro atende pacientes de urgência/emergência ou apenas consultas agendadas? 8.	Há previsão de ampliação dos serviços ou contratação de novos profissionais? 9.Qual é a estrutura física e os equipamentos disponíveis no Centro Odontológico?"</t>
   </si>
   <si>
     <t>17100</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17100/requerimento_078-2024.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17100/requerimento_078-2024.pdf</t>
   </si>
   <si>
     <t>"Requer do Senhor Prefeito as seguintes informações: Qual a porcentagem está no andamento da pista de arrancadão: Para quando está previsto o término da pista de arrancadão? Mandar projeto da pista de arrancadão."</t>
   </si>
   <si>
     <t>17002</t>
   </si>
   <si>
     <t>V</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17002/oficio_no_071-2002_gp-pgm_veto_plo_037-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17002/oficio_no_071-2002_gp-pgm_veto_plo_037-24.pdf</t>
   </si>
   <si>
     <t>VETO nº 001/24 de iniciativa do Poder Executivo (Ofício nº 071/2024 - GP/PGM) VETO INTEGRAL ao Projeto de Lei Ordinária nº 037/24 de iniciativa do vereador Klecius dos Santos Silva que: “INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE TELÊMACO BORBA O EVENTO SEMANA DAS ARTES MARCIAIS.”</t>
   </si>
   <si>
     <t>17003</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17003/oficio_no_072-2002_gp-pgm_veto_plo_038-24.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17003/oficio_no_072-2002_gp-pgm_veto_plo_038-24.pdf</t>
   </si>
   <si>
     <t>VETO nº 002/24 de iniciativa do Poder Executivo (Ofício nº 072/2024 - GP/PGM) VETO INTEGRAL ao Projeto de Lei Ordinária nº 038/24 de iniciativa do vereador Klecius dos Santos Silva que: “INCLUI NO CALENDÁRIO DE EVENTOS DO MUNICÍPIO DE TELÊMACO BORBA O EVENTO SEMANA DOS ESPORTES ALTERNATIVOS, PRÁTICAS DE AVENTURA E ARTE DE RUA.”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -12153,68 +12153,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16395/emenda_no_001-24_plc_no_006-24.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17023/emenda_no_02-24.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17024/emenda_no_03-24.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17025/emenda_no_04-24.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17026/emenda_no_05-24.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17027/emenda_no_06-24.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17069/emenda_no_07-24.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17028/emenda_no_08-24.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17029/emenda_no_09-24.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17030/emenda_no_10-24.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17031/emenda_no_11-24.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17032/emenda_no_12-24.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17033/emenda_no_13-24.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17034/emenda_no_14-24.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17035/emenda_no_15-24.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17036/emenda_no_16-24.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17037/emenda_no_17-24.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17038/emenda_no_18-24.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17039/emenda_no_19-24.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17040/emenda_no_020-24_-_plo_no_042-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17041/emenda_no_21-24_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17042/emenda_no_22-24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17043/emenda_no_23-24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17044/emenda_no_24-24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17045/emenda_no_25-24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17046/emenda_no_26-24.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17047/emenda_no_27-24.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17048/emenda_no_28-24.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17049/emenda_no_29-24.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17050/emenda_no_30-24.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17051/emenda_no_31-24.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17052/emenda_no_32-24.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17053/emenda_no_33-24.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17054/emenda_no_34-24.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17055/emenda_no_35-24.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17056/emenda_no_36-24.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17057/emenda_no_37-24.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17058/emenda_no_38-24.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17059/emenda_no_39-24.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17060/emenda_no_40-24.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17061/emenda_no_41-24.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17062/emenda_no_42-24.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17063/emenda_no_43-24.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17064/emenda_no_44-24.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17065/emenda_no_45-24.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17066/emenda_no_46-24.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17067/emenda_no_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17068/emenda_no_48-24.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17070/emenda_no_49-24.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17071/emenda_no_50-24.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17072/emenda_no_51-24.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17073/emenda_no_52-24.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17074/emenda_no_53-24.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17075/emenda_no_54-24.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17076/emenda_no_55-24.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17077/emenda_no_56-24.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17078/emenda_no_57-24.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17079/emenda_no_58-24.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17080/emenda_no_59-24.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17081/emenda_no_60-24.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17082/emenda_no_61-24.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17083/emenda_no_062-24.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17084/emenda_no_63-24.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17085/emenda_no_64-24.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17086/emenda_no_65-24.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15974/ind.001.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15975/ind.002.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15977/ind.003.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15978/ind.004.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15980/ind.005.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15981/ind.006.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15982/ind.007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15983/ind.008.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15985/ind.009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15986/ind.010.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15987/ind.011.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15990/ind.012.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15991/ind.013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15992/ind.014.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15993/ind.015.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15994/ind.016.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15995/ind.017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15996/ind.018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15997/ind.019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15998/ind.020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16000/ind.21.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16001/ind.22.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16002/ind.023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16003/ind.024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16005/ind.025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16015/ind.026.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16020/ind.028.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16010/ind.029.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16011/ind.030.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16013/ind.031.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16014/ind.032.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16016/ind.033.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16018/ind.034.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16019/ind.035.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16021/ind.036.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16022/ind.037.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16023/ind.038.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16025/ind.039.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16027/ind.040.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16031/ind.041.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16024/ind.042.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16026/ind.043.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16028/ind.044.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16029/ind.045.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16030/ind.046.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16032/ind.047.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16039/ind.048.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16041/ind.049.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16042/ind.050.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16043/ind.051.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16045/ind.052.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16048/ind.053.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16049/ind.054.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16050/ind.055.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16052/ind.056.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16054/ind.057.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16055/ind.058.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16057/ind.059.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16061/ind.60.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16063/ind.061.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16064/ind.062.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16065/ind.063.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16066/ind.064.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16068/ind.066.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16069/ind.067.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16070/ind.068.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16071/ind.069.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16072/ind.070.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16073/ind.071.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16074/ind.072.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16075/ind.073.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16076/ind.074.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16077/ind.075.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16078/ind.076.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16079/ind.077.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16080/ind.078.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16081/ind.079.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16082/ind.080.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16083/ind.081.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16084/ind.82.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16085/ind.83.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16086/ind.84.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16088/ind.85.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16089/ind.86.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16090/ind.87.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16093/ind.88.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16095/ind.89.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16102/ind.90.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16103/ind.91.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16106/ind.93.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16108/ind.94.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16111/ind.95.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16096/ind.96.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16097/ind.97.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16099/ind.98.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16101/ind.99.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16104/ind.100.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16105/ind.101.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16107/ind.102.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16109/ind.103.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16110/ind.104.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16112/ind.105.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16113/ind.106.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16114/ind.107.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16115/ind.108.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16118/ind.109.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16119/ind.110.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16117/ind.111.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16120/ind.112.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16121/ind.113.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16122/ind.114.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16123/ind.115.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16124/ind.116.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16125/ind.117.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16130/ind_118-24_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16132/ind_119-24.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16133/ind_120-24.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16135/ind_121-24.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16136/ind_122-24.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16137/ind_123-24.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16138/ind_124-24.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16139/ind_125-24.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16140/ind_126-24.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16141/ind_127-24.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16142/ind_128-24.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16143/ind_129-24.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16144/ind_130-24.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16145/ind_131-24.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16146/ind_132-24.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16148/ind_134-24.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16149/ind_135-24.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16150/ind_136-24.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16151/ind_137-24.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16152/ind_138-24.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16153/ind_139-24.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16154/ind_140-24.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16155/ind_141-24.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16156/ind_142-24.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16157/ind_143-24.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16159/ind_144-24.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16165/ind_145-24.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16162/ind_146-24.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16163/ind_147-24.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16164/ind_148-24.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16166/ind_149-24.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16168/ind_150-24.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16171/ind_151-24.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16173/ind_152-24.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16174/ind_153-24.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16175/ind_154-24.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16177/ind_155-24.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16178/ind_156-24.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16179/ind_157-24.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16180/ind_158-24.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16181/ind_159-24.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16182/ind_160-24.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16183/ind_161-24.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16184/ind_162-24.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16185/ind_163-24.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16186/ind_164-24.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16187/ind_165-24.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16188/ind_166-24.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16189/ind_167-24.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16190/ind_168-24.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16196/ind_169-24.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16197/ind_170-24.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16198/ind_171-24.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16199/ind_172-24.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16200/ind_173-24.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16201/ind_174-24.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16202/ind_175-24.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16203/ind_176-24.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16204/ind_177-24.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16205/ind_178-24.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16206/ind_179-24.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16207/ind_180-24.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16208/ind_181-24.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16209/ind_182-24.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16210/ind_183-24.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16211/ind_184-24.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16212/ind_185-24.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16213/ind_186-24.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16214/ind_187-24.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16215/ind_188-24.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16216/ind_189-24.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16217/ind_190-24.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16218/ind_191-24.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16219/ind_192-24.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16221/ind_193-24.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16222/ind_194-24.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16223/ind_195-24.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16224/ind_196-24.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16225/ind_197-24.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16226/ind_198-24.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16227/ind_199-24.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16228/ind_200-24.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16229/ind_201-24.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16230/ind_202-24.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16231/ind_203-24.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16232/ind_204-24.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16233/ind_205-24.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16234/ind_206-24.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16235/ind_207-24.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16236/ind_208-24.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16237/ind_209-24.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16238/ind_210-24.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16239/ind_211-24.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16243/untitled_20240409_145057.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16244/untitled_20240409_145101.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16245/untitled_20240409_145106.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16249/untitled_20240409_145110.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16250/untitled_20240409_145115.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16251/untitled_20240409_145119.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16255/untitled_20240409_145124.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16253/untitled_20240409_145128.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16254/untitled_20240409_145133.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16252/untitled_20240409_145137.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16256/untitled_20240409_145142.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16257/untitled_20240409_145146.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16258/untitled_20240409_145151.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16259/untitled_20240409_145155.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16260/untitled_20240409_145200.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16261/untitled_20240409_145204.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16262/untitled_20240409_145209.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16263/untitled_20240409_145213.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16264/untitled_20240409_145218.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16265/untitled_20240409_145222.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16266/untitled_20240409_145227.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16267/untitled_20240409_145231.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16268/untitled_20240409_145235.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16269/untitled_20240409_145240.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16270/untitled_20240409_145246.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16294/ind_237-24.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16295/ind_238-24.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16296/ind_239-24.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16297/ind_240-24.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16298/ind_241-24.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16299/ind_242-24.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16300/ind_243-24.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16303/ind_244-24.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16304/ind_245-24.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16306/ind_246-24.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16307/ind_247-24.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16310/ind_248-24.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16311/ind_249-24.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16312/ind_250-24.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16315/ind_251-24.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16316/ind_252-24.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16317/ind_253-24.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16320/ind_253-24.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16321/ind_255-24.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16322/ind_256-24.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16323/ind_257-24.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16324/ind_258-24.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16325/ind_259-24.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16326/ind_260-24.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16327/ind_261-24.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16328/ind_262-24.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16329/ind_263-24.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16330/ind_264-24.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16351/ind_265-24.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16352/ind_266-24.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16353/ind_267-24.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16354/ind_268-24.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16355/ind_269-24.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16356/ind_270-24.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16357/ind_271-24.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16358/ind_272-24.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16359/ind_273-24.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16360/ind_274-24.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16361/ind_275-24.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16362/ind_276-24.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16363/ind_277-24.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16364/ind_278-24.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16365/ind_279-24.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16366/ind_280-24.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16367/ind_281-24.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16368/ind_282-24.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16369/ind_283-24.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16370/ind_284-24.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16371/ind_285-24.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16372/ind_286-24.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16396/287.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16397/288.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16398/289.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16399/290.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16400/291.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16401/292.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16402/293.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16403/294.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16404/295.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16405/296.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16406/297.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16407/298.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16408/299.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16409/300.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16410/301.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16411/302.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16412/303.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16413/304.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16421/ind._305.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16422/ind._306.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16423/ind.307.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16424/ind._308.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16425/ind.309.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16426/ind.310.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16427/ind.311.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16428/ind.312.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16429/ind.313.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16430/ind.314.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16431/ind.315.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16432/ind.316.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16433/ind.317.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16434/ind.318.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16435/ind.319.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16445/ind.320.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16446/ind.321.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16447/ind.322.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16448/ind.323.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16449/ind.324.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16450/ind.325.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16451/ind.326.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16452/ind.327.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16453/ind.328.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16454/ind.329.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16455/ind.330.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16457/ind.331.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16458/ind.322.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16459/ind.333.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16460/ind.334.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16463/ind._335.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16464/ind._336.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16465/ind._337.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16466/ind._338.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16467/ind._339.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16469/ind._340.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16470/ind._341.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16471/ind._342.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16472/ind._343.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16473/ind._344.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16474/ind._345.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16475/ind._346.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16476/ind._347.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16477/ind._348.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16478/ind._349.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16479/ind._350.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16480/ind._351.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16481/ind._352.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16482/ind._353.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16488/354.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16489/355.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16491/356.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16492/357.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16493/358.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16494/359.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16496/360.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16497/361.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16498/362.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16499/363.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16500/364.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16501/365.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16502/366.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16503/367.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16504/368.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16505/369.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16506/370.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16507/371.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16508/372.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16509/ind._373.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16510/374.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16511/375.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16512/376.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16514/ind._377.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16515/ind._378.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16516/ind._379.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16517/ind._380.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16518/ind._381.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16519/ind._382.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16520/ind._383.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16521/ind._384.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16522/ind._385.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16523/ind._386.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16524/ind._387.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16526/ind._388.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16527/ind.389_.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16528/ind._390_.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16530/ind._391.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16531/ind._392.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16532/ind._393.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16533/ind._394.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16534/ind._395.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16535/ind._396.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16536/ind._397.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16537/ind._398.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16538/ind._399.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16539/ind._400.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16540/ind._401.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16544/ind._402.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16545/ind._403.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16546/ind._404.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16547/ind._405.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16548/ind._406.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16549/ind._407.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16550/ind._408.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16551/ind._409.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16552/ind._410.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16553/ind.411.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16554/ind.412.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16555/ind._413.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16556/ind._414.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16557/ind._415.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16558/ind._416.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16559/ind._417.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16560/ind._417.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16561/ind._419.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16562/ind._420.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16563/ind._421.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16564/ind._422.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16567/ind._423.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16568/ind._424.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16570/ind._425.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16572/ind._426.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16573/ind._427.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16574/ind._428.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16575/ind._429.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16576/ind._430.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16577/ind._431.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16578/ind._432.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16587/ind._435.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16588/ind._436.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16589/ind._437.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16590/ind_438.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16591/ind._439.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16592/ind_440.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16593/ind._441.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16594/ind._442.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16595/ind_443.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16596/ind._444.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16597/ind._445.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16598/ind._446.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16599/ind._447.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16600/ind._448.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16601/ind._449.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16604/ind._450.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16605/ind._451.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16612/ind._452.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16613/in._453.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16614/ind._454.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16616/ind._455.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16617/ind._456.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16618/ind._457.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16619/ind._458.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16620/ind._459.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16621/ind._460.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16623/ind._461.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16635/ind._462.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16636/ind._463.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16637/ind._464.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16638/ind._465.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16639/ind._466.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16640/ind._467.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16641/ind._468.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16644/ind._469.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16645/ind._470.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16646/ind._471.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16647/ind._472.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16648/ind._473.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16649/ind._474.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16650/ind._475.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16652/ind._476.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16660/ind._477.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16662/ind._478.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16663/ind._479.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16664/ind._480.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16668/ind._481.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16669/ind._482.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16670/ind._483.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16671/ind._484.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16672/ind._485.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16673/ind._486.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16674/ind._487.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16675/ind._488.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16676/ind._489.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16677/ind._490.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16678/ind.491.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16679/ind._492.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16680/ind._493.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16681/ind._494.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16682/ind._495.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16683/ind._496.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16684/ind._497.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16685/ind._498.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16689/ind._499.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16690/ind._500.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16691/ind.501.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16692/ind.502.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16694/ind._503.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16696/ind_504.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16698/ind_505.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16700/ind._506.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16703/ind._507.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16704/ind._508.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16705/ind._509.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16706/ind._510.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16707/ind._511.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16709/ind._512.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16711/ind._513.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16712/ind.514.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16713/ind._515.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16719/ind._516.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16718/ind._517.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16714/ind._518.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16715/ind._519.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16716/ind._520.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16717/ind._521.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16720/ind._522.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16721/ind._523.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16722/ind._524.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16723/ind._525.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16724/ind._526.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16725/ind._527.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16726/ind._528.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16733/ind._529.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16734/ind._530.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16735/ind._531.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16736/ind._532.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16738/ind._533.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16739/ind._534.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16740/ind._535.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16742/ind._536.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16743/ind._537.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16744/ind._538.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16746/ind._539.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16748/ind._540.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16749/ind._541.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16750/ind._542.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16751/ind._543.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16752/ind._544.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16759/ind._545.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16760/ind._546.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16761/ind._547.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16762/ind._548.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16763/ind._549.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16764/ind._550.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16765/ind._551.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16766/ind._552.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16767/ind._553.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16768/ind._554.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16769/ind._555.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16770/ind._556.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16771/ind._557.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16791/ind.558.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16792/ind.559.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16793/ind.560.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16795/ind.561.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16796/ind._562.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16798/ind._563.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16799/ind._564.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16800/ind._565.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16801/ind._566.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16805/ind._567.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16807/ind._568.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16809/ind._569.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16810/ind._570.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16811/ind._571.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16813/ind._572.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16814/ind._573.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16819/ind._574.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16821/ind._575.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16820/ind._576.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16829/ind._577.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16822/ind._578.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16824/ind._579.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16825/ind._580.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16827/ind._581.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16828/ind._582.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16832/ind._583.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16833/ind._584.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16834/ind._585.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16836/ind._586.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16837/ind._587.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16838/ind._588.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16839/ind._589.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16840/ind._590.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16841/ind._591.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16842/ind._592.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16843/ind._593.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16847/ind._594.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16848/ind_595.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16850/ind._596.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16853/ind._597.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16854/ind._598.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16855/ind._599.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16856/ind._600.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16857/ind._601.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16868/ind._602-2024.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16869/ind._603-2024.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16870/ind_604-2024.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16871/ind._605-2024.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16872/ind._606-2024.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16885/ind._607.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16886/ind._608.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16887/ind._609.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16888/ind._610.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16889/ind._611.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16890/ind._612.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16891/ind._613.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16892/ind._614.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16893/ind._615.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16899/ind_616-24.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16901/ind_617-24.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16902/ind_618-24.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16903/ind_619-24.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16904/ind_620-24.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16905/ind_621-24.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16913/ind._622.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16914/ind._623.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16915/ind._624.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16916/ind._625.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16917/ind._626.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16918/ind._627.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16919/ind._628_.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16920/ind._629.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16921/ind._630_.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16922/ind._631.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16923/ind._632.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16924/ind._633.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16926/ind._634.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16928/ind_635.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16929/ind_636.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16930/ind_637.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16931/ind_638.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16932/ind_639.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16933/ind_640.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16934/ind_641.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16935/ind_642.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16936/ind_643.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16941/ind._644.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16942/ind._645.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16943/ind._646_2.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16949/ind._647_2.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16950/ind._648.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16951/ind._649.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16952/ind._650.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16953/ind._651.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16954/ind._652.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16955/ind._653.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16956/ind._654.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16957/ind._655.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16965/ind._656.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16966/ind.657.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16967/ind._658.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16976/ind._659_2.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16969/ind._660.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16970/ind._661.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16971/ind._662.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16972/ind._663.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16973/ind._664.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16974/ind._665.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16975/ind._666.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16987/ind._667.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16988/ind._668.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16989/ind._669.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16990/ind._670.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16991/ind._671.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16992/ind._672.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16993/ind._673.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16994/ind._674.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16995/ind._675.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16996/ind._676.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17006/ind_677.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17007/ind._678.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17008/ind._679.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17009/ind._680.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17010/ind._681.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17011/ind_682.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17012/ind._683.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17013/ind._684.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17014/ind._685.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15963/parecer_legislacao_-_plc_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15964/parecer_economia_-_plc_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15965/parecer_legislacao_-_plc_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15966/parecer_legislacao_-_plc_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15967/parecer_legislacao_-_pre_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15968/parecer_plc_02_recomposicao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15969/parecer_plc_03_recomposicao_executivo.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15970/parecer_pre_01_resolucao_va.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16056/parecer_legislacao_-_plc_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16058/parecer_legislacao_-_plo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16059/parecer_economia_-_plo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16060/parecer_educacao_-_plc_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16062/parecer_urbanismo_-_plo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16098/parecer_legislacao_-_plo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16100/parecer_economia_-_plo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16158/parecer_legislacao_-_plc_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16160/parecer_educacao_-_plo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16191/parecer_legislacao_-_plo_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16192/parecer_legislacao_-_plo_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16193/parecer_economia_-_plo_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16194/parecer_economia_-_plo_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16240/parecer_legislacao_-_plc_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16241/parecer_economia_-_plc_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16242/parecer_economia_-_plc_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16246/parecer_educacao_-_plc_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16319/parecer_legislacao_-_plo_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16382/parecer_legislacao_-_plc_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16415/parecer_legislacao_-_plc_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16417/parecer_economia_-_plc_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16418/parecer_economia_-_plo_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16416/parecer_educacao_-_plc_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16436/parecer_legislacao_-_plo_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16437/parecer_economia_-_plo_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16438/parecer_educacao_-_plo_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16419/parecer_urbanismo_-_plo_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16440/parecer_legislacao_-_plo_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16442/parecer_legislacao_-_plc_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16444/parecer_educacao_-_plc_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16462/parecer_educacao_-_plc_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16483/parecer_legislacao_-_plo_no_044-2024.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16485/parecer_legislacao_-_plo_no_045-2024.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16486/parecer_economia_-_plc_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16495/parecer_legislacao_-_plo_no_047-2023.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16541/parecer_legislacao_-_plc_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16542/parecer_economia_-_plc_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16543/parecer_educacao_-_plc_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16569/parecer_economia_-_prestacao_de_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16571/parecer_economia_-_prestacao_de_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16602/parecer_legislacao_-_plo_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16603/parecer_legislacao_-_plo_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16606/parecer_legislacao_-_plo_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16607/parecer_economia_-_plo_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16608/parecer_economia_-_plo_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16611/parecer_economia_-_plo_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16622/parecer_legislacao_-_plo_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16624/parecer_legislacao_-_plo_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16625/parecer_economia_-_plo_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16626/parecer_economia_-_plo_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16627/parecer_educacao_-_plo_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16628/parecer_educacao_-_plo_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16629/parecer_educacao_-_plo_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16630/parecer_urbanismo_-_plo_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16642/parecer_legislacao_-_plo_no_015-2024.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16643/parecer_legislacao_-_plo_no_016-2024.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16651/parecer_legislacao_-_plo_no_017-2024.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16653/parecer_legislacao_-_plo_no_018-2024.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16654/parecer_economia_-_plo_no_015-2024.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16655/parecer_economia_-_plo_no_016-2024.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16656/parecer_economia_-_plo_no_015-2024_1.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16657/parecer_educacao_-_plo_no_016-2024.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16658/parecer_educacao_-_plo_no_017-2024.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16659/parecer_educacao_-_plo_no_018-2024.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16693/parecer_legislacao_-_plo_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16695/parecer_legislacao_-_plo_no_021-2024.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16697/parecer_economia_-_plo_no_017-2024.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16699/parecer_economia_-_plo_no_018-2024.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16701/parecer_economia_-_plo_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16702/parecer_legislacao_-_plo_no_021-2024.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16727/parecer_legislacao_-_plo_no_022-2024.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16728/parecer_legislacao_-_plo_no_023-2024.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16729/parecer_economia_-_plo_no_022-2024.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16730/parecer_economia_-_plo_no_023-2024.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16745/parecer_legislacao_-_plo_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16747/parecer_educacao_-_plo_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16776/parecer_legislacao_-_plo_no_024-2024.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16777/parecer_legislacao_-_plo_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16778/parecer_economia_-_plo_no_024-2024.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16779/parecer_economia_-_plo_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16780/parecer_legislacao_-_plo_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16781/parecer_legislacao_-_plo_no_029-2024.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16783/parecer_legislacao_-_plo_no_030-2024.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16784/parecer_legislacao_-_plo_no_031-2024.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16785/parecer_economia_-_plo_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16786/parecer_economia_-_plo_no_029-2024.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16788/parecer_economia_-_plo_no_030-2024.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16789/parecer_economia_-_plo_no_031-2024.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16797/parecer_economia_-_plo_no_014-2024_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16804/parecer_legislacao_-_plo_no_032-2024.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16806/parecer_legislacao_-_plo_no_033-2024.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16817/parecer_economia_-_plo_no_032-2024.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16818/parecer_economia_-_plo_no_033-2024.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16830/parecer_legislacao_-_plo_no_026-24.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16831/parecer_legislacao_-_plo_no_027-24.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16852/parecer_legislacao_-_plo_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16858/parecer_legislacao_-_plo_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16859/parecer_legislacao_-_plo_no_036-2024.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16861/parecer_economia_-_plo_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16862/parecer_economia_-_plo_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16860/parecer_economia_-_plo_no_036-2024.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16866/parecer_economia_-_plo_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16865/parecer_educacao_-_plo_no_026-2024.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16874/parecer_legislacao_-_plc_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16875/parecer_legislacao_-_plc_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16876/parecer_legislacao_-_plo_no_037-2024.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16877/parecer_legislacao_-_plo_no_038-2024.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16879/parecer_economia_-_plc_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16880/parecer_economia_-_plc_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16878/parecer_educacao_-_plo_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16883/parecer_legislacao_-_plo_039-2024.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16884/parecer_economia_-_plo_39-2024.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16896/parecer_legislacao_-_plo_no_041-2024.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16897/parecer_economia_-_plo_no_041-2024.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16895/parecer_economia_-_prestacao_de_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16898/parecer_educacao_-_plo_no_037-2024.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16900/parecer_educacao_-_plo_no_038-2024.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16909/parecer_legislacao_-_plo_no_043-2024.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16910/parecer_legislacao_-_plo_no_044-2024.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16911/parecer_economia_-_plo_no_043-2024.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16912/parecer_economia_-_plo_no_044-2024.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16925/parecer_legislacao_-_plo_no_040-2024.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16985/cljr__pr_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16986/ceoff_pr_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16997/cljr_plo_no_050-2024.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17004/cljr_plo_no_054-2024.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17005/ceoff_plo_no_54-2024.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16583/ceoff_pr_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16927/projeto_de_decreto_legislativo_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15959/plc_no_001-2024_-_revisao_geral_anual_-_mensagem_02-2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15960/plc_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15961/plc_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15971/plc_no_004-2024_-_mensagem_no_05-_2024_-_altera_dispositivos_da_lei_complementar_n_073_de_30_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16034/plc_no_005-2024_-_mensagem_no_006-2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16126/plc_no_006-2024_mensagem_08-2024_-_transporte_remunerado_privado_individual_-_rev_lei_133-2023.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16195/plc_no_007-2024_-_mensagem_11-2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16247/plc_no_008-2024_-_altera_dispositivos_da_lei_1141-1_-_corrigido-assinado.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16414/plc_no_009-2024_-_mensagem_de_lei_18-2024_-_altera_lei_complementar_017-2016_-_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16525/plc_no_010-2024_-_mensagem_de_lei_21-2024_-__altera_lei_complementar_n_073_de_2019_-_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16849/plc_no_011-2024_subsidios_vereadores_e_presidente_camara.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16851/plc_no_012-2024_subsidios_prefeito_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15972/plo_no_001-2024_-_mensagem_de_lei_04-2024_-_credito_adicional_especial_r_2.800.00000_-_smosp.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16035/plo_no_002-2024_-_mensagem_no_007-2024-_assinado.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16129/plo_no_003-2024_-_mensagem_09-2024_-_credito_adicional_suplementar_r_368.46154_-_smas.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16131/plo_no_004-2024_-_mensagem_10-2024_-_credito_adicional_especial_r_62.00000_-_fundo_-_mulher_-_smas.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16248/plo_no_005-2024_-_mensagem_13-2024_-_processo_3914-2024.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16384/plo_no_006-2024_-_mensagem_de_lei_17-2024_-_credito_adicional_suplementar_r_90.00000_-_smcer_-_ser._tercei.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16439/plo_no_007-2024_mensagem_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16566/plo_no_008-2024_-_mensagem_14-2024.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16565/plo_no_009-2024_-_mensagem_16-2024.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16579/plo_no_010-2024_-_mensagem_de_lei_22-2024_-_abertura_de_credito_adicional_de_r_35.00000.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16580/plo_no_011-2024_-_mensagem_de_lei_26-2024_-_credito_adicional_suplementar_r_300.00000_-_smosp_1.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16581/plo_no_012-2024_-_mensagem_de_lei_27-2024.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16584/mensagem_de_lei_20-2024_-_credito_adicional_especial_r_558.09384_-_smcer_-_alkdir_bl_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16609/plo_no_014-2024_-_mensagem_no_015-2024_-_ldo_2025_-_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16631/plo_no_015-2024_-_mensagem_de_lei_25-2024_-_abertura_de_credito_adicional_r_155.00000_-_smcer.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16632/plo_no_016-2024_-_mensagem_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16633/plo_no_017-2024_-_mensagem_de_lei_30-2024_-_conselho_municipal_de_seguranca_publica_1.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16634/plo_no_018-2024_-_mensagem_de_lei_31-2024_-_escola_de_formacao_-_guarda_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16665/plo_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16686/plo_no_020-2024_-mensagem_de_lei_32-2024.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16687/plo_no_021-2024_-_mensagem_33-2024.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16688/plo_no_022-2024_-_mensagem_de_lei_35-2024_-_processo_581867-2024.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16708/plo_no_023-2024_-_mensagem_de_lei_38-2024_-_processo_582743-2024-1.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16755/plo_no_024-2024_-_mensagem_de_lei_37-2024_-_processo_582313-2024-1.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16756/plo_no_024-2024_-_mensagem_de_lei_37-2024_-_processo_582313-2024-1.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16757/plo_no_026-2024.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16758/plo_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16772/plo_no_028-2024_-_mensagem_de_lei_41-2024_-_processo_584127-2024-sms.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16773/plo_no_029-2024_-_mensagem_de_lei_42-2024_-_processso_584132-2024-pgm.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16774/plo_no_030-2024_-_mensagem_de_lei_44-2024_-_processo_584524-2024-sme-escola_sao_silvestre.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16775/plo_no_031-2024_-_mensagem_de_lei_45-2024_-_processo_584525-2024-_sma.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16802/plo_no_032-2024_-_smecr_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16803/plo_no_033-2024_-_mensagem_de_lei_43-2024_-_processo_584456-2024_-_smecr.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16844/plo_no_034-2024_-_mensagem_de_lei_47-2024_-_processo_586238-2024_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16845/plo_no_035-2024_-_mensagem_48_especial_586664_smas_-_corrigido-2.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16846/plo_no_036-2024-_mensagem_de_lei_49-2024_-_processo_587359-2024.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16863/plo_no_037-2024_semana_das_artes_marciais.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16864/plo_no_038-2024_semana_dos_esportes_alternativos.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16881/plo_no_039-2024_mensagem_50-2024_-_processo_588720-2024_-_terminar_rodoviario_1.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16882/plo_no_040-2024_-_mensagem_de_lei_24-2024_-_altera_lei_2404-2021.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16894/plo_no_041-2024_-_mensagem_52-2024_-_590487-2024.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16906/plo_no_042-2024_-_mensagem_51-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16908/plo_no_043-2024_mensagem_53-2024.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16907/plo_no_044-2024_mensagem_54-2024.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16937/plo_no_045-2024-_mensagem_de_lei_55-2024_-_pa_591980_-_2024.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16938/plo_no_046-2024_-_mensagem_de_lei_56-2024_-_pa_591982-2024.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16948/plo_no_047-2024_ver._felipe_pedroso.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16962/plo_no_48-2024-pa_593996-2024.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16963/plo_no_049-2024_mensagem_de_lei_58-2024_-_pa_593924-2024.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16964/plo_no_050-2024_mensagem_de_lei_59-2024_-_pa_593964-2024.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16978/plo_no_051-2024.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16979/plo_no_052-2024.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16980/plo_no_053-2024.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16998/projeto_de_lei_ordinaria_no_054-2024.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17087/plo_055-2024.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17088/plo_056-2024.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17089/plo_no_057_-_2024.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17099/plo_058-2024.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15962/pre_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16961/pre_no_002-2024_valores_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16984/pre_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15973/req.001.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15976/req.002.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15979/req.003.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15984/req.004.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15999/req.005.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16004/req.006.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16006/req.007.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16007/req.008.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15989/req.009.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15988/req.010.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16008/req.011.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16009/req.012.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16033/req.013.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16036/req.014.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16037/req.015.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16038/req_016-24.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16040/req_17-24.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16044/req_018-24.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16046/req.19.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16047/req.20.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16053/req.22.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16087/req.23.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16091/req.24.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16092/req.25.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16094/req.26.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16127/req_027-24.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16128/req_028-24.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16167/req_029-24.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16170/req_030-24.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16172/req_031-24.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16176/req_032-24.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16220/req_033-24.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16301/req_034-24.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16305/req_035-24.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16313/req_036-24.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16374/req_037-24.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16375/req_038-24.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16376/req_039-24.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16380/req_040-24.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16378/req_041-24.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16420/requerimento_no_042-2024.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16456/req_043-24.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16484/requerimento_044-2024.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16487/requerimento_045-2024.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16490/req_046.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16513/requerimento_047-2024.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16529/requer._048-2024.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16610/requerimento_049-2024.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16615/requerimento._050-2024.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16661/req_051-2024.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16666/requerimento_052-2024.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16667/requerimento_053-2024.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16710/requerimento_054-2024.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16731/req._055-2024.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16732/req._056-2024.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16737/req._057-2024.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16741/req._058-2024.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16790/requerimento_059.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16808/requ.060-2024.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16815/requ._061-2024.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16816/requ._062-2024.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16823/requerimento_063-2024.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16826/requerimento_064-2024.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16835/requerimento_65-2024.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16867/req._066-2024.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16873/req._067-2024.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16939/req_068-24.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16940/req_069-24.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16958/req._070-2024.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16959/req_071-2024.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16960/req._072-2024.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17000/requerimento_073-2024.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17001/requerimento_074-2024.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17015/requerimento_075-2024.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17016/requerimento_076-2024.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17022/requerimento_077-2024.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17100/requerimento_078-2024.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17002/oficio_no_071-2002_gp-pgm_veto_plo_037-24.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17003/oficio_no_072-2002_gp-pgm_veto_plo_038-24.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16395/emenda_no_001-24_plc_no_006-24.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17023/emenda_no_02-24.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17024/emenda_no_03-24.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17025/emenda_no_04-24.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17026/emenda_no_05-24.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17027/emenda_no_06-24.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17069/emenda_no_07-24.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17028/emenda_no_08-24.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17029/emenda_no_09-24.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17030/emenda_no_10-24.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17031/emenda_no_11-24.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17032/emenda_no_12-24.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17033/emenda_no_13-24.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17034/emenda_no_14-24.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17035/emenda_no_15-24.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17036/emenda_no_16-24.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17037/emenda_no_17-24.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17038/emenda_no_18-24.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17039/emenda_no_19-24.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17040/emenda_no_020-24_-_plo_no_042-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17041/emenda_no_21-24_.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17042/emenda_no_22-24.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17043/emenda_no_23-24.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17044/emenda_no_24-24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17045/emenda_no_25-24.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17046/emenda_no_26-24.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17047/emenda_no_27-24.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17048/emenda_no_28-24.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17049/emenda_no_29-24.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17050/emenda_no_30-24.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17051/emenda_no_31-24.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17052/emenda_no_32-24.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17053/emenda_no_33-24.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17054/emenda_no_34-24.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17055/emenda_no_35-24.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17056/emenda_no_36-24.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17057/emenda_no_37-24.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17058/emenda_no_38-24.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17059/emenda_no_39-24.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17060/emenda_no_40-24.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17061/emenda_no_41-24.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17062/emenda_no_42-24.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17063/emenda_no_43-24.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17064/emenda_no_44-24.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17065/emenda_no_45-24.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17066/emenda_no_46-24.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17067/emenda_no_47.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17068/emenda_no_48-24.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17070/emenda_no_49-24.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17071/emenda_no_50-24.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17072/emenda_no_51-24.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17073/emenda_no_52-24.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17074/emenda_no_53-24.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17075/emenda_no_54-24.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17076/emenda_no_55-24.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17077/emenda_no_56-24.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17078/emenda_no_57-24.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17079/emenda_no_58-24.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17080/emenda_no_59-24.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17081/emenda_no_60-24.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17082/emenda_no_61-24.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17083/emenda_no_062-24.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17084/emenda_no_63-24.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17085/emenda_no_64-24.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17086/emenda_no_65-24.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15974/ind.001.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15975/ind.002.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15977/ind.003.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15978/ind.004.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15980/ind.005.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15981/ind.006.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15982/ind.007.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15983/ind.008.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15985/ind.009.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15986/ind.010.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15987/ind.011.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15990/ind.012.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15991/ind.013.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15992/ind.014.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15993/ind.015.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15994/ind.016.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15995/ind.017.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15996/ind.018.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15997/ind.019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15998/ind.020.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16000/ind.21.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16001/ind.22.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16002/ind.023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16003/ind.024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16005/ind.025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16015/ind.026.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16020/ind.028.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16010/ind.029.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16011/ind.030.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16013/ind.031.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16014/ind.032.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16016/ind.033.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16018/ind.034.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16019/ind.035.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16021/ind.036.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16022/ind.037.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16023/ind.038.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16025/ind.039.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16027/ind.040.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16031/ind.041.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16024/ind.042.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16026/ind.043.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16028/ind.044.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16029/ind.045.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16030/ind.046.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16032/ind.047.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16039/ind.048.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16041/ind.049.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16042/ind.050.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16043/ind.051.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16045/ind.052.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16048/ind.053.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16049/ind.054.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16050/ind.055.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16052/ind.056.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16054/ind.057.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16055/ind.058.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16057/ind.059.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16061/ind.60.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16063/ind.061.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16064/ind.062.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16065/ind.063.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16066/ind.064.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16068/ind.066.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16069/ind.067.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16070/ind.068.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16071/ind.069.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16072/ind.070.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16073/ind.071.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16074/ind.072.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16075/ind.073.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16076/ind.074.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16077/ind.075.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16078/ind.076.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16079/ind.077.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16080/ind.078.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16081/ind.079.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16082/ind.080.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16083/ind.081.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16084/ind.82.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16085/ind.83.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16086/ind.84.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16088/ind.85.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16089/ind.86.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16090/ind.87.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16093/ind.88.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16095/ind.89.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16102/ind.90.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16103/ind.91.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16106/ind.93.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16108/ind.94.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16111/ind.95.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16096/ind.96.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16097/ind.97.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16099/ind.98.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16101/ind.99.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16104/ind.100.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16105/ind.101.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16107/ind.102.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16109/ind.103.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16110/ind.104.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16112/ind.105.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16113/ind.106.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16114/ind.107.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16115/ind.108.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16118/ind.109.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16119/ind.110.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16117/ind.111.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16120/ind.112.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16121/ind.113.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16122/ind.114.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16123/ind.115.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16124/ind.116.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16125/ind.117.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16130/ind_118-24_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16132/ind_119-24.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16133/ind_120-24.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16135/ind_121-24.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16136/ind_122-24.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16137/ind_123-24.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16138/ind_124-24.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16139/ind_125-24.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16140/ind_126-24.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16141/ind_127-24.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16142/ind_128-24.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16143/ind_129-24.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16144/ind_130-24.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16145/ind_131-24.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16146/ind_132-24.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16148/ind_134-24.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16149/ind_135-24.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16150/ind_136-24.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16151/ind_137-24.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16152/ind_138-24.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16153/ind_139-24.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16154/ind_140-24.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16155/ind_141-24.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16156/ind_142-24.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16157/ind_143-24.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16159/ind_144-24.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16165/ind_145-24.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16162/ind_146-24.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16163/ind_147-24.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16164/ind_148-24.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16166/ind_149-24.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16168/ind_150-24.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16171/ind_151-24.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16173/ind_152-24.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16174/ind_153-24.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16175/ind_154-24.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16177/ind_155-24.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16178/ind_156-24.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16179/ind_157-24.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16180/ind_158-24.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16181/ind_159-24.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16182/ind_160-24.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16183/ind_161-24.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16184/ind_162-24.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16185/ind_163-24.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16186/ind_164-24.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16187/ind_165-24.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16188/ind_166-24.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16189/ind_167-24.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16190/ind_168-24.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16196/ind_169-24.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16197/ind_170-24.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16198/ind_171-24.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16199/ind_172-24.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16200/ind_173-24.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16201/ind_174-24.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16202/ind_175-24.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16203/ind_176-24.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16204/ind_177-24.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16205/ind_178-24.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16206/ind_179-24.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16207/ind_180-24.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16208/ind_181-24.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16209/ind_182-24.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16210/ind_183-24.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16211/ind_184-24.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16212/ind_185-24.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16213/ind_186-24.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16214/ind_187-24.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16215/ind_188-24.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16216/ind_189-24.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16217/ind_190-24.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16218/ind_191-24.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16219/ind_192-24.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16221/ind_193-24.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16222/ind_194-24.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16223/ind_195-24.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16224/ind_196-24.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16225/ind_197-24.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16226/ind_198-24.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16227/ind_199-24.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16228/ind_200-24.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16229/ind_201-24.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16230/ind_202-24.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16231/ind_203-24.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16232/ind_204-24.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16233/ind_205-24.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16234/ind_206-24.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16235/ind_207-24.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16236/ind_208-24.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16237/ind_209-24.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16238/ind_210-24.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16239/ind_211-24.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16243/untitled_20240409_145057.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16244/untitled_20240409_145101.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16245/untitled_20240409_145106.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16249/untitled_20240409_145110.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16250/untitled_20240409_145115.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16251/untitled_20240409_145119.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16255/untitled_20240409_145124.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16253/untitled_20240409_145128.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16254/untitled_20240409_145133.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16252/untitled_20240409_145137.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16256/untitled_20240409_145142.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16257/untitled_20240409_145146.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16258/untitled_20240409_145151.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16259/untitled_20240409_145155.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16260/untitled_20240409_145200.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16261/untitled_20240409_145204.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16262/untitled_20240409_145209.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16263/untitled_20240409_145213.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16264/untitled_20240409_145218.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16265/untitled_20240409_145222.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16266/untitled_20240409_145227.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16267/untitled_20240409_145231.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16268/untitled_20240409_145235.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16269/untitled_20240409_145240.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16270/untitled_20240409_145246.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16294/ind_237-24.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16295/ind_238-24.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16296/ind_239-24.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16297/ind_240-24.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16298/ind_241-24.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16299/ind_242-24.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16300/ind_243-24.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16303/ind_244-24.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16304/ind_245-24.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16306/ind_246-24.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16307/ind_247-24.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16310/ind_248-24.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16311/ind_249-24.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16312/ind_250-24.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16315/ind_251-24.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16316/ind_252-24.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16317/ind_253-24.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16320/ind_253-24.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16321/ind_255-24.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16322/ind_256-24.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16323/ind_257-24.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16324/ind_258-24.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16325/ind_259-24.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16326/ind_260-24.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16327/ind_261-24.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16328/ind_262-24.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16329/ind_263-24.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16330/ind_264-24.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16351/ind_265-24.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16352/ind_266-24.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16353/ind_267-24.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16354/ind_268-24.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16355/ind_269-24.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16356/ind_270-24.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16357/ind_271-24.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16358/ind_272-24.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16359/ind_273-24.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16360/ind_274-24.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16361/ind_275-24.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16362/ind_276-24.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16363/ind_277-24.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16364/ind_278-24.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16365/ind_279-24.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16366/ind_280-24.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16367/ind_281-24.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16368/ind_282-24.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16369/ind_283-24.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16370/ind_284-24.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16371/ind_285-24.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16372/ind_286-24.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16396/287.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16397/288.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16398/289.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16399/290.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16400/291.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16401/292.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16402/293.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16403/294.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16404/295.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16405/296.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16406/297.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16407/298.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16408/299.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16409/300.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16410/301.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16411/302.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16412/303.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16413/304.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16421/ind._305.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16422/ind._306.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16423/ind.307.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16424/ind._308.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16425/ind.309.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16426/ind.310.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16427/ind.311.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16428/ind.312.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16429/ind.313.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16430/ind.314.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16431/ind.315.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16432/ind.316.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16433/ind.317.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16434/ind.318.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16435/ind.319.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16445/ind.320.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16446/ind.321.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16447/ind.322.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16448/ind.323.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16449/ind.324.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16450/ind.325.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16451/ind.326.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16452/ind.327.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16453/ind.328.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16454/ind.329.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16455/ind.330.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16457/ind.331.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16458/ind.322.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16459/ind.333.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16460/ind.334.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16463/ind._335.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16464/ind._336.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16465/ind._337.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16466/ind._338.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16467/ind._339.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16469/ind._340.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16470/ind._341.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16471/ind._342.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16472/ind._343.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16473/ind._344.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16474/ind._345.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16475/ind._346.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16476/ind._347.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16477/ind._348.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16478/ind._349.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16479/ind._350.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16480/ind._351.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16481/ind._352.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16482/ind._353.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16488/354.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16489/355.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16491/356.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16492/357.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16493/358.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16494/359.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16496/360.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16497/361.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16498/362.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16499/363.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16500/364.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16501/365.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16502/366.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16503/367.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16504/368.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16505/369.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16506/370.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16507/371.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16508/372.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16509/ind._373.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16510/374.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16511/375.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16512/376.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16514/ind._377.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16515/ind._378.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16516/ind._379.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16517/ind._380.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16518/ind._381.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16519/ind._382.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16520/ind._383.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16521/ind._384.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16522/ind._385.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16523/ind._386.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16524/ind._387.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16526/ind._388.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16527/ind.389_.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16528/ind._390_.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16530/ind._391.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16531/ind._392.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16532/ind._393.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16533/ind._394.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16534/ind._395.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16535/ind._396.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16536/ind._397.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16537/ind._398.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16538/ind._399.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16539/ind._400.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16540/ind._401.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16544/ind._402.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16545/ind._403.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16546/ind._404.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16547/ind._405.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16548/ind._406.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16549/ind._407.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16550/ind._408.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16551/ind._409.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16552/ind._410.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16553/ind.411.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16554/ind.412.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16555/ind._413.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16556/ind._414.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16557/ind._415.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16558/ind._416.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16559/ind._417.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16560/ind._417.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16561/ind._419.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16562/ind._420.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16563/ind._421.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16564/ind._422.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16567/ind._423.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16568/ind._424.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16570/ind._425.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16572/ind._426.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16573/ind._427.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16574/ind._428.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16575/ind._429.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16576/ind._430.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16577/ind._431.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16578/ind._432.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16587/ind._435.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16588/ind._436.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16589/ind._437.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16590/ind_438.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16591/ind._439.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16592/ind_440.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16593/ind._441.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16594/ind._442.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16595/ind_443.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16596/ind._444.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16597/ind._445.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16598/ind._446.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16599/ind._447.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16600/ind._448.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16601/ind._449.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16604/ind._450.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16605/ind._451.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16612/ind._452.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16613/in._453.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16614/ind._454.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16616/ind._455.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16617/ind._456.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16618/ind._457.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16619/ind._458.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16620/ind._459.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16621/ind._460.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16623/ind._461.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16635/ind._462.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16636/ind._463.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16637/ind._464.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16638/ind._465.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16639/ind._466.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16640/ind._467.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16641/ind._468.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16644/ind._469.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16645/ind._470.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16646/ind._471.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16647/ind._472.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16648/ind._473.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16649/ind._474.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16650/ind._475.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16652/ind._476.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16660/ind._477.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16662/ind._478.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16663/ind._479.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16664/ind._480.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16668/ind._481.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16669/ind._482.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16670/ind._483.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16671/ind._484.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16672/ind._485.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16673/ind._486.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16674/ind._487.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16675/ind._488.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16676/ind._489.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16677/ind._490.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16678/ind.491.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16679/ind._492.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16680/ind._493.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16681/ind._494.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16682/ind._495.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16683/ind._496.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16684/ind._497.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16685/ind._498.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16689/ind._499.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16690/ind._500.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16691/ind.501.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16692/ind.502.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16694/ind._503.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16696/ind_504.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16698/ind_505.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16700/ind._506.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16703/ind._507.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16704/ind._508.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16705/ind._509.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16706/ind._510.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16707/ind._511.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16709/ind._512.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16711/ind._513.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16712/ind.514.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16713/ind._515.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16719/ind._516.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16718/ind._517.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16714/ind._518.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16715/ind._519.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16716/ind._520.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16717/ind._521.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16720/ind._522.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16721/ind._523.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16722/ind._524.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16723/ind._525.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16724/ind._526.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16725/ind._527.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16726/ind._528.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16733/ind._529.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16734/ind._530.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16735/ind._531.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16736/ind._532.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16738/ind._533.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16739/ind._534.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16740/ind._535.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16742/ind._536.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16743/ind._537.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16744/ind._538.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16746/ind._539.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16748/ind._540.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16749/ind._541.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16750/ind._542.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16751/ind._543.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16752/ind._544.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16759/ind._545.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16760/ind._546.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16761/ind._547.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16762/ind._548.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16763/ind._549.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16764/ind._550.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16765/ind._551.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16766/ind._552.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16767/ind._553.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16768/ind._554.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16769/ind._555.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16770/ind._556.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16771/ind._557.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16791/ind.558.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16792/ind.559.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16793/ind.560.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16795/ind.561.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16796/ind._562.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16798/ind._563.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16799/ind._564.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16800/ind._565.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16801/ind._566.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16805/ind._567.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16807/ind._568.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16809/ind._569.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16810/ind._570.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16811/ind._571.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16813/ind._572.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16814/ind._573.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16819/ind._574.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16821/ind._575.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16820/ind._576.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16829/ind._577.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16822/ind._578.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16824/ind._579.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16825/ind._580.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16827/ind._581.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16828/ind._582.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16832/ind._583.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16833/ind._584.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16834/ind._585.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16836/ind._586.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16837/ind._587.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16838/ind._588.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16839/ind._589.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16840/ind._590.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16841/ind._591.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16842/ind._592.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16843/ind._593.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16847/ind._594.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16848/ind_595.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16850/ind._596.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16853/ind._597.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16854/ind._598.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16855/ind._599.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16856/ind._600.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16857/ind._601.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16868/ind._602-2024.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16869/ind._603-2024.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16870/ind_604-2024.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16871/ind._605-2024.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16872/ind._606-2024.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16885/ind._607.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16886/ind._608.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16887/ind._609.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16888/ind._610.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16889/ind._611.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16890/ind._612.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16891/ind._613.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16892/ind._614.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16893/ind._615.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16899/ind_616-24.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16901/ind_617-24.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16902/ind_618-24.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16903/ind_619-24.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16904/ind_620-24.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16905/ind_621-24.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16913/ind._622.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16914/ind._623.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16915/ind._624.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16916/ind._625.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16917/ind._626.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16918/ind._627.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16919/ind._628_.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16920/ind._629.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16921/ind._630_.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16922/ind._631.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16923/ind._632.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16924/ind._633.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16926/ind._634.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16928/ind_635.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16929/ind_636.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16930/ind_637.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16931/ind_638.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16932/ind_639.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16933/ind_640.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16934/ind_641.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16935/ind_642.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16936/ind_643.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16941/ind._644.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16942/ind._645.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16943/ind._646_2.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16949/ind._647_2.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16950/ind._648.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16951/ind._649.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16952/ind._650.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16953/ind._651.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16954/ind._652.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16955/ind._653.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16956/ind._654.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16957/ind._655.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16965/ind._656.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16966/ind.657.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16967/ind._658.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16976/ind._659_2.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16969/ind._660.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16970/ind._661.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16971/ind._662.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16972/ind._663.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16973/ind._664.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16974/ind._665.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16975/ind._666.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16987/ind._667.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16988/ind._668.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16989/ind._669.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16990/ind._670.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16991/ind._671.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16992/ind._672.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16993/ind._673.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16994/ind._674.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16995/ind._675.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16996/ind._676.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17006/ind_677.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17007/ind._678.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17008/ind._679.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17009/ind._680.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17010/ind._681.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17011/ind_682.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17012/ind._683.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17013/ind._684.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17014/ind._685.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15963/parecer_legislacao_-_plc_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15964/parecer_economia_-_plc_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15965/parecer_legislacao_-_plc_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15966/parecer_legislacao_-_plc_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15967/parecer_legislacao_-_pre_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15968/parecer_plc_02_recomposicao_vereadores.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15969/parecer_plc_03_recomposicao_executivo.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15970/parecer_pre_01_resolucao_va.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16056/parecer_legislacao_-_plc_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16058/parecer_legislacao_-_plo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16059/parecer_economia_-_plo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16060/parecer_educacao_-_plc_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16062/parecer_urbanismo_-_plo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16098/parecer_legislacao_-_plo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16100/parecer_economia_-_plo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16158/parecer_legislacao_-_plc_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16160/parecer_educacao_-_plo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16191/parecer_legislacao_-_plo_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16192/parecer_legislacao_-_plo_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16193/parecer_economia_-_plo_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16194/parecer_economia_-_plo_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16240/parecer_legislacao_-_plc_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16241/parecer_economia_-_plc_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16242/parecer_economia_-_plc_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16246/parecer_educacao_-_plc_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16319/parecer_legislacao_-_plo_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16382/parecer_legislacao_-_plc_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16415/parecer_legislacao_-_plc_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16417/parecer_economia_-_plc_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16418/parecer_economia_-_plo_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16416/parecer_educacao_-_plc_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16436/parecer_legislacao_-_plo_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16437/parecer_economia_-_plo_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16438/parecer_educacao_-_plo_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16419/parecer_urbanismo_-_plo_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16440/parecer_legislacao_-_plo_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16442/parecer_legislacao_-_plc_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16444/parecer_educacao_-_plc_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16462/parecer_educacao_-_plc_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16483/parecer_legislacao_-_plo_no_044-2024.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16485/parecer_legislacao_-_plo_no_045-2024.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16486/parecer_economia_-_plc_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16495/parecer_legislacao_-_plo_no_047-2023.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16541/parecer_legislacao_-_plc_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16542/parecer_economia_-_plc_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16543/parecer_educacao_-_plc_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16569/parecer_economia_-_prestacao_de_contas_2020.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16571/parecer_economia_-_prestacao_de_contas_2021.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16602/parecer_legislacao_-_plo_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16603/parecer_legislacao_-_plo_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16606/parecer_legislacao_-_plo_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16607/parecer_economia_-_plo_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16608/parecer_economia_-_plo_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16611/parecer_economia_-_plo_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16622/parecer_legislacao_-_plo_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16624/parecer_legislacao_-_plo_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16625/parecer_economia_-_plo_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16626/parecer_economia_-_plo_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16627/parecer_educacao_-_plo_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16628/parecer_educacao_-_plo_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16629/parecer_educacao_-_plo_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16630/parecer_urbanismo_-_plo_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16642/parecer_legislacao_-_plo_no_015-2024.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16643/parecer_legislacao_-_plo_no_016-2024.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16651/parecer_legislacao_-_plo_no_017-2024.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16653/parecer_legislacao_-_plo_no_018-2024.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16654/parecer_economia_-_plo_no_015-2024.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16655/parecer_economia_-_plo_no_016-2024.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16656/parecer_economia_-_plo_no_015-2024_1.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16657/parecer_educacao_-_plo_no_016-2024.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16658/parecer_educacao_-_plo_no_017-2024.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16659/parecer_educacao_-_plo_no_018-2024.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16693/parecer_legislacao_-_plo_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16695/parecer_legislacao_-_plo_no_021-2024.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16697/parecer_economia_-_plo_no_017-2024.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16699/parecer_economia_-_plo_no_018-2024.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16701/parecer_economia_-_plo_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16702/parecer_legislacao_-_plo_no_021-2024.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16727/parecer_legislacao_-_plo_no_022-2024.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16728/parecer_legislacao_-_plo_no_023-2024.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16729/parecer_economia_-_plo_no_022-2024.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16730/parecer_economia_-_plo_no_023-2024.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16745/parecer_legislacao_-_plo_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16747/parecer_educacao_-_plo_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16776/parecer_legislacao_-_plo_no_024-2024.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16777/parecer_legislacao_-_plo_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16778/parecer_economia_-_plo_no_024-2024.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16779/parecer_economia_-_plo_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16780/parecer_legislacao_-_plo_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16781/parecer_legislacao_-_plo_no_029-2024.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16783/parecer_legislacao_-_plo_no_030-2024.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16784/parecer_legislacao_-_plo_no_031-2024.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16785/parecer_economia_-_plo_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16786/parecer_economia_-_plo_no_029-2024.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16788/parecer_economia_-_plo_no_030-2024.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16789/parecer_economia_-_plo_no_031-2024.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16797/parecer_economia_-_plo_no_014-2024_ldo_2025.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16804/parecer_legislacao_-_plo_no_032-2024.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16806/parecer_legislacao_-_plo_no_033-2024.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16817/parecer_economia_-_plo_no_032-2024.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16818/parecer_economia_-_plo_no_033-2024.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16830/parecer_legislacao_-_plo_no_026-24.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16831/parecer_legislacao_-_plo_no_027-24.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16852/parecer_legislacao_-_plo_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16858/parecer_legislacao_-_plo_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16859/parecer_legislacao_-_plo_no_036-2024.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16861/parecer_economia_-_plo_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16862/parecer_economia_-_plo_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16860/parecer_economia_-_plo_no_036-2024.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16866/parecer_economia_-_plo_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16865/parecer_educacao_-_plo_no_026-2024.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16874/parecer_legislacao_-_plc_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16875/parecer_legislacao_-_plc_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16876/parecer_legislacao_-_plo_no_037-2024.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16877/parecer_legislacao_-_plo_no_038-2024.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16879/parecer_economia_-_plc_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16880/parecer_economia_-_plc_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16878/parecer_educacao_-_plo_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16883/parecer_legislacao_-_plo_039-2024.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16884/parecer_economia_-_plo_39-2024.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16896/parecer_legislacao_-_plo_no_041-2024.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16897/parecer_economia_-_plo_no_041-2024.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16895/parecer_economia_-_prestacao_de_contas_2022.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16898/parecer_educacao_-_plo_no_037-2024.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16900/parecer_educacao_-_plo_no_038-2024.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16909/parecer_legislacao_-_plo_no_043-2024.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16910/parecer_legislacao_-_plo_no_044-2024.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16911/parecer_economia_-_plo_no_043-2024.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16912/parecer_economia_-_plo_no_044-2024.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16925/parecer_legislacao_-_plo_no_040-2024.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16985/cljr__pr_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16986/ceoff_pr_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16997/cljr_plo_no_050-2024.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17004/cljr_plo_no_054-2024.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17005/ceoff_plo_no_54-2024.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16583/ceoff_pr_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16927/projeto_de_decreto_legislativo_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15959/plc_no_001-2024_-_revisao_geral_anual_-_mensagem_02-2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15960/plc_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15961/plc_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15971/plc_no_004-2024_-_mensagem_no_05-_2024_-_altera_dispositivos_da_lei_complementar_n_073_de_30_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16034/plc_no_005-2024_-_mensagem_no_006-2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16126/plc_no_006-2024_mensagem_08-2024_-_transporte_remunerado_privado_individual_-_rev_lei_133-2023.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16195/plc_no_007-2024_-_mensagem_11-2024_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16247/plc_no_008-2024_-_altera_dispositivos_da_lei_1141-1_-_corrigido-assinado.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16414/plc_no_009-2024_-_mensagem_de_lei_18-2024_-_altera_lei_complementar_017-2016_-_assinado_4.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16525/plc_no_010-2024_-_mensagem_de_lei_21-2024_-__altera_lei_complementar_n_073_de_2019_-_assinado_2.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16849/plc_no_011-2024_subsidios_vereadores_e_presidente_camara.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16851/plc_no_012-2024_subsidios_prefeito_e_secretarios.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15972/plo_no_001-2024_-_mensagem_de_lei_04-2024_-_credito_adicional_especial_r_2.800.00000_-_smosp.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16035/plo_no_002-2024_-_mensagem_no_007-2024-_assinado.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16129/plo_no_003-2024_-_mensagem_09-2024_-_credito_adicional_suplementar_r_368.46154_-_smas.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16131/plo_no_004-2024_-_mensagem_10-2024_-_credito_adicional_especial_r_62.00000_-_fundo_-_mulher_-_smas.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16248/plo_no_005-2024_-_mensagem_13-2024_-_processo_3914-2024.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16384/plo_no_006-2024_-_mensagem_de_lei_17-2024_-_credito_adicional_suplementar_r_90.00000_-_smcer_-_ser._tercei.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16439/plo_no_007-2024_mensagem_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16566/plo_no_008-2024_-_mensagem_14-2024.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16565/plo_no_009-2024_-_mensagem_16-2024.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16579/plo_no_010-2024_-_mensagem_de_lei_22-2024_-_abertura_de_credito_adicional_de_r_35.00000.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16580/plo_no_011-2024_-_mensagem_de_lei_26-2024_-_credito_adicional_suplementar_r_300.00000_-_smosp_1.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16581/plo_no_012-2024_-_mensagem_de_lei_27-2024.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16584/mensagem_de_lei_20-2024_-_credito_adicional_especial_r_558.09384_-_smcer_-_alkdir_bl_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16609/plo_no_014-2024_-_mensagem_no_015-2024_-_ldo_2025_-_assinado_3.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16631/plo_no_015-2024_-_mensagem_de_lei_25-2024_-_abertura_de_credito_adicional_r_155.00000_-_smcer.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16632/plo_no_016-2024_-_mensagem_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16633/plo_no_017-2024_-_mensagem_de_lei_30-2024_-_conselho_municipal_de_seguranca_publica_1.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16634/plo_no_018-2024_-_mensagem_de_lei_31-2024_-_escola_de_formacao_-_guarda_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16665/plo_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16686/plo_no_020-2024_-mensagem_de_lei_32-2024.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16687/plo_no_021-2024_-_mensagem_33-2024.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16688/plo_no_022-2024_-_mensagem_de_lei_35-2024_-_processo_581867-2024.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16708/plo_no_023-2024_-_mensagem_de_lei_38-2024_-_processo_582743-2024-1.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16755/plo_no_024-2024_-_mensagem_de_lei_37-2024_-_processo_582313-2024-1.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16756/plo_no_024-2024_-_mensagem_de_lei_37-2024_-_processo_582313-2024-1.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16757/plo_no_026-2024.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16758/plo_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16772/plo_no_028-2024_-_mensagem_de_lei_41-2024_-_processo_584127-2024-sms.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16773/plo_no_029-2024_-_mensagem_de_lei_42-2024_-_processso_584132-2024-pgm.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16774/plo_no_030-2024_-_mensagem_de_lei_44-2024_-_processo_584524-2024-sme-escola_sao_silvestre.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16775/plo_no_031-2024_-_mensagem_de_lei_45-2024_-_processo_584525-2024-_sma.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16802/plo_no_032-2024_-_smecr_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16803/plo_no_033-2024_-_mensagem_de_lei_43-2024_-_processo_584456-2024_-_smecr.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16844/plo_no_034-2024_-_mensagem_de_lei_47-2024_-_processo_586238-2024_-_corrigido.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16845/plo_no_035-2024_-_mensagem_48_especial_586664_smas_-_corrigido-2.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16846/plo_no_036-2024-_mensagem_de_lei_49-2024_-_processo_587359-2024.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16863/plo_no_037-2024_semana_das_artes_marciais.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16864/plo_no_038-2024_semana_dos_esportes_alternativos.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16881/plo_no_039-2024_mensagem_50-2024_-_processo_588720-2024_-_terminar_rodoviario_1.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16882/plo_no_040-2024_-_mensagem_de_lei_24-2024_-_altera_lei_2404-2021.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16894/plo_no_041-2024_-_mensagem_52-2024_-_590487-2024.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16906/plo_no_042-2024_-_mensagem_51-2024_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16908/plo_no_043-2024_mensagem_53-2024.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16907/plo_no_044-2024_mensagem_54-2024.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16937/plo_no_045-2024-_mensagem_de_lei_55-2024_-_pa_591980_-_2024.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16938/plo_no_046-2024_-_mensagem_de_lei_56-2024_-_pa_591982-2024.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16948/plo_no_047-2024_ver._felipe_pedroso.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16962/plo_no_48-2024-pa_593996-2024.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16963/plo_no_049-2024_mensagem_de_lei_58-2024_-_pa_593924-2024.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16964/plo_no_050-2024_mensagem_de_lei_59-2024_-_pa_593964-2024.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16978/plo_no_051-2024.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16979/plo_no_052-2024.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16980/plo_no_053-2024.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16998/projeto_de_lei_ordinaria_no_054-2024.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17087/plo_055-2024.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17088/plo_056-2024.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17089/plo_no_057_-_2024.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17099/plo_058-2024.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15962/pre_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16961/pre_no_002-2024_valores_das_diarias.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16984/pre_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15973/req.001.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15976/req.002.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15979/req.003.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15984/req.004.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15999/req.005.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16004/req.006.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16006/req.007.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16007/req.008.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15989/req.009.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/15988/req.010.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16008/req.011.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16009/req.012.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16033/req.013.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16036/req.014.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16037/req.015.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16038/req_016-24.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16040/req_17-24.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16044/req_018-24.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16046/req.19.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16047/req.20.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16053/req.22.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16087/req.23.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16091/req.24.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16092/req.25.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16094/req.26.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16127/req_027-24.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16128/req_028-24.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16167/req_029-24.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16170/req_030-24.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16172/req_031-24.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16176/req_032-24.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16220/req_033-24.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16301/req_034-24.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16305/req_035-24.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16313/req_036-24.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16374/req_037-24.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16375/req_038-24.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16376/req_039-24.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16380/req_040-24.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16378/req_041-24.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16420/requerimento_no_042-2024.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16456/req_043-24.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16484/requerimento_044-2024.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16487/requerimento_045-2024.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16490/req_046.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16513/requerimento_047-2024.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16529/requer._048-2024.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16610/requerimento_049-2024.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16615/requerimento._050-2024.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16661/req_051-2024.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16666/requerimento_052-2024.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16667/requerimento_053-2024.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16710/requerimento_054-2024.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16731/req._055-2024.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16732/req._056-2024.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16737/req._057-2024.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16741/req._058-2024.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16790/requerimento_059.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16808/requ.060-2024.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16815/requ._061-2024.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16816/requ._062-2024.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16823/requerimento_063-2024.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16826/requerimento_064-2024.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16835/requerimento_65-2024.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16867/req._066-2024.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16873/req._067-2024.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16939/req_068-24.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16940/req_069-24.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16958/req._070-2024.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16959/req_071-2024.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/16960/req._072-2024.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17000/requerimento_073-2024.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17001/requerimento_074-2024.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17015/requerimento_075-2024.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17016/requerimento_076-2024.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17022/requerimento_077-2024.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17100/requerimento_078-2024.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17002/oficio_no_071-2002_gp-pgm_veto_plo_037-24.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2024/17003/oficio_no_072-2002_gp-pgm_veto_plo_038-24.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1070"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="54" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="195.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="194.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>