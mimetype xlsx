--- v0 (2026-01-22)
+++ v1 (2026-03-15)
@@ -10,221 +10,3856 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3064" uniqueCount="1261">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>19444</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>EMEN</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>Miltinho</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19444/emenda_no_001-2026_plc_no_002-26.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Nº 001/2026, de iniciativa do Vereador Hamilton Aparecido Machado, que apresenta Emenda Modificativa ao artigo 4º do Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997, com vistas à modernização organizacional, a otimização da gestão pública, racionalização de cargos em comissão e ao fortalecimento das políticas públicas municipais, e dá outras providências”, passando o Parágrafo Único do art. 12-G da Lei Nº 1.141 a vigorar com a seguinte redação: Parágrafo Único. O ocupante do cargo deverá possuir formação mínima de ensino superior completo, observadas as especificidades e áreas de atuação, conforme competências do cargo, e ser ocupante de cargo de provimento efetivo do Município.” (NR)</t>
+  </si>
+  <si>
+    <t>19450</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19450/emenda_no_002-2026_plc_no_002-26.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Nº 002/2026, de iniciativa do Vereador Hamilton Aparecido Machado, que apresenta EMENDA ADITIVA ao artigo 6º do Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997”, passando o §2º do art. 51-A da Lei Nº 1.141 a vigorar com a seguinte redação: Art. 51-A... §2º Os cargos em comissão denominados: Chefe de Programas do Bem-Estar Animal; Chefe de Programas Sociais e Chefe de Integração Comunitária, serão de livre nomeação e exoneração, exigindo-se, para todos eles, formação mínima de ensino superior completo, observadas as especificidades e áreas de atuação, conforme competências de cada cargo.</t>
+  </si>
+  <si>
+    <t>19466</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19466/emenda_no_003-2026_plc_no_002-26.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Nº 003/2026, de iniciativa do Vereador Hamilton Aparecido Machado, que apresenta EMENDA ADITIVA ao artigo 6º do Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997, passando o Parágrafo Único do art. 51-B da Lei Nº 1.141 a vigorar com a seguinte redação: Art. 51-B... Parágrafo Único. O cargo em comissão denominado Chefe da Seção Nutricional, será de livre nomeação e exoneração, exigindo-se a formação mínima de ensino superior completo, observadas as especificidades e áreas de atuação, conforme competências de cada cargo, competindo-lhe:"</t>
+  </si>
+  <si>
+    <t>19470</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19470/emenda_no_004-2026_plc_no_002-26.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Nº 004/2026, de iniciativa do Vereador Hamilton Aparecido Machado, que apresenta EMENDA ADITIVA ao artigo 8º do Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997, acrescentando o Parágrafo Único ao artigo 8º, passando a vigorar com a seguinte redação: "Art. 8º... Parágrafo Único. Os cargos em comissão denominados Oficial de Gabinete, símbolo CC-7, serão de livre nomeação e exoneração, exigindo-se, para todos eles, formação mínima de ensino superior completo, observadas as especificidades e áreas de atuação, conforme competências de cada cargo."</t>
+  </si>
+  <si>
+    <t>19475</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Comissão de Economia, Orçamento, Finanças e Fiscalização</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19475/emenda_no_005-2026_plc_no_07-26.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Nº 005/2026, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que apresenta EMENDA MODIFICATIVA ao Projeto de Lei Complementar Nº 007/2026 de autoria do Poder Executivo, que “Aumenta o vencimento do Quadro Geral do Magistério em conformidade ao Piso Salarial Profissional Nacional – PSPN do Magistério Público da Educação”, passando o artigo 3º a vigorar da forma descrita a seguir: Art. 3º. Fica o Poder Executivo autorizado a complementar os vencimentos dos servidores que, após o reajuste geral anual da remuneração, perceberem valores abaixo do salário mínimo nacional."</t>
+  </si>
+  <si>
+    <t>19478</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19478/emenda_no_006-2026_plc_no_003-26.pdf</t>
+  </si>
+  <si>
+    <t>Emenda Nº 006/2026, de iniciativa do Vereador Hamilton Aparecido Machado, que apresenta EMENDA ADITIVA ao artigo 2º do Projeto de Lei Complementar Nº 003/2026, de iniciativa do Poder Executivo, Mensagem N° 005 de 16 de janeiro de 2026, que "Altera e acrescenta dispositivos na Lei N° 1.592, de 27 de abril de 2007, para criar o Cargo de Supervisor Administrativo da Procuradoria Geral, redefinir atribuições do Procurador Adjunto e dá outras providências", passando o Art. 6°-B da Lei Nº 1592 a vigorar com a seguinte redação: “Art. 6º-B. Fica criado, na estrutura organizacional da PGM, 01 (um) cargo de provimento em comissão de Supervisor Administrativo da Procuradoria-Geral, de livre nomeação e exoneração pelo Prefeito Municipal, exigindo-se, para todo, formação mínima de ensino superior completo, observadas as especificidades e áreas de atuação, conforme competências de cada cargo, sendo enquadrado no símbolo CC-7.”</t>
+  </si>
+  <si>
+    <t>19510</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Thiago Braçudinho</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Emenda Nº 007/2026, de iniciativa do Vereador Thiago Talevi Pereira da Silva, que apresenta EMENDA MODIFICATIVA ao Projeto de Lei Ordinária Nº 001/2026, de autoria do Poder Executivo, que “Institui e regulamenta a Feira do Produtor no Município de Telêmaco Borba e dá outras providências”, passando o §3º do artigo 5º a vigorar da forma descrita a seguir: Art. 5º... “Parágrafo 3º. O termo da Permissão de Uso terá vigência de 04 (quatro) anos, podendo ser renovado ou revogado a qualquer tempo por interesse público ou descumprimento das normas.”</t>
+  </si>
+  <si>
+    <t>19172</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Japão</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA PARA QUE SEJA REALIZADO O SERVIÇO DE PODA DE UMA ÁRVORE LOCALIZADA NA RUA AMAPORÃ, NO BAIRRO JARDIM UNIÃO."</t>
+  </si>
+  <si>
+    <t>19173</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA PARA QUE SEJA REALIZADA A PODA DA ÁRVORE LOCALIZADA NA PRAÇA DO BAIRRO SÃO FRANCISCO."</t>
+  </si>
+  <si>
+    <t>19174</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA REALIZADO O SERVIÇO DE LIMPEZA E ROÇADA EM TODA A EXTENSÃO DA TRAVESSA BRASIL, LOCALIZADA NO BAIRRO ANA MARY."</t>
+  </si>
+  <si>
+    <t>19175</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA PARA QUE SEJA REALIZADA A MANUTENÇÃO DOS APARELHOS DE GINÁSTICA LOCALIZADOS NA PRAÇA PEDRO CORTEZ."</t>
+  </si>
+  <si>
+    <t>19176</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA PARA QUE SEJA REALIZADO O SERVIÇO DE TAPA BURACO NA RUA FREI CANECA, LOCALIZADA NO BAIRRO JARDIM ITÁLIA."</t>
+  </si>
+  <si>
+    <t>19177</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA PARA QUE SEJA PROVIDENCIADA A COLOCAÇÃO DE UMA GRELHA NO BUEIRO LOCALIZADA NA RUA RIO BRANCO, EM FRENTE AO Nº 860, NO BAIRRO SÃO JOÃO."</t>
+  </si>
+  <si>
+    <t>19178</t>
+  </si>
+  <si>
+    <t>Marquinho</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DENOMINE A PRAÇA DO BAIRRO MONTE SINAI COMO 'PRAÇA NOSSA SENHORA DE GUADALUPE', REITERANDO INDICAÇÃO 007/2025".</t>
+  </si>
+  <si>
+    <t>19179</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, JUNTO AO SETOR COMPETENTE, SEJAM REALIZADOS ESTUDOS PARA DISPONIBILIZAÇÃO DE ÁREA ESPECÍFICA PARA SEPULTAMENTO DE ANIMAIS DOMÉSTICOS (COMO CÃES E GATOS), COM A CONSEQUENTE REGULAMENTAÇÃO DO SERVIÇO, HAJA VISTA INCLUSIVE ALGUMAS CIDADES JÁ OFERECEM ESSA POSSIBILIDADE ATÉ MESMO NO PRÓPRIO CEMITÉRIO MUNICIPAL, REITERANDO INDICAÇÃO Nº 009/2025".</t>
+  </si>
+  <si>
+    <t>19180</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA PARA QUE SEJA PRIORIZADO O RECAPE ASFÁLTICO DAS RUAS BARILOCHE, CENTENÁRIO, DÁLIA, ELDORADO, FAXINAL, FORMOSA, MAR DEL PLATA, MENDONZA E ESTRADA DA FAZENDA, NO BAIRRO JARDIM ARGENTINA, REITERANDO INDICAÇÕES DE ANOS ANTERIORES".</t>
+  </si>
+  <si>
+    <t>19181</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE QUE SEJA EFETUADO ESTUDO E POSTERIORMENTE INSTALADO EM UM DOS CANTEIROS OU TERRENOS PÚBLICOS DA ENTRADA DA CIDADE, UM MONUMENTO QUE REPRESENTE A FÉ DA MAIORIA DOS TELEMACOBORBENSES NO CRISTIANISMO, REITERANDO INDICAÇÕES DE ANOS ANTERIORES”.</t>
+  </si>
+  <si>
+    <t>19182</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>"INDICA À SRA. PREFEITA QUE SEJAM REALIZADAS MELHORIAS NO GINÁSIO FURTADÃO, TAIS COMO: EXAUSTORES, CLIMATIZADORES, BEBEDOUROS, PISO, AMPLIAÇÃO DO ESTACIONAMENTO, ADEQUAÇÃO DAS CALÇADAS, PAISAGISMO, ILUMINAÇÃO, PARQUINHO INFANTIL, QUADRA DE AREIA, ETC, REITERANDO INDICAÇÃO 063/2025"</t>
+  </si>
+  <si>
+    <t>19183</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>"INDICA A SRA PREFEITA QUE DETERMINE AO SETOR COMPETENTE QUE SEJAM REALIZADOS ESTUDOS E ENCAMINHAMENTOS NECESSÁRIOS PARA REALIZAÇÃO DE CONVÊNIO COM A GYMPASS (OU ASSEMELHADA) EM BENEFÍCIO DOS FUNCIONÁRIOS PÚBLICOS MUNICIPAIS, REITERANDO INDICAÇÃO Nº 465 DE 2024."</t>
+  </si>
+  <si>
+    <t>19184</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Sid Siqueira</t>
+  </si>
+  <si>
+    <t>“INDICA AO SENHORA PREFEITA JUNTO COM O SETOR COMPETENTE QUE VERIFIQUEM AS POSSIBILIDADES PARA RECAPE DA RUA FARROUPILHAS, NO CENTRO."</t>
+  </si>
+  <si>
+    <t>19185</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>“INDICA AO SENHORA PREFEITA JUNTO COM O SETOR COMPETENTE QUE VERIFIQUEM AS POSSIBILIDADES PARA REACAPE DA RUA JUSCELINO KUBITSCHEK,  NO CENTRO."</t>
+  </si>
+  <si>
+    <t>19186</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>“INDICA A PREFEITA  JUNTO AO SETOR COMPETENTE QUE SEJA EFETUADO COM URGENCIA SERVIÇO DE PODA DE ÁRVORES E LIMPEZA DAS CALÇADAS EM TODA EXTENSÃO, NA AVENIDA MARECHAL DEODORO DA FONSECA, BAIRRO ALTO DAS OLIVEIRAS ”.</t>
+  </si>
+  <si>
+    <t>19187</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA JUNTO COM O SETOR COMPETENTE DA MUNICIPALIDADE QUE REALIZE SERVIÇO DE TAPA BURACOS, EM TODA EXTENSÃO DA RUA OLINDA, NO BAIRRO PARQUE LIMEIRA ÁREA 3 .”</t>
+  </si>
+  <si>
+    <t>19188</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>“INDICA A PREFEITA JUNTO AO SETOR COMPETENTE QUE SEJA EFETUADO COM URGENCIA SERVIÇO DE PODA DE ÁRVORES E LIMPEZA DAS CALÇADAS EM TODA EXTENSÃO,  NA AVENIDA GUATAÇARA BORBA CARNEIRO, NO BAIRRO BNH."</t>
+  </si>
+  <si>
+    <t>19189</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>“INDICA AO SENHORA PREFEITA JUNTO COM O SETOR COMPETENTE QUE VERIFIQUEM A SITUAÇÃO DAS PINTURAS DE FAIXAS DE SEGURANÇA DE PEDESTRES NAS RUAS JOAQUIM GONÇALVES, AV MAL. FLORIANO FRENTE AO TEM SIM E RUA ARTHUR BERNARDES TODAS DO BAIRRO SOCOMIM."</t>
+  </si>
+  <si>
+    <t>19190</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>Diguinaldo</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE MAIS AREIA NA QUADRA DA PRAÇA PEDRO CORTEZ."</t>
+  </si>
+  <si>
+    <t>19191</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A LIMPEZA DO COMPLEXO DE LAZER FRANCISCO VIDAL CARDOSO NO BAIRRO SÃO JOÃO.''</t>
+  </si>
+  <si>
+    <t>19192</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA PARA QUE DETERMINE JUNTO AO SETOR COMPETENTE MELHORIA NA RUA RIO DO OURO NO BAIRRO SÃO JOÃO FUNDOS DO MONTE SINAI.''</t>
+  </si>
+  <si>
+    <t>19193</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA  E AOS ORGÃOS COMPETENTES A PAVIMENTAÇÃO ASFÁLTICA DE TODAS AS RUAS DA VILA RURAL BRILHO DO SOL."</t>
+  </si>
+  <si>
+    <t>19194</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA  E AOS ORGÃOS COMPETENTES A LIMPEZA E ROÇADA E TROCA DE TOLDOS QUE ESTÃO DANIFICADOS NO CMEI CÂNDIDO PORTINARI NO BAIRRO SÃO JOÃO."</t>
+  </si>
+  <si>
+    <t>19195</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA  E AOS ORGÃOS COMPETENTES O SERVIÇO DE PODA DE ÁRVORES EM TODA A EXTENSÃO DA RUA RIO PARAGUAÇÚ."</t>
+  </si>
+  <si>
+    <t>19196</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>Elis</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE QUE SEJA REALIZADO ESTUDO TÉCNICO E POSTERIOR PINTURA/SINALIZAÇÃO DE VAGA EXCLUSIVA PARA MOTOCICLETAS NA AVENIDA CHANCELER HORÁCIO LAFFER, Nº 400."</t>
+  </si>
+  <si>
+    <t>19197</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE ATRAVÉS DA SECRETARIA DE SAÚDE QUE O MUNICÍPIO ESTUDE A POSSIBILIDADE DE IMPLANTAR O SERVIÇO DE ANÁLISES CLÍNICAS ATRAVÉS DE UM LABORATÓRIO PRÓPRIO.”</t>
+  </si>
+  <si>
+    <t>19198</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA E AO SETOR COMPETENTE QUE SEJA ADQUIRIDA UMA LAVADORA INDUSTRIAL DE ROUPAS E INSTALADA NAS DEPENDÊNCIAS DA UNIDADE DE PRONTO ATENDIMENTO (UPA), PERMITINDO QUE A HIGIENIZAÇÃO DAS ROUPAS SEJA REALIZADA NO PRÓPRIO LOCAL, GERANDO ECONOMIA AOS COFRES PÚBLICOS."</t>
+  </si>
+  <si>
+    <t>19199</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA E AO SETOR COMPETENTE A NECESSIDADE DE RETORNAR OS ATENDIMENTOS DE ORTOPEDIA À UNIDADE DE PRONTO ATENDIMENTO (UPA). TEMOS CONSTATADO GRANDES DIFICULDADES ENFRENTADAS PELOS PACIENTES PARA OBTER ATENDIMENTO ORTOPÉDICO. ANTERIORMENTE, ESSE SERVIÇO ERA OFERECIDO NA UPA, MAS ATUALMENTE NÃO ESTÁ MAIS DISPONÍVEL. ALÉM DISSO, TENHO RECEBIDO INÚMERAS RECLAMAÇÕES SOBRE O ATENDIMENTO PRESTADO PELO HOSPITAL IDF, O QUE REFORÇA A NECESSIDADE DE REAVALIAR ESSA MUDANÇA. DIANTE DISSO, SOLICITO A VIABILIDADE DO RETORNO DO ATENDIMENTO ORTOPÉDICO À UPA, GARANTINDO UM ACESSO MAIS ÁGIL E EFICIENTE AOS PACIENTES QUE NECESSITAM DESSE SERVIÇO ESSENCIAL."</t>
+  </si>
+  <si>
+    <t>19200</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>Toto, Thiago Braçudinho</t>
+  </si>
+  <si>
+    <t>"INDICAM A SENHORA PREFEITA E AO SETOR COMPETENTE QUE REALIZE ESTUDOS PARA PROPOR A INCLUSÃO DE BOTIJÕES DE GÁS DE COZINHA ENTRE OS ITENS DA FEIRA DO BEM, PARA AMPLIAR O PROGRAMA NO MUNÍCIPIO.”</t>
+  </si>
+  <si>
+    <t>19201</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA E AO SETOR COMPETENTE QUE REALIZE ESTUDOS PARA MUDANÇA DE LOCAL DA AGÊNCIA DO TRABALHADOR, PARA MELHORA AO ATENDIMENTO AOS MUNÍCIPES."</t>
+  </si>
+  <si>
+    <t>19202</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>"INDICAM A SENHORA PREFEITA PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES A REATIVAÇÃO DA BANDA MARCIAL DE TELEMACO BORBA."</t>
+  </si>
+  <si>
+    <t>19203</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>Thiago Braçudinho, Toto</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA PROVIDENCIADO A LIMPEZA DA BOCA DE LOBO SITUADA NA RUA ROSÁRIO, EM FRENTE AO Nº 127, BAIRRO SÃO JOÃO.”</t>
+  </si>
+  <si>
+    <t>19204</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Thiago Braçudinho, Sid Siqueira</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA, ATRAVÉS DO SETOR COMPETENTE, A NECESSIDADE URGENTE DE REFORMA NA FEIRA DO PRODUTOR, CONSIDERANDO SUA IMPORTÂNCIA PARA O COMÉRCIO LOCAL, O INCENTIVO À AGRICULTURA FAMILIAR E O DESENVOLVIMENTO ECONÔMICO DO MUNICÍPIO, REITERANDO A INDICAÇÃO Nº 201/2025.”</t>
+  </si>
+  <si>
+    <t>19205</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA PARA QUE ESTUDE A POSSIBILIDADE DE INCLUIR NO CALENDÁRIO OFICIAL DO MUNICÍPIO A SEMANA DA PROVA DOS 3 TAMBORES, UM EVENTO QUE VALORIZA O ESPORTE EQUESTRE, PROMOVE O TURISMO, INCENTIVA A ECONOMIA LOCAL E FORTALECE A CULTURA REGIONAL, REITERANDO A INDICAÇÃO Nº 344/2025.”</t>
+  </si>
+  <si>
+    <t>19206</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>Ezequiel Betim</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, SOLICITE ESTUDOS PARA TRATATIVAS SOBRE O TRÂNSITO NAS RUAS RIO TROMBETA, ESQUINA COM SETE QUEDAS E RIO SOLIMÕES, NESTE LOCAL AS TRÊS RUAS SE ENCONTRAM E ESTÁ HAVENDO PROBLEMAS COM VEÍCULOS E PEDESTRES."</t>
+  </si>
+  <si>
+    <t>19207</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, SOLICITE A REALIZAÇÃO DE RECAPE ASFÁLTICO NAS RUAS: BARRO PRETO, NOVA ESPERANÇA, PINHAL BONITO, CARAGUATÁ, MIRANDA E MAUÁ, TODAS NO BAIRRO ÁREA II."</t>
+  </si>
+  <si>
+    <t>19208</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE, REALIZE ESTUDOS PARA UMA REFORMA GERAL NO CENTRO COMUNITÁRIO DO BAIRRO ÁREA II."</t>
+  </si>
+  <si>
+    <t>19209</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE, REALIZE UMA REFORMA GERAL NO PISO E BRINQUEDOS DA PRACINHA DA VILA OZÓRIO.”</t>
+  </si>
+  <si>
+    <t>19210</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, SOLICITE RECAPE ASFÁLTICO NA RUA WROBLEWSKI – JARDIM KROLL.”</t>
+  </si>
+  <si>
+    <t>19211</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, SOLICITE A CONSTRUÇÃO DE UMA ACADEMIA AO AR LIVRE E UM PARQUINHO INFANTIL NA RUA ACÁCIA, LATERAL DA ESCOLA LUIZ VIEIRA – BAIRRO SÃO JOÃO.”</t>
+  </si>
+  <si>
+    <t>19212</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>Felipe Pedroso</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES, ESTUDE A NECESSIDADE DA IMPLEMENTAÇÃO DE UM PROGRAMA DE PARCERIA PÚBLICO-COMUNITÁRIA, INSPIRADO NO MODELO DO "PROGRAMA PARCERIA" DA PREFEITURA DE RECIFE/PE, PARA A EXECUÇÃO DE OBRAS DE INFRAESTRUTURA E CONTENÇÃO EM ÁREAS DE VULNERABILIDADE NO MUNICÍPIO DE TELÊMACO BORBA.”</t>
+  </si>
+  <si>
+    <t>19213</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADA A IMPLANTAÇÃO DE UM PLAYGROUND PARA AS CRIANÇAS E A INSTALAÇÃO DE UMA ACADEMIA AO AR LIVRE NA PRAÇA DA BÍBLIA.”</t>
+  </si>
+  <si>
+    <t>19215</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA, QUE, POR MEIO DO SETOR COMPETENTE, SEJAM REALIZADOS OS REPAROS NECESSÁRIOS NO CAMPO LOCALIZADO NA TRAVESSA ROMÊNIA COM A RUA DA CRUZ, NO BAIRRO JARDIM EUROPA, BEM COMO SEJA REALIZADO UM ESTUDO PARA A IMPLEMENTAÇÃO DE BANHEIROS NO LOCAL.”</t>
+  </si>
+  <si>
+    <t>19216</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA, QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADO UM ESTUDO PARA A INSTALAÇÃO DE UM PLAYGROUND E DE UMA ACADEMIA AO AR LIVRE NA PRAÇA LOCALIZADA ENTRE A RUA VERA CRUZ E A RUA SATURNO, EM FRENTE AO KI BARATÃO, NO BAIRRO NOSSA SENHORA DE FÁTIMA."</t>
+  </si>
+  <si>
+    <t>19219</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA, QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADO UM ESTUDO PARA A INSTALAÇÃO DE UM PLAYGROUND E DE UMA ACADEMIA AO AR LIVRE, NA PRAÇA LOCALIZADA ENTRE A RUA PERNAMBUCO E A RUA CORBÉLIA, NO BAIRRO NOSSA SENHORA DE FÁTIMA.”</t>
+  </si>
+  <si>
+    <t>19222</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA, QUE, POR MEIO DO SETOR COMPETENTE, SEJAM REALIZADOS OS REPAROS NECESSÁRIOS NA RUA DOS APACHES, ATRÁS DO GINÁSIO DO MINI CENTRO, CONSIDERANDO QUE A VIA SE ENCONTRA DANIFICADA E COM BURACOS.”</t>
+  </si>
+  <si>
+    <t>19224</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Prof Klecius</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA MUNICIPAL PARA QUE DETERMINE AO SETOR COMPETENTE, A REALIZAÇÃO DE MANUTENÇÃO NA GALERIA DE ÁGUAS PLUVIAIS, BEM COMO A EXECUÇÃO DE OPERAÇÃO TAPA-BURACOS EM TODA EXTENSÃO DA RUA MAXIMILIANO JOSÉ CHAVES (CORREDOR PEDESTRES) NO BAIRRO SOCOMIM.”</t>
+  </si>
+  <si>
+    <t>19225</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA MUNICIPAL PARA QUE DETERMINE AO SETOR COMPETENTE, QUE SEJA REALIZADA PODA DE ÁRVORE, E RECUPERAÇÃO DA CALÇADA DANIFICADA PELAS RAÍZES NO PASSEIO DA RUA ARGENTINA, Nº 06, NO BAIRRO MONTE CARLO.”</t>
+  </si>
+  <si>
+    <t>19227</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA MUNICIPAL PARA QUE DETERMINE AO SETOR COMPETENTE, QUE SEJA REALIZADA LIMPEZA DE ‘PASSAGENS DE PEDESTRES’ ENTRE A RUA PONTA GROSSA E ALAMEDA PASTEUR NAS PROXIMIDADES DO GINÁSIO ESPORTES DA PRAÇA LUBA KLABIN NO BAIRRO BNH.”</t>
+  </si>
+  <si>
+    <t>19228</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA MUNICIPAL PARA QUE DETERMINE A SECRETARIA COMPETENTE A REALIZAÇÃO DE ESTUDO DE VIABILIDADE PARA IMPLANTAÇÃO DE CURSO GRATUITO DE DANÇAS GAÚCHAS, DESTINADO À POPULAÇÃO EM GERAL.”</t>
+  </si>
+  <si>
+    <t>19229</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA MUNICIPAL PARA QUE DETERMINE JUNTO AO SETOR COMPETENTE, MELHORIA NA RUA PINÓS (RUA DE TERRA), CONTINUAÇÃO DA RUA RIO DO OURO NO BAIRRO SÃO JOÃO, FUNDOS DO MONTE SINAI.”</t>
+  </si>
+  <si>
+    <t>19230</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE, QUE SEJA FEITA ROÇADA E LIMPEZA NO TERRENO LOCALIZADO NA RUA SÃO JOÃO DO TRIUNFO, AO LADO DO Nº 475, NO BAIRRO BELA VISTA.”</t>
+  </si>
+  <si>
+    <t>19231</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>Rô Enfermeira</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO SETOR COMPETENTE, QUE SEJA DETERMINADA A PRESENÇA DE UMA VIATURA DA GUARDA MUNICIPAL DURANTE A REALIZAÇÃO DE JOGOS E EVENTOS ESPORTIVOS NO GINÁSIO DE ESPORTES FURTADÃO, COM O OBJETIVO DE GARANTIR A SEGURANÇA, A ORDEM PÚBLICA E A INTEGRIDADE FÍSICA DE TODOS OS PARTICIPANTES E ESPECTADORES.”</t>
+  </si>
+  <si>
+    <t>19232</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA, QUE ATRAVÉS DO SETOR COMPETENTE, INTERVENHA COM URGÊNCIA, JUNTO AO GOVERNO DO ESTADO DO PARANÁ E AO DEPARTAMENTO DE ESTRADAS DE RODAGEM  DER/PR, PARA VIABILIZAR A IMPLANTAÇÃO DE UMA PASSARELA PARA PEDESTRES NA ROTATÓRIA DO BAIRRO MONTE CARLO, LOCALIZADA NA PR-160, EM FRENTE AO STOCK ATACADISTA, NO TRECHO QUE LIGA OS BAIRROS MONTE CARLO E ÁREA 2.”</t>
+  </si>
+  <si>
+    <t>19233</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA, QUE ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO O RECAPEAMENTO ASFÁLTICO EM TODA A EXTENSÃO DA RUA IBICUÍ, LOCALIZADA NO BAIRRO ÁREA 6.”</t>
+  </si>
+  <si>
+    <t>19234</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA, POR MEIO DA SECRETARIA DE OBRAS, QUE SEJA  REALIZADO O CONSERTO DA CERCA LATERAL DA BASE DO SAMU, VISANDO GARANTIR A SEGURANÇA DA UNIDADE E A PRESERVAÇÃO DO PATRIMÔNIO  PÚBLICO.”</t>
+  </si>
+  <si>
+    <t>19235</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO PODER LEGISLATIVO MUNICIPAL, ATRAVÉS DO SETOR COMPETENTE, A DISPONIBILIZAÇÃO DE INTÉRPRETE DE LIBRAS (LÍNGUA BRASILEIRA DE SINAIS) EM TODOS OS EVENTOS OFICIAIS PROMOVIDOS PELA PREFEITURA E PELA CÂMARA MUNICIPAL."</t>
+  </si>
+  <si>
+    <t>19236</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA, QUE ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADA A SUBSTITUIÇÃO DAS ATUAIS PLACAS DE “PROIBIDO FUMAR” POR PLACAS COM A SEGUINTE REDAÇÃO: “PROIBIDO FUMAR E VAPORIZAR – CONFORME LEI”, EM TODOS OS PRÉDIOS PÚBLICOS, UNIDADES DE SAÚDE, ESCOLAS, REPARTIÇÕES PÚBLICAS E DEMAIS AMBIENTES DE USO COLETIVO NO ÂMBITO DO MUNICÍPIO.”</t>
+  </si>
+  <si>
+    <t>19258</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19258/ind_059-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA QUE SEJA PROVIDENCIADA A TROCA DOS REFLETORES QUEIMADOS DO CAMPO LOCALIZADO AO LADO DO CONJUNTO RESIDENCIAL TIBAGI.”_x000D_
+_x000D_
+                                                                                            ,</t>
+  </si>
+  <si>
+    <t>19259</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19259/ind_060-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA QUE SEJA PROVIDENCIADO O SERVIÇO DE TAPA-BURACOS NA VIA LOCALIZADA NA RUA MANOEL SIMEÃO DE SOUZA, EM FRENTE AO Nº 423, NO BAIRRO BOM JESUS.”_x000D_
+_x000D_
+_x000D_
+                                                                                                   ,</t>
+  </si>
+  <si>
+    <t>19260</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19260/ind_061-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA QUE SEJA PROVIDENCIADO O SERVIÇO DE TAPA-BURACOS NA VIA LOCALIZADA NA RUA ALBERTO ELERTH FILHO, EM FRENTE À IGREJA BOM JESUS.”</t>
+  </si>
+  <si>
+    <t>19261</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19261/ind_062-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA, EM CARÁTER DE URGÊNCIA, POR SOLICITAÇÃO DOS MORADORES, QUE SEJA PROVIDENCIADO O DESENTUPIMENTO E O CONSERTO DAS GRELHAS DO BUEIRO LOCALIZADO NA RUA CASTELO BRANCO, EM FRENTE AOS NÚMEROS 85A E 85, NO BAIRRO BONA VILA.”_x000D_
+                                                                         ,</t>
+  </si>
+  <si>
+    <t>19262</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19262/ind_063-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA QUE SEJA PROVIDENCIADA A LIMPEZA DAS CANALETAS NO ENTORNO DO COMPLEXO DE LAZER DA MARINHA, E DAS CALHAS DA QUADRA DE ESPORTES.”_x000D_
+_x000D_
+                                                                                                   ,</t>
+  </si>
+  <si>
+    <t>19263</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19263/ind_064-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA POR SOLICITAÇÃO DOS MORADORES QUE SEJA PROVIDENCIADA A LIMPEZA E A ROÇADA DO CAMPO LOCALIZADO ATRÁS DO CONJUNTO RESIDENCIAL TIBAGI.”_x000D_
+_x000D_
+                                                                                                ,</t>
+  </si>
+  <si>
+    <t>19264</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19264/ind_065-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SRA. PREFEITA QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE TRATATIVAS COM NOSSAS AUTORIDADES FEDERAIS À FIM DE QUE O PRÉDIO ONDE HOJE ESTÁ INSTALADO O INSS SEJA REPASSADO AO MUNICÍPIO, E ALÉM DISSO OCORRA O RETORNO DOS ATENDIMENTOS PERICIAIS EM NOSSA CIDADE, REITERANDO INDICAÇÕES DE ANOS ANTERIORES".</t>
+  </si>
+  <si>
+    <t>19265</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19265/ind_066-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE EXAUSTORES E/OU CLIMATIZADORES, BEM COMO BEBEDOURO, NOS GINÁSIOS DOS BAIRROS CEM CASAS E BELA VISTA."</t>
+  </si>
+  <si>
+    <t>19266</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19266/ind_067-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A AQUISIÇÃO DE CLIMATIZADORES PARA USO NO CENTRO DE GINÁSTICA E LOCAIS DE REALIZAÇÃO DE CAMPEONATOS E JOGOS ESPORTIVOS."</t>
+  </si>
+  <si>
+    <t>19267</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19267/ind_068-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SRA. PREFEITA QUE DETERMINE AO SETOR COMPETENTE QUE PROVIDENCIE O LICENCIAMENTO E POSTERIOR DISPONIBILIDADE DE ÁREA APROPRIADA PARA DESCARTE DE RESTOS DE CONSTRUÇÃO CIVIL (REITERANDO INDICAÇÕES DE 2017, 2018, 2021, 2022,2023,2024 E 2025)”.</t>
+  </si>
+  <si>
+    <t>19268</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19268/ind_069-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SRA. PREFEITA QUE DETERMINE AO SETOR COMPETENTE ESTUDO PARA CRIAÇÃO DO CARGO DE AGENTE DE SERVIÇOS PÚBLICOS (CONSERVEIRO DE PRAÇAS E PRÉDIOS PÚBLICOS), O QUAL TERIA COMO ATRIBUIÇÕES TRABALHAR NA MANUTENÇÃO E CONSERVAÇÃO DAS PRAÇAS E DEMAIS PRÉDIOS PÚBLICOS."</t>
+  </si>
+  <si>
+    <t>19269</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19269/ind_070-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SRA. PREFEITA QUE À EXEMPLO DO GOVERNO DO ESTADO, REALIZE A AQUISIÇÃO DE EQUIPAMENTOS DE TECNOLOGIA VISUAL ASSISTIVA, COMPOSTO POR DISPOSITIVO DE INTELIGÊNCIA ARTIFICIAL (TECNOLOGIA ORCAM MYEYE 2.0) PARA USO DOS ALUNOS E DOCENTES COM DEFICIÊNCIA VISUAL DA REDE MUNICIPAL DE EDUCAÇÃO."</t>
+  </si>
+  <si>
+    <t>19270</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19270/ind_071-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, SERVIÇO DE RECAPE ASFÁTICO EM PARTES   DA TRAVESSA VILA RICA,  BAIRRO CENTRO.”</t>
+  </si>
+  <si>
+    <t>19271</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19271/ind_072-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SRA. PREFEITA  E AO SETOR RESPONSAVEL QUE SEJAM COLOCADOS EM LOCAIS ESTRATEGICOS “BICICLETARIOS” PARA UTILIZAÇÃO DOS CICLISTAS, PROPORCIONANDO SEGURANÇA NO ESTACIONAMENTO,  INCENTIVANDO ASSIM, UTILIZAÇÃO MAIS EXPRESSIVA DESSE MEIO DE TRANSPORTE SAUDAVEL”.</t>
+  </si>
+  <si>
+    <t>19272</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19272/ind_073-2026.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES QUE REGULARIZEM DUAS VAGAS DE TRÂNSITO NA RUA TIRADENTES EM FRENTE AO NÚMERO 360.''</t>
+  </si>
+  <si>
+    <t>19273</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19273/ind_074-2026.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE CASCALHO NA RUA IRLANDA NA ENTRADA DO CRAS NO BAIRRO JARDIM EUROPA."</t>
+  </si>
+  <si>
+    <t>19274</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19274/ind_075-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A PINTURA DE FAIXA DE PEDESTRES NA RUA RIO BRANCO EM FRENTE A PANIFICADORA MANÁ NO BAIRRO SÃO JOÃO."</t>
+  </si>
+  <si>
+    <t>19275</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19275/ind_076-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A PINTURA DE FAIXA DE PEDESTRES NA RUA RIO BRANCO EM FRENTE A ESCOLA MUNICIPAL GONÇALVES LÊDO NO BAIRRO PARQUE LIMEIRA AREA 7."</t>
+  </si>
+  <si>
+    <t>19276</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19276/ind_077-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJAM REALIZADOS ESTUDOS E ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA O RETORNO DA EQUOTERAPIA NO MUNICÍPIO, SEJA POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE E/OU DA SECRETARIA MUNICIPAL DE EDUCAÇÃO, GARANTINDO ATENDIMENTO MULTIPROFISSIONAL ÀS PESSOAS QUE NECESSITAM DESSA MODALIDADE TERAPÊUTICA."</t>
+  </si>
+  <si>
+    <t>19277</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19277/ind_078-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZEM ESTUDOS PARA COLOCAREM MEIO FIO EM TODA EXTENSÃO DA RUA SOLEDADE - MACOPA”.</t>
+  </si>
+  <si>
+    <t>19278</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19278/ind_079-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA QUE, SOLICITE JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE SEJA FEITO UM ESTUDO PARA VER A POSSIBILIDADE DE MUDANÇA DO SISTEMA DE ESTACIONAMENTO (LATERAL PRA DIAGONAL) EM FRENTE À IGREJA ADVENTISTA DO 7º DIA NA RUA LÓTUS BAIRRO JARDIM ALEGRE”.</t>
+  </si>
+  <si>
+    <t>19279</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19279/ind_080-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO DER E GOVERNO ESTADUAL, REALIZEM ESTUDOS PRA CONSTRUÇÃO DE UMA PASSARELA PARA PEDESTRES SOBRE A RODOVIA PRA 160 ALTURAS KM 217, EM FRENTE AO POSTO COMBUSTIVEL VITÓRIA II DE FRENTE ESQUINA RUA CHILE”.</t>
+  </si>
+  <si>
+    <t>19280</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19280/ind_081-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA QUE SOLICITE JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE SEJA REALIZADO ESTUDOS PARA A CONSTRUÇÃO DE UM POSTO DE SAÚDE NO BAIRRO ÁREA 7”.</t>
+  </si>
+  <si>
+    <t>19281</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19281/ind_082-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA QUE, SOLICITE JUNTO AOS ÓRGÃOS COMPETENTES PARA QUE SEJA REALIZADO ESTUDOS PARA A CONSTRUÇÃO DE UM CENTRO COMUNITÁRIO NO BAIRRO ÁREA 7”.</t>
+  </si>
+  <si>
+    <t>19282</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19282/ind_083-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE REALIZEM UM ESTUDO PARA IMPLANTAÇÃO DE UMA ÓTICA PÚBLICA EM NOSSO MUNICÍPIO TENDO COMO EXEMPLO A DA CIDADE DE FLORIANÓPOLIS EM SANTA CATARINA”.</t>
+  </si>
+  <si>
+    <t>19283</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19283/ind_084-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE REALIZEM UM ESTUDO PARA INSTALAÇÃO DE BEBEDOURO ICE/HOT NO COMPLEXO DE LAZER CASTURINO RODRIGUES DA SILVA, NO BAIRRO SÃO SILVESTRE”.</t>
+  </si>
+  <si>
+    <t>19284</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19284/ind_085-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE REALIZEM UM ESTUDO PARA INSTALAÇÃO E/OU ADEQUAÇÃO DE CORRIMÃOS EM TODA A EXTENSÃO DO CENTRO DE CONVIVÊNCIA DO IDOSO – CCI, NESTE MUNICÍPIO.”</t>
+  </si>
+  <si>
+    <t>19285</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19285/ind_086-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA ESTUDADA A POSSIBILIDADE DE IMPLEMENTAÇÃO DE UMA TURMA DE ZUMBA NO CENTRO COMUNITÁRIO SEBASTIÃO SOARES PINHEIRO, LOCALIZADO NO BAIRRO CEM CASAS."</t>
+  </si>
+  <si>
+    <t>19286</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19286/ind_087-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA, QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADO UM ESTUDO PARA A INSTALAÇÃO DE UM ESPAÇO DE LEITURA NA PRAÇA LOCALIZADA ENTRE A RUA URANO E A RUA NETUNO, NO BAIRRO NOSSA SENHORA DE FÁTIMA, ONDE OS MORADORES DO LOCAL POSSAM DEIXAR E PEGAR LIVROS DE FORMA COMUNITÁRIA, PROMOVENDO A CULTURA E O COMPARTILHAMENTO DE LEITURA."</t>
+  </si>
+  <si>
+    <t>19287</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19287/ind_088-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA, POR MEIO DOS SETORES COMPETENTES, QUE SEJA REALIZADO UM ESTUDO PARA IDENTIFICAR AS ÁREAS DE MAIOR NECESSIDADE, PARA QUE PROMOVA A DEDETIZAÇÃO DOS BUEIROS DO MUNICÍPIO."</t>
+  </si>
+  <si>
+    <t>19288</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19288/ind_089-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA CRIADA UMA BIBLIOTECA MUNICIPAL ITINERANTE, QUE POSSA SER LEVADA A EVENTOS, PRAÇAS E À FEIRA DA LUA, PERMITINDO QUE OS MUNÍCIPES FAÇAM CADASTRO E POSSAM EMPRESTAR LIVROS DIRETAMENTE NO LOCAL."</t>
+  </si>
+  <si>
+    <t>19289</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19289/ind_090-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJAM ADOTADAS AS PROVIDÊNCIAS NECESSÁRIAS PARA VIABILIZAR A INSTALAÇÃO DE UM CORRIMÃO NO CORREDOR PÚBLICO LOCALIZADO NA RUA ARGENTINA, ENTRE OS NÚMEROS 1.248 E 1.250, NO BAIRRO SOCOMIM."</t>
+  </si>
+  <si>
+    <t>19290</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19290/ind_091-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA REALIZADO UM ESTUDO PARA IDENTIFICAR AS ÁREAS DO MUNICÍPIO COM MAIOR ÍNDICE DE OCORRÊNCIAS, SOLICITANDO, NOS LOCAIS IDENTIFICADOS, O REFORÇO DA ILUMINAÇÃO PÚBLICA, BEM COMO A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA."</t>
+  </si>
+  <si>
+    <t>19291</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19291/ind_092-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE RECUPERAÇÃO DE MALHA ASFÁLTICA NA RUA RIO IGUAÇU, BAIRRO AREA 3”</t>
+  </si>
+  <si>
+    <t>19292</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19292/ind_093-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE TAPA BURACO NA RUA TRAVESSA PATO BRANCO, PRÓXIMO RESIDÊNCIA Nº 52, BAIRRO BELA VISTA”</t>
+  </si>
+  <si>
+    <t>19293</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19293/ind_094-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE PARA QUE SEJA FEITO RECUO DE CALÇADA E IMPLEMENTAÇÃO DE ESTACIONAMENTO PARA O COMÉRCIO DA AVENIDA MARECHAL FLORIANO PEIXOTO, NA FRENTE E PROXIMIDADES DO NÚMERO 1119.”</t>
+  </si>
+  <si>
+    <t>19294</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19294/ind_095-2026.pdf</t>
+  </si>
+  <si>
+    <t>''INDICO A SENHORA PREFEITA, E A SECRETARIA DE OBRAS, A REALIZAÇÃO DE RECAPEAMENTO ASFÁLTICO NÃO RUA FRANCISCO KROLL, LOCALIZADA NO BAIRRO JARDIM KROLL.''</t>
+  </si>
+  <si>
+    <t>19295</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19295/ind_096-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA , POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE, QUE SEJA REALIZADO UM ESTUDO DE VIABILIDADE PARA A CONTRATAÇÃO DE EMPRESA TERCEIRIZADA DE SERVIÇOS GERAIS, DEVIDAMENTE CAPACITADA, PARA ATENDER ÀS UNIDADES DE SAÚDE DO MUNICÍPIO."</t>
+  </si>
+  <si>
+    <t>19296</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19296/ind_097-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA, POR MEIO DA SECRETARIA DE SAÚDE, QUE ESTUDE A POSSIBILIDADE DE INSTITUIR PRIORIDADE NO ATENDIMENTO PSICOLÓGICO E MÉDICO, PELO SUS, ÀS MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA QUE POSSUAM BOLETIM DE OCORRÊNCIA E MEDIDA PROTETIVA JUDICIAL."</t>
+  </si>
+  <si>
+    <t>19297</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19297/ind_098-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA QUE, POR MEIO DA SECRETARIA DE OBRAS, SEJA PROVIDENCIADA A INSTALAÇÃO DE BEBEDOUROS NAS QUADRAS DE ESPORTE PÚBLICAS DO MUNICÍPIO."</t>
+  </si>
+  <si>
+    <t>19298</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19298/ind_099-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE SEJA VIABILIZADO A INCLUSÃO DO EXAME DE ELETROCARDIOGRAMA (ECG) NOS POSTOS DE SAÚDE E CAPACITAÇÃO DOS SERVIDORES."</t>
+  </si>
+  <si>
+    <t>19299</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19299/ind_100-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO SETOR COMPETENTE PARA QUE SEJA REALIZADO UM ESTUDO PARA CONSTRUÇÃO DE UM GINÁSIO ESPORTIVO NA PRAÇA DO JARDIM ALEGRE .”</t>
+  </si>
+  <si>
+    <t>19300</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19300/ind_101-2026.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AOS ÓRGÃOS COMPETENTES QUE SEJA VIABILIZADO A IMPLANTAÇÃO DE PROGRAMA PARA FAMÍLIAS DE BAIXA RENDA, DESTINADO À CONSTRUÇÃO GRATUITA DE CALÇADAS."</t>
+  </si>
+  <si>
+    <t>19301</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19301/ind_102-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA, ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA PROVIDENCIADA A SUBSTITUIÇÃO DO PISO DAS SALAS DE AULA DA ESCOLA MUNICIPAL GONÇALVES LEDO, LOCALIZADA NO PARQUE LIMEIRA ÁREA VII, COM A RETIRADA DOS TACOS ATUALMENTE EXISTENTES E A INSTALAÇÃO DE PISO CERÂMICO ADEQUADO AO AMBIENTE ESCOLAR.”</t>
+  </si>
+  <si>
+    <t>19302</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19302/ind_103-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA, ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADA, COM A MÁXIMA URGÊNCIA, UMA REFORMA GERAL NA UPA – UNIDADE DE PRONTO ATENDIMENTO DESTE MUNICÍPIO.”</t>
+  </si>
+  <si>
+    <t>19303</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19303/ind_104-2026.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA, ATRAVÉS DO SETOR COMPETENTE, PARA QUE SEJA REALIZADA A REVITALIZAÇÃO EM TODA EXTENSÃO DA RUA FREI LUIZ DE AMITILLE, NO BAIRRO JARDIM ITÁLIA.”</t>
+  </si>
+  <si>
+    <t>19306</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19306/indicacao_no_105-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA PROVIDENCIADA A INSTALAÇÃO DE CÂMERAS DE SEGURANÇA NO COMPLEXO DE LAZER DO BAIRRO MARINHA."</t>
+  </si>
+  <si>
+    <t>19310</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19310/indicacao_no_106-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA REALIZADA A CANALIZAÇÃO DA ÁGUA PLUVIAL EM TODA A EXTENSÃO DA QUADRA DE ESPORTES DO BAIRRO MARINHA."</t>
+  </si>
+  <si>
+    <t>19312</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19312/indicacao_no_107-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA PROVIDENCIADA A COLOCAÇÃO DE TAMPAS NOS BUEIROS, BEM COMO O DESENTUPIMENTO DOS MESMOS, NA RUA SÍRIO DE CASTRO RIBAS, NO BAIRRO JARDIM UNIÃO."</t>
+  </si>
+  <si>
+    <t>19313</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19313/indicacao_no_108-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA, QUE SEJA PROVIDENCIADA A REPINTURA DA SINALIZAÇÃO DA VAGA DE CARGA E DESCARGA, ATUALMENTE APAGADA, EM FRENTE AO ESTABELECIMENTO LANCHONETE DO ZEZINHO, BEM COMO A DEMARCAÇÃO DE VAGA DE ESTACIONAMENTO POR TEMPO LIMITADO EM FRENTE À FARMÁCIA HEIL, LOCALIZADA NA RUA MARECHAL DEODORO DA FONSECA, NO BAIRRO SOCOMIM."</t>
+  </si>
+  <si>
+    <t>19314</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19314/indicacao_no_109-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA PROVIDENCIADA A LIMPEZA E A ROÇADA EM TODA A EXTENSÃO DA RUA AV. BRASIL, NO BAIRRO ANA MARY."</t>
+  </si>
+  <si>
+    <t>19316</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19316/indicacao_no_110-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA PROVIDENCIADO O CONSERTO DA TAMPA DO BUEIRO QUE SE ENCONTRA QUEBRADA NA RUA TRAVESSA LAGOA, AO LADO DO Nº 132, NO BAIRRO PARQUE LIMEIRA – ÁREA 2."</t>
+  </si>
+  <si>
+    <t>19317</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19317/indicacao_no_111-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE QUE, AO PROJETAR NOVOS PRÉDIOS PÚBLICOS (ESCOLAS, CMEIS, UBS'S E OUTRAS REPARTIÇÕES) JÁ ESTEJA PREVISTO A IMPLANTAÇÃO DE SISTEMAS DE ENERGIA COM CÉLULAS FOTOVOLTAICAS (ENERGIA SOLAR)."</t>
+  </si>
+  <si>
+    <t>19318</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19318/indicacao_no_112-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE ESTUDOS PARA ADEQUAÇÃO DAS INSTALAÇÕES ELÉTRICAS DAS ESCOLAS E CMEIS À FIM DE QUE POSSAM SUPORTAR A INSTALAÇÃO DE AR CONDICIONADO NAS INSTITUIÇÕES DE ENSINO QUE AINDA NÃO OS POSSUAM."</t>
+  </si>
+  <si>
+    <t>19321</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19321/indicacao_no_113-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A RETOMADA DO PROJETO QUE BUSCA A INTERLIGAÇÃO ENTRE A RUA NOSSA SENHORA APARECIDA NO BAIRRO CEM CASAS COM O BAIRRO RIO ALEGRE."</t>
+  </si>
+  <si>
+    <t>19324</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19324/indicacao_no_114-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE A CONSTRUÇÃO DE UM CMEI NO BAIRRO CASA BELLA."</t>
+  </si>
+  <si>
+    <t>19325</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19325/indicacao_no_115-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A EXECUÇÃO DE CALÇADA NO PASSEIO DA RUA ROMÊNIA (BAIRRO JARDIM EUROPA) E A VIA QUE LHE DÁ CONTINUIDADE."</t>
+  </si>
+  <si>
+    <t>19326</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19326/indicacao_no_116-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A IMPLANTAÇÃO DO ARMAZÉM DA FAMÍLIA, TAL QUAL PROJETO APRESENTADO PELO MFC À MUNICIPALIDADE, REINTERANDO INDICAÇÕES NºS 128/2024 , 545/2023 E 348/2025."</t>
+  </si>
+  <si>
+    <t>19328</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19328/indicacao_no_117-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA JUNTO COM O SETOR COMPETENTE DO MUNICIPIO, REINTEIRANDO INDICAÇÃO 580/24, POIS A MESMA NÃO FOI ATENDIDA,   QUE SEJA DADA ATENÇÃO A PEQUENA AREA DE LAZER EXISTENTE NA RUA PAINEIRA NO JARDIM ALVORADA, PARA REVIGORAR E REESTRUTURAR O LOCAL VISTO ESTAR EM ABANDONO, INCLUSIVE SEM TRAVES NA QUADRA, E COM FALTA DE BRINQUEDOS PARA A AREA INFANTIL”.</t>
+  </si>
+  <si>
+    <t>19329</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19329/indicacao_no_118-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO SETOR COMPETENTE, REINTERANDO A INDICAÇÃO 412/2024 QUE NÃO FOI ATENDIDA,  QUE REALIZEM VERIFICAÇÃO E RELIGAÇÃO DOS CABOS DE ENERGIA PARA A QUADRA DE ESPORTES DO JARDIM ALVORADA NA RUA PAINEIRA”.</t>
+  </si>
+  <si>
+    <t>19330</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19330/indicacao_no_119-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO SETOR COMPETENTE, REINTERANDO INDICAÇÃO DE 2024 NÃO ATENDIDA,  QUE SEJA FEITO UM RECAPE ASFALTICO NA RUA CRISTAL NO JARDIM ALVORADA, ONDE OS USUARIOS PENAM COM FALTA DE PAVIMENTAÇÃO”.</t>
+  </si>
+  <si>
+    <t>19331</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19331/indicacao_no_120-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES O CONSERTO DOS BEBEDOUROS DA ESCOLA MUNICIPAL SÃO SILVESTRE.''</t>
+  </si>
+  <si>
+    <t>19332</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19332/indicacao_no_121-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE DUAS TAMPAS DE BUEIROS NA RUA DOS CURIÓS EM FRENTE AOS NÚMEROS 302 E 315 NO BAIRRO SÃO SILVESTRE."</t>
+  </si>
+  <si>
+    <t>19333</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19333/indicacao_no_122-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES PARA ARRUMAR O MEIO FIO DA RUA BALSA NOVA EM FRENTE AO NÚMERO 187 NO BAIRRO PARQUE LIMEIRA ÁREA 2.''</t>
+  </si>
+  <si>
+    <t>19334</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19334/indicacao_no_123-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÕS COMPETENTES A REPINTURA DE FAIXAS NA RUA RIO TROMBETA E NA LOMBADA QUE FICA EM FRENTE AO NÚMERO 878 NO BAIRRO PARQUE LIMEIRA ÁREA 7.''</t>
+  </si>
+  <si>
+    <t>19335</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19335/indicacao_no_124-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A TROCA DE DUAS TAMPAS DE BUEIRO NA RUA RIO TAPAJÓS AO LADO DO NÚMERO 164 NO BAIRRO PARQUE LIMEIRA ÁREA 7.''</t>
+  </si>
+  <si>
+    <t>19336</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19336/indicacao_no_125-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES PARA TROCAR A TAMPA DE UM BUEIRO NA RUA RIO ARAGUAIA EM FRENTE AO NÚMERO 275 NO BAIRRO PARQUE LIMEIRA ÁREA 7.''</t>
+  </si>
+  <si>
+    <t>19337</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19337/indicacao_no_126-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA  QUE SOLICITE AOS SETORES COMPETENTES A REALIZAÇÃO DE ESTUDOS TÉCNICOS E ADMINISTRATIVOS VISANDO À IMPLANTAÇÃO DO PROGRAMA BANCO DE RAÇÃO NO MUNICÍPIO DE TELÊMACO BORBA, COM A FINALIDADE DE ARRECADAR, ARMAZENAR E DISTRIBUIR RAÇÃO PARA CÃES E GATOS ÀS FAMÍLIAS EM SITUAÇÃO DE VULNERABILIDADE SOCIAL, BEM COMO A PROTETORES INDEPENDENTES E ORGANIZAÇÕES NÃO GOVERNAMENTAIS QUE ATUAM NA CAUSA ANIMAL."</t>
+  </si>
+  <si>
+    <t>19338</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19338/indicacao_no_127-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE ESTUDE A POSSIBILIDADE DE IMPLANTAR A CARRETA DA SAÚDE MUNICIPAL, UNIDADE ITINERANTE COM ATENDIMENTO VOLTADO AOS CUIDADOS DA SAÚDE DA MULHER, OFERECENDO EXAMES BÁSICOS TRIMESTRAIS, COM ATENÇÃO ESPECIAL AO RASTREAMENTO DE DOENÇAS ONCOLÓGICAS, ESPECIALMENTE CÂNCER DE MAMA E CÂNCER DO COLO DO ÚTERO."</t>
+  </si>
+  <si>
+    <t>19339</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19339/indicacao_no_128-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA MUNICIPAL QUE SEJA REALIZADO MUTIRÃO ANUAL DE EXAMES PREVENTIVOS, CONTEMPLANDO MAMOGRAFIA E ULTRASSONOGRAFIA, COM O OBJETIVO DE AMPLIAR O ACESSO AO DIAGNÓSTICO PRECOCE E FORTALECER AS AÇÕES DE PREVENÇÃO À SAÚDE DA MULHER."</t>
+  </si>
+  <si>
+    <t>19340</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19340/indicacao_no_129-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA REALIZADO MUTIRÃO ANUAL DE CONSULTAS E EXAMES OFTALMOLÓGICOS, COM O OBJETIVO DE AMPLIAR O ACESSO AO DIAGNÓSTICO E TRATAMENTO DE PROBLEMAS VISUAIS NO MUNICÍPIO."</t>
+  </si>
+  <si>
+    <t>19341</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19341/indicacao_no_130-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE REALIZE ESTUDO PARA INSTALAÇÃO DE UM BEBEDOURO DE ÁGUA NA ÁREA EXTERNA DA QUADRA DE ESPORTES DO BAIRRO PARQUE LIMEIRA ÁREA 2”.</t>
+  </si>
+  <si>
+    <t>19342</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19342/indicacao_no_131-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE, RECAPE ASFALTICO NA TRAVESSA ANTONIO SOLEK, BAIRRO ANA MERY”.</t>
+  </si>
+  <si>
+    <t>19343</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19343/indicacao_no_132-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE, FAÇAM UM ESTUDO PARA CONSTRUÇÃO DE VESTIARIOS COM BANHEIROS MASCULINO E FEMININO (ONDE HOUVER REDE DE ESGOTO) EM TODAS AS QUADRAS DO NOSSO MUNICIPIO ONDE ATUALMENTE NÃO TEM E ONDE NÃO FOR POSSIVEL COLOCAR CONTAINERS VESTIÁRIOS”.</t>
+  </si>
+  <si>
+    <t>19344</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19344/indicacao_no_133-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZEM UM ESTUDO PRA IMPLANTAÇÃO DO RESTAURANTE POPULAR EM NOSSO MUNICÍPIO”.</t>
+  </si>
+  <si>
+    <t>19345</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19345/indicacao_no_134-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES FAÇAM UM ESTUDO PARA VER A POSSIBILIDADE DE CONSTRUÇÕES DE QUIOSQUES EM TODAS AS PRAÇAS E QUADRAS DE NOSSA CIDADE”.</t>
+  </si>
+  <si>
+    <t>19347</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19347/indicacao_no_135-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE REALIZE ESTUDOS PARA FAZER UMA EXTENSÃO DA RUA COLÔMBIA, LIGANDO A MESMA A RUA ÁGUA MARINHA, BAIRRO SOCOMIM”.</t>
+  </si>
+  <si>
+    <t>19348</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19348/indicacao_no_136-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADO UM ESTUDO PARA A IMPLEMENTAÇÃO DE UMA BIBLIOTECA COMUNITÁRIA NA PRAÇA DOS PINHEIROS, ONDE OS PRÓPRIOS MUNÍCIPES POSSAM TROCAR LIVROS OU UTILIZÁ-LA PARA LEITURA NO LOCAL."</t>
+  </si>
+  <si>
+    <t>19349</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19349/indicacao_no_137-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA INSTALADO UM TOTEM DE ÁGUA NA PRAÇA AROLDO FERREIRA, LOCALIZADA NO BAIRRO CEM CASAS, A FIM DE DISPONIBILIZAR ÁGUA POTÁVEL À POPULAÇÃO QUE FREQUENTA O LOCAL."</t>
+  </si>
+  <si>
+    <t>19350</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19350/indicacao_no_138-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADO UM ESTUDO PARA A IMPLEMENTAÇÃO DE AULAS DE GINÁSTICA AO AR LIVRE, COM INSTRUTOR VOLUNTÁRIO EM HORÁRIOS MARCADOS E DIVULGAÇÃO DAS ATIVIDADES PELA PREFEITURA, GARANTINDO ACESSO DA POPULAÇÃO."</t>
+  </si>
+  <si>
+    <t>19351</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19351/indicacao_no_139-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE POR MEIO DO SETOR COMPETENTE, DETERMINE A REALIZAÇÃO DOS REPAROS NECESSÁRIOS NA PAVIMENTAÇÃO DA RUA CHARQUEADA, LOCALIZADA NO PARQUE LIMEIRA – ÁREA 7, PRÓXIMO AO NÚMERO 160."</t>
+  </si>
+  <si>
+    <t>19352</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19352/indicacao_no_140-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, DETERMINE A INSTALAÇÃO DE UM TOTEM DE ÁGUA NA PRAÇA PADRE EGÍDIO GAERTNER, NO BAIRRO BONAVILA."</t>
+  </si>
+  <si>
+    <t>19353</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19353/indicacao_no_141-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE POR MEIO DO SETOR COMPETENTE, DETERMINE A REALIZAÇÃO DE ESTUDO E ADOÇÃO DE MEDIDAS PARA MELHORIAS NA SEGURANÇA DE USUÁRIOS DO PONTO DE ÔNIBUS LOCALIZADO ENTRE A AVENIDA MONTE SINAI E RUA JERICÓ, NO BAIRRO MONTE SINAI. "</t>
+  </si>
+  <si>
+    <t>19354</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19354/indicacao_no_142-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE A REALIZAÇÃO DE SERVIÇOS DE ROÇADA E LIMPEZA NA RUA SEM SAÍDA LOCALIZADA ENTRE A TRAVESSA PICUA E RUA PASTOR PEDRO FALCÃO EM FRENTE A IGREJA BATISTA BETEL NO BAIRRO SÃO FRANCISCO."</t>
+  </si>
+  <si>
+    <t>19355</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19355/indicacao_no_143-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE A COLOCAÇÃO DE UMA PLACA DE ‘PROIBIDO ESTACIONAR’ EM FAIXA AMARELA NA AVENIDA OZÓRIO DE ALMEIDA TAQUES, EM FRENTE A GUARDA MIRIM”.</t>
+  </si>
+  <si>
+    <t>19356</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19356/indicacao_no_144-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA,  POR MEIO DO SETOR COMPETENTE, A REALIZAÇÃO DA PINTURA DE FAIXAS DE  PEDESTRES EM FRENTE E NAS LATERAIS DA APAE."</t>
+  </si>
+  <si>
+    <t>19357</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19357/indicacao_no_145-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA E AO SETOR COMPETENTE PARA QUE SEJA REALIZADO UM ESTUDO PARA A INSTALAÇÃO DE EXAUSTORES, APARELHOS DE AR-CONDICIONADO OU UMA CÂMARA FRIA NO BARRACÃO DA FEIRA DO BEM.”</t>
+  </si>
+  <si>
+    <t>19358</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19358/indicacao_no_146-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA E AO SETOR COMPETENTE PARA QUE SEJA REALIZADO NOVAS CONTRATAÇÕES DE MÉDICOS E DENTISTAS NA UBS DA BAIRRO VILA ESPERANÇA."</t>
+  </si>
+  <si>
+    <t>19359</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19359/indicacao_no_147-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA E AO SETOR COMPETENTE PARA QUE SEJA REALIZADO UM ESTUDO PARA A INSTALAÇÃO DE UM SISTEMA DE REFRIGERAÇÃO NOS CAMINHÕES QUE TRANSPORTAM O HORTIFRUTI DA FEIRA DO BEM.”</t>
+  </si>
+  <si>
+    <t>19360</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19360/indicacao_no_148-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADA A ROÇADA, LIMPEZA DE MATOS E RETIRADA DE ENTULHOS, SE HOUVER, NA RUA BENTO MUNHOZ DA ROCHA NETO, CEP 84261-320, AO LADO DO NÚMERO 458."</t>
+  </si>
+  <si>
+    <t>19361</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19361/indicacao_no_149-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA ESTUDADA A VIABILIDADE DE IMPLANTAÇÃO E/OU DISPONIBILIZAÇÃO DE UM PÁTIO COM PONTO DE APOIO DESTINADO AOS CAMINHONEIROS AUTÔNOMOS NO MUNICÍPIO DE TELÊMACO BORBA/PR."</t>
+  </si>
+  <si>
+    <t>19362</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19362/indicacao_no_150-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADA A PINTURA E REFORÇO DAS FAIXAS DE SINALIZAÇÃO VIÁRIA E DE ESTACIONAMENTO EM TODA A EXTENSÃO DAS RUAS MIRANDA E PORTEIRA GRANDE, NO BAIRRO PARQUE LIMEIRA – ÁREA 2, NO MUNICÍPIO DE TELÊMACO BORBA/PR."</t>
+  </si>
+  <si>
+    <t>19367</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19367/indicacao_no_151-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA REALIZADA A REPOSIÇÃO DE AREIA E A MANUTENÇÃO NECESSÁRIA DA QUADRA DE AREIA DO BAIRRO JARDIM BANDEIRANTES."</t>
+  </si>
+  <si>
+    <t>19368</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19368/indicacao_no_152-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA, POR SOLICITAÇÃO DOS MORADORES, QUE SEJA PROVIDENCIADO O CONSERTO ASFÁLTICO DO BURACO EXISTENTE NA VIA, LOCALIZADO NA RUA JOAQUIM BATISTA RIBEIRO, NA ESQUINA EM FRENTE AO ESTABELECIMENTO COMERCIAL GLOBAL BANKS SEGUROS."</t>
+  </si>
+  <si>
+    <t>19369</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19369/indicacao_no_153-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA REALIZADA A MANUTENÇÃO ASFÁLTICA NOS BURACOS EXISTENTES NA MARGINAL DOS TRABALHADORES, NO DISTRITO INDUSTRIAL, EM FRENTE ÀS EMPRESAS CLONAZA E RDV."</t>
+  </si>
+  <si>
+    <t>19370</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19370/indicacao_no_154-26.pdf</t>
+  </si>
+  <si>
+    <t>LIMPEZA E A ROÇADA NA RUA CASCAVEL, EM FRENTE AO Nº 422, NO BAIRRO JARDIM ARGENTINA</t>
+  </si>
+  <si>
+    <t>19371</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19371/indicacao_no_155-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA CONSTRUÍDA UMA ÁREA DE LAZER E UMA QUADRA ESPORTIVA NO BAIRRO JARDIM ITÁLIA."</t>
+  </si>
+  <si>
+    <t>19372</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19372/indicacao_no_156-26.pdf</t>
+  </si>
+  <si>
+    <t>"Indica à Senhora Prefeita,  que sejam realizados os serviços de limpeza e roçada, bem como os reparos na cobertura que se encontra danificada, ocasionando transtornos em períodos de chuva, além da execução das demais manutenções necessárias em toda a área do Complexo de Lazer Pedro André da Cruz, localizado no bairro Jardim Bandeirantes."</t>
+  </si>
+  <si>
+    <t>19373</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19373/indicacao_no_157-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA, QUE DETERMINE AO SETOR COMPETENTE, ESTUDOS PARA IMPLANTAR O ‘MERCADO MUNICIPAL DE TELÊMACO BORBA’, NA ÁREA ONDE SE ENCONTRA O ATUAL TERMINAL RODOVIÁRIO, CRIANDO UM AMBIENTE DE EMPREENDEDORISMO, GERAÇÃO DE TRABALHO E RENDA, COM PRODUTOS FRESCOS, ARTESANATO, GASTRONOMIA E COMÉRCIO EM GERAL, O QUE TAMBÉM AJUDARÁ A FOMENTAR E MOVIMENTAR AS LOJAS JÁ INSTALADAS NO SHOPPING POPULAR."</t>
+  </si>
+  <si>
+    <t>19374</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19374/indicacao_no_158-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE O RETORNO DE MÃO DUPLA NA RUA JOÃO MARTINS DE OLIVEIRA, NO TRECHO COMPREENDIDO ENTRE A RUA DÁLIA E RUA DA CRUZ."</t>
+  </si>
+  <si>
+    <t>19375</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19375/indicacao_no_159-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE OPERAÇÃO TAPA BURACO NA RUA FRANCISCO KROLL, BAIRRO JARDIM KROLL."</t>
+  </si>
+  <si>
+    <t>19376</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19376/indicacao_no_160-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE QUE SEJA DADO PUBLICIDADE ÀS FILAS DE ESPERA DAS ESCOLAS E CMEIS ATRAVÉS DO APLICATIVO "TELÊMACO BORBA DIGITAL".</t>
+  </si>
+  <si>
+    <t>19377</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19377/indicacao_no_161-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A SUBSTITUIÇÃO DO PARQUINHO DA ESCOLA MUNICIPAL CONSELHEIRO ZACARIAS, POR UM NOVO E MAIS COMPLETO."</t>
+  </si>
+  <si>
+    <t>19378</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19378/indicacao_no_162-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA, QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE PONTOS DE COLETAS DE MÓVEIS E OUTROS ÍTENS VOLUMOSOS (OS CHAMADOS ‘ECOPONTOS’).”</t>
+  </si>
+  <si>
+    <t>19379</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19379/indicacao_no_163-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA JUNTO COM O SETOR COMPETENTE QUE REALIZEM O SERVIÇO DE REPARO E MANUTENÇÃO ЕМ LIXEIRA QUEBRADA, LOCALIZADO NA PRAÇA DOS PINHEIROS, EM FRENTE AO NÚMERO 1265, NO BAIRRO CENTRO.”</t>
+  </si>
+  <si>
+    <t>19380</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19380/indicacao_no_164-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO SETOR COMPETENTE QUE VERIFIQUEM E TOMEM PROVIDENCIAS NECESSARIAS PARA QUE SEJA REALIZADO PINTURA DE FAIXA DE PEDESTRES, NA AVENIDA MARECHAL DEODORO DA FONSECA,  PRÓXIMO AO CRUZEIRO, BAIRRO BNH ”.</t>
+  </si>
+  <si>
+    <t>19381</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19381/indicacao_no_165-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO SETOR COMPETENTE QUE VERIFIQUEM E TOMEM PROVIDENCIAS NECESSARIAS PARA QUE SEJA REALIZADO PINTURA DE FAIXA DE PEDESTRES, NA RUA NILO PEÇANHA ,  ESQUINA COM A AVENIDA MARECHAL DEODORO DA FONSECA, BAIRRO ALTO DAS OLIVEIRAS ”.</t>
+  </si>
+  <si>
+    <t>19382</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19382/indicacao_no_166-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO SETOR COMPETENTE QUE VERIFIQUEM E TOMEM PROVIDENCIAS NECESSARIAS PARA QUE SEJA REALIZADO PINTURA DE FAIXA DE PEDESTRES, NA  AVENIDA MARECHAL FLORIANO PEIXOTO, ESQUINA COM A ALAMEDA WASHINGTON LUIZ,  BAIRRO ALTO DAS OLIVEIRAS ”.</t>
+  </si>
+  <si>
+    <t>19383</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19383/indicacao_no_167-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO SETOR COMPETENTE QUE VERIFIQUEM E TOMEM PROVIDENCIAS NECESSARIAS PARA QUE SEJA REALIZADO PINTURA DE FAIXA DE PEDESTRES, NA  AVENIDA MARECHAL FLORIANO PEIXOTO, EM FRENTE AO NÚMERO 232, NO  BAIRRO SOCOMIM  ”.</t>
+  </si>
+  <si>
+    <t>19384</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19384/indicacao_no_168-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO SETOR COMPETENTE QUE VERIFIQUEM E TOMEM PROVIDENCIAS NECESSARIAS PARA QUE SEJA REALIZADO PINTURA DE FAIXA DE PEDESTRES, NA RUA CAMPOS SALES, EM FRENTE AO NÚMERO 36,  BAIRRO SOCOMIM  ”.</t>
+  </si>
+  <si>
+    <t>19385</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19385/indicacao_no_169-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO COM URGÊNCIA DE MANILHAS GRANDES NA VIA ESQUERDA DA RUA ILHA DO SURUBI ESQUINA COM A RUA ACÁCIA NO BAIRRO JARDIM ALEGRE LEMBRANDO QUE ESSA RUA SÓ TEM UM SENTIDO DE VIA."</t>
+  </si>
+  <si>
+    <t>19386</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19386/indicacao_no_170-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE UMA TAMPA DE BUEIRO COM URGÊNCIA NA RUA SAN MARTIN ESQUINA COM RUA RIO GRANDE NO BAIRRO SÃO JOÃO.''</t>
+  </si>
+  <si>
+    <t>19387</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19387/indicacao_no_171-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE UMA TAMPA DE BUEIRO E O DESENTUPIMENTO NA RUA DOS CANÁRIOS EM FRENTE AO NÚMERO 233 NO BAIRRO SÃO SILVESTRE.''</t>
+  </si>
+  <si>
+    <t>19388</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19388/indicacao_no_172-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A MANUTENÇÃO DE UM BUEIRO QUE ESTÁ ENTUPIDO E OUTRO QUE ESTÁ PRECISANDO DE UMA GRELHA NA RUA DOS CURIÓS EM FRENTE AO NÚMERO 315 NO BAIRRO SÃO SILVESTRE.''</t>
+  </si>
+  <si>
+    <t>19389</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19389/indicacao_no_173-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A REPINTURA DAS FAIXAS EM TODA EXTENSÃO DA RUA RIO ITANHEM E TAMBÉM DA LOMBADA QUE FICA EM FRENTE A ESCOLA MUNICIPAL PROFESSORA JUVENTINA NO BAIRRO SÃO JOÃO.''</t>
+  </si>
+  <si>
+    <t>19390</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19390/indicacao_no_174-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE UM PONTO DE ÔNIBUS NA RUA RIO BRANCO AO LADO DO NÚMERO 229 NO BAIRRO SÃO JOÃO ONDE ANTES JA TINHA E FOI RETIRADO.''</t>
+  </si>
+  <si>
+    <t>19391</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19391/indicacao_no_175-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE REALIZEM UM ESTUDO PARA COSNTRUÇÃO DE UMA ESPAÇO (CRECHE PARA IDOSOS)”.</t>
+  </si>
+  <si>
+    <t>19392</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19392/indicacao_no_176-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE A PAVIMENTAÇÃO ASFALTICA E CONSTRIUÇÃO DE REDE ÁGUAS PLUVIAIS NA RUA FREI TIMOTEO ESQUINA COM RUA AMAPA NO BAIRRO SÃO LUIZ”.</t>
+  </si>
+  <si>
+    <t>19393</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19393/indicacao_no_177-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZEM ESTUDOS PARA COLOCAREM MEIO FIO EM TODA EXTENSÃO DA RUA TARUMÃ NO JARDIM ITALIA”.</t>
+  </si>
+  <si>
+    <t>19394</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19394/indicacao_no_178-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE LIMPEZA EM DOIS BUEIROS NA RUA SÃO PAULO ESQUINA RUA SANTA PAULA, BAIRRO ANA MERY”.</t>
+  </si>
+  <si>
+    <t>19395</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19395/indicacao_no_179-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE, REALIZEM ESTUDO PRA CONCEDER DESCONTO NO IPTU DE MORADORES QUE TENHAM NA FRENTE DE SUAS RESIDÊNCIAS PONTOS DE ÔNIBUS, NO VALOR DE 50%”.</t>
+  </si>
+  <si>
+    <t>19396</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19396/indicacao_no_180-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE VERIFICAÇÃO NAS CONDIÇOES DOS APARELHOS DA ACADENIA AO AR LIVRE NA ESQUINA DAS RUAS ALAGAMAR E MARILANDIA, SUBSTITUIR EQUIPAMENTOS DANIFICADOS E VERIFICAR TAMBÉM A POSSIBILIDADE DA CONSTRUÇÃO DE UM PARQUINHO INFANTIL NO LOCAL”.</t>
+  </si>
+  <si>
+    <t>19397</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19397/indicacao_no_181-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADO UM ESTUDO PARA A RETIRADA DA LOMBADA LOCALIZADA NA RUA MARECHAL FLORIANO PEIXOTO PRÓXIMA A ROTATÓRIA DO COLÉGIO POSITIVO, NO SENTIDO UPA."</t>
+  </si>
+  <si>
+    <t>19398</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19398/indicacao_no_182-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA QUE POR MEIO DO SETOR COMPETENTE QUE ESTUDAR A POSSIBILIDADE DE OFERTAR UM LANCHE SIMPLES, COMO CHÁ E BOLACHA, VISANDO PROPORCIONAR MAIS CONFORTO AOS PACIENTES QUE AGUARDAM ATENDIMENTO POR LONGOS PERÍODOS NA UPA, PROMOVENDO UM ACOLHIMENTO MAIS HUMANIZADO."</t>
+  </si>
+  <si>
+    <t>19399</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19399/indicacao_no_183-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA-SE À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADO UM ESTUDO PARA A CONSTRUÇÃO DE CALÇADAS NOS TRECHOS QUE AINDA NÃO POSSUEM PAVIMENTAÇÃO ADEQUADA NO ENTORNO DAS UNIDADES BÁSICAS DE SAÚDE DA SOCOMIM E DO BAIRRO ALTO DAS OLIVEIRAS."</t>
+  </si>
+  <si>
+    <t>19400</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19400/indicacao_no_184-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA QUE REALIZE UM ESTUDO AFIM DE VIABILIZAR A INSTALAÇÃO DE UMA LOMBADA NA RUA PROFESSOR JOSÉ LOUREIRO FERNANDES Nº 228, NO BAIRRO SÃO SILVESTRE."</t>
+  </si>
+  <si>
+    <t>19401</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19401/indicacao_no_185-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE A REVITALIZAÇÃO COMPLETA DA PRAÇA LOCALIZADO NA AV. SÃO JOÃO DEL REY AO LADO DO POSTO DE SAÚDE, LOCALIZADO NO BAIRRO JARDIM PROGRESSO AREA 06.”</t>
+  </si>
+  <si>
+    <t>19402</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19402/indicacao_no_186-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE, COM URGÊNCIA, PARA QUE SEJA DISPONIBILIZADO VIGILANTE, GUARDA PATRIMONIAL OU GUARDA MUNICIPAL PARA ATUAR NOS DIAS DE AULAS NO PERÍODO NOTURNO NO CENTRO DE GINÁSTICA ARTÍSTICA LOCALIZADO NO BAIRRO BNH.”</t>
+  </si>
+  <si>
+    <t>19403</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19403/indicacao_no_187-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE, COM URGÊNCIA, A REVISÃO DA ILUMINAÇÃO NA PARTE EXTERNA DO CENTRO DE GINÁSTICA ARTÍSTICA NO BAIRRO BNH.”</t>
+  </si>
+  <si>
+    <t>19404</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19404/indicacao_no_188-26.pdf</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE, O FECHAMENTO DE UM BURACO JUNTO A TAMPA DA BOCA DE LOBO NA RUA ODILON BORBA Nº 20, ESQUINA COM A RUA EVANGELINA BORBA CARNEIRO NO BAIRRO VILA OZÓRIO.”</t>
+  </si>
+  <si>
+    <t>19405</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19405/indicacao_no_189-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICO, A SENHORA PREFEITA, POR MEIO DA SECRETARIA DE SAÚDE, QUE SEJA AVALIADO A POSSIBILIDADE DE AQUISIÇÃO E DISPONIBILIZAÇÃO DO PESSÁRIO ANEL VAGINAL PARA ATENDIMENTO DAS MULHERES ASSISTIDAS PELA CLINICA DA MULHER.''</t>
+  </si>
+  <si>
+    <t>19406</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19406/indicacao_no_190-26.pdf</t>
+  </si>
+  <si>
+    <t>''INDICO À SENHORA PREFEITA  E À  SECRETARIA RESPONSÁVEL, PARA QUE SEJA REALIZADA  PINTURA DA FAIXA  DE PEDESTRES LOCALIZADA NA RUA AFONSO PENA COM AVENIDA MARECHAL DEODORO DA FONSECA, EM FRENTE À IGREJA UCRANIANA.''</t>
+  </si>
+  <si>
+    <t>19408</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19408/indicacao_no_191-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA E AO SETOR COMPETENTE PARA QUE SEJA CONSTRUIDO UM ESCADÃO ENTRE A RUA COLÔMBIA (BAIRRO MONTE CARLO) E A RUA ÁGUA MARINHA BAIRRO PARQUE LIMEIRA ÁREA 10”.</t>
+  </si>
+  <si>
+    <t>19409</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19409/indicacao_no_192-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA E AO SETOR COMPETENTE A CONSTRUÇÃO DE UM “MIRANTE” NA LATERAL DO BONDE ÁREO QUE LIGA O MUNICIPIO A ÁREA DE HARMONIA”.</t>
+  </si>
+  <si>
+    <t>19411</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19411/indicacao_no_193-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA E AO SETOR COMPETENTE A PRIORIZAÇÃO DO PROCESSO DE DISPONIBILIZAÇÃO DE TERRENO AO GOVERNO DO ESTADO PARA CONSTRUÇÃO DE UM COLÉGIO ESTADUAL ENTRE OS BAIRROS SÃO JOÃO E O BAIRRO SÃO SILVESTRE OU UM ESTUDO PARA AMPLIAÇÃO DE MAIS SALAS NA ESCOLA LUIZ VIEIRA”.</t>
+  </si>
+  <si>
+    <t>19412</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19412/indicacao_no_194-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADO SERVIÇOS DE COLETA DE GALHOS EM TODA EXTENSÃO DAS RUAS RIO IGUAÇU E ISAAC NEWTON."</t>
+  </si>
+  <si>
+    <t>19414</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19414/indicacao_no_195-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA PARA QUE, DIANTE DA NECESSIDADE DE AMPLIAR OS SERVIÇOS DE SAÚDE E GARANTIR ASSISTÊNCIA ESPECIALIZADA À POPULAÇÃO, SOLICITAMOS QUE ADMINISTRAÇÃO MUNICIPAL ESTUDE A VIABILIDADE DA CONSTRUÇÃO DE UMA CLÍNICA DE REABILITAÇÃO FÍSICA EM NOSSO MUNICÍPIO, CUJA IMPLANTAÇÃO DESSE ESPAÇO VISARIA ATENDER PACIENTES QUE NECESSITAM DE FISIOTERAPIA, REABILITAÇÃO MOTORA E OUTROS TRATAMENTOS ESSENCIAIS PARA A RECUPERAÇÃO DA QUALIDADE DE VIDA, REDUZINDO O TEMPO DE ESPERA E PROPORCIONANDO ATENDIMENTO MAIS ACESSÍVEL E EFICIENTE, REITERANDO A INDICAÇÃO Nº 342/2025, DO DIA 31/03/2025.”</t>
+  </si>
+  <si>
+    <t>19415</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19415/indicacao_no_196-26.pdf</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA PROVIDENCIADO A LIMPEZA DA BOCA DE LOBO SITUADA NA RUA AMAZONAS, EM FRENTE AO Nº 26, PARQUE LIMEIRA ÁREA 3.”</t>
+  </si>
+  <si>
+    <t>19420</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, A PEDIDO DOS MORADORES, SEJA REALIZADA A LIMPEZA E A PODA DAS ÁRVORES LOCALIZADAS NA RUA JERICÓ, NO FINAL DA RUA SEIXAS, NO BAIRRO CASA BELA."</t>
+  </si>
+  <si>
+    <t>19422</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA, POR SOLICITAÇÃO DOS MORADORES E EM CARÁTER DE URGÊNCIA, QUE SEJAM REALIZADOS OS SERVIÇOS DE LIMPEZA E DESENTUPIMENTO DOS BUEIROS EM TODA A EXTENSÃO DA RUA CHARQUEADA, LOCALIZADA NO BAIRRO ÁREA 2, RUA DOS FUNDOS DO SUPERMERCADO LOBASCZ."</t>
+  </si>
+  <si>
+    <t>19424</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA REALIZADO, COM A MÁXIMA URGÊNCIA, O CONSERTO DA TAMPA DO BUEIRO LOCALIZADO NA RUA TRAVESSA LAGOA, NO BAIRRO PARQUE LIMEIRA – ÁREA 2."</t>
+  </si>
+  <si>
+    <t>19425</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA REALIZADA A COLOCAÇÃO DE MEIO-FIO NA ESTRADA DOS GUARARAPES, NAS PROXIMIDADES DO Nº 153, AO LADO DO Nº 432, NO BAIRRO MARINHA."</t>
+  </si>
+  <si>
+    <t>19426</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA REALIZADA A LIMPEZA E A RETIRADA DE ENTULHOS LOCALIZADOS NA RUA GOIÁS, EM FRENTE AO Nº 89, BAIRRO MACOPA."</t>
+  </si>
+  <si>
+    <t>19428</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE SEJA PROVIDENCIADA A COLOCAÇÃO DE TAMPA E GRELHA NO BUEIRO, BEM COMO A CONSTRUÇÃO DE MEIO-FIO VAZADO NA RUA MANGUEIRA, NA VILA ESPERANÇA."</t>
+  </si>
+  <si>
+    <t>19429</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A INSTALAÇÃO DE COBERTURAS PARA SOMBREAMENTO DAS ÁREAS DE PLAYGROUNDS EM TODAS AS ESCOLAS E CMEIS, PROMOVENDO A PROTEÇÃO DAS CRIANÇAS E UM MELHOR APROVEITAMENTO DOS EQUIPAMENTOS."</t>
+  </si>
+  <si>
+    <t>19430</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A PAVIMENTAÇÃO NA CONTINUIDADE DA RUA BABILÔNIA, NO BAIRRO RIO ALEGRE."</t>
+  </si>
+  <si>
+    <t>19432</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA QUE ATRAVÉS DO SETOR COMPETENTE, SEJA CRIADO O PROGRAMA NOTA TB, SEMELHANTE AO NOTA PR, COM O OBJETIVO DE INCENTIVAR A EMISSÃO DE NOTA FISCAL EM SERVIÇOS PRESTADOS NO MUNICÍPIO, COM SORTEIO DE VALORES, CRÉDITOS EM IMPOSTOS E PREMIAÇÕES VARIADAS".</t>
+  </si>
+  <si>
+    <t>19433</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE A ADESÃO DA SECRETARIA MUNICIPAL DE EDUCAÇÃO AOS PROGRAMAS DE INGLÊS E ROBÓTICA DA SEED (SECRETARIA DO ESTADO DA EDUCAÇÃO), PROGRAMAS ESTES RECENTEMENTE ANUNCIADOS E LANÇADOS PELO GOVERNO DO ESTADO."</t>
+  </si>
+  <si>
+    <t>19435</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE QUE REALIZE A INSTITUIÇÃO DE BANCO DE PROJETOS, À FIM DE QUE OS MESMOS JÁ ESTEJAM PRONTOS QUANDO DOS PROCESSOS DE CAPTAÇÃO DE RECURSOS JUNTO AOS GOVERNOS FEDERAL E ESTADUAL."</t>
+  </si>
+  <si>
+    <t>19437</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE À SECRETARIA DE EDUCAÇÃO A CRIAÇÃO DE CONCURSO DE SOLETRAÇÃO E OLIMPÍADA DE MATEMÁTICA, COM PREMIAÇÃO AOS VENCEDORES COMO FORMA DE INCENTIVO."</t>
+  </si>
+  <si>
+    <t>19438</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA E AO SETOR COMPETENTE QUE VERIFIQUEM E TOMEM PROVIDENCIAS NECESSARIAS PARA QUE SEJA REALIZADA A PINTURA DE FAIXA DE PEDESTRES, NA RUA PRUDENTE DE MORAIS , ESQUINA AO NÚMERO 1189 NO  BAIRRO SOCOMIM."</t>
+  </si>
+  <si>
+    <t>19439</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA JUNTO COM O SETOR COMPETENTE DA MUNICIPALIDADE QUE REALIZE SERVIÇO DE TAPA BURACOS E PINTURA DE FAIXA DE PEDESTRES,  NA TRAVESSA CARLOS LUZ, NO BAIRRO ALTO DAS OLIVEIRAS.”</t>
+  </si>
+  <si>
+    <t>19441</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>“INDICA AO SENHORA PREFEITA JUNTO COM O SETOR COMPETENTE QUE VERIFIQUEM A POSSIBILIDADE DE COLOCAR UMA LOMBADA NA RUA MAUA NO BAIRRO PARQUE LIMEIRA ÁREA 2, DEVIDO A VELOCIDADE IMPRIMIDA POR MOTORISTAS”.</t>
+  </si>
+  <si>
+    <t>19442</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE UMA TAMPA DE DE BUEIRO NA RUA RIO GUAPORÉ EM FRENTE AO NÚMERO 275 NO BAIRRO PARQUE LIMEIRA ÁREA 7.''</t>
+  </si>
+  <si>
+    <t>19443</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A REVITALIZAÇÃO DE FAIXAS DE PEDESTRES NA RUA RIO GRANDE EM FRENTE AO NÚMERO 1140, NO BAIRRO SÃO JOÃO.''</t>
+  </si>
+  <si>
+    <t>19445</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES PARA PROVIDENCIAR UMA CALÇADA NO PONTO DE ÔNIBUS NA RUA RIO BRANCO AO LADO DO NÚMERO 09, NO BAIRRO SÃO JOÃO.''</t>
+  </si>
+  <si>
+    <t>19446</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE UMA TAMPA DE BUEIRO NA RUA RIO BRANCO EM FRENTE AO NÚMERO 1141, NO BAIRRO SÃO JOÃO''.</t>
+  </si>
+  <si>
+    <t>19447</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE UMA TAMPA DE BUEIRO NA RUA SAN MARTIN EM FRENTE AO NÚMERO 08, NO BAIRRO SÃO SILVESTRE''.</t>
+  </si>
+  <si>
+    <t>19448</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A REVITALIZAÇÃO DE FAIXAS DE PEDESTRES NA RUA OLINDA EM FRENTE AO NÚMERO 215 IGREJA EVANGÉLICA ASSEMBLÉIA DE DEUS NO BAIRRO PARQUE LIMEIRA ÁREA 3''.</t>
+  </si>
+  <si>
+    <t>19449</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO GOVERNO DO ESTADO PARA QUE SEJA CRIADO NO HOSPITAL REGIONAL DE TELÊMACO BORBA UM ATENDIMENTO DE ORTESES E PROTESES PARA AS PESSOAS COM DEFICIÊNCIA, TENDO EM VISTA QUE ESSES USUÁRIOS TÊM QUE SE DESLOCAR ATÉ CURITIBA PARA PASSAR POR CONSULTAS E MEDIDAS PARA ADEQUAR ESTES ITENS”.</t>
+  </si>
+  <si>
+    <t>19451</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE, REALIZEM ESTUDOS PARA VER A VIABILIDADE DE FORNECIMENTO DE REPELENTE PARA FAMILIAS QUE RECEBEM BOLSA FAMILIA”.</t>
+  </si>
+  <si>
+    <t>19452</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA QUE REALIZE ESTUDOS JUNTO A SECRETÁRIA DE ASSISTÊNCIA SOCIAL E DEMAIS ÓRGÃOS COMPETENTES PARA INSTALAÇÃO DE UMA DEFENSORIA PUBLICA EM TODOS OS CRÁS DE NOSSA CIDADE”.</t>
+  </si>
+  <si>
+    <t>19453</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES REALIZEM UM ESTUDO PARA DAR APOIO A PROJETOS SOCIAIS ONDE VOLUNTARIOS DEVIDAMENTE CREDENCIADOS FAÇAM USO DAS QUADRAS DAS ESCOLAS MUNICIPAIS NO PERIODO NOTURNO PARA TREINAR CRIANÇAS DOS BAIRROS A FIM DE PROPORCIONAR UM MELHOR DESEMPENHO ESCOLAR SENDO INCENTIVADAS ATRAVES DA PRATICA ESPORTIVA A SE DESENVOLVER MELHOR EM SALA DE AULA”.</t>
+  </si>
+  <si>
+    <t>19454</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>“INDICA O SENHOR PRESIDENTE DA CÂMARA MUNICIPAL PARA QUE, REALIZE UM ESTUDO PARA IMPLANTAÇÃO DE UM PLANO DE SAÚDE PARA FUNCIONÁRIOS”.</t>
+  </si>
+  <si>
+    <t>19455</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE REALIZE ESTUDOS PARA FAZER UM CORRIMÃO NA RUA JOÃO SIQUEIRA FILHO, ACESSO A RUA ANTONIO PEDRO DE SOUZA, BAIRRO SOCOMIM”.</t>
+  </si>
+  <si>
+    <t>19456</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, ESTUDE A VIABILIDADE DE IMPLANTAÇÃO DO PROGRAMA MUNICIPAL DE DELIVERY LOCAL, POR MEIO DE PLATAFORMA TELÊMACO DIGITAL DESTINADA A LIGAR COMERCIANTES E EMPREENDEDORES DO MUNICÍPIO A ENTREGADORES LOCAIS."</t>
+  </si>
+  <si>
+    <t>19457</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, DETERMINE A INSTALAÇÃO DE MAIS MEIOS DE VENTILAÇÃO NA QUADRA CLODOMIRO MIGUEL FERNANDES, LOCALIZADA NO BAIRRO CEM CASAS."</t>
+  </si>
+  <si>
+    <t>19458</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJAM REALIZADAS EDIÇÕES MENSAIS DA LOJA CIDADÃ NOS BAIRROS DO MUNICÍPIO, LEVANDO AS ROUPAS DIRETAMENTE ÀS COMUNIDADES QUE MAIS NECESSITAM, BEM COMO PROMOVENDO AMPLA DIVULGAÇÃO DA AÇÃO."</t>
+  </si>
+  <si>
+    <t>19459</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>"INDICO A  SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA CRIADO NO APLICATIVO “TELÊMACO DIGITAL” UM MAPA ONLINE DE MANUTENÇÕES, PERMITINDO QUE O CIDADÃO ACOMPANHE, EM TEMPO REAL, AS SOLICITAÇÕES ABERTAS, EM ANDAMENTO E CONCLUÍDAS NO MUNICÍPIO."</t>
+  </si>
+  <si>
+    <t>19460</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA  QUE, POR MEIO DO SETOR COMPETENTE, PROMOVA A CRIAÇÃO DO FESTIVAL GASTRONÔMICO MUNICIPAL DE TELÊMACO BORBA, A SER REALIZADO ANUALMENTE, COM A PARTICIPAÇÃO DE RESTAURANTES LOCAIS, FOOD TRUCKS, EMPREENDEDORES, PRODUTORES DA AGRICULTURA FAMILIAR E COMERCIANTES DO MUNICÍPIO."</t>
+  </si>
+  <si>
+    <t>19461</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA QUE, PROMOVA A REALIZAÇÃO DO GABINETE ITINERANTE NOS BAIRROS DO MUNICÍPIO, AO MENOS UMA VEZ POR MÊS COM O OBJETIVO APROXIMAR A ADMINISTRAÇÃO MUNICIPAL DA POPULAÇÃO."</t>
+  </si>
+  <si>
+    <t>19462</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE A COLOCAÇÃO DE PLACAS INDICATIVAS DE SINALIZAÇÃO VIÁRIA DE ‘MÃO ÚNICA E PROIBIÇÕES DE ENTRADA’ NA RUA DO CARMO, LOTEAMENTO MORADA DO SOL.”</t>
+  </si>
+  <si>
+    <t>19463</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>"INDICA A SENHORA PREFEITA PARA QUE DETERMINE AO SETOR COMPETENTE MUDANÇA DE VAGA DE ESTACIONAMENTO DE DEFICIENTE SOBRE A CALÇADA EM FRENTE À ESCOLA PADRE ANCHIETA E EM FRENTE AO ÚNICO PORTÃO DE ACESSO DE CARRO E PEDESTRES DA IGREJA PRESBITERIANA FILADELFIA, NA RUA ALECRIM, NO BAIRRO PARQUE LIMEIRA ÁREA 1”.</t>
+  </si>
+  <si>
+    <t>19464</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>''INDICO A SENHORA PREFEITA  E A SECRETARIA DE OBRAS PARA QUE SEJAM REALIZADOS, COM A MÁXIMA URGÊNCIA, OS SERVIÇOS DE LIMPEZA DA CALÇADA E PODA DE ÁRVORE NA RUA DELFIM MOREIRA, NA LATERAL DA APAE.''</t>
+  </si>
+  <si>
+    <t>19465</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>''INDICO  A SENHORA PREFEITA E A SECRETARIA  COMPETENTE PARA QUE SEJA REALIZADA A INSTALAÇÃO DE PLACAS DE SINALIZAÇÃO E REDUTOR DE VELOCIDADE NA RUA PROFESSORA EDITH GORDAN.''</t>
+  </si>
+  <si>
+    <t>19467</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA E AO SETOR COMPETENTE PARA QUE SEJA REALIZADO UM ESTUDO PARA INSTALAÇÃO DE COLETORES ESPECÍFICOS DE MEDICAMENTOS EM TODAS AS UNIDADES DE SAÚDE”.</t>
+  </si>
+  <si>
+    <t>19468</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA QUE ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO UM ESTUDO PARA PLANTIO DE ÁRVORES NO AUTÓDROMO MUNICIPAL DE TELÊMACO BORBA”.</t>
+  </si>
+  <si>
+    <t>19469</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA E AO SETOR COMPETENTE PARA QUE SEJA REALIZADA UM ESTUDO PARA A INSTALAÇÃO DE MAIS ASSENTOS NA RODOVIARIA”.</t>
+  </si>
+  <si>
+    <t>19471</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA REALIZADO UM REFORÇO NA PINTURA DO ASFALTO DA RUA CAMPINA ALTA, NO PARQUE LIMEIRA ÁREA 2, HAJA VISTA QUE A SINALIZAÇÃO SE ENCONTRA BASTANTE DESGASTADA PELO TEMPO E PELO INTENSO TRÁFEGO DE VEÍCULOS.”</t>
+  </si>
+  <si>
+    <t>19472</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, ATENDENDO À SOLICITAÇÃO DO INTERESSADO, SEJA AVALIADA E, SE CABÍVEL, REALIZADA A REMOÇÃO DA MARCAÇÃO DE VAGA DESTINADA A CADEIRANTE LOCALIZADA NA AVENIDA DAS FLORES, Nº 77, BAIRRO JARDIM ALEGRE.”</t>
+  </si>
+  <si>
+    <t>19473</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>"INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJA PROVIDENCIADA A SUBSTITUIÇÃO DAS CAMAS HOSPITALARES DANIFICADAS DA UNIDADE DE PRONTO ATENDIMENTO – UPA.”</t>
+  </si>
+  <si>
+    <t>19487</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>“INDICA À SENHORA PREFEITA PARA QUE SEJA REALIZADO O CONSERTO DA TRAVE DE FUTEBOL DA QUADRA DE ESPORTES DO BAIRRO MARINHA.”</t>
+  </si>
+  <si>
+    <t>19490</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>“INDICA-SE À SENHORA PREFEITA QUE SEJA REALIZADO O SERVIÇO DE LIMPEZA E RETIRADA DE ENTULHOS LOCALIZADOS NA RUA PARÁ, EM FRENTE AO N° 7, NO BAIRRO VILA OSÓRIO.”</t>
+  </si>
+  <si>
+    <t>19492</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>“INDICA-SE À SENHORA PREFEITA QUE SEJA REALIZADO O SERVIÇO DE DESENTUPIMENTO DO BUEIRO LOCALIZADO NA RUA PARÁ, EM FRENTE AO N° 7, NO BAIRRO VILA OSÓRIO.”</t>
+  </si>
+  <si>
+    <t>19494</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>“INDICA-SE À SENHORA PREFEITA QUE SEJA INSTALADO UM CONTAINER DE CHAPA DE AÇO (LIXEIRA DE GRANDE PORTE) NA AVENIDA MILÃO, Nº 300, BAIRRO CASA BELA, EM FRENTE À PIZZARIA MONTE SINAI.”</t>
+  </si>
+  <si>
+    <t>19495</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>“INDICA-SE À SENHORA PREFEITA QUE SEJA REALIZADA A INSTALAÇÃO DAS TAMPAS DOS BUEIROS LOCALIZADOS NO DISTRITO INDUSTRIAL, EM FRENTE ÀS EMPRESAS SCANCOM E KEMIRA.”</t>
+  </si>
+  <si>
+    <t>19498</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>“INDICA-SE À SENHORA PREFEITA QUE SEJA REALIZADO O SERVIÇO DE ROÇADA, LIMPEZA E PODA DAS ÁRVORES EM TODA A EXTENSÃO DA RUA CAMBOJA, NO BAIRRO VILA ESPERANÇA, VIA QUE DÁ ACESSO DIRETO À RODOVIA.”</t>
+  </si>
+  <si>
+    <t>19499</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, CONSIDERANDO A TRAMITAÇÃO E APROVAÇÃO NA CÂMARA FEDERAL DO PROJETO DE LEI QUE PERMITE AOS ENTES FEDERATIVOS PAGAREM DIREITOS REMUNERATÓRIOS RELACIONADOS AO TEMPO DE SERVIÇO CONGELADOS DURANTE A PANDEMIA DE COVID-19, INICIEM-SE OS ESTUDOS PARA PAGAMENTO E RESTITUIÇÃO DOS DIREITOS PARALISADOS (C0NTAGEM DE TEMPO PARA LICENÇA PRÊMIO, PROGRESSÃO, ETC.), REITERANDO INDICAÇÃO APRESENTADA EM 2025."</t>
+  </si>
+  <si>
+    <t>19501</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A COLOCAÇÃO DE UMA CÂMERA DE SEGURANÇA NA "PRACINHA" EM FRENTE À IGREJA CATÓLICA DA MARINHA."</t>
+  </si>
+  <si>
+    <t>19502</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR COMPETENTE A RECOLOCAÇÃO DO PARQUINHO INFANTIL DO COMPLEXO ESPORTIVO DO PARQUE LIMEIRA ÁREA 03."</t>
+  </si>
+  <si>
+    <t>19503</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE DETERMINE AO SETOR CMPETENTE QUE EFETUE A LIMPEZA DO LAGO DA PRAÇA PEDRO CORTEZ, BEM COMO A RECUPERAÇÃO DA ESTRUTURA DE MADEIRA AO SEU ENTORNO."</t>
+  </si>
+  <si>
+    <t>19504</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>“INDICA A SRA. PREFEITA  E AO SETOR RESPONSAVEL QUE SEJA TROCADA DEVIDO A PESSIMA CONDIÇÃO A QUE SE ENCONTRA A LIXEIRA EM FRENTE AO LABORATORIO OSCAR PEREIRA NA AVENIDA MARECHAL FLORIANO PEIXOTO Nº 159”.</t>
+  </si>
+  <si>
+    <t>19505</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>“INDICA A SRA. PREFEITA  E AO SETOR RESPONSAVEL QUE SEJAM ANALISADAS AS POSIÇÕES COLOCADAS POR CIDADÃOS  QUE A MUITO TEMPO PEDEM PROVIDENCIAS NA RUA TULIPA NO BAIRRO SOCOMIM, VISTO JAMAIS TER SIDO SOLUCIONADOS OS PROBLEMAS DE UMIDADE E VERTENTES DE ÁGUA PELA RUA, PROBLEMA  CONSIDERADO CRONICO E QUE ATRAPALHA INCLUSIVE AS TENTATIVAS DE CONSTRUÇÕES DE CALÇADAS DE ALGUNS CIDADÃOS VISTO A  NECESSIDADE URGENTE DE DRENO POR TODA A VIA, REPRESENTAMOS PORTANTO ESTES CIDADÃOS E SOLICITAMOS SOLUÇOES”.</t>
+  </si>
+  <si>
+    <t>19506</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>“INDICA A SRA. PREFEITA  E AO SETOR RESPONSÁVEL QUE SEJA FEITA A MANUTENÇÃO E  TROCADO EQUIPAMENTOS  OU APARELHOS SEM CONDIÇÕES DE USO NA ACADEMIA AO AR LIVRE AO LADO DA ACADEMIA DA SAUDE  “ESPAÇO DE CONVIVENCIA” NO ALTO DAS OLIVEIRAS , VISTO ENCONTRAREM-SE EM PESSIMO ESTADO”.</t>
+  </si>
+  <si>
+    <t>19507</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCOÇÃO DE UMA TAMPA DE BUEIRO NA RUA OLINDA EM FRENTE AO NÚMERO 33, NO BAIRRO PARQUE LIMEIRA ÁREA 3.''</t>
+  </si>
+  <si>
+    <t>19508</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE UMA TAMPA DE BUEIRO E TAMBÉM UMA GRELHA NA RUA SÃO JERÔNIMO EM FRENTE AO NÚMERO 450, NO BAIRRO PARQUE LIMEIRA ÁREA 3''.</t>
+  </si>
+  <si>
+    <t>19509</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES O SERVIÇO DE DESENTUPIR BUEIRO E TAMBÉM UMA TAMPA DE BUEIRO NA RUA SÃO JERÔNIMO EM FRENTE AO NÚMERO 116 NO BAIRRO PARQUE LIMEIRA ÁREA 3''.</t>
+  </si>
+  <si>
+    <t>19511</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE UMA TAMPA DE BUEIRO NA RUA GIGANTE DE PEDRA EM FRENTE AO NÚMERO 99 NO BAIRRO PARQUE LIMEIRA ÁREA 3''.</t>
+  </si>
+  <si>
+    <t>19512</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>''INDICA A SENHORA PREFEITA E AOS ORGÃOS COMPETENTES A COLOCAÇÃO DE GRELHAS E TAMPAS DE BUEIROS NOS BUEIROS DE TODA A EXTENSÃO DA RUA SANTO INÁCIO, EM ESPECIAL EM FRENTE AO Nº 58, NO BAIRRO PARQUE LIMEIRA ÁREA 3''.</t>
+  </si>
+  <si>
+    <t>19513</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE, RECAPE ASFALTICO EM TODA EXTENÇÃO DA RUA OLINDA NO BAIRRO PARQUE LIMEIRA ÁREA 3”.</t>
+  </si>
+  <si>
+    <t>19514</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AOS ÓRGÃOS COMPETENTES SOLICITE, REFORMA GERAL E PINTURA EM BANCOS, BRINQUEDOS DO PARQUINHO INFANTIL E NA ACADENMIA AO AR LIVRE DA QUADRA DE ESPORTES DO PARQUE LIMEIRA ÁREA 2”.</t>
+  </si>
+  <si>
+    <t>19515</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA PARA QUE JUNTO AO SETOR COMPETENTE REALIZE ESTUDO PARA AQUISIÇÃO DE CAMAS HOSPITALARES PARA EMPRESTIMO A PESSOAS ACAMADAS”.</t>
+  </si>
+  <si>
+    <t>19516</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, POSSIBILITE A CRIAÇÃO DE UM CADASTRO ONLINE DE VOLUNTÁRIOS MUNICIPAIS, DESTINADO A PESSOAS INTERESSADAS EM MINISTRAR AULAS E ATIVIDADES COMO MÚSICA, ARTESANATO, ATIVIDADES FÍSICAS, E OUTRAS AÇÕES COMUNITÁRIAS."</t>
+  </si>
+  <si>
+    <t>19517</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>"INDICO A SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, PROMOVA A DIVULGAÇÃO DE UM MAPA ONLINE DE MEDICAMENTOS DISPONÍVEIS NAS UBS DE CADA BAIRRO, PERMITINDO QUE A POPULAÇÃO CONSULTE PREVIAMENTE A DISPONIBILIDADE DOS MEDICAMENTOS ANTES DE SE DESLOCAR ATÉ A UNIDADE DE SAÚDE."</t>
+  </si>
+  <si>
+    <t>19518</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, ESTUDE A VIABILIDADE DE IMPLANTAR ESPAÇOS DE ESTUDO EM PRAÇAS PÚBLICAS DO MUNICÍPIO, COM A INSTALAÇÃO DE MESAS E ASSENTOS DE FORMA FIXA, SUSTENTAVEIS E DURÁVEIS, PROPORCIONANDO À POPULAÇÃO UM AMBIENTE ADEQUADO PARA LEITURA E ESTUDOS."</t>
+  </si>
+  <si>
+    <t>19519</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, DÊ CONTINUIDADE AO PROGRAMA “TUDO AQUI EM AÇÃO”, SENDO PROMOVIDO A CADA MÊS EM UM BAIRRO DIFERENTE."</t>
+  </si>
+  <si>
+    <t>19520</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJAM CONSTRUÍDOS BANHEIROS COM SANITÁRIOS NA PRAÇA DOS PINHEIROS, GARANTINDO TAMBÉM A DEVIDA MANUTENÇÃO, SUPORTE E LIMPEZA PERIÓDICA, A FIM DE ATENDER ADEQUADAMENTE A POPULAÇÃO QUE FREQUENTA O LOCAL."</t>
+  </si>
+  <si>
+    <t>19521</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>"INDICA À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, PROMOVA CURSOS, OFICINAS E PALESTRAS VOLTADOS AO EMPREENDEDORISMO NO MUNICÍPIO, COM TEMAS COMO GESTÃO DE NEGÓCIOS, EDUCAÇÃO FINANCEIRA, MARKETING, VENDAS, INCENTIVANDO O DESENVOLVIMENTO DE NOVOS EMPREENDEDORES E O FORTALECIMENTO DOS PEQUENOS NEGÓCIOS LOCAIS."</t>
+  </si>
+  <si>
+    <t>19522</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>''INDICO A  SENHORA PREFEITA, JUNTAMENTE COM A SECRETARIA RESPONSÁVEL, QUE SEJA REALIZADO ESTUDO DE VIABILIDADE PARA A IMPLANTAÇÃO DE REDUTOR DE VELOCIDADE, LOMBADA OU OUTRO DISPOSITIVO ADEQUADO, BEM COMO A INSTALAÇÃO DE SINALIZAÇÃO HORIZONTAL E VERTICAL NA RUA CHARQUEADA, Nº 504, NO BAIRRO PARQQUE LIMEIRA ÁREA 7.''</t>
+  </si>
+  <si>
+    <t>19523</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA QUE ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO UM ESTUDO DE VIABILIZAÇÃO DA INSTALAÇÃO DE BEBEDOUROS NO AUTÓDROMO MUNICIPAL DE TELÊMACO BORBA, OU PRESENTES DURANTE OS EVENTOS”.</t>
+  </si>
+  <si>
+    <t>19524</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>“INDICAM A SENHORA PREFEITA PARA QUE SEJA ESTUDADA A VIABILIDADE DE INCLUSÃO DOS SERVIDORES PÚBLICOS MUNICIPAIS APOSENTADOS NO RECEBIMENTO DA CESTA DE NATAL CONCEDIDA ANUALMENTE AOS SERVIDORES ATIVOS DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL”.</t>
+  </si>
+  <si>
+    <t>19525</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>“INDICA A SENHORA PREFEITA QUE ATRAVÉS DO SETOR COMPETENTE, SEJA REALIZADO O TÉRMINO DAS PINTURAS NAS RUAS DO BAIRRO CASA BELLA”.</t>
+  </si>
+  <si>
+    <t>19526</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJAM REALIZADOS SERVIÇOS DE MANUTENÇÃO PREVENTIVA E CORRETIVA EM TODOS OS APARELHOS DE AR-CONDICIONADO DA UNIDADE DE PRONTO ATENDIMENTO - UPA.”</t>
+  </si>
+  <si>
+    <t>19527</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, SEJAM REALIZADOS SERVIÇOS DE MANUTENÇÃO NO TELHADO DA UNIDADE DE PRONTO ATENDIMENTO – UPA, TENDO EM VISTA A EXISTÊNCIA DE GOTEIRAS EM DIVERSOS PONTOS DA EDIFICAÇÃO.”</t>
+  </si>
+  <si>
+    <t>19528</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>“INDICAM À SENHORA PREFEITA QUE, POR MEIO DO SETOR COMPETENTE, PARA QUE SEJA EFETUADO A SUBSTITUIÇÃO DAS CADEIRAS DANIFICADAS DA UNIDADE DE PRONTO ATENDIMENTO – UPA.”</t>
+  </si>
+  <si>
     <t>19151</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>P</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>Comissão de Legislação, Justiça e Redação</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 001/2026, de iniciativa do Poder Executivo, Mensagem Nº 087 de 09 de dezembro de 2025, que "Autoriza o Poder Executivo Municipal a doar áreas de terras de propriedade do Município ao Estado do Paraná, para fins de construção de Unidade Escolar e dá outras providências."</t>
   </si>
   <si>
     <t>19152</t>
   </si>
   <si>
-    <t>2</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 004/2026, de iniciativa do Poder Executivo, Mensagem Nº 006 de 16 de janeiro de 2026, que “Autoriza o Poder Executivo do Município de Telêmaco Borba, Estado do Paraná, a doar imóvel de sua propriedade ao Estado do Paraná, por meio da Secretaria de Estado da Segurança Pública, com encargo para construção de nova carceragem pública, e dá outras providências.”</t>
   </si>
   <si>
     <t>19153</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 005/2026, de iniciativa do Poder Executivo, Mensagem Nº 007 de 16 de janeiro de 2026, que “Dispõe sobre a revisão geral anual a partir de 01 de janeiro de 2026, em conformidade ao disposto no inciso X, do art. 37 da Constituição Federal e dá outras providências.”</t>
   </si>
   <si>
     <t>19155</t>
   </si>
   <si>
-    <t>4</t>
-[...4 lines deleted...]
-  <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 001/2026, de iniciativa do Poder Executivo, Mensagem Nº 087 de 09 de dezembro de 2025, que "Autoriza o Poder Executivo Municipal a doar áreas de terras de propriedade do Município ao Estado do Paraná, para fins de construção de Unidade Escolar e dá outras providências."</t>
   </si>
   <si>
     <t>19156</t>
   </si>
   <si>
-    <t>5</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 004/2026, de iniciativa do Poder Executivo, Mensagem Nº 006 de 16 de janeiro de 2026, que “Autoriza o Poder Executivo do Município de Telêmaco Borba, Estado do Paraná, a doar imóvel de sua propriedade ao Estado do Paraná, por meio da Secretaria de Estado da Segurança Pública, com encargo para construção de nova carceragem pública, e dá outras providências.”</t>
   </si>
   <si>
     <t>19157</t>
   </si>
   <si>
-    <t>6</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 005/2026, de iniciativa do Poder Executivo, Mensagem Nº 007 de 16 de janeiro de 2026, que “Dispõe sobre a revisão geral anual a partir de 01 de janeiro de 2026, em conformidade ao disposto no inciso X, do art. 37 da Constituição Federal e dá outras providências.”</t>
   </si>
   <si>
     <t>19154</t>
   </si>
   <si>
-    <t>7</t>
-[...1 lines deleted...]
-  <si>
     <t>Comissão de Urbanismo e Obras Públicas</t>
   </si>
   <si>
     <t>Da Comissão de Urbanismo e Obras Públicas, parecer ao Projeto de Lei Complementar Nº 001/2026, de iniciativa do Poder Executivo, Mensagem Nº 087 de 09 de dezembro de 2025, que "Autoriza o Poder Executivo Municipal a doar áreas de terras de propriedade do Município ao Estado do Paraná, para fins de construção de Unidade Escolar e dá outras providências."</t>
   </si>
   <si>
     <t>19158</t>
   </si>
   <si>
-    <t>8</t>
-[...1 lines deleted...]
-  <si>
     <t>Da Comissão de Urbanismo e Obras Públicas, parecer ao Projeto de Lei Complementar Nº 004/2026, de iniciativa do Poder Executivo, Mensagem Nº 006 de 16 de janeiro de 2026, que “Autoriza o Poder Executivo do Município de Telêmaco Borba, Estado do Paraná, a doar imóvel de sua propriedade ao Estado do Paraná, por meio da Secretaria de Estado da Segurança Pública, com encargo para construção de nova carceragem pública, e dá outras providências.”</t>
   </si>
   <si>
+    <t>19160</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Resolução Nº 001/2026, de iniciativa da Mesa Diretiva, que "Concede reajuste ao Auxílio Alimentação nos termos da Resolução Nº 002/2019, alterada pela Resolução Nº 004/2022."</t>
+  </si>
+  <si>
+    <t>19161</t>
+  </si>
+  <si>
+    <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Resolução Nº 001/2026, de iniciativa da Mesa Diretiva, que "Concede reajuste ao Auxílio Alimentação nos termos da Resolução Nº 002/2019, alterada pela Resolução Nº 004/2022."</t>
+  </si>
+  <si>
+    <t>19245</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19245/parecer_legislacao_-_plo_no_097-2026.pdf</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao PROJETO DE LEI ORDINÁRIA Nº 097/25 de iniciativa do Poder Executivo (mensagem nº 065 de 19 de setembro de 2025) que: “ALTERA DISPOSITIVOS DA LEI Nº 2.009, DE 29 DE OUTUBRO DE 2013 E DA LEI Nº 2.124, DE 18 DE SETEMBRO DE 2015.”</t>
+  </si>
+  <si>
+    <t>19246</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19246/parecer_legislacao_-_plo_no_098-2026.pdf</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao PROJETO DE LEI ORDINÁRIA Nº 098/25 de iniciativa do Poder Executivo (mensagem nº 088 de 28 de novembro de 2025) que: “Institui o Plano Municipal de Cultura de Telêmaco Borba, revoga a Lei nº 2.148/2016 e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19247</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19247/parecer_legislacao_-_plo_no_099-2026.pdf</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao PROJETO DE LEI ORDINÁRIA Nº 099/25 de iniciativa do Poder Executivo (mensagem nº 089 de 09 de dezembro de 2025) que: Cria Programa “Guarda Municipal Mirim”, na rede municipal de ensino do município de Telêmaco Borba e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19248</t>
+  </si>
+  <si>
+    <t>Comissão de Educação, Cultura, Bem Estar Social e Ecologia</t>
+  </si>
+  <si>
+    <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao PROJETO DE LEI ORDINÁRIA Nº 097/25 de iniciativa do Poder Executivo (mensagem nº 065 de 19 de setembro de 2025) que: “ALTERA DISPOSITIVOS DA LEI Nº 2.009, DE 29 DE OUTUBRO DE 2013 E DA LEI Nº 2.124, DE 18 DE SETEMBRO DE 2015”.</t>
+  </si>
+  <si>
+    <t>19249</t>
+  </si>
+  <si>
+    <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao PROJETO DE LEI ORDINÁRIA Nº 098/25 de iniciativa do Poder Executivo (mensagem nº 088 de 28 de novembro de 2025) que: “Institui o Plano Municipal de Cultura de Telêmaco Borba, revoga a Lei nº 2.148/2016 e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19250</t>
+  </si>
+  <si>
+    <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao PROJETO DE LEI ORDINÁRIA Nº 099/25 de iniciativa do Poder Executivo (mensagem nº 089 de 09 de dezembro de 2025) que: Cria Programa “Guarda Municipal Mirim”, na rede municipal de ensino do município de Telêmaco Borba e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19307</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 087/2025, de iniciativa do Vereador Felipe Pedroso da Silva, que "Dispõe sobre a divulgação no Portal da Transparência do Município de Telêmaco Borba, das empresas e pessoas físicas penalizadas por descumprimento contratual, execução irregular ou abandono de obras públicas e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19308</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao PROJETO DE LEI ORDINÁRIA Nº 092/2025 de iniciativa do Vereador Klecius dos Santos Silva, que: “DISPÕE SOBRE A INCLUSÃO DE MENSAGENS EDUCATIVAS EM MATERIAIS DIDÁTICOS, INFORMAÇÕES E NÚMERO PARA DENÚNCIA EM CASOS DE ASSÉDIO, ABUSO, E EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES, NO MUNICÍPIO DE TELÊMACO BORBA.”</t>
+  </si>
+  <si>
+    <t>19309</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, justiça e Redação, parecer ao Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997, com vistas à modernização organizacional, a otimização da gestão pública, racionalização de cargos em comissão e ao fortalecimento das políticas públicas municipais, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>19311</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 003/2026, de iniciativa do Poder Executivo, Mensagem Nº 005 de 16 de janeiro de 2026, que “Altera e acrescenta dispositivos na Lei Ordinária Nº 1.592, de 27 de abril de 2007, para criar o Cargo de Supervisor Administrativo da Procuradoria Geral, redefinir atribuições do Procurador Adjunto e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>19363</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 006/2026, de iniciativa do Poder Executivo, Mensagem Nº 003 de 02 de fevereiro de 2026, que "Altera dispositivos e Anexos da Lei Complementar nº 73/2019, dispondo sobre a reestruturação administrativa, criação de funções especializadas e recomposição da tabela de vencimentos da Guarda Municipal de Telêmaco Borba, visando à adequação operacional e à valorização profissional da categoria."</t>
+  </si>
+  <si>
+    <t>19364</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 089/2025, de iniciativa do Vereador Klecius dos Santos Silva, que "Institui o Programa Municipal da Cultura “Zé do Norte” com a concessão de benefício fiscal para incentivadores culturais e artísticos – e Programa Municipal do Esporte “Carlos Alberto Merhy” para incentivadores do esporte, no âmbito do Município de Telêmaco Borba/PR, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19365</t>
+  </si>
+  <si>
+    <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997, com vistas à modernização organizacional, a otimização da gestão pública, racionalização de cargos em comissão e ao fortalecimento das políticas públicas municipais, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>19366</t>
+  </si>
+  <si>
+    <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização, parecer ao Projeto de Lei Complementar Nº 003/2026, de iniciativa do Poder Executivo, Mensagem Nº 005 de 16 de janeiro de 2026, que “Altera e acrescenta dispositivos na Lei Ordinária Nº 1.592, de 27 de abril de 2007, para criar o Cargo de Supervisor Administrativo da Procuradoria Geral, redefinir atribuições do Procurador Adjunto e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>19436</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 001/2026, de iniciativa do Poder Executivo, Mensagem Nº 086 de 09 de dezembro de 2025, que "Institui e regulamenta a Feira do Produtor no Município de Telêmaco Borba e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19434</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Complementar Nº 007/2026, de iniciativa do Poder Executivo, Mensagem Nº 011 de 20 de fevereiro de 2026, que “Aumenta o vencimento do Quadro Geral do Magistério em conformidade ao Piso Salarial Profissional Nacional – PSPN do Magistério Público da Educação.”</t>
+  </si>
+  <si>
+    <t>19476</t>
+  </si>
+  <si>
+    <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização Parecer ao Projeto de Lei Complementar nº 06/2026 que “Altera dispositivos e Anexos da Lei Complementar nº 73/2019, dispondo sobre a reestruturação administrativa, criação de funções especializadas e recomposição da tabela de vencimentos da Guarda Municipal de Telêmaco Borba, visando a adequação operacional e a valorização profissional da categoria.”</t>
+  </si>
+  <si>
+    <t>19477</t>
+  </si>
+  <si>
+    <t>Da Comissão de Economia, Orçamento, Finanças e Fiscalização Parecer ao Projeto de Lei Complementar nº 07/2026 que “Aumenta o vencimento do Quadro Geral do Magistério em conformidade ao Piso Salarial Profissional Nacional – PSPN do Magistério Público da Educação”.</t>
+  </si>
+  <si>
+    <t>19440</t>
+  </si>
+  <si>
+    <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 001/2026, de iniciativa do Poder Executivo, Mensagem Nº 086 de 09 de dezembro de 2025, que "Institui e regulamenta a Feira do Produtor no Município de Telêmaco Borba e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19481</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 096/2025, de iniciativa dos Vereadores Thiago Talevi Pereira da Silva, Everton Fernando Soares, Antonio Marco de Almeida, Felipe Pedroso da Silva e Klecius dos Santos Silva, que "Dispõe sobre a conversão do pagamento de multas de trânsito de natureza leve por doação de sangue ou cadastro/doação de medula óssea no município de Telêmaco Borba, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>19482</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 090 de 19 de dezembro de 2025, que "Institui o 'Projeto Banco Vermelho' como instrumento de conscientização e combate ao feminicídio e a violência contra a mulher no Município de Telêmaco Borba."</t>
+  </si>
+  <si>
+    <t>19483</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer ao Projeto de Lei Ordinária Nº 005/2026, de iniciativa do Vereador Klecius dos Santos Silva, que "Autoriza a inserção do símbolo mundial de conscientização do Transtorno do Espectro Autista (TEA) nos uniformes escolares dos estudantes da rede pública municipal de ensino, mediante solicitação dos pais ou responsáveis, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19484</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer a Emenda Nº 001/2026, de iniciativa do Vereador Hamilton Aparecido Machado, que apresenta Emenda Modificativa ao artigo 4º do Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997, com vistas à modernização organizacional, a otimização da gestão pública, racionalização de cargos em comissão e ao fortalecimento das políticas públicas municipais, e dá outras providências”, passando o Parágrafo Único do art. 12-G da Lei Nº 1.141 a vigorar com a seguinte redação: Parágrafo Único. O ocupante do cargo deverá possuir formação mínima de ensino superior completo, observadas as especificidades e áreas de atuação, conforme competências do cargo, e ser ocupante de cargo de provimento efetivo do Município.” (NR)</t>
+  </si>
+  <si>
+    <t>19485</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer a Emenda Nº 002/2026, de iniciativa do Vereador Hamilton Aparecido Machado, que apresenta EMENDA ADITIVA ao artigo 6º do Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997”, passando o §2º do art. 51-A da Lei Nº 1.141 a vigorar com a seguinte redação: Art. 51-A... §2º Os cargos em comissão denominados: Chefe de Programas do Bem-Estar Animal; Chefe de Programas Sociais e Chefe de Integração Comunitária, serão de livre nomeação e exoneração, exigindo-se, para todos eles, formação mínima de ensino superior completo, observadas as especificidades e áreas de atuação, conforme competências de cada cargo.</t>
+  </si>
+  <si>
+    <t>19486</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer a Emenda Nº 003/2026, de iniciativa do Vereador Hamilton Aparecido Machado, que apresenta EMENDA ADITIVA ao artigo 6º do Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997, passando o Parágrafo Único do art. 51-B da Lei Nº 1.141 a vigorar com a seguinte redação: Art. 51-B... Parágrafo Único. O cargo em comissão denominado Chefe da Seção Nutricional, será de livre nomeação e exoneração, exigindo-se a formação mínima de ensino superior completo, observadas as especificidades e áreas de atuação, conforme competências de cada cargo, competindo-lhe:"</t>
+  </si>
+  <si>
+    <t>19488</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer a Emenda Nº 004/2026, de iniciativa do Vereador Hamilton Aparecido Machado, que apresenta EMENDA ADITIVA ao artigo 8º do Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997, acrescentando o Parágrafo Único ao artigo 8º, passando a vigorar com a seguinte redação: "Art. 8º... Parágrafo Único. Os cargos em comissão denominados Oficial de Gabinete, símbolo CC-7, serão de livre nomeação e exoneração, exigindo-se, para todos eles, formação mínima de ensino superior completo, observadas as especificidades e áreas de atuação, conforme competências de cada cargo."</t>
+  </si>
+  <si>
+    <t>19489</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer a Emenda Nº 005/2026, de iniciativa da Comissão de Economia, Orçamento, Finanças e Fiscalização, que apresenta EMENDA MODIFICATIVA ao Projeto de Lei Complementar Nº 007/2026 de autoria do Poder Executivo, que “Aumenta o vencimento do Quadro Geral do Magistério em conformidade ao Piso Salarial Profissional Nacional – PSPN do Magistério Público da Educação”, passando o artigo 3º a vigorar da forma descrita a seguir: Art. 3º. Fica o Poder Executivo autorizado a complementar os vencimentos dos servidores que, após o reajuste geral anual da remuneração, perceberem valores abaixo do salário mínimo nacional."</t>
+  </si>
+  <si>
+    <t>19491</t>
+  </si>
+  <si>
+    <t>Da Comissão de Legislação, Justiça e Redação, parecer a Emenda Nº 006/2026, de iniciativa do Vereador Hamilton Aparecido Machado, que apresenta EMENDA ADITIVA ao artigo 2º do Projeto de Lei Complementar Nº 003/2026, de iniciativa do Poder Executivo, Mensagem N° 005 de 16 de janeiro de 2026, que "Altera e acrescenta dispositivos na Lei N° 1.592, de 27 de abril de 2007, para criar o Cargo de Supervisor Administrativo da Procuradoria Geral, redefinir atribuições do Procurador Adjunto e dá outras providências", passando o Art. 6°-B da Lei Nº 1592 a vigorar com a seguinte redação: “Art. 6º-B. Fica criado, na estrutura organizacional da PGM, 01 (um) cargo de provimento em comissão de Supervisor Administrativo da Procuradoria-Geral, de livre nomeação e exoneração pelo Prefeito Municipal, exigindo-se, para todo, formação mínima de ensino superior completo, observadas as especificidades e áreas de atuação, conforme competências de cada cargo, sendo enquadrado no símbolo CC-7.”</t>
+  </si>
+  <si>
+    <t>19493</t>
+  </si>
+  <si>
+    <t>Da Comissão de Educação, Cultura, Bem Estar Social e Ecologia, parecer ao Projeto de Lei Ordinária Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 090 de 19 de dezembro de 2025, que "Institui o 'Projeto Banco Vermelho' como instrumento de conscientização e combate ao feminicídio e a violência contra a mulher no Município de Telêmaco Borba."</t>
+  </si>
+  <si>
     <t>19146</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Rita Mara de Paula Araújo</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19146/plc_no_001-2026_-_mensagem_87-2025_-_doacao_-_construcao_do_colegio_estadual_gregorio_teixeira_-_ass_2_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19146/plc_no_001-2026_-_mensagem_87-2025_-_doacao_-_construcao_do_colegio_estadual_gregorio_teixeira_-_ass_2_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 001/2026, de iniciativa do Poder Executivo, Mensagem Nº 087 de 09 de dezembro de 2025, que "Autoriza o Poder Executivo Municipal a doar áreas de terras de propriedade do Município ao Estado do Paraná, para fins de construção de Unidade Escolar e dá outras providências."</t>
   </si>
   <si>
     <t>19147</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19147/anteprojeto_-_altera_dispositivos_da_lei_1141_-_atualizada_em_15-01-2026_-_assinado_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19147/plc_no_002-2026_-_altera_dispositivos_da_lei_1141_-__atualizada_em_27-01-2026_-_assinado_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 002 de 14 de janeiro de 2026, que “Promove a readequação da Estrutura Administrativa do Poder Executivo Municipal, mediante alteração e acréscimo de dispositivos à Lei Nº 1.141, de 22 de outubro de 1997, com vistas à modernização organizacional, a otimização da gestão pública, racionalização de cargos em comissão e ao fortalecimento das políticas públicas municipais, e dá outras providências.”</t>
   </si>
   <si>
     <t>19148</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19148/mensagem_05-2025_-_altera_dispositivos_da_lei_ordinaria_no_1.592_-_2007_-_assinado_1-1.pdf</t>
-[...2 lines deleted...]
-    <t>Projeto de Lei Complementar Nº 003/2026, de iniciativa do Poder Executivo, Mensagem Nº 005 de 16 de janeiro de 2026, que “Altera e acrescenta dispositivos na Lei Ordinária Nº 1.592, de 27 de abril de 2007, para criar o Cargo de Supervisor Administrativo da Procuradoria Geral, redefinir atribuições do Procurador Adjunto e dá outras providências.”</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19148/mensagem_05-2025_-_altera_dispositivos_da_lei_ordinaria_no_1.592_-_2007_-_assinado_1-1.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar Nº 003/2026, de iniciativa do Poder Executivo, Mensagem Nº 005 de 16 de janeiro de 2026, que “Altera e acrescenta dispositivos na Lei Municipal Nº 1.592, de 27 de abril de 2007, para criar o Cargo de Supervisor Administrativo da Procuradoria Geral, redefinir atribuições do Procurador Adjunto e dá outras providências.”</t>
   </si>
   <si>
     <t>19149</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19149/mensagem_06-2026_-_147-2026_-_doacao_de_terreno_-_carceragem_-_anteprojeto_de_lei_-_assinado_1.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19149/mensagem_06-2026_-_147-2026_-_doacao_de_terreno_-_carceragem_-_anteprojeto_de_lei_-_assinado_1.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 004/2026, de iniciativa do Poder Executivo, Mensagem Nº 006 de 16 de janeiro de 2026, que “Autoriza o Poder Executivo do Município de Telêmaco Borba, Estado do Paraná, a doar imóvel de sua propriedade ao Estado do Paraná, por meio da Secretaria de Estado da Segurança Pública, com encargo para construção de nova carceragem pública, e dá outras providências.”</t>
   </si>
   <si>
     <t>19150</t>
   </si>
   <si>
-    <t>https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19150/plc_no_005-2026_-_mensagem_07-2026_-_mensagem_e_anteprojeto_revisao_geral_anual_2026.pdf</t>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19150/plc_no_005-2026_-_mensagem_07-2026_-_mensagem_e_anteprojeto_revisao_geral_anual_2026.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Nº 005/2026,  de iniciativa do Poder Executivo, Mensagem Nº 007 de 16 de janeiro de 2026, que “Dispõe sobre a revisão geral anual a partir de 01 de janeiro de 2026, em conformidade ao disposto no inciso X, do art. 37 da Constituição Federal e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>19305</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19305/plc_no_006-2026_-mensagem_03-2026_-_pa_28713_-_minuta_-altera_dispositivos_da_lei_complementar_73_de_dezembro_de_2019.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar Nº 006/2026, de iniciativa do Poder Executivo, Mensagem Nº 003 de 02 de fevereiro de 2026, que "Altera dispositivos e Anexos da Lei Complementar nº 73/2019, dispondo sobre a reestruturação administrativa, criação de funções especializadas e recomposição da tabela de vencimentos da Guarda Municipal de Telêmaco Borba, visando à adequação operacional e à valorização profissional da categoria."</t>
+  </si>
+  <si>
+    <t>19346</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19346/plc_no_007-2026_-_mensagem_011-2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar Nº 007/2026, de iniciativa do Poder Executivo, Mensagem Nº 011 de 20 de fevereiro de 2026, que “Aumenta o vencimento do Quadro Geral do Magistério em conformidade ao Piso Salarial Profissional Nacional – PSPN do Magistério Público da Educação.”</t>
+  </si>
+  <si>
+    <t>19496</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar Nº 008/2026, de iniciativa do Poder Executivo, Mensagem Nº 014 de 05 de março de 2026, que “Altera a redação do §2º da Lei Complementar Nº 074 de 30 de dezembro de 2019, que autoriza o Poder Executivo a doar área de terras ao Governo do Estado do Paraná.”</t>
+  </si>
+  <si>
+    <t>19167</t>
+  </si>
+  <si>
+    <t>PLO</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19167/plo_no_001-2026_-mensagem_86-2025_1.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Nº 001/2026, de iniciativa do Poder Executivo, Mensagem Nº 086 de 09 de dezembro de 2025, que "Institui e regulamenta a Feira do Produtor no Município de Telêmaco Borba e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19168</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19168/plo_no_002-2026_-mensagem_90_-2025_-_projeto_banco_vermelho_1.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Nº 002/2026, de iniciativa do Poder Executivo, Mensagem Nº 090 de 19 de dezembro de 2025, que "Institui o 'Projeto Banco Vermelho' como instrumento de conscientização e combate ao feminicídio e a violência contra a mulher no Município de Telêmaco Borba."</t>
+  </si>
+  <si>
+    <t>19169</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19169/plo_no_003-2026_jogos_estudatis.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Nº 003/2026, de iniciativa do Vereador Antonio Marco de Almeida, que "Institui os jogos estudantis municipais como política pública educacional e esportiva de interesse do Município, a serem inseridos no calendário escolar da rede pública municipal de ensino, voltados para crianças de 6 a 10 anos, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19244</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19244/plo_no_004-2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Nº 004/2026, de iniciativa da Vereadora Elisangela Rezende Saldivar, que "Institui no âmbito do Município de Telêmaco Borba, o 'Diploma Aluno Nota 10', destinado a homenagear os estudantes do ensino fundamental de Rede Pública Municipal que se destacarem pelo melhor desempenho escolar durantes o ano letivo, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19304</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19304/plo_no_005-2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Nº 005/2026, de iniciativa do Vereador Klecius dos Santos Silva, que "Autoriza a inserção do símbolo mundial de conscientização do Transtorno do Espectro Autista (TEA) nos uniformes escolares dos estudantes da rede pública municipal de ensino, mediante solicitação dos pais ou responsáveis, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19474</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19474/plo_no_006-2026_ver._felipe_pedroso.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI ORDINÁRIA Nº 006/2026 de iniciativa do Vereador Felipe Pedroso da Silva que: "Altera a Lei Municipal nº 2226, de 31 de agosto de 2018, que Dispõe sobre os serviços funerários no Município de Telêmaco Borba, para autorizar o sepultamento de animais domésticos de estimação em jazigos, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>19497</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Nº 007/2026, de iniciativa do Poder Executivo, Mensagem Nº 008 de 27 de fevereiro de 2026, que “Institui o Benefício Bolsa Aluguel Social no âmbito da Política de Assistência Social do Município de Telêmaco Borba, destinado a mulheres vítimas de violência acompanhadas pelos serviços socioassistenciais, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>19500</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Nº 008/2026, de iniciativa do Poder Executivo, Mensagem Nº 012 de 03 de março de 2026, que “Autoriza a abertura de crédito adicional especial na importância de R$ 10.000,00 (dez mil reais).” (despesas com atividades da Secretaria Municipal de Assistência Social)</t>
+  </si>
+  <si>
+    <t>19159</t>
+  </si>
+  <si>
+    <t>PRE</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Mesa Diretiva</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19159/pre_no_001-2026.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução Nº 001/2026, de iniciativa da Mesa Diretiva, que "Concede reajuste ao Auxílio Alimentação nos termos da Resolução Nº 002/2019, alterada pela Resolução Nº 004/2022."</t>
+  </si>
+  <si>
+    <t>19170</t>
+  </si>
+  <si>
+    <t>REQ</t>
+  </si>
+  <si>
+    <t>Requerimento</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19170/requerimento_no_001-26.pdf</t>
+  </si>
+  <si>
+    <t>“REQUEREM DA SENHORA PREFEITA QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES: “SOBRE A OBRA DE REVITALIZAÇAO DA AVENIDA HORÁCIO KLABIN: 1. CONSIDERANDO QUE O PRAZO CONTRATUAL DE 12 (DOZE) MESES PREVISTOS PARA A CONCLUSÃO DA OBRA SE ENCERRA AO FINAL DO MÊS DE JANEIRO, E TENDO EM VISTA QUE NÃO HÁ TEMPO HÁBIL PARA SUA FINALIZAÇÃO DENTRO DO PRAZO INICIALMENTE ESTABELECIDO, POIS DE ACORDO COM O PORTAL DE TRANSPARÊNCIA ATÉ O MOMENTO FOI CONCLUÍDO APENAS 47,07% DO TOTAL, JÁ EXISTE UM NOVO CRONOGRAMA FÍSICO-FINANCEIRO PARA A CONCLUSÃO DA OBRA? EM CASO AFIRMATIVO, ENCAMINHAR CÓPIA DO REFERIDO CRONOGRAMA. 2. HÁ PREVISÃO DE SUBCONTRATAÇÃO DE OUTRAS EMPRESAS PARA A EXECUÇÃO DE ETAPAS DA OBRA, COM O OBJETIVO DE ACELERAR SUA CONCLUSÃO? EM CASO POSITIVO, INFORMAR QUAIS SERVIÇOS SERÃO SUBCONTRATADOS. 3. AS GALERIAS E DUTOS INSTALADOS NA OBRA APRESENTAM PROBLEMAS DE INFILTRAÇÃO DE ÁGUA? CASO AFIRMATIVO, EXISTE PLANO DE AÇÃO PARA SANAR TAIS PROBLEMAS, ESPECIALMENTE CONSIDERANDO QUE ESSA ETAPA ESTÁ DIRETAMENTE RELACIONADA AO PROJETO ELÉTRICO, PODENDO COMPROMETER A SEGURANÇA E A DURABILIDADE DA OBRA? 4. ATUALMENTE, QUANTOS TRABALHADORES ESTÃO PRESTANDO SERVIÇOS NA OBRA? SOLICITA-SE O ENVIO DE CÓPIA DOS REGISTROS DOS EMPREGADOS, BEM COMO DO CONTROLE DIÁRIO DE PRESENÇA DE CADA TRABALHADOR ALOCADO NA EXECUÇÃO DA OBRA.”</t>
+  </si>
+  <si>
+    <t>19163</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19163/requerimento_no_002-26.pdf</t>
+  </si>
+  <si>
+    <t>“REQUEREM DA SENHORA PREFEITA QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES”: SOLICITAMOS QUE SEJA ENCAMINHADO PEDIDO DE INFORMAÇÕES AO PODER EXECUTIVO MUNICIPAL, POR MEIO DA SECRETARIA MUNICIPAL DE SAÚDE E DEMAIS SETORES COMPETENTES, ACERCA DAS SITUAÇÕES ABAIXO RELACIONADAS AO FUNCIONAMENTO DA UPA E DOS POSTOS DE SAÚDE DO MUNICÍPIO: 1) QUAL É O VALOR PAGO DA DIÁRIA E DA PERNOITE AOS MOTORISTAS, ENFERMEIROS E TÉCNICOS DE ENFERMAGEM DO UPA? 2) ESSAS DIÁRIAS E PERNOITES ENTÃO EM DIA DO PRAZO DE NOVEMBRO ATÉ A DATA DESTE REQUERIMENTO? 3) CASO NÃO, ENVIAR UM DOCUMENTO COM NOMES, VALORES E DATAS DAS QUE ESTÃO EM ATRASO."</t>
+  </si>
+  <si>
+    <t>19164</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19164/requerimento_no_003-26.pdf</t>
+  </si>
+  <si>
+    <t>“REQUEREM DA SENHORA PREFEITA QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES”: SOLICITAMOS QUE SEJA ENCAMINHADO PEDIDO DE INFORMAÇÕES AO SETOR COMPETENTE, ACERCA DAS SITUAÇÕES ABAIXO: 1) QUAL É O NOME DA EMPRESA RESPONSÁVEL PELA ELABORAÇÃO DO LAUDO TÉCNICO REFERENTE À OBRA DO CORPO DE BOMBEIROS E DA ARENA MULTIUSO? 2) QUAL É O NÚMERO DO CONTRATO FIRMADO ENTRE O PODER PÚBLICO E A EMPRESA RESPONSÁVEL PELA ELABORAÇÃO DO REFERIDO LAUDO? 3) O LAUDO TÉCNICO JÁ FOI CONCLUÍDO? EM CASO POSITIVO, SOLICITA-SE O ENCAMINHAMENTO DE CÓPIA INTEGRAL DO LAUDO ELABORADO PELA EMPRESA CONTRATADA. 4) EM QUE DATA O LAUDO TÉCNICO FOI OFICIALMENTE ENCAMINHADO OU PROTOCOLADO JUNTO AO ÓRGÃO RESPONSÁVEL APÓS A SUA CONCLUSÃO?</t>
+  </si>
+  <si>
+    <t>19165</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19165/requerimento_no_004-26.pdf</t>
+  </si>
+  <si>
+    <t>“REQUEREM DA SENHORA PREFEITA QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES”: 1) QUAL O PERCENTUAL DE REAJUSTE APLICADO AOS VENCIMENTOS DO MAGISTÉRIO MUNICIPAL NO EXERCÍCIO VIGENTE. 2) O MUNICÍPIO APLICOU INTEGRALMENTE O REAJUSTE DE 5,4% DO PISO NACIONAL DO MAGISTÉRIO, CONFORME A LEI FEDERAL Nº 11.738/2008, EM CASO NEGATIVO: QUAIS OS MOTIVOS TÉCNICOS, FINANCEIROS OU ORÇAMENTÁRIOS PARA A NÃO APLICAÇÃO INTEGRAL. 3) SE HÁ PREVISÃO PARA O PAGAMENTO DO DIFERENCIAL DE 1,1%. 4) SERÁ EFETUADO O PAGAMENTO RETROATIVO DAS DIFERENÇAS SALARIAIS. 5) MUNICÍPIO SOLICITOU OU PRETENDE SOLICITAR COMPLEMENTAÇÃO DA UNIÃO, CONFORME PREVISTO NA LEGISLAÇÃO FEDERAL."</t>
+  </si>
+  <si>
+    <t>19166</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19166/requerimento_no_005-26.pdf</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES”: 1) RELAÇÃO COMPLETA ATUALIZADA DOS EXAMES DE IMAGEM E EXAMES LABORATORIAIS, QUE SE ENCONTRAM PARALISADOS DESDE O ANO DE 2025 OU DE ANOS ANTERIORES. 2) REQUER, AINDA A INFORMAÇÃO DESDE QUANDO CADA TIPO DE EXAME ESTÁ SEM AGENDAMENTO OU DE REALIZAÇÃO REGULAR. 3) CASO NÃO ESTEJAM REALIZANDO OS AGENDAMENTOS, ESCLARECER OS MOTIVOS DA PARALISAÇÃO DOS REFERIDOS EXAMES OU SE ESTÃO ENCAMINHANDO PARA ALGUM PRESTADOR. 4) INFORMAR SE HÁ CONTRATOS VIGENTES COM LABORATÓRIOS E CLÍNICAS RESPONSÁVEIS PELA REALIZAÇÃO DOS EXAMES, ENCAMINHANDO: CÓPIA DOS CONTRATOS, VALORES CONTRATADOS E PRAZO DE VIGÊNCIA. 5) INFORMAR SE EXISTEM DÉBITOS PENDENTES COM PRESTADORES DE SERVIÇOS E, EM CASO POSITIVO, ESPECIFICAR VALORES E PERÍODOS. 6) INFORMAR QUAIS MEDIDAS ESTÃO SENDO ADOTADAS PELA SECRETARIA PARA A REGULARIZAÇÃO DOS EXAMES. 7) APRESENTAR CRONOGRAMA OU PREVISÃO PARA A RETOMADA INTEGRAL DOS EXAMES PARALISADOS. 8) INFORMAR O NÚMERO ESTIMADO DE PACIENTES PREJUDICADOS, INCLUSIVE AQUELES QUE AGUARDAM HÁ MESES NA FILA DE ESPERA."</t>
+  </si>
+  <si>
+    <t>19171</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19171/requerimento_no_006-26.pdf</t>
+  </si>
+  <si>
+    <t>“REQUEREM DA SENHORA PREFEITA QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES”: SOLICITAMOS QUE SEJA ENCAMINHADO ESTE PEDIDO DE INFORMAÇÕES SOBRE A PRAÇA DO BAIRRO SÃO FRANCISCO: 1) QUANTO À EXECUÇÃO DA OBRA, SOLICITAMOS O RELATÓRIO TÉCNICO ATUALIZADO INDICANDO O PERCENTUAL REAL DE EXECUÇÃO FÍSICA DA OBRA E DESCRIÇÃO DOS SERVIÇOS JÁ EXECUTADOS E DAQUELES AINDA PENDENTES. 2) PREVISÃO OFICIAL DE CONCLUSÃO E ENTREGA DA PRAÇA À POPULAÇÃO, COM JUSTIFICATIVA PARA EVENTUAIS ATRASOS. 3) QUANTO AO CONTRATO ADMINISTRATIVO: QUAL O NÚMERO DO CONTRATO CELEBRADO E QUAL A MODALIDADE DE LICITAÇÃO UTILIZADA. 4) IDENTIFICAÇÃO DA(S) EMPRESA(S) CONTRATADA(S). 5) HÁ EXISTÊNCIA DE ADITIVOS CONTRATUAIS, ESPECIFICANDO OBJETO, VALORES E JUSTIFICATIVAS. 6) QUANTO AOS VALORES FINANCEIROS DA OBRA, QUAL O VALOR TOTAL ORIGINALMENTE CONTRATADO. 7) E QUAL O  VALOR ATUALIZADO DO CONTRATO, CONSIDERANDO EVENTUAIS ADITIVOS. 8) OS VALORES PAGOS ATÉ O MOMENTO, COM INDICAÇÃO DAS MEDIÇÕES REALIZADAS? 9) SE HÁ SALDO FINANCEIRO AINDA A SER EXECUTADO. 10) QUANTO À REGULARIDADE AMBIENTAL DA OBRA, GOSTARÍAMOS DE ESCLARECIMENTO EXPRESSO E FUNDAMENTADO ACERCA DA EXISTÊNCIA DE LICENCIAMENTO AMBIENTAL PRÉVIO PARA A EXECUÇÃO DA OBRA, CONSIDERANDO A INTERVENÇÃO EM ÁREA URBANA, MOVIMENTAÇÃO DE SOLO E EVENTUAL SUPRESSÃO VEGETAL. 11) ENCAMINHAMENTO DE CÓPIA INTEGRAL DAS LICENÇAS AMBIENTAIS EVENTUALMENTE EXPEDIDAS (LICENÇA PRÉVIA, LICENÇA DE INSTALAÇÃO E/OU LICENÇA DE OPERAÇÃO), CONTENDO NÚMERO, DATA DE EMISSÃO, VALIDADE E ÓRGÃO AMBIENTAL LICENCIADOR. 12) NA HIPÓTESE DE INEXISTÊNCIA DE LICENCIAMENTO AMBIENTAL, QUE O PODER EXECUTIVO INFORME O FUNDAMENTO LEGAL E TÉCNICO QUE DISPENSOU O LICENCIAMENTO. 13) ENVIAR O PARECER FORMAL DO ÓRGÃO AMBIENTAL COMPETENTE QUE EMBASOU EVENTUAL DISPENSA, SE EXISTENTE. 14) INFORMAÇÃO SE A OBRA FOI INICIADA OU EXECUTADA SEM A DEVIDA LICENÇA AMBIENTAL, E, EM CASO POSITIVO, QUAIS PROVIDÊNCIAS ADMINISTRATIVAS FORAM ADOTADAS PARA REGULARIZAÇÃO. 15) HOUVE COMUNICAÇÃO, NOTIFICAÇÃO OU MANIFESTAÇÃO DE ÓRGÃOS DE CONTROLE AMBIENTAL. 16) ESCLARECIMENTO QUANTO AO CUMPRIMENTO DAS CONDICIONANTES AMBIENTAIS, CASO EXISTENTES, COM IDENTIFICAÇÃO DOS RESPONSÁVEIS PELO ACOMPANHAMENTO E FISCALIZAÇÃO AMBIENTAL DA OBRA. 17) QUANTO À FISCALIZAÇÃO DA OBRA, INDICAÇÃO DO(S) RESPONSÁVEL(IS) TÉCNICO(S) PELA FISCALIZAÇÃO E ACOMPANHAMENTO. 18) INFORMAÇÃO SOBRE A REALIZAÇÃO DE VISTORIAS TÉCNICAS E AMBIENTAIS, COM REGISTROS FORMAL."</t>
+  </si>
+  <si>
+    <t>19214</t>
+  </si>
+  <si>
+    <t>REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES DETALHADAS SOBRE OS TAPUMES COM TELHA METÁLICA  UTILIZADOS NAS SEGUINTES OBRAS PÚBLICAS: COMPLEXO DE LAZER DA ANTIGA ASSOCIAÇÃO DO BANESTADO, ESCOLA SÃO SILVESTRE E AVENIDA HORÁCIO KLABIN. NO QUE SE REFERE AO COMPLEXO DE LAZER DA ANTIGA ASSOCIAÇÃO DO BANESTADO, REQUER-SE: 1)QUAL FOI O VALOR ORÇADO DOS TAPUMES NO PROJETO ORIGINAL, ENCAMINHAR  DETALHAMENTO DO CONTRATO  DA QUANTIDADE PREVISTA E DO VALOR CORRESPONDENTE; 2)QUANTO FOI EFETIVAMENTE UTILIZADO DE TAPUMES NA EXECUÇÃO DA OBRA, COM A ESPECIFICAÇÃO DA QUANTIDADE INSTALADA E DO VALOR PAGO; 3) ENCAMINHAR REGISTROS FOTOGRÁFICOS DOS TAPUMES UTILIZADOS; 4) EM CASO DE NÃO UTILIZAÇÃO TOTAL OU PARCIAL DOS TAPUMES QUAL O MOTIVO? 5)COMO SERÁ REALIZADO O DESCONTO OU COMPENSAÇÃO DOS VALORES REFERENTES AOS TAPUMES NÃO UTILIZADOS, ENCAMINHAR  DOCUMENTOS COMPROBATÓRIOS. _x000D_
+NO QUE SE REFERE À OBRA DA ESCOLA SÃO SILVESTRE, REQUER-SE: 1) QUAL FOI O VALOR ORÇADO DOS TAPUMES NO PROJETO ORIGINAL, ENCAMINHAR  DETALHAMENTO DO CONTRATO  DA QUANTIDADE PREVISTA E DO VALOR CORRESPONDENTE; 2)QUANTO FOI EFETIVAMENTE UTILIZADO DE TAPUMES NA EXECUÇÃO DA OBRA, COM A ESPECIFICAÇÃO DA QUANTIDADE INSTALADA E DO VALOR PAGO; 3) ENCAMINHAR REGISTROS FOTOGRÁFICOS DOS TAPUMES UTILIZADOS; 4) EM CASO DE NÃO UTILIZAÇÃO TOTAL OU PARCIAL DOS TAPUMES QUAL O MOTIVO? 5)COMO SERÁ REALIZADO O DESCONTO OU COMPENSAÇÃO DOS VALORES REFERENTES AOS TAPUMES NÃO UTILIZADOS, ENCAMINHAR  DOCUMENTOS COMPROBATÓRIOS._x000D_
+NO QUE SE REFERE À OBRA DA AVENIDA HORÁCIO KLABIN, REQUER-SE: 1)QUAL FOI O VALOR ORÇADO DOS TAPUMES NO PROJETO ORIGINAL, ENCAMINHAR  DETALHAMENTO DO CONTRATO  DA QUANTIDADE PREVISTA E DO VALOR CORRESPONDENTE; 2)QUANTO FOI EFETIVAMENTE UTILIZADO DE TAPUMES NA EXECUÇÃO DA OBRA, COM A ESPECIFICAÇÃO DA QUANTIDADE INSTALADA E DO VALOR PAGO; 3) ENCAMINHAR REGISTROS FOTOGRÁFICOS DOS TAPUMES UTILIZADOS; 4) EM CASO DE NÃO UTILIZAÇÃO TOTAL OU PARCIAL DOS TAPUMES QUAL O MOTIVO? 5)COMO SERÁ REALIZADO O DESCONTO OU COMPENSAÇÃO DOS VALORES REFERENTES AOS TAPUMES NÃO UTILIZADOS, ENCAMINHAR  DOCUMENTOS COMPROBATÓRIOS.</t>
+  </si>
+  <si>
+    <t>19217</t>
+  </si>
+  <si>
+    <t>REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES ACERCA DA RESPOSTA AO REQUERIMENTO Nº 342/25, NOS SEGUINTES TERMOS: 1)NA RESPOSTA AO ITEM 8, EM QUE FOI SOLICITADO O PARECER DA PERÍCIA TÉCNICA CONTRATADA, INFORMAR EM QUAL ETAPA SE ENCONTRA O REFERIDO DOCUMENTO; 2)CASO O PARECER JÁ TENHA SIDO FINALIZADO, ENCAMINHAR CÓPIA DO PARECER DA PERÍCIA TÉCNICA CONTRATADA 3)INFORMAR EM QUAL ETAPA SE ENCONTRAM AS ANÁLISES DO REFERIDO PARECER; 4)QUAIS MEDIDAS VÊM SENDO ADOTADAS PELA ADMINISTRAÇÃO APÓS A EMISSÃO DO PARECER; 5)INFORMAR SE JÁ HÁ DEFINIÇÃO QUANTO À PROVIDÊNCIA A SER TOMADA EM RELAÇÃO À CONSTRUÇÃO DA ARENA MULTIUSO E, EM CASO POSITIVO, QUAIS SERÃO ESSAS PROVIDÊNCIAS; 6)QUAIS MEDIDAS SERÃO ADOTADAS EM RELAÇÃO À EMPRESA CONTRATADA, CASO SEJAM CONSTATADOS POSSÍVEIS ERROS; 7)QUAIS IRREGULARIDADES FORAM IDENTIFICADAS POR MEIO DO LAUDO TÉCNICO. 8)QUAL O PRAZO ESTIMADO PARA A CONCLUSÃO DEFINITIVA DAS ANÁLISES TÉCNICAS DO REFERIDO LAUDO; 9)SE HOUVE RECOMENDAÇÃO, POR PARTE DA PERÍCIA TÉCNICA, DE PARALISAÇÃO, ADEQUAÇÃO OU CORREÇÃO DA OBRA, E EM CASO POSITIVO, QUAIS FORAM ESSAS RECOMENDAÇÕES; 10)INFORMAR SE A ADMINISTRAÇÃO MUNICIPAL JÁ NOTIFICOU FORMALMENTE A EMPRESA RESPONSÁVEL PELA CONSTRUÇÃO DA ARENA MULTIUSO EM RAZÃO DAS CONCLUSÕES DO LAUDO TÉCNICO; 11)ESCLARECER SE HÁ PREVISÃO DE ABERTURA DE PROCESSO ADMINISTRATIVO, SINDICÂNCIA OU APLICAÇÃO DE PENALIDADES À EMPRESA CONTRATADA, EM DECORRÊNCIA DAS IRREGULARIDADES EVENTUALMENTE APONTADAS; 12)INFORMAR SE OS ÓRGÃOS DE CONTROLE INTERNO OU EXTERNO DO MUNICÍPIO FORAM COMUNICADOS ACERCA DO CONTEÚDO DO LAUDO TÉCNICO E DAS POSSÍVEIS IRREGULARIDADES CONSTATADAS; 13) ESCLARECER SE HÁ PREVISÃO DE RESCISÃO, CONTINUIDADE OU MUDANÇA DE PLANOS PARA A CONTINUAÇÃO DA ARENA MULTIUSO, OU SEJA, O QUE SERÁ FEITO EM RELAÇÃO À OBRA.</t>
+  </si>
+  <si>
+    <t>19218</t>
+  </si>
+  <si>
+    <t>REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES SOBRE A PAVIMENTAÇÃO DA RUA TRAVESSA ROMÊNIA, NOS SEGUINTES TERMOS: 1) TENDO EM VISTA QUE OS REPAROS NA PAVIMENTAÇÃO OCORRERAM HÁ MENOS DE UM ANO, JÁ EXISTE CONHECIMENTO POR PARTE DO SETOR RESPONSÁVEL DE QUE A VIA VEM SE DANIFICANDO NOVAMENTE? 2)QUAL O MOTIVO DOS REPAROS REALIZADOS NÃO ESTAREM DURANDO NA REFERIDA VIA? 3)EXISTE LAUDO TÉCNICO SOBRE AS CONDIÇÕES DA PAVIMENTAÇÃO DA RUA TRAVESSA ROMÊNIA?CASO EXISTA, SOLICITAR CÓPIA DO LAUDO TÉCNICO MENCIONADO. 4)EXISTE PREVISÃO DE RECAPEAMENTO, REVITALIZAÇÃO OU OUTRO TIPO DE INTERVENÇÃO MAIS DEFINITIVA NA VIA? 5) ) QUAIS MEDIDAS SERÃO ADOTADAS PARA GARANTIR A DURABILIDADE DOS REPAROS FUTUROS? 6) TENDO EM VISTA QUE A CERCA DE ARAME DA ESCOLA VEM CAINDO E ENCOSTANDO NO POSTE, QUAIS MEDIDAS SERÃO ADOTADAS PARA CORRIGIR A SITUAÇÃO E GARANTIR A SEGURANÇA DA POPULAÇÃO 7) QUAL O PRAZO ESTIMADO PARA A EXECUÇÃO DAS PRÓXIMAS INTERVENÇÕES NA RUA, CONSIDERANDO A NECESSIDADE DE QUE SEJAM REALIZADAS ANTES QUE A VIA SE DETERIORE AINDA MAIS? 8) A PREFEITURA POSSUI ALGUM PLANO DE ACOMPANHAMENTO OU VISTORIA PERIÓDICA DOS REPAROS FEITOS EM VIAS PUBLICAS?</t>
+  </si>
+  <si>
+    <t>19220</t>
+  </si>
+  <si>
+    <t>REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES SOBRE A FEIRA DO BEM: 1)NO ANO DE 2025, QUANTOS QUILOS DE PRODUTOS FORAM DISTRIBUÍDOS; 2)QUAL O VALOR GASTO COM A FEIRA DO BEM EM 2025, ENCAMINHANDO DETALHAMENTO MÊS A MÊS; 3)QUAL FOI A QUANTIDADE DE MATERIAIS RECICLÁVEIS ARRECADADOS PELO PROGRAMA EM 2025; 4)QUAL FOI A DESTINAÇÃO DOS PRODUTOS DISTRIBUÍDOS EM 2025; 5)QUAL O ORÇAMENTO PREVISTO PARA O PROGRAMA NO ANO DE 2026; 6)EXISTE PREVISÃO DE INCLUSÃO DE NOVOS PRODUTOS NO PROGRAMA? SE SIM, QUAL A VARIEDADE DE PRODUTOS; 7)A QUANTIDADE DE PRODUTOS A SER DISTRIBUÍDA EM 2026 SERÁ MAIOR DO QUE EM 2025? SE SIM, PARA QUANTOS PRODUTOS; 8)QUAL É O CRONOGRAMA DA FEIRA DO BEM PARA O ANO DE 2026; 9)QUAIS SERÃO OS PONTOS DE COLETA DA FEIRA DO BEM EM 2026; 10)QUAL A FREQUÊNCIA DE REALIZAÇÃO DA FEIRA DO BEM AO LONGO DO ANO; 11)QUAIS AÇÕES ESTÃO PREVISTAS PARA AMPLIAR A PARTICIPAÇÃO DA COMUNIDADE E INCENTIVAR A RECICLAGEM EM CONJUNTO COM A FEIRA DO BEM. 12) EXISTE PREVISÃO PARA INSTALAÇÃO DE BALANÇAS DIGITAIS PARA A FEIRA DO BEM? 13) EXISTE PREVISÃO DE MELHORIAS NA SINALIZAÇÃO E ORGANIZAÇÃO DOS PONTOS DE DISTRIBUIÇÃO? 14)EXISTE POSSIBILIDADE PARA QUE A FEIRA DO BEM FUNCIONE EM PARCERIA COM O PROGRAMA RECICLA DIGITAL? EM CASO POSITIVO JÁ EXISTE UM PROJETO PARA TAL PARCERIA? 15) EM DIAS DE CHUVA, EXISTE PROJETO OU PREVISÃO PARA A COLOCAÇÃO DE TENDAS OU COBERTURAS NA FEIRA DO BEM?</t>
+  </si>
+  <si>
+    <t>19221</t>
+  </si>
+  <si>
+    <t>REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES SOBRE A EXECUÇÃO DA OBRA DE REVITALIZAÇÃO DO MINI CENTRO ESPORTIVO: 1)QUAL O PERCENTUAL ATUAL DE EXECUÇÃO FÍSICA DA OBRA ATÉ O MOMENTO? 2)O CRONOGRAMA FÍSICO-FINANCEIRO DA OBRA ESTÁ SENDO CUMPRIDO CONFORME PLANEJADO? SOLICITA-SE DETALHAMENTO POR DATAS, ETAPAS E RESPONSÁVEIS. 3) QUANTOS TRABALHADORES ESTÃO ATUALMENTE ATUANDO NA OBRA? SOLICITA-SE ENCAMINHAMENTO DE DOCUMENTOS COMPROBATÓRIOS DE CADA TRABALHADOR, INFORMANDO A FUNÇÃO E A DATA DE INÍCIO DE SUAS ATIVIDADES NA OBRA.4)QUAL O VALOR TOTAL JÁ PAGO À EMPRESA CONTRATADA ATÉ AGORA? SOLICITA-SE ENVIO DOS DOCUMENTOS COMPROBATÓRIOS. 5)QUAL O CRONOGRAMA FINANCEIRO PREVISTO E QUAIS PARCELAS OU ETAPAS JÁ FORAM CONCLUÍDAS? 6)QUAIS SERVIÇOS, MATERIAIS OU LICENÇAS AINDA FALTAM PARA A CONCLUSÃO COMPLETA DA OBRA? 7)FORAM IDENTIFICADOS ERROS OU FALHAS NO PROJETO ORIGINAL? SE SIM, QUAIS?8) QUAIS ETAPAS OU SERVIÇOS FORAM ADICIONADOS OU MODIFICADOS EM RELAÇÃO AO PROJETO ORIGINAL DA OBRA? 9)QUAIS ADITIVOS OU REAJUSTES FORAM REALIZADOS ATÉ O MOMENTO? EXISTE PREVISÃO DE NOVOS ADITIVOS OU REAJUSTES?. 10)EXISTE UM CRONOGRAMA DE VISTORIAS TÉCNICAS PERIÓDICAS? QUAIS FORAM AS ÚLTIMAS INSPEÇÕES REALIZADAS E POR QUEM? 11)HÁ PREVISÃO DE ATRASOS OU PARALISAÇÕES FUTURAS NA OBRA? SE SIM, QUAL SERIA A DURAÇÃO ESTIMADA? 12)QUAL EMPRESA ESTÁ ATUALMENTE RESPONSÁVEL PELA EXECUÇÃO DA OBRA? 13)QUAL A PREVISÃO ATUAL PARA A CONCLUSÃO E ENTREGA DA OBRA? 14)QUAIS ETAPAS OU SERVIÇOS AINDA FALTAM PARA A FINALIZAÇÃO DA OBRA? 15)QUAL O MOTIVO DOS ATRASOS OCORRIDOS NA EXECUÇÃO DA OBRA E COMO IMPACTAM A PREVISÃO DE ENTREGA?</t>
+  </si>
+  <si>
+    <t>19223</t>
+  </si>
+  <si>
+    <t>REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES SOBRE A RUA CATAGUAZES, NO BAIRRO JARDIM BONAVILA: 1)EXISTE PREVISÃO PARA QUE SEJA IMPLEMENTADA UMA PAVIMENTAÇÃO ADEQUADA NA REFERIDA RUA? EM CASO AFIRMATIVO, QUAL O PRAZO PREVISTO? 2)EXISTE PROJETO PARA A REALIZAÇÃO DE OUTRAS MELHORIAS NAQUELE LOCAL? SE SIM, QUAIS MELHORIAS ESTÃO PREVISTAS? 3)JÁ FORAM REALIZADOS REPAROS NA RUA? SOLICITA-SE DETALHAMENTO SOBRE QUAIS REPAROS FORAM FEITOS E EM QUE DATAS. 4)QUAL A PERIODICIDADE DE LIMPEZA, ROÇADA E MANUTENÇÃO GERAL NA REFERIDA RUA? 5)EXISTE PREVISÃO PARA QUE SEJAM FEITAS CALÇADAS ADEQUADAS NAQUELE LOCAL? SE SIM,QUANDO ESTÁ PREVISTA A EXECUÇÃO? 6)HÁ PROJETO OU PREVISÃO PARA MELHORIA DA DRENAGEM PLUVIAL NO LOCAL, VISANDO EVITAR ALAGAMENTOS E EROSÕES? 7) EXISTEM REGISTROS DE RECLAMAÇÕES DE MORADORES OU USUÁRIOS DA RUA QUANTO À PAVIMENTAÇÃO, LIMPEZA OU SEGURANÇA? 8)QUAIS MEDIDAS ESTÃO SENDO ADOTADAS PARA GARANTIR A SEGURANÇA DE PEDESTRES E MOTORISTAS NA REFERIDA RUA? 9)EXISTE ALGUM CRONOGRAMA PREVISTO PARA EXECUÇÃO DAS MELHORIAS, DETALHANDO ETAPAS E PRAZOS?</t>
+  </si>
+  <si>
+    <t>19162</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19162/req_013-2026.pdf</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES”:  1 - O SUPLEMENTO ISOSOURCE ENCONTRA-SE EM FALTA NA REDE MUNICIPAL DE SAÚDE, CASO SIM, A DATA EXATA DO INÍCIO DA DESCONTINUIDADE DO FORNECIMENTO DO SUPLEMENTO ISOSOURCE NA REDE MUNICIPAL. 2-QUAIS FORAM OS MOTIVOS ADMINISTRATIVOS, FINANCEIROS OU LOGÍSTICOS QUE OCASIONARAM A INTERRUPÇÃO DO FORNECIMENTO SE HOUVE FALHA EM PROCESSO LICITATÓRIO, ATRASO DE FORNECEDOR OU DESCONTINUIDADE CONTRATUAL. 3 - SE ATUALMENTE EXISTE PROCESSO DE COMPRA, LICITAÇÃO OU DISPENSA/EMERGENCIAL EM ANDAMENTO PARA AQUISIÇÃO DO PRODUTO? 4 - EM CASO AFIRMATIVO, QUAL O NÚMERO DO PROCESSO, MODALIDADE ADOTADA E PRAZO ESTIMADO PARA REGULARIZAÇÃO. 5 - QUAL A QUANTIDADE MÉDIA MENSAL DO SUPLEMENTO ISOSOURCE DISTRIBUÍDA PELO MUNICÍPIO ANTES DA INTERRUPÇÃO. 6 - QUANTOS PACIENTES ENCONTRAM-SE ATUALMENTE CADASTRADOS E DEPENDENTES DO REFERIDO SUPLEMENTO. 7 - SE A SECRETARIA MUNICIPAL DE SAÚDE ESTÁ FORNECENDO PRODUTO SUBSTITUTO E, EM CASO POSITIVO, QUAL A FÓRMULA UTILIZADA E SE ESTA POSSUI EQUIVALÊNCIA NUTRICIONAL. 8 - QUAIS MEDIDAS ESTÃO SENDO ADOTADAS PARA EVITAR PREJUÍZOS CLÍNICOS AOS PACIENTES, ESPECIALMENTE AQUELES EM SITUAÇÃO DE MAIOR VULNERABILIDADE. 9 - SE EXISTE PLANEJAMENTO PREVENTIVO PARA EVITAR NOVAS FALTAS DE SUPLEMENTOS E DIETAS ESPECIAIS NO ÂMBITO DO SUS MUNICIPAL. 10 - SE HÁ PREVISÃO DE REGULARIZAÇÃO DEFINITIVA DO ABASTECIMENTO E EM QUAL DATA.</t>
+  </si>
+  <si>
+    <t>19237</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19237/req_014-2026.pdf</t>
+  </si>
+  <si>
+    <t>"REQUEREM DA SENHORA PREFEITA, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) EXISTE APARELHO DE MARCAPASSO TRANSCUTÂNEO DISPONÍVEL NA UNIDADE DE PRONTO ATENDIMENTO – UPA? 2) EM CASO AFIRMATIVO, O REFERIDO APARELHO ENCONTRA-SE EM PLENO FUNCIONAMENTO E APTO PARA USO IMEDIATO? 3) EM CASO NEGATIVO, OU SE O EQUIPAMENTO NÃO ESTIVER EM CONDIÇÕES ADEQUADAS DE USO, QUAIS SÃO OS MOTIVOS IMPEDITIVOS, BEM COMO SE HÁ PREVISÃO PARA REGULARIZAÇÃO DA SITUAÇÃO?"</t>
+  </si>
+  <si>
+    <t>19238</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19238/req_015-2026.pdf</t>
+  </si>
+  <si>
+    <t>"REQUEREM DA SENHORA PREFEITA, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: DIANTE DAS DIVERSAS RECLAMAÇÕES APRESENTADAS PELOS MORADORES DA VILA RURAL BRILHO DE SOL, ACERCA DA RECORRENTE FALTA DE ABASTECIMENTO DE ÁGUA, SOLICITAMOS: 1) QUAL É O REAL MOTIVO DA CONSTANTE FALTA DE ÁGUA EM ALGUMAS RESIDÊNCIAS DA REFERIDA LOCALIDADE? 2. QUAIS MEDIDAS ESTÃO SENDO OU SERÃO ADOTADAS PELO SETOR COMPETENTE PARA SOLUCIONAR DEFINITIVAMENTE O PROBLEMA?."</t>
+  </si>
+  <si>
+    <t>19254</t>
+  </si>
+  <si>
+    <t>"REQUER DA SENHORA PREFEITA QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES EM RELAÇÃO AO SISTEMA DE CREDENCIAMENTO DE PROJETOS JUNTO ÀS SECRETARIA DE CULTURA E TURISMO, E A DE ESPORTE E LAZER, SEPARADAMENTE, ATRAVÉS DA ‘INSTRUÇÃO NORMATIVA 001/22’, ‘DECRETO MUNICIPAL 26.187/19’ COM BASE NA ‘LEI 2.274/19’, AS SEGUINTES INFORMAÇÕES: 1) QUAL O TEMPO DE VIGÊNCIA E QUAIS MODALIDADES ESTÃO DISPOSTAS PARA RECEBER PROJETOS? 2) QUAIS MODALIDADES ESTÃO EM FUNCIONAMENTO E QUAIS NÃO ESTÃO FUNCIONANDO? 3) QUAIS PROJETOS FORAM APRESENTADOS PARA 2026? 4) QUAIS OS PROJETOS APROVADOS PARA 2026? FAVOR ENVIAR CÓPIA INTEGRAL DOS MESMOS. 5) QUAIS SÃO OS CRITÉRIOS DE SELEÇÃO POR CADA MODALIDADE, VALORES, CARGA HORÁRIA? FAVOR INFORMAR NA ÍNTEGRA. 6) QUAIS PROFISSIONAIS, QUAL A QUALIFICAÇÃO DE CADA UM E QUAIS FUNÇÕES EXERCEM EM CADA UM DOS PROJETOS APROVADOS?”</t>
+  </si>
+  <si>
+    <t>19255</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA QUE INFORME, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES EM RELAÇÃO À FUNCIONÁRIOS PÚBLICOS FORMADOS NA ÁREA DE EDUCAÇÃO FÍSICA: 1) QUANTOS FUNCIONÁRIOS FORMADOS NA ÁREA DE EDUCAÇÃO FÍSICA PRESTAM SERVIÇOS EM CARGOS COMISSIONADOS PARA A PREFEITURA MUNICIPAL? NOMES, SETORES, CARGOS E FUNÇÕES. 2) QUANTOS FUNCIONÁRIOS FORMADOS NA ÁREA DE EDUCAÇÃO FÍSICA PRESTAM SERVIÇOS EM CARGOS EFETIVOS PARA A PREFEITURA MUNICIPAL? NOMES, SETORES, CARGOS E FUNÇÕES. 3) QUANTOS FUNCIONÁRIOS FORMADOS NA ÁREA DE EDUCAÇÃO FÍSICA PRESTAM SERVIÇOS COMO CREDENCIADOS NA PREFEITURA MUNICIPAL? NOMES, SETORES, CARGOS E FUNÇÕES.”</t>
+  </si>
+  <si>
+    <t>19256</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES EM RELAÇÃO AO CENTRO DE GINÁSTICA ARTÍSTICA NO MINI-CENTRO, BAIRRO NOSSA SENHORA DO PERPÉTUO SOCORRO (BNH): 1) SE ALGUMA PROVIDÊNCIA FOI OU ESTÁ SENDO TOMADA PARA READEQUAR E CLIMATIZAR A SALA DE ESPERA PARA PAIS, CONFORME INDICAÇÃO 1110/2025? 2) SE ALGUMA PROVIDÊNCIA FOI OU ESTÁ SENDO TOMADA PARA DOTAR A SALA DE ESPERA PARA PAIS, COM ÁUDIO E TELA DE TELEVISÃO, COM CÂMERAS INTERNAS DE TRANSMISSÃO EM TEMPO REAL DAS AULAS DE GINÁSTICA ARTÍSTICA, CONFORME INDICAÇÃO 1111/2025? 3) SE ESTÁ EM ANDAMENTO ALGUM PROJETO PARA AMPLIAÇÃO AO ATENDIMENTO SOCIAL DE CRIANÇAS DAS ESCOLAS DOS BAIRROS, NO ACESSO ÀS AULAS NO CENTRO DE GINÁSTICA ARTÍTICA? AGUARDAMOS RESPOSTAS A ESSES QUESTIONAMENTOS."</t>
+  </si>
+  <si>
+    <t>19257</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: 1) QUAL O MOTIVO DE AINDA NÃO TER IMPLEMENTADO ESTACIONAMENTO PARA VEÍCULOS NA RUA RIO IGUAÇU, ÁREA III, NA FRENTE E LADO OPOSTO DO COMÉRCIO “PADARIA, MAT. CONSTRUÇÃO, FARMÁCIA E PETSHOP,” JUNTO AO ESPAÇO PÚBLICO DE LAZER NA ÁREA III, CONFORME A INDICAÇÃO 783/2025? 2) EXISTE PREVISÃO PARA REALIZAÇÃO DESTE? SE SIM, QUAL A DATA? SE NÃO, EXPLICAR O MOTIVO.”</t>
+  </si>
+  <si>
+    <t>19251</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19251/req_020-2026.pdf</t>
+  </si>
+  <si>
+    <t>"REQUER DA SENHORA PREFEITA MUNICIPAL, QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE AS RUAS DO BAIRRO SÃO SILVESTRE QUE ESTÃO SEM CEP E SEM NOME CONFORME INDICAÇÃO DO ANO DE 2025: 1) FOI TOMADO ALGUMA PROVIDÊNCIA? SE SIM, QUAL A TRATATIVA? EXISTE PRAZO PRA REGULARIZAÇÃO DA SITUAÇÃO? CASO NÃO, EXISTE UM ESTUDO PARA REGULARIZAÇÃO DA SITUAÇÃO? QUAL O PRAZO?"</t>
+  </si>
+  <si>
+    <t>19252</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19252/req_021-2026.pdf</t>
+  </si>
+  <si>
+    <t>"REQUER AO PLENÁRIO DESTA CASA, QUE SEJAM ENVIADOS,  VOTOS DE LOUVOR E CONGRATULAÇÕES AOS MÉDICOS E  PROFISSIONAIS DA ÁREA DE SAÚDE, QUE EM NOSSA CIDADE PRESTAM SEUS SERVIÇOS HÁ MAIS DE 50 ANOS, SENDO PORTANTO, PIONEIROS E BALUARTES DA SAÚDE NO MUNICÍPIO, AQUI LISTADOS POR ORDEM DE SUAS FORMATURAS, SENDO ELES: REINALDO MARTINS DE OLIVEIRA JÚNIOR - FORMATURA: 1969; ROGÉRIO DE OLIVEIRA BARROS - FORMATURA: 1974; SHIGUEO HAMAMURA - FORMATURA: 1974; JUAN ALEXIS RUBIN DE CÉLIS - FORMATURA: 1975; LUIZ ROBERTO DE BESSA LAGES - FORMATURA: 1975.”</t>
+  </si>
+  <si>
+    <t>19253</t>
+  </si>
+  <si>
+    <t>Paulo</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19253/req_022-2026.pdf</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA QUE, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES,ACERCA DOS CRITERIOS ADOTADOS PARA A REALIZAÇÃO DA AUDITORIA NA SECRETARIA MUNICIPAL DE SAUDE,CONFORME RELATORIO PRELIMINAR DA CONTROLADORIA GERAL DO MUNICIPIO,DATADO EM 07 DE MAIO 2025.TAL RECORTE TEMPORAL CARECE DE JUSTIFICATIVA TECNICA CLARA E COMPROMETE A EFETIVIDADE DO CONTROLE,SOBRETUDO PORQUE O PERIODO ELEITORAL É RECONHECIDO O MAIS SENSÍVEL QUANTO AO RISCO DE UTILIZAÇÃO INDEVIDA DA MAQUINA ADMINISTRATIVA,EM ESPECIAL A SECRETARIA MUNICIPAL DE SAUDE,ESTRUTURA DE GRANDE ALCANÇE SOCIAL E IMPACTO DIRETO JUNTO Á POPULAÇAO.DIANTE DISSO REQUER-SE OS SEGUINTES ESCLARECIMENTO. 1) POR QUAL MOTIVO A AUDITORIA REALIZADA PELA CONTROLADORIA GERAL DO MUNICIPIO NÃO ABRANGEU TODO EXERCICIO FINANCEIRO DE 2024? 2) PORQUE NÃO FOI REALIZADO AUDITORIA ABRANGENDO OS ULTIMOS CINCO ANOS?  3) QUAIS CRITERIOS TECNICOS ADMINISTRATIVO OU JURIDICO FUNDAMENTARAM A ESCOLHA DO RECORTE TEMPORAL INICIADO EM NOVEMBRO 2024? 4) HÁ PREVISAO DE AMPLIAÇÃO DA AUDITORIA PARA INCLUIR O ANO TOTAL DE 2024 E EXERCICIOS ANTERIORES? SE SIM, PARA QUANDO? 5) ADMINISTRAÇÃO MUNICIPAL TEVE CIENCIA SE HOUVE USO INDEVIDO DA SECRETARIA MUNICIPAL DE SAUDE NO ANO 2024? SE SIM, QUAIS MEDIDAS FORAM TOMADAS PARA APURAÇÃO DOS FATOS?</t>
+  </si>
+  <si>
+    <t>19240</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19240/req_023-2026.pdf</t>
+  </si>
+  <si>
+    <t>"REQUER À SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE O PLANEJAMENTO, PROGRAMAS E AÇÕES DO EXECUTIVO PARA O EXERCÍCIO DE 2026 DETALHADO POR SECRETARIA: 1) QUAL É O PLANO ESTRATÉGICO DE AÇÕES DE CADA SECRETARIA PARA O ANO DE 2026? 2) DETALHAR QUAIS SÃO AS METAS, RESULTADOS ESPERADOS E RESULTADOS JÁ ALCANÇADOS NESTE ANO. 3) QUAIS VALORES ESTÃO PREVISTOS E SERÃO DESTINADOS PARA CADA PROGRAMA E AÇÃO NO EXERCÍCIO DE 2026? 4) CASO ALGUMA SECRETARIA NÃO TENHA DESENVOLVIDO SEU PLANO DE AÇÕES, JUSTIFICAR A AUSÊNCIA E INFORMAR QUAIS PROVIDÊNCIAS ESTÃO SENDO TOMADAS. 5) QUAIS PROGRAMAS E AÇÕES ESTÃO PRIORIZADOS PELO EXECUTIVO EM 2026? 6) QUAL É O CRONOGRAMA DE EXECUÇÃO DE CADA PROGRAMA E AÇÃO? 7) QUAIS AÇÕES E PROGRAMAS PLANEJADOS PARA 2025 FORAM EFETIVAMENTE REALIZADOS? 8) EXISTEM PROGRAMAS OU AÇÕES PREVISTOS PARA 2025 QUE FORAM SUSPENSOS OU CANCELADOS EM RELAÇÃO AO PLANEJAMENTO INICIAL? SE SIM, QUAL A JUSTIFICATIVA PARA CADA CASO 9) QUAIS DESSAS AÇÕES NÃO EXECUTADAS EM 2025 FORAM TRANSFERIDAS PARA EXECUÇÃO EM 2026? 10) QUAL A JUSTIFICATIVA PARA O NÃO CUMPRIMENTO DAS AÇÕES OU PROGRAMAS DE 2025?"</t>
+  </si>
+  <si>
+    <t>19241</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19241/req_024-2026.pdf</t>
+  </si>
+  <si>
+    <t>"REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES SOBRE A CONSTRUÇÃO DA UNIDADE MISTA DO MONTE SINAI 1) EM QUE FASE SE ENCONTRA ATUALMENTE A OBRA? 2) QUANDO FOI OU SERÁ INICIADO O PROCESSO DE EXECUÇÃO DA OBRA? 3) QUAL É O VALOR TOTAL ESTIMADO PARA A EXECUÇÃO DA OBRA? 4) QUAL É A PREVISÃO DE CONCLUSÃO DA OBRA? 5) A OBRA ESTÁ SENDO EXECUTADA POR EMPRESA TERCEIRIZADA? SE SIM, QUAL É O CONTRATO FIRMADO COM A EMPRESA? 6) QUAL É O CRONOGRAMA DE EXECUÇÃO DA OBRA? 7) QUAIS ETAPAS DA OBRA JÁ FORAM CUMPRIDAS? 8) QUAL VALOR JÁ FOI INVESTIDO ATÉ O MOMENTO? 9) CASO A OBRA AINDA NÃO TENHA SIDO INICIADA, QUAL A JUSTIFICATIVA? 10) QUAIS SÃO AS ETAPAS PREVISTAS NO PROJETO DE CONSTRUÇÃO? 11) EXISTE PREVISÃO DE CONTRATAÇÃO DE EMPRESAS OU TERCEIROS PARA A EXECUÇÃO DA OBRA NO FUTURO? SE SIM, PARA QUAL FUNÇÃO OU SERVIÇO SERIAM CONTRATADOS? 12) HÁ ALGUM RELATÓRIO DE ACOMPANHAMENTO SOBRE A OBRA? 13) HÁ ALGUMA PREVISÃO DE ALTERAÇÃO NO VALOR TOTAL ESTIMADO? 14) QUAIS MEDIDAS ESTÃO SENDO TOMADAS PARA GARANTIR O CUMPRIMENTO DO CRONOGRAMA DA OBRA?"</t>
+  </si>
+  <si>
+    <t>19242</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19242/req_025-2026.pdf</t>
+  </si>
+  <si>
+    <t>"REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES SOBRE A COLOCAÇÃO DE PAVERS NA PRAÇA HORÁCIO KLABIN DOS ULTIMOS 90 DIAS: 1) QUAL FOI A MODALIDADE DE AQUISIÇÃO DOS PAVERS (LICITAÇÃO, REGISTRO DE PREÇO,OU OUTRO)? 2) QUAL MODELO DE PAVERS FOI ADQUIRIDO PARA A PRAÇA? 3) QUAL FOI A EMPRESA FORNECEDORA DOS PAVERS? ENCAMINHAR O CNPJ DA EMPRESA FORNECEDORA E O NOME DO RESPONSÁVEL LEGAL. 4) ENCAMINHAR CÓPIA DO CONTRATO FIRMADO COM A EMPRESA FORNECEDORA. 5) QUAL FOI O VALOR JÁ PAGO E QUAL AINDA SERÁ PAGO PELA AQUISIÇÃO E INSTALAÇÃO DOS PAVERS NA PRAÇA HORÁCIO KLABIN? SOLICITA-SE O ENCAMINHAMENTO DE CÓPIAS DOS COMPROVANTES DE PAGAMENTO, NOTAS FISCAIS OU MEDIÇÕES CORRESPONDENTES. 6) EM QUAIS LOCAIS DA PRAÇA HORÁCIO KLABIN OS PAVERS SERÃO COLOCADOS OU SUBSTITUÍDOS? 7) EXISTE ALGUM PARECER OU RELATÓRIO SOBRE A EXECUÇÃO DA COLOCAÇÃO DOS PAVERS? 8) QUEM É O RESPONSÁVEL TÉCNICO PELA FISCALIZAÇÃO DA INSTALAÇÃO DOS PAVERS? 9) QUAL É O CRONOGRAMA PREVISTO PARA A COLOCAÇÃO OU SUBSTITUIÇÃO DOS PAVERS? 10) A EXECUÇÃO DA COLOCAÇÃO É DE RESPONSABILIDADE DO MUNICÍPIO OU DA EMPRESA FORNECEDORA? SOLICITA-SE O ENCAMINHAMENTO DE DOCUMENTOS COMPROBATÓRIOS, TAIS COMO CONTRATOS, ORDENS DE SERVIÇO OU TERMOS DE RESPONSABILIDADE. 11) HÁ ALGUMA GARANTIA POR PARTE DA EMPRESA FORNECEDORA SOBRE OS PAVERS E SUA INSTALAÇÃO? 12) QUAL É O MOTIVO DA TROCA OU DA INSTALAÇÃO DOS PAVERS NA PRAÇA HORÁCIO KLABIN? SOLICITA-SE DETALHAR OS OBJETIVOS DA AÇÃO E A NECESSIDADE IDENTIFICADA PARA A REALIZAÇÃO DO SERVIÇO."</t>
+  </si>
+  <si>
+    <t>19243</t>
+  </si>
+  <si>
+    <t>http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19243/req_026-2026.pdf</t>
+  </si>
+  <si>
+    <t>"REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES SOBRE BANHEIROS EM PRAÇAS PUBLICAS 1)QUAIS PRAÇAS ATUALMENTE POSSUEM BANHEIROS PÚBLICOS EM USO? 2) QUAL É A PERIODICIDADE DA LIMPEZA E MANUTENÇÃO DESSES BANHEIROS? 3) QUAL SECRETARIA E QUAL SETOR SÃO RESPONSÁVEIS PELA GESTÃO, LIMPEZA E MANUTENÇÃO DESSES BANHEIROS? 4) EXISTE PLANEJAMENTO PARA A INSTALAÇÃO DE NOVOS BANHEIROS EM PRAÇAS PÚBLICAS? 5) EM QUAIS PRAÇAS HÁ PREVISÃO DE INSTALAÇÃO DE BANHEIROS NO ANO DE 2026? 6) EXISTE UM PLANO EMERGENCIAL PARA INSTALAÇÃO DE BANHEIROS QUÍMICOS EM PRAÇAS PÚBLICAS? 7) EM QUAIS PRAÇAS ESSES BANHEIROS QUÍMICOS SERIAM INSTALADOS? 8) EXISTE ESTUDO SOBRE O IMPACTO DA AUSÊNCIA DE BANHEIROS NAS PRAÇAS PÚBLICAS? 9) EXISTE ORÇAMENTO RESERVADO PARA A INSTALAÇÃO DE NOVOS BANHEIROS PÚBLICOS? 10) HÁ PREVISÃO DE REFORMA OU SUBSTITUIÇÃO DE BANHEIROS ANTIGOS OU DANIFICADOS? QUAIS? 11) EXISTE CRONOGRAMA DE INSPEÇÃO SANITÁRIA OU DE MANUTENÇÃO PREVENTIVA DESSES BANHEIROS?"</t>
+  </si>
+  <si>
+    <t>19239</t>
+  </si>
+  <si>
+    <t>"REQUER DA SENHORA PREFEITA, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE A EXECUÇÃO DO PLANO DE GOVERNO GESTÃO 2025/2028 REGISTRADO NO TRIBUNAL SUPERIOR ELEITORAL, CONFORME Nº 0600405-52.2024.6.16.0111:  1) ASSISTÊNCIA SOCIAL: PROPOSTA 01: AMPLIAR E REFORMAR A ‘INSTITUIÇÃO DE LONGA PERMANÊNCIA PARA IDOSOS – ILPI’, “ASILO SÃO VICENTE DE PAULO” E MANTER O “PROGRAMA DE ASSISTÊNCIA AO IDOSO EM SITUAÇÃO DE VULNERABILIDADE SOCIAL E RISCO” ATRAVÉS DO QUAL O MUNICÍPIO TRANSFERE, ATUALMENTE, RECURSOS PARA A SOCIEDADE SÃO VICENTE DE PAULO COMO SUBSÍDIO PARA A ASSISTÊNCIA AOS IDOSOS EM ACOLHIMENTO INSTITUCIONAL. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 02: LEVAR OS “SERVIÇOS DE CONVIVÊNCIA E FORTALECIMENTO DOS VÍNCULOS- SCFV” AOS BAIRROS, DE MODO ITINERANTE E MEDIANTE CRONOGRAMA PLANEJADO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 03: VIABILIZAR O ACESSO A “BENEFÍCIOS CONTINUADOS E EVENTUAIS”, COM LEGISLAÇÃO ADEQUADA, FINANCIAMENTO GARANTIDO E CONDIÇÕES DE GESTÃO LOCAL DO CADASTRO ÚNICO E DO PROGRAMA BOLSA FAMÍLIA, E QUALIFICAÇÃO DAS OFERTAS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 04: CRIAR E IMPLANTAR A LEI DO SUAS, PARA A REGULAMENTAÇÃO DE DIREITOS, FUNÇÕES DA POLÍTICA DE ASSISTÊNCIA SOCIAL, GESTÃO E DEFINIÇÃO DE ATRIBUIÇÕES DESSE SISTEMA PÚBLICO. A) QUAIS FORAM AS AÇÕES, RESULTADOS ALCANÇADOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 05: CRIAR “PROGRAMA MUNICIPAL DE CURSOS PROFISSIONALIZANTES” PARA MULHERES EM VULNERABILIDADE SOCIAL E ENCAMINHAMENTO PARA O MERCADO DE TRABALHO EM PARCERIA COM A SECRETARIA DE DESENVOLVIMENTO ECONÔMICO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 06: VIABILIZAR, EM PARCERIA JUNTO AS ENTIDADES NÃO GOVERNAMENTAIS E PRIVADAS, O “ARMAZÉM DA FAMÍLIA” ONDE O CIDADÃO DE BAIXA RENDA POSSA TER ACESSO A PRODUTOS DE PRIMEIRA NECESSIDADE E COM PREÇOS ACESSÍVEIS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 07: ADQUIR IMÓVEL PRÓPRIO PARA O “ALBERGUE MUNICIPAL” E TIPIFICAR O SERVIÇO EM CONCORDÂNCIA COM AS NORMATIVAS QUE REGEM O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 08: CONSTRUIR SEDE PRÓPRIA PARA O CRAS CIDADE NOVA, NO BAIRRO SÃO JOÃO, COM SALAS DE ATENDIMENTO INDIVIDUALIZADO PARA PROPORCIONAR MAIOR DISCRIÇÃO NO ATENDIMENTO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 09: PADRONIZAR O HORÁRIO DE FUNCIONAMENTO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL, NOS SERVIÇOS COM ATENDIMENTO AO PÚBLICO, MANTENDO SEU FUNCIONAMENTO DURANTE O HORÁRIO DE ALMOÇO, FACILITANDO O ACESSO DAS PESSOAS QUE TRABALHAM NO HORÁRIO COMERCIAL. A) QUAIS FORAM AS AÇÕES E RESULTADOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 10: GERIR PROFISSIONALMENTE O SISTEMA ÚNICO DE ASSISTÊNCIA SOCIAL-SUAS E DE FORMA EFICIENTE, POR MEIO DA DESIGNAÇÃO DE PROFISSIONAIS COMPETENTES TÉCNICA E POLITICAMENTE, PARA A CONDUÇÃO DO ÓRGÃO GESTOR, RESPEITANDO-SE OS PRINCÍPIOS DA GOVERNANÇA E GOVERNABILIDADE DA POLÍTICA PÚBLICA DE ASSISTÊNCIA SOCIAL. A) QUAIS FORAM AS AÇÕES E RESULTADOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL É O PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 11: PROMOVER A EDUCAÇÃO PERMANENTE, PARA A FORMAÇÃO DE UM QUADRO QUALIFICADO DE COLABORADORES(AS) DO SUAS, ASSEGURANDO A PROFISSIONALIZAÇÃO, CAPACITAÇÃO CONTINUADA, A VALORIZAÇÃO E A ESTABILIDADE DAS EQUIPES, CONFORME ORIENTAÇÕES NACIONAIS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 12: IMPLANTAR “CENTRO DE REFERÊNCIA DE ATENDIMENTO À MULHER - CRAM”, ESPAÇO DESTINADO A PRESTAR ATENDIMENTO HUMANIZADO ÀS MULHERES EM SITUAÇÃO DE VIOLÊNCIA JUNTAMENTE COM A “PATRULHA MARIA DA PENHA”. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 13: IMPLANTAR UM “PROGRAMA DE ENCAMINHAMENTO AO MERCADO FORMAL DE TRABALHO” DESTINADO À PESSOA EM SITUAÇÃO DE RUA. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 14: IMPLANTAR O PROGRAMA “HOUSING FIRST” DE MORADIA PARA PESSOA EM SITUAÇÃO DE RUA, PROMOVENDO O ACESSO IMEDIATO DE UMA PESSOA EM SITUAÇÃO CRÔNICA DE RUA (MAIS DE CINCO ANOS NA RUA, USO ABUSIVO DE ÁLCOOL E OUTRAS DROGAS, E COM TRANSTORNO MENTAL) A UMA MORADIA SEGURA, INDIVIDUAL, DISPERSA NO TERRITÓRIO DO MUNICÍPIO E INTEGRADA À COMUNIDADE. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 15: REVISAR A LEI DO “PROGRAMA BOLSA ALUGUEL SOCIAL”, EM CONJUNTO COM A SECRETARIA DE PLANEJAMENTO URBANO, HABITAÇÃO E MEIO AMBIENTE, ESTABELECENDO PARÂMETROS PARA O ATENDIMENTO PRIORITÁRIO A PESSOAS EM SITUAÇÃO DE VULNERABILIDADE TEMPORÁRIA CARACTERIZADA PELO ADVENTO DE RISCOS, PERDAS E DANOS À INTEGRIDADE PESSOAL E FAMILIAR, VISANDO O ATENDIMENTO MAIS ÁGIL E A MELHORIA DA QUALIDADE DE VIDA DESSAS FAMÍLIAS. A) QUAIS FORAM AS AÇÕES E RESULTADOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 16: CONSTRUIR PRÉDIO PRÓPRIO PARA O CREAS (CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL) SAMUEL KLABIN. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. 2) CULTURA, TURISMO E ENTRETENIMENTO: PROPOSTA 01: APRIMORAR O QUADRO TÉCNICO PARA ATENDIMENTO ÀS DIVERSAS ATIVIDADES CULTURAIS E ATUAÇÃO NO ÂMBITO DAS INCLUSÕES E ACESSIBILIDADES. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 02: CONSTRUIR UM MIRANTE NA MAX STAUDACHER, COM VISTA PARA O RIO TIBAGI, VISANDO O INCENTIVO AO TURISMO LOCAL. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 03: POTENCIALIZAR A UTILIZAÇÃO DA “ARENA MULTIUSO”, ESPAÇO MODERNO E COBERTO COM CAPACIDADE PARA 6 MIL PESSOAS, PARA ATENDER A DEMANDA POR EVENTOS DE NEGÓCIOS, CULTURAIS, RELIGIOSOS, ACADÊMICOS E PROFISSIONAIS, E OUTROS QUE ESTIMULEM O TURISMO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 04: ADERIR À “AGÊNCIA DE DESENVOLVIMENTO DO TURISMO DOS CAMPO GERAIS” COM O OBJETIVO DE INTEGRAÇÃO AO MAPA DO TURISMO BRASILEIRO E DESSA FORMA VIABILIZAR RECURSOS PARA O DESENVOLVIMENTO DO TURISMO NO TERRITÓRIO. A) QUAIS FORAM AS AÇÕES E RESULTADOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 05: CRIAR O “PAT-PONTO DE ATENDIMENTO AO TURISTA”, NO TERMINAL RODOVIÁRIO, COM O OBJETIVO DE INFORMAR SOBRE PONTOS TURÍSTICOS DA CIDADE, PROGRAMAÇÃO CULTURAL E EVENTOS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 06: ELABORAR A “LEI DE INCENTIVO À EVENTOS” PARA INCENTIVO À CAPTAÇÃO DE EVENTOS TURÍSTICOS E FOMENTO DO COMÉRCIO LOCAL. A) QUAIS FORAM AS AÇÕES E RESULTADOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 07: IMPLEMENTAR UM “PROGRAMA DE INCENTIVO À PRODUÇÃO CULTURAL LOCAL” VISANDO O AUMENTO DA PRODUÇÃO CULTURAL E MAIOR PARTICIPAÇÃO DA COMUNIDADE, ALÉM DE GERAÇÃO DE EMPREGO E RENDA NO SETOR, RECONHECIMENTO E VALORIZAÇÃO DAS EXPRESSÕES CULTURAIS LOCAIS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 08: ORGANIZAR “FESTIVAL DE DANÇA” PARA GRUPOS DE DANÇA LOCAIS COM O OBJETIVO DE FOMENTAR A CULTURA DA DANÇA E VALORIZAR A ARTE. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 09: IMPLANTAR OS PROJETOS “FÉ &amp; MÚSICA” E “FIM DE TARDE MUSICAL” COM A CONTRATAÇÃO DE ARTISTAS LOCAIS, VISANDO ESTIMULAR A PRODUÇÃO MUSICAL LIVRE E RELIGIOSA, OPORTUNIZANDO APRESENTAÇÕES EM PRAÇAS E PARQUES E PROMOVENDO O ENTRETENIMENTO ÀS FAMÍLIAS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 10: FORTALECER A CULTURA DO TEATRO, PROMOVENDO UMA PROGRAMAÇÃO ANUAL PARA ESTIMULAR O INTERESSE POR PEÇAS TEATRAIS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 11: IMPLEMENTAR, NO FORMATO DIGITAL, O CADASTRO MUNICIPAL DE AGENTES CULTURAIS E FAZEDORES DE CULTURA, CONFORME DISPOSTO NO “PLANO MUNICIPAL DE CULTURA”. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 12: GARANTIR O PLENO EXERCÍCIO DA IMPLEMENTAÇÃO DA “PNAB-POLÍTICA NACIONAL ALDIR BLANC” E ESPECIALMENTE DA “POLÍTICA NACIONAL DE CULTURA”. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 13: CRIAR INSTRUMENTOS DE FOMENTO PARA AQUISIÇÃO, COMPRA E PATROCÍNIO DE ACERVO PARA RESERVA TÉCNICA DO “MHM-MUSEU HISTÓRICO MUNICIPAL”. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 14: PROMOVER A CONTINUIDADE DO PROJETO "MUSEU ITINERANTE” ATRAVÉS DE IMPLEMENTAÇÃO DE LEI MUNICIPAL, GARANTINDO A FERRAMENTA DO SERVIÇO EDUCATIVO DE MUSEUS PARA ESCOLAS, INSTITUIÇÕES PÚBLICAS E PRIVADAS, DENTRE OUTRAS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 15: REESTRUTURAR A BANDA MUNICIPAL ATRAVÉS DA MODERNIZAÇÃO DO ACERVO DE INSTRUMENTOS MUSICAIS E REORGANIZAÇÃO DO CORPO MUSICAL. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 16: CONTEMPLAR AMPLA DIVERSIDADE DE LINGUAGENS ARTÍSTICAS CULTURAIS ATRAVÉS DA IMPLEMENTAÇÃO DE PROJETOS DE TEATRO, ARTES VISUAIS, LITERATURA, MÚSICA, ARTESANATO E PATRIMÔNIO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 17: AMPLIAR AS OPÇÕES DE DANÇA PARA A POPULAÇÃO OFERTANDO DIVERSIDADE DE ESTILOS, DENTRE ELAS “DANÇA FLAMENCO” E “DANÇA DE SALÃO”. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 18: CONSTRUIR UM “MONUMENTO CRISTÃO”, NO PARQUE DA CIDADE, PARA A EXPRESSÃO DE FÉ CRISTÃ, REFLETINDO A TRADIÇÃO RELIGIOSA, OS VALORES E INSPIRANDO SENTIMENTOS DE REVERÊNCIA, ESPERANÇA E ESPIRITUALIDADE. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. 3) DESENVOLVIMENTO ECONÔMICO, TRABALHO E RENDA: PROPOSTA 01: IMPLANTAR O “PROGRAMA DE EMPREENDEDORISMO SOCIAL” QUE VISA CAPACITAR E INSERIR JOVENS DO CENTRO DE CONVIVÊNCIA DO ADOLESCENTE E JUVENTUDE (CCAJ) NO MERCADO DE TRABALHO, OFERTANDO CURSOS DE EMPREENDEDORISMO, WORKSHOPS PRÁTICOS, TREINAMENTOS EM HABILIDADES INTERPESSOAIS, MENTORIAS, INCUBADORAS DE NEGÓCIOS E ACESSO AO MICROCRÉDITO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 02: INCENTIVAR A ATIVIDADE DE CONFECÇÃO, OFERECENDO CURSOS DE CAPACITAÇÃO, APOIO A MICRO E PEQUENAS EMPRESAS, DESENVOLVIMENTO DE INFRAESTRUTURA, REALIZAÇÃO DE FEIRAS E EVENTOS PARA EXPOSIÇÃO E VENDA DE PRODUTOS LOCAIS, E A PROMOÇÃO DO EMPREENDEDORISMO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026 C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 03: IMPLANTAR O “MERCADO MUNICIPAL DE TELÊMACO BORBA”, NA ÁREA ONDE SE ENCONTRA O ATUAL TERMINAL RODOVIÁRIO, CRIANDO UM AMBIENTE DE EMPREENDEDORISMO, GERAÇÃO DE TRABALHO E RENDA, COM PRODUTOS FRESCOS, ARTESANATO, GASTRONOMIA E COMÉRCIO EM GERAL. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 04: REGULARIZAR AS PROPRIEDADES DO “DISTRITO INDUSTRIAL”, GARANTINDO SEGURANÇA JURÍDICA ÀS EMPRESAS QUE CUMPRIRAM AS SUAS OBRIGAÇÕES ECONÔMICAS E SOCIAIS PACTUADAS COM O MUNICÍPIO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 05: AGILIZAR A ABERTURA DE EMPRESAS REDUZINDO A BUROCRACIA E O TEMPO NECESSÁRIO PARA QUE NOVOS NEGÓCIOS POSSAM INICIAR SUAS OPERAÇÕES. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 06: FOMENTAR O COMÉRCIO LOCAL ATRAVÉS DO DESENVOLVIMENTO DO TURISMO, COM ESTRATÉGIAS QUE POSSAM ESTIMULAR A CRIAÇÃO E PERCEPÇÃO DE UM AMBIENTE ACOLHEDOR E ATRATIVO PARA TURISTAS, INCENTIVANDO O CRESCIMENTO ECONÔMICO DA CIDADE. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 07: AMPLIAR O “ESPAÇO ARTESÃO”, VALORIZANDO E DIVULGANDO O TRABALHO DOS ARTESÃOS LOCAIS, E CRIANDO MAIS OPORTUNIDADES DE EXPOSIÇÃO E VENDA DE SEUS PRODUTOS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 08: AMPLIAR E VERTICALIZAR O “PROJETO DE MORANGO”, COM APOIO TÉCNICO FINANCEIRO AOS PRODUTORES E PARCERIAS PARA A COMERCIALIZAÇÃO, MELHORANDO A EFICIÊNCIA PRODUTIVA E CONTRIBUINDO PARA O DESENVOLVIMENTO AGRÍCOLA E ECONÔMICO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 09: FORTALECER O “SHOPPING POPULAR”, MELHORANDO A INFRAESTRUTURA, DESENVOLVENDO EVENTOS PROMOCIONAIS E PARCERIAS COM ENTIDADES LOCAIS, FOMENTANDO O COMÉRCIO E GARANTINDO A SUSTENTABILIDADE DO EMPREENDIMENTO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 10: PROMOVER A INDÚSTRIA DE EMBALAGENS E SEGMENTOS DE PAPEL E CELULOSE COM A PROPOSIÇÃO DE INCENTIVOS FISCAIS, APOIO À INOVAÇÃO TECNOLÓGICA, PARCERIAS COM EMPRESAS E INSTITUIÇÕES DE ENSINO PARA CAPACITAÇÃO DE MÃO DE OBRA, E CRIANDO UM AMBIENTE FAVORÁVEL PARA NOVOS INVESTIMENTOS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 11: INTEGRAR A GUARDA MUNICIPAL COM O SETOR COMERCIAL, GARANTINDO UM AMBIENTE MAIS SEGURO PARA COMERCIANTES E CONSUMIDORES COM A CRIAÇÃO DE ESTRATÉGIAS INTEGRADAS DE VIGILÂNCIA E PATRULHAMENTO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 12: FOMENTAR O APLICATIVO “TELÊMACO BORBA DIGITAL” ATRAVÉS DO DESENVOLVIMENTO DE NOVAS FUNCIONALIDADES, CAMPANHAS DE INCENTIVO AO USO E SUPORTE TÉCNICO, FORTALECENDO A PRESENÇA DIGITAL DOS COMERCIANTES LOCAIS E FACILITANDO A INTERAÇÃO ENTRE COMERCIANTES E CONSUMIDORES. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 13: PROMOVER MAIOR INTERAÇÃO DA “AGÊNCIA DO TRABALHADOR” COM A COMUNIDADE ATRAVÉS DA REALIZAÇÃO DE EVENTOS COMUNITÁRIOS E IMPLEMENTAÇÃO DE SISTEMAS MAIS EFICIENTES PARA CADASTRO E ACOMPANHAMENTO DE VAGAS DE EMPREGO, FACILITANDO A CONEXÃO ENTRE EMPREGADORES E TRABALHADORES. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 14: IMPLANTAR O “PROGRAMA CONECTA TALENTOS”, PREPARANDO INDIVÍDUOS PARA OS DESAFIOS PROFISSIONAIS E CONTRIBUINDO PARA A CRIAÇÃO DE AMBIENTES DE TRABALHO MAIS ESTÁVEIS E PRODUTIVOS ATRAVÉS DA OFERTA DE TREINAMENTOS ESPECÍFICOS, ORIENTAÇÃO VOCACIONAL E DESENVOLVIMENTO DE CURSOS QUE DESENVOLVEM HABILIDADES PRÁTICAS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 15: IMPLANTAR O “PROGRAMA DE FORTALECIMENTO DA FEIRA DA AGRICULTURA FAMILIAR”, INCENTIVANDO PRÁTICAS AGRÍCOLAS SUSTENTÁVEIS COM CAPACITAÇÃO, SUPORTE TÉCNICO E PROPORCIONANDO, AOS PRODUTORES, AUMENTO DE RENDA E MELHORIA NA QUALIDADE DE VIDA. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 16: IMPLANTAR O “PROGRAMA COMÉRCIO FORTE TB” QUE VISA VALORIZAR OS EMPREENDEDORES DA NOSSA CIDADE E FORTALECER A ECONOMIA LOCAL ATRAVÉS DA REALIZAÇÃO DE UMA “FEIRA DE NEGÓCIOS” DURANTE A EXPOTELÊMACO E FESTA DO CAMINHONEIRO, TORNANDO ESSES EVENTOS AINDA MAIS SIGNIFICATIVOS PARA TODA A COMUNIDADE. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 17: DESENVOLVER O “CENTRO LOGÍSTICO DE DISTRIBUIÇÃO” QUE VISA TRANSFORMAR NOSSA CIDADE EM UM HUB LOGÍSTICO REGIONAL, GERANDO EMPREGOS E FORTALECENDO A ECONOMIA LOCAL, ATRAINDO EMPRESAS E POSICIONANDO O MUNICÍPIO COMO REFERÊNCIA EM LOGÍSTICA. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 18: POTENCIALIZAR O DESENVOLVIMENTO DE EMPRESAS DE BASE TECNOLÓGICA NO ESPAÇO “CIDADE INOVA - ACELERADORA DE STARTUPS” E CONSOLIDAR O NOSSO MUNICÍPIO COMO POLO REGIONAL DE INOVAÇÃO DE TECNOLOGIA. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  4) EDUCAÇÃO: PROPOSTA 01: CRIAR UM CENTRO DE ATENDIMENTO VIRTUAL PARA AGILIZAR AS MATRÍCULAS NOS CMEIS-CENTROS MUNICIPAIS DE EDUCAÇÃO INFANTIL, POSSIBILITANDO A UTILIZAÇÃO DE APLICATIVO QUE INFORME AOS PAIS SOBRE A POSIÇÃO E DISPONIBILIDADE. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR. PROPOSTA 02: REFORMAR O CMEI ANITA MALFATTI, NO BAIRRO JARDIM ITÁLIA E O CMEI TARSILA DO AMARAL, NO BAIRRO VILA ESPERANÇA. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 03: REFORMAR E AMPLIAR O CMEI MÁRIO QUINTANA, NO BNH. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 04: CONSTRUIR UM NOVO CMEI JOSÉ PAULO PAES, NO CENTRO, E CMEI NO BAIRRO CASA BELLA. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 05: AMPLIAR A ÁREA EXTERNA DO CMEI CECÍLIA MEIRELES, NO BAIRRO JARDIM BANDEIRANTES II. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 06: REFORMAR E AMPLIAR A ESCOLA MUNICIPAL PROFESSOR PAULO FREIRE, NO BAIRRO JARDIM PROGRESSO E A ESCOLA MUNICIPAL FABIANO BRAGA CORTES, NO BAIRRO CEM CASAS. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 07: CONSTRUIR A COBERTURA DA QUADRA DA ESCOLA MUNICIPAL 31 DE MARÇO, NO BAIRRO VILA ESPERANÇA. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 08: CONSTRUIR NOVA QUADRA POLIESPORTIVA COBERTA E AMPLIAR AS SALAS PARA ATENDIMENTO NA ESCOLA MUNICIPAL PROFESSORA ETELVINA ARZUA COSTA, NO BAIRRO PARQUE LIMEIRA ÁREA 02. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 09: CONSTRUIR ESCOLA NO BAIRRO JARDIM UNIÃO. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 10: CONTRATAR ESPECIALISTAS A FIM PROPORCIONAR UM ATENDIMENTO ADEQUADO E MULTIPROFISSIONAL ÀS CRIANÇAS, PÚBLICO ALVO DA EDUCAÇÃO ESPECIAL, MATRICULADAS NO CENTRO MUNICIPAL DE APOIO EDUCACIONAL ESPECIALIZADO- CEMAE, NA REDE MUNICIPAL DE ENSINO ESPECIAL. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR.  PROPOSTA 11: IMPLEMENTAR UM CENTRO DE ATENDIMENTO A CRIANÇAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA), ATRAVÉS DE CONVÊNIOS OU CREDENCIAMENTOS PARA O ATENDIMENTO CLÍNICO COM TERAPEUTA OCUPACIONAL, PSICÓLOGO, FONOAUDIÓLOGO, FISIOTERAPEUTA E NUTRICIONISTA, DENTRE OUTRAS ESPECIALIDADES. A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? C) CASO NÃO TENHA SIDO EXECUTAD</t>
+  </si>
+  <si>
+    <t>19315</t>
+  </si>
+  <si>
+    <t>REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES SOBRE OS EXAMES LABORATORIAIS E CIRURGIAS ELETIVAS REALIZADOS NOS ANOS DE 2024 E 2025, CONFORME DETALHAMENTO A SEGUIR: SOBRE EXAMES LABORATORIAIS: 1) QUANTOS EXAMES LABORATORIAIS FORAM REALIZADOS NO ANO DE 2024? SOLICITO DETALHAMENTO MÊS A MÊS, INFORMANDO A QUANTIDADE TOTAL DE EXAMES E A QUANTIDADE DE CADA TIPO DE EXAME REALIZADO. 2)QUAL O CUSTO TOTAL GASTO COM EXAMES LABORATORIAIS EM 2024? DETALHAR VALOR MÊS A MÊS. 3)QUANTOS EXAMES LABORATORIAIS FORAM REALIZADOS NO ANO DE 2025? SOLICITO DETALHAMENTO MÊS A MÊS, INFORMANDO A QUANTIDADE TOTAL DE EXAMES E A QUANTIDADE DE CADA TIPO DE EXAME REALIZADO. 4)QUAL O CUSTO TOTAL GASTO COM EXAMES LABORATORIAIS EM 2025? DETALHAR VALOR MÊS A MÊS. SOBRE CIRURGIAS ELETIVAS: 1)QUANTAS CIRURGIAS ELETIVAS FORAM REALIZADAS NO ANO DE 2024? SOLICITO DETALHAMENTO MÊS A MÊS, INFORMANDO QUANTIDADE TOTAL E QUANTIDADE DE CADA TIPO DE CIRURGIA REALIZADA. 2)QUAL UNIDADE HOSPITALAR REALIZOU CADA CIRURGIA EM 2024? INFORMAR LOCAL E NÚMERO DE CIRURGIAS REALIZADAS EM CADA UNIDADE. 3) QUAL O CUSTO TOTAL GASTO COM CIRURGIAS ELETIVAS EM 2024? DETALHAR VALOR MÊS A MÊS 4)QUANTAS CIRURGIAS ELETIVAS FORAM REALIZADAS NO ANO DE 2025? SOLICITO DETALHAMENTO MÊS A MÊS, INFORMANDO QUANTIDADE TOTAL E QUANTIDADE DE CADA TIPO DE CIRURGIA REALIZADA. 5)QUAL UNIDADE HOSPITALAR REALIZOU CADA CIRURGIA EM 2025? INFORMAR LOCAL E NÚMERO DE CIRURGIAS REALIZADAS EM CADA UNIDADE. 6)QUAL O CUSTO TOTAL GASTO COM CIRURGIAS ELETIVAS EM 2025? DETALHAR VALOR MÊS A MÊS</t>
+  </si>
+  <si>
+    <t>19319</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA, NO PRAZO QUE A LEI ESTABELECE, AS SEGUINTES INFORMAÇÕES SOBRE À EXECUÇÃO DE RAMPAS DE ACESSIBILIDADE E INSTALAÇÃO DE PISO TÁTIL NO ENTORNO DA PRAÇA DOS PINHEIROS E NA AVENIDA PRESIDENTE KENNEDY. 1) EXISTE PROJETO OU PLANEJAMENTO PARA A CONSTRUÇÃO OU ADAPTAÇÃO DE RAMPAS DE ACESSIBILIDADE NESTES LOCAIS? EM CASO POSITIVO, SOLICITA-SE O ENVIO DE CÓPIA INTEGRAL DO PROJETO, INCLUINDO PLANTA, CRONOGRAMA E ORÇAMENTO. EM CASO NEGATIVO, QUAIS OS MOTIVOS PARA A AUSÊNCIA DE PLANEJAMENTO? 2) QUANTAS RAMPAS DE ACESSIBILIDADE ESTÃO PREVISTAS PARA SEREM IMPLANTADAS OU ADAPTADAS NESTES LOCAIS? QUAIS OS LOCAIS EXATOS QUE RECEBERÃO ESSAS ESTRUTURAS? HÁ UM PRAZO ESTIMADO PARA INÍCIO E TÉRMINO DAS OBRAS? 3) O MUNICÍPIO CONTA COM LEVANTAMENTO TÉCNICO SOBRE OS PONTOS DE MAIOR NECESSIDADE DE ACESSIBILIDADE? 4) EM CASO POSITIVO, ENVIAR RELATÓRIO TÉCNICO OU DIAGNÓSTICO UTILIZADO PARA DEFINIR AS PRIORIDADES. 5)EM CASO NEGATIVO, POR QUE ESSE LEVANTAMENTO AINDA NÃO FOI FEITO? 6) QUAL O VALOR ESTIMADO OU JÁ EMPENHADO PARA A EXECUÇÃO DESSAS RAMPAS? 7) QUAIS MEDIDAS ESTÃO SENDO ADOTADAS PARA GARANTIR A MANUTENÇÃO E FISCALIZAÇÃO DESSAS RAMPAS APÓS A EXECUÇÃO?”</t>
+  </si>
+  <si>
+    <t>19320</t>
+  </si>
+  <si>
+    <t>"REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES ACERCA DAS TROCAS DE PNEUS DOS VEÍCULOS DA PREFEITURA MUNICIPAL, RELATIVAS AOS ÚLTIMOS 24 MESES: 1) QUAL O REQUISITO TÉCNICO ADOTADO PARA QUE OS PNEUS SEJAM SUBSTITUÍDOS? (DESGASTE, QUILOMETRAGEM, TEMPO DE USO, AVARIAS, ENTRE OUTROS) 2) QUAIS VEÍCULOS TIVERAM PNEUS SUBSTITUÍDOS NOS ÚLTIMOS 24 MESES? E POR QUAIS MOTIVOS? INFORMAR, PARA CADA VEÍCULO, PLACA, MODELO, KM DA TROCA E SECRETARIA A QUE ESTÁ VINCULADO. 3) INFORMAR A DATA EXATA DE CADA SUBSTITUIÇÃO REALIZADA. 4) QUAL SETOR É RESPONSÁVEL PELO CONTROLE E AUTORIZAÇÃO DAS TROCAS? 5) HÁ SERVIDOR DESIGNADO PARA VISTORIA E EMISSÃO DE PARECER SOBRE A NECESSIDADE DE SUBSTITUIÇÃO? INFORMAR NOME E CARGO. 6) QUANTOS PNEUS FORAM SUBSTITUÍDOS EM CADA VEÍCULO POR OCORRÊNCIA? 7) ONDE OS PNEUS SÃO TROCADOS? ENCAMINHAR CÓPIA DOS COMPROVANTES DE PAGAMENTO REFERENTES À AQUISIÇÃO DOS PNEUS E AOS SERVIÇOS DE TROCA REALIZADOS. 8) INFORMAR A MARCA, MODELO E ESPECIFICAÇÃO DOS PNEUS INSTALADOS. 9) QUAL A VIDA ÚTIL ESTIMADA (EM QUILÔMETROS E/OU TEMPO) DE CADA TIPO DE PNEU UTILIZADO? 10) ENCAMINHAR O DIÁRIO DE BORDO DOS VEÍCULOS CONTENDO OS REGISTROS DE MANUTENÇÃO E TROCAS DE PNEUS. 11) INFORMAR O DESTINO DADO AOS PNEUS SUBSTITUÍDOS (DESCARTE, RECAPAGEM, REAPROVEITAMENTO, ETC.). 12) ONDE É FEITO O DESCARTE DOS PNEUS (LOCAL FÍSICO E/OU EMPRESA RESPONSÁVEL PELA DESTINAÇÃO FINAL)? 13) QUEM É O RESPONSÁVEL PELO DESCARTE DOS PNEUS? DETALHAR SECRETARIA E SETOR EM QUE ESTA LOTADO. 14) ENCAMINHAR CÓPIA DOS COMPROVANTES E DOCUMENTOS QUE ATESTEM A DESTINAÇÃO FINAL DOS PNEUS DESCARTADOS (CERTIFICADOS AMBIENTAIS, CONTRATOS OU RELATÓRIOS)."</t>
+  </si>
+  <si>
+    <t>19322</t>
+  </si>
+  <si>
+    <t>"REQUER DA SENHORA PREFEITA AS SEGUINTES INFORMAÇÕES: 1) PROCEDE A INFORMAÇÃO DE QUE O FUNPREV TERIA FEITO APLICAÇÕES E/OU INVESTIMENTO EM INSTITUIÇÃO LIGADA AO GRUPO MASTER? 2) SE SIM, QUAL O VALOR INVESTIDO, EM QUAL INSTITUIÇÃO E O QUE TEM SIDO FEITO PARA RECUPERAÇÃO DOS VALORES? 3) SE NÃO HOUVE NENHUM INVESTIMENTO, POR QUAL MOTIVO O MUNICÍPIO CONSTARIA DE LISTA DE INVESTIDORES DIFUNDIDA NA MÍDIA?"</t>
+  </si>
+  <si>
+    <t>19323</t>
+  </si>
+  <si>
+    <t>Vereadores</t>
+  </si>
+  <si>
+    <t>“REQUEREM DO SENHOR PRESIDENTE DA CÂMARA MUNICIPAL, QUE SEJA SUBMETIDO À DELIBERAÇÃO DO PLENÁRIO, EM CONFORMIDADE COM O ARTIGO 27, INCISO XII DA LEI ORGÂNICA DO MUNICÍPIO, A CONVOCAÇÃO DOS SECRETÁRIOS MUNICIPAIS CLEVERSON SILVA DOS SANTOS (SECRETARIA DE GOVERNO) E LUIZ FERNANDO DE MATOS (PLANEJAMENTO URBANO, HABITAÇÃO E MEIO AMBIENTE), PARA QUE COMPAREÇAM EM DIA E HORÁRIO ESPECÍFICO NESTA CASA DE LEIS, À FIM DE PRESTAREM ESCLARECIMENTOS REFERENTES À PARALISAÇÃO, CONTINUIDADE E MEDIDAS ADOTADAS EM RELAÇÃO ÀS SEGUINTES OBRAS: ARENA MULTIUSO, POSTO DE SAÚDE DO BAIRRO TRIÂNGULO, ESCOLA MUNICIPAL PÉRICLES PACHECO DA SILVA E CORPO DE BOMBEIROS. PARA TANTO DEVERÃO ESTAR ACOMPANHADOS DOS RESPONSÁVEIS PELA FISCALIZAÇÃO DAS REFERIDAS OBRAS, BEM COMO DO CONTROLADOR GERAL DO MUNICÍPIO."</t>
+  </si>
+  <si>
+    <t>19327</t>
+  </si>
+  <si>
+    <t>“REQUEREM DA SENHORA PREFEITA, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: CONSIDERANDO A GRANDE DEMANDA DE SERVIÇOS DE COZINHEIRA NAS ESCOLAS E NOS CENTROS MUNICIPAIS DE EDUCAÇÃO INFANTIL (CMEIS), E TENDO EM VISTA QUE O ÚLTIMO CONCURSO PÚBLICO PERMANECE VIGENTE, O QUE POSSIBILITA A NOMEAÇÃO DE NOVOS SERVIDORES DENTRO DO PRAZO LEGAL, REQUEREMOS OS SEGUINTES ESCLARECIMENTOS: 1) EXISTE A POSSIBILIDADE DE NOMEAÇÃO DE NOVOS SERVIDORES OU DE REMANEJAMENTO DE SERVIDORES QUALIFICADOS PARA SUPRIR A ATUAL CARÊNCIA DE COZINHEIRAS NAS UNIDADES ESCOLARES E NOS CMEIS? 2) EM CASO AFIRMATIVO, QUAL A PREVISÃO PARA QUE TAL MEDIDA SEJA IMPLEMENTADA? 3) EM CASO NEGATIVO, QUAIS OS MOTIVOS QUE IMPEDEM O ATENDIMENTO A ESSA NECESSIDADE?”</t>
+  </si>
+  <si>
+    <t>19410</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES: SOLICITAMOS QUE SEJA ENCAMINHADO ESTE PEDIDO DE INFORMAÇÕES SOBRE A OBRA QUE ESTÁ SENDO REALIZADA NA AV. SANTOS DUMONT, PRÓXIMO A FARMÁCIA RAIA:  1) FOI REALIZADO ESTUDO TÉCNICO PRÉVIO REFERENTE À INTERVENÇÃO, ESPECIALMENTE QUANTO AO IMPACTO NO SISTEMA DE DRENAGEM QUE ESTÁ SENDO REALIZADA NA AV. SANTOS DUMONT PRÓXIMO A FARMÁCIA RAIA, ONDE O SEU ESCOAMENTO DE ÁGUAS PLUVIAIS SEGUIRAM ATÉ AV. SAMUEL KLABIN, PRÓXIMO AO Nº 758, CONSIDERANDO O VOLUME DE ÁGUA QUE NATURALMENTE SE CONCENTRA NO LOCAL? 3) EM CASO POSITIVO, QUAIS MEDIDAS PREVENTIVAS FORAM ADOTADAS PARA EVITAR ALAGAMENTOS OU PREJUÍZOS À POPULAÇÃO E AOS ESTABELECIMENTOS COMERCIAIS DA REGIÃO? 4) QUE SEJA ENCAMINHADA CÓPIA DO ESTUDO TÉCNICO REALIZADO. 5) QUAL O VALOR TOTAL DA OBRA? 6) QUAL A EMPRESA RESPONSÁVEL PELA EXECUÇÃO DOS SERVIÇOS?”</t>
+  </si>
+  <si>
+    <t>19413</t>
+  </si>
+  <si>
+    <t>requerem da senhora prefeita que, dentro do prazo que a lei lhe confere, as seguintes informações: “COM RELAÇÃO AO CONTRATO Nº 201/2024, FIRMADO COM A EMPRESA MALBEC ENGENHARIA DE OBRAS LTDA, REFERENTE À EXECUÇÃO DAS OBRAS DE REVITALIZAÇÃO DA AVENIDA HORÁCIO KLABIN, NO MUNICÍPIO DE TELÊMACO BORBA, SOLICITA-SE AS SEGUINTES INFORMAÇÕES: 1. ALÉM DA EMPRESA CONTRATADA, EXISTEM OUTRAS PESSOAS JURÍDICAS PRESTANDO SERVIÇOS, EXECUTANDO ATIVIDADES OU ATUANDO NA OBRA, DE FORMA DIRETA OU INDIRETA, INDEPENDENTEMENTE DA MODALIDADE DE CONTRATAÇÃO (SUBCONTRATAÇÃO, TERCEIRIZAÇÃO, PRESTAÇÃO DE SERVIÇOS, FORNECIMENTO COM MÃO DE OBRA, LOCAÇÃO DE EQUIPAMENTOS COM OPERADOR OU QUALQUER OUTRA FORMA)? 2. EM CASO POSITIVO, INFORMAR: a) O NOME DAS EMPRESAS SUBCONTRATADOS; b) QUAIS TIPOS DE SERVIÇOS OU ETAPAS DA OBRA CADA EMPRESA ESTÁ EXECUTANDO; c) A DATA DE INÍCIO DOS TRABALHOS E A DATA PREVISTA PARA CONCLUSÃO DOS SERVIÇOS DE CADA SUBCONTRATADO; d) A QUANTIDADE APROXIMADA DE FUNCIONÁRIOS VINCULADOS A CADA EMPRESA  ATUANDO NA EXECUÇÃO DOS SERVIÇOS.”</t>
+  </si>
+  <si>
+    <t>19407</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA, A SEGUINTE INFORMAÇÃO: HÁ POR PARTE DO PODER EXECUTIVO UM ESTUDO PARA CONTRATAÇÃO DE PLANO DE SAÚDE (ASSISTÊNCIA MÉDICA/HOSPITALAR), DE ABRANGÊNCIA [REGIONAL/NACIONAL], A SER OFERECIDO AOS SERVIDORES PÚBLICOS MUNICIPAIS. SE NÃO, JUSTIFICAR.”</t>
+  </si>
+  <si>
+    <t>19416</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA QUE INFORME A ESTA CASA DE LEIS, NO PRAZO QUE A LEI LHE CONFERE AS SEGUINTES INFORMAÇÕES SOBRE O SERVIÇO DE MANUTENÇÃO NA VIA LOCALIZADA NA VILA RURAL, ONDE HOUVE PASSAGEM DE ROLO COMPACTADOR E APLICAÇÃO DE MATERIAL (CASCALHO/PEDRISCO): 1) QUAL O MOTIVO DO SERVIÇO NÃO TER SIDO REALIZADO DE FORMA UNIFORME EM TODA A EXTENSÃO DA VIA, ESPECIALMENTE EM FRENTE AO IMÓVEL DO REFERIDO MORADOR? 2) O TRECHO SERÁ INCLUÍDO EM CRONOGRAMA DE REGULARIZAÇÃO PARA CORREÇÃO DO NIVELAMENTO E ESCOAMENTO DA ÁGUA? 3) HÁ PREVISÃO DE PRAZO PARA QUE SEJA FEITA A ADEQUAÇÃO NECESSÁRIA, GARANTINDO IGUALDADE NO ATENDIMENTO AOS MORADORES DA VIA?”</t>
+  </si>
+  <si>
+    <t>19417</t>
+  </si>
+  <si>
+    <t>requerem da senhora prefeita que, dentro do prazo que a lei lhe confere, as seguintes informações: “QUANTO À PARALISAÇÃO DAS OBRAS DA UNIDADE BÁSICA DE SAÚDE DO DISTRITO DO TRIÂNGULO: 1. HAVERÁ ABERTURA DE NOVA LICITAÇÃO PARA A CONTINUIDADE E/OU CONCLUSÃO DA OBRA DA UNIDADE BÁSICA DE SAÚDE? 2. ESTÁ PREVISTA A REUTILIZAÇÃO DA ESTRUTURA JÁ EXISTENTE, ORIUNDA DO CONTRATO ANTERIORMENTE FIRMADO? 3. EM CASO POSITIVO, EXISTE LAUDO TÉCNICO ATUALIZADO QUE ATESTE AS CONDIÇÕES ESTRUTURAIS E A VIABILIDADE DE APROVEITAMENTO DA OBRA JÁ EXECUTADA? 4. QUAL O VALOR ESTIMADO PARA O NOVO CONTRATO A SER CELEBRADO PARA CONCLUSÃO DO EMPREENDIMENTO? 5. CONSIDERANDO QUE O VALOR ORIGINAL DO CONTRATO ERA DE R$ 696.245,20 E QUE, CONFORME CONSTA NO PORTAL DA TRANSPARÊNCIA, FOI PAGO O MONTANTE DE R$ 693.788,66 (EQUIVALENTE A 99,64% DO VALOR CONTRATADO), HOUVE RESSARCIMENTO, TOTAL OU PARCIAL, DOS VALORES RECEBIDOS PELA EMPRESA CONTRATADA, TENDO EM VISTA A NÃO CONCLUSÃO DA OBRA? 6. EM CASO POSITIVO, QUAIS FORAM OS VALORES EFETIVAMENTE DEVOLVIDOS AOS COFRES PÚBLICOS? 7. EM CASO NEGATIVO, QUAIS OS FUNDAMENTOS JURÍDICOS E ADMINISTRATIVOS QUE JUSTIFICAM A AUSÊNCIA DE RESSARCIMENTO?”</t>
+  </si>
+  <si>
+    <t>19418</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA MUNICIPAL AS SEGUINTES INFORMAÇÕES:”1. QUAIS ATENDIMENTOS DE ESPECIALIDADES CLÍNICAS O MUNICÍPIO OFERECE ATUALMENTE NA REDE PÚBLICA DE SAÚDE?2. QUAL O NÚMERO ATUAL DE PACIENTES EM FILA DE ESPERA PARA CONSULTA NAS SEGUINTES ESPECIALIDADES:_x000D_
+2.1 CARDIOLOGIA;_x000D_
+2.2 ENDOCRINOLOGIA;_x000D_
+2.3 DERMATOLOGIA;_x000D_
+2.4 CIRURGIA VASCULAR;_x000D_
+2.5 OFTALMOLOGIA;_x000D_
+2.6 ORTOPEDIA;_x000D_
+2.7 REUMATOLOGIA;_x000D_
+2.8 NEUROLOGIA PEDIÁTRICA;_x000D_
+2.9 NEUROLOGIA ADULTO;_x000D_
+2.10 PSIQUIATRIA._x000D_
+3. EM RELAÇÃO AOS RETORNOS DE CONSULTAS ESPECIALIZADAS:4. QUAL É A FORMA DE AGENDAMENTO ADOTADA PELO MUNICÍPIO?5. O AGENDAMENTO É REALIZADO DIRETAMENTE PELA UNIDADE, VIA SISTEMA DE REGULAÇÃO OU OUTRO MEIO?6. EXISTE FILA DE ESPERA PARA CONSULTAS DE RETORNO?7. EM CASO AFIRMATIVO, QUAL O TEMPO MÉDIO ESTIMADO DE ESPERA PARA RETORNO EM CADA ESPECIALIDADE?8. O MUNICÍPIO REALIZA MONITORAMENTO PÚBLICO DOS TEMPOS DE ESPERA POR ESPECIALIDADE? EM CASO POSITIVO, ONDE ESSES DADOS PODEM SER CONSULTADOS?9. HÁ PREVISÃO DE AMPLIAÇÃO DE VAGAS, CREDENCIAMENTO DE NOVOS PROFISSIONAIS OU REALIZAÇÃO DE MUTIRÕES PARA REDUÇÃO DAS FILAS NAS ESPECIALIDADES MENCIONADAS?</t>
+  </si>
+  <si>
+    <t>19419</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA MUNICIPAL AS SEGUINTES INFORMAÇÕES: NO QUE COMPETE AO ORÇAMENTO DO PODER EXECUTIVO PARA O ANO DE 2025, REQUER-SE AS SEGUINTES INFORMAÇÕES: 1) QUAL O VALOR PREVISTO PARA O ORÇAMENTO NO INICIO DO PERIODO? 2) QUAL O VALOR DO ORÇAMENTO NO FINAL DO PERIODO? 3) QUAL O VALOR PREVISTO DE ARRECADAÇÃO? 4) QUAL O VALOR ARRECADADO? 5) HOUVE EXCESSO DE ARRECADAÇÃO? QUANTO? 6) QUAL O VALOR PREVISTO DE DESPESAS? 7) QUAL O VALOR TOTAL EMPENHADO? 8) HOUVE SOBRA DE ORÇAMENTO? QUANTO?"</t>
+  </si>
+  <si>
+    <t>19421</t>
+  </si>
+  <si>
+    <t>“REQUER A CÂMARA MUNICIPAL DE TELÊMACO BORBA, A CONCESSÃO DE VOTOS DE LOUVOR AO SENHOR PASTOR JEAN MAZER EM RECONHECIMENTO AOS RELEVANTES SERVIÇOS PRESTADOS A COMUNIDADE TELEMACOBORBENSE”.</t>
+  </si>
+  <si>
+    <t>19423</t>
+  </si>
+  <si>
+    <t>“REQUER DA SENHORA PREFEITA PRAZO QUE A LEI ESTABELECE AS SEGUINTES INFORMAÇÕES SOBRE A ATA DE REGISTRO DE PREÇO Nº 208/2024, REFERENTE AO PREGÃO ELETRÔNICO Nº 74/2024, DO PROCESSO ADMINISTRATIVO Nº 578310/2024: 1) QUEM FOI O GESTOR E FISCAL DESTE CONTRATO? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS? 2) QUAL FOI OS SETORES DA ADMINISTRAÇÃO MUNICIPAL QUE SOLICITOU A CONTRATAÇÃO DOS PRODUTOS/SERVIÇOS? QUAL FOI A JUSTIFICATIVA? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS. 3) COMO FOI A UTILIZADA AS CONTRATAÇÕES DOS PRODUTOS/SERVIÇOS REFERENTES A ESTA ATA DE REGISTRO DE PREÇO? DETALHAR EMPENHOS, QUANTIDADES, ITENS, SECRETARIA DEMANDANTE, Nº DE EMPENHO, NOTAS FISCAIS, JUSTIFICATIVA, CLASSIFICANDO E DETALHANDO MÊS A MÊS. ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS. 4) QUAL PROCURADOR (A) OU PROCURADORES EMITIRAM PARECERES JURÍDICOS REFERENTE A ESTA CONTRATAÇÃO? ENCAMINHAR PARECERES E DOCUMENTOS COMPROBATÓRIOS. 5) QUAIS EMPRESAS PARTICIPARAM DO CERTAME LICITATÓRIO QUE ORIGINOU ESTE CONTRATO? QUAIS FORAM OS VALORES DOS LANCES OFERTADOS DAS EMPRESAS CONCORRENTES NESTE CERTAME? 6) QUAL SERVIDORES FIZERAM PARTES DA COMISSÃO DE LICITAÇÃO E FORAM RESPONSÁVEIS PELA REALIZAÇÃO DO CERTAME LICITATÓRIO QUE ORIGINOU ESTE CONTRATO? DESCREVER FUNÇÕES E LOTAÇÕES? ENCAMINHAR DOCUMENTOS QUE COMPROVE A COMPETÊNCIA. 7) HOUVE ALGUM PROBLEMA NA EXECUÇÃO DO CONTRATO, COMO INADIMPLEMENTO, ATRASOS, SERVIÇOS MAL PRESTADOS OU PRODUTOS DIVERGENTES? SE SIM ENCAMINHAR RELATÓRIO E PROVIDENCIAS TOMADAS.</t>
+  </si>
+  <si>
+    <t>19427</t>
+  </si>
+  <si>
+    <t>"REQUER DA SENHORA PREFEITA, DENTRO DO PRAZO QUE A LEI LHE CONFERE, AS SEGUINTES INFORMAÇÕES SOBRE A EXECUÇÃO DO PLANO DE GOVERNO GESTÃO 2025/2028 REGISTRADO NO TRIBUNAL SUPERIOR ELEITORAL, CONFORME Nº 0600405-52.2024.6.16.0111: 1) SOBRE AS PROPOSTAS REFERENTES AOS SEGUINTES TEMAS APRESENTADOS NO PLANO: ASSISTÊNCIA SOCIAL (16 PROPOSTAS), CULTURA, TURISMO E ENTRETENIMENTO (18 PROPOSTAS), DESENVOLVIMENTO ECONÔMICO, TRABALHO E RENDA (18 PROPOSTAS), EDUCAÇÃO (32 PROPOSTAS), ESPORTE, LAZER E INTEGRAÇÃO COMUNITÁRIA (26 PROPOSTAS), GESTÃO E INOVAÇÃO (17 PROPOSTAS), HABITAÇÃO, MEIO AMBIENTE E BEM ESTAR ANIMAL (20 PROPOSTAS), INFRAESTRUTURA E SERVIÇOS PÚBLICOS (17 PROPOSTAS), SAÚDE (22 PROPOSTAS), SEGURANÇA PÚBLICA E TRÂNSITO (16 PROPOSTAS), RESPONDA INDIVIDUALMENTE OS SEGUINTES QUESTIONAMENTOS: A) QUAIS FORAM AS AÇÕES, RESULTADOS E INVESTIMENTOS NO ANO DE 2025? ENCAMINHAR DOCUMENTOS COMPROBATÓRIOS; B) QUAL SERÁ O INVESTIMENTO, PLANEJAMENTO DE AÇÕES E RESULTADOS ESPERADOS PARA ANO DE 2026? CASO NÃO TENHA SIDO EXECUTADO, OU EXISTA OUTRO PLANEJAMENTO, OU NÃO EXISTA PREVISÃO, DETALHAR E JUSTIFICAR."</t>
+  </si>
+  <si>
+    <t>19431</t>
+  </si>
+  <si>
+    <t>REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES ACERCA DO SERVIDOR COM MATRICULA Nº 9955823: 1) QUAL É O NOME DO SERVIDOR E O CARGO QUE ELE OCUPA? 2) QUAL CONCURSO, FUNÇÃO E COLOCAÇÃO QUE ELE FOI APROVADO? 3) QUAL FOI A DATA DE NOMEAÇÃO DESTE SERVIDOR? ENCAMINHAR DOCUMENTO COMPROBATÓRIO. 4) QUAL SETOR, LOTAÇÃO E LOCAL DE TRABALHO DO SERVIDOR? 5) QUAL O VALOR DA REMUNERAÇÃO MENSAL REFERENTE AO CARGO QUE O SERVIDOR OCUPA? 6) O SERVIDOR CUMPRIU ESTAGIO PROBATÓRIO? NÃO TENDO CUMPRINDO, QUANTO TEMPO FALTA? 7) O SERVIDOR RECEBE OU RECEBEU ADICIONAL, HORA EXTRA OU GRATIFICAÇÃO NO ANO DE 2026? HAVENDO, DETALHAR QUANDO, VALORES, JUSTIFICATIVA, E ENCAMINHAR DOCUMENTOS QUE AUTORIZOU. 8) TENDO ESTE SERVIDOR, O RECEBIMENTO DE VALORES DE ADICIONAL, HORA EXTRA OU GRATIFICAÇÃO, POR QUAL MOTIVO NÃO FOI ESCOLHIDO OUTROS SERVIDORES COM MAIS TEMPO DE CARREIRA PARA RECEBER VALORES DE ADICIONAL, HORA EXTRA OU GRATIFICAÇÃO? 9) O SERVIDOR POSSUI FAMILIAR DE 1º GRAU OCUPANDO CARGO EFETIVO OU COMISSIONADO NA GESTÃO MUNICIPAL? SEM SIM ENCAMINHAR NOME, MATRICULA, FUNÇÃO E VALORES DE REMUNERAÇÃO.</t>
+  </si>
+  <si>
+    <t>19479</t>
+  </si>
+  <si>
+    <t>"REQUER DA SENHORA PREFEITA, NOS TERMOS E PRAZOS QUE A LEI LHE CONFERE, INFORMAÇÕES SOBRE O ATENDIMENTO DE MÉDICOS ESPECIALISTAS NA REDE PÚBLICA MUNICIPAL DE SAÚDE. 1) QUANTOS MÉDICOS ESPECIALISTAS ATUALMENTE ATENDEM NA REDE PÚBLICA MUNICIPAL DE SAÚDE? 2) QUAIS SÃO AS ESPECIALIDADES MÉDICAS DISPONÍVEIS ATUALMENTE NO MUNICÍPIO? 3) EM QUAIS UNIDADES DE SAÚDE OU LOCAIS ESSES ESPECIALISTAS REALIZAM OS ATENDIMENTOS? 4) QUAL É A CARGA HORÁRIA SEMANAL DE CADA MÉDICO ESPECIALISTA CONTRATADO PELO MUNICÍPIO? 5) HÁ CONTRATAÇÃO PREVISTA EM ANDAMENTO PARA MÉDICOS ESPECIALISTAS? QUAIS ESPECIALIDADES ESTÃO PREVISTAS? 6) QUAL É O NÚMERO ATUAL DE PACIENTES AGUARDANDO NA FILA PARA CADA ESPECIALIDADE MÉDICA? 7) QUAL É O TEMPO MÉDIO DE ESPERA PARA CONSULTA COM MÉDICOS ESPECIALISTAS NA REDE PÚBLICA MUNICIPAL? 8) O MUNICÍPIO MANTÉM CONTRATOS OU CONVÊNIOS COM CLÍNICAS OU HOSPITAIS PARTICULARES PARA ATENDIMENTO ESPECIALIZADO? SE SIM, QUAIS ESPECIALIDADES? 9) QUAIS ESPECIALIDADES MÉDICAS POSSUEM MAIOR DEMANDA ATUALMENTE NA REDE PÚBLICA MUNICIPAL? 10) O MUNICÍPIO POSSUI ALGUM PLANO OU PLANEJAMENTO PARA A REALIZAÇÃO DE MUTIRÕES DE CONSULTAS E ATENDIMENTOS COM MÉDICOS ESPECIALISTAS? EM CASO POSITIVO, INFORMAR QUAIS ESPECIALIDADES SERÃO CONTEMPLADAS E A PREVISÃO PARA REALIZAÇÃO DESSAS AÇÕES. 11) QUANTAS CONSULTAS COM ESPECIALISTAS FORAM REALIZADAS NO MUNICÍPIO NOS ÚLTIMOS 12 MESES? 12) QUANTOS PACIENTES DEIXARAM DE COMPARECER ÀS CONSULTAS COM ESPECIALISTAS NOS ÚLTIMOS 12 MESES (FALTAS)? 13) QUAIS MEDIDAS O MUNICÍPIO TEM ADOTADO PARA REDUZIR O TEMPO DE ESPERA POR CONSULTAS ESPECIALIZADAS?"</t>
+  </si>
+  <si>
+    <t>19480</t>
+  </si>
+  <si>
+    <t>Thiago Braçudinho, Miltinho, Paulo, Prof Klecius, Toto</t>
+  </si>
+  <si>
+    <t>“REQUEREM DA SENHORA PREFEITA, NO PRAZO LEGAL, ENCAMINHE A ESTA CASA DE LEIS, AS SEGUINTES INFORMAÇÕES ACERCA DA DISPONIBILIZAÇÃO DE MONITORES ESCOLARES PARA ACOMPANHAMENTO DAS CRIANÇAS E ADOLESCENTES QUE FREQUENTAM A APAE NO MUNICÍPIO: CONSIDERANDO QUE O ARTIGO 208, INCISO VII DA CONSTITUIÇÃO DA REPÚBLICA FEDERATIVA DO BRASIL DE 1988, ESTABELECE QUE O DEVER DO ESTADO COM A EDUCAÇÃO SERÁ EFETIVADO MEDIANTE A GARANTIA DE PROGRAMAS SUPLEMENTARES, INCLUINDO TRANSPORTE ESCOLAR E DEMAIS MEDIDAS QUE ASSEGUREM CONDIÇÕES DE ACESSO E PERMANÊNCIA DO ALUNO NA ESCOLA; CONSIDERANDO QUE O ARTIGO 4º, INCISOS I E III, DA LEI Nº 9.394/1996 DISPÕE QUE É DEVER DO ESTADO GARANTIR EDUCAÇÃO BÁSICA OBRIGATÓRIA E GRATUITA, BEM COMO ATENDIMENTO EDUCACIONAL ESPECIALIZADO AOS EDUCANDOS COM DEFICIÊNCIA; CONSIDERANDO AINDA QUE O ARTIGO 28 DA LEI Nº 13.146/2015 DETERMINA QUE INCUMBE AO PODER PÚBLICO ASSEGURAR SISTEMA EDUCACIONAL INCLUSIVO EM TODOS OS NÍVEIS E MODALIDADES, GARANTINDO CONDIÇÕES DE ACESSO, PERMANÊNCIA, PARTICIPAÇÃO E APRENDIZAGEM ÀS PESSOAS COM DEFICIÊNCIA; E POR FIM, QUE O ENTENDIMENTO CONSOLIDADO DO PODER JUDICIÁRIO TEM RECONHECIDO A OBRIGAÇÃO DO PODER PÚBLICO DE DISPONIBILIZAR PROFISSIONAL DE APOIO ESCOLAR SEMPRE QUE NECESSÁRIO PARA GARANTIR O PLENO ACESSO E PERMANÊNCIA DO ALUNO COM DEFICIÊNCIA NAS ATIVIDADES EDUCACIONAIS, REQUEREMOS AS SEGUINTES INFORMAÇÕES: 1) O MUNICÍPIO ATUALMENTE DISPONIBILIZA MONITORES OU PROFISSIONAIS DE APOIO PARA ACOMPANHAR OS ALUNOS COM DEFICIÊNCIA QUE FREQUENTAM A APAE, ESPECIALMENTE DURANTE O TRANSPORTE ESCOLAR E NO ACOMPANHAMENTO NECESSÁRIO ÀS ATIVIDADES EDUCACIONAIS? 2) EM CASO POSITIVO, QUANTOS PROFISSIONAIS ATUALMENTE EXERCEM ESSA FUNÇÃO E QUAL A FORMA DE CONTRATAÇÃO ADOTADA PELO MUNICÍPIO (SERVIDORES EFETIVOS, PROCESSO SELETIVO SIMPLIFICADO, CONTRATAÇÃO TEMPORÁRIA OU TERCEIRIZAÇÃO)? 3) EM CASO NEGATIVO, QUAIS SÃO OS MOTIVOS ADMINISTRATIVOS, FINANCEIROS OU LEGAIS QUE JUSTIFICAM A AUSÊNCIA DESSE ACOMPANHAMENTO ESPECIALIZADO? 4) EXISTE ESTUDO OU PLANEJAMENTO POR PARTE DA ADMINISTRAÇÃO MUNICIPAL PARA A CONTRATAÇÃO OU DESIGNAÇÃO DE MONITORES ESCOLARES DESTINADOS AO ACOMPANHAMENTO DESSES ALUNOS? 5) A SECRETARIA MUNICIPAL DE EDUCAÇÃO POSSUI LEVANTAMENTO ATUALIZADO DA QUANTIDADE DE ALUNOS QUE NECESSITAM DESSE ACOMPANHAMENTO ESPECIALIZADO? 6) HAVENDO PLANEJAMENTO OU PROCESSO ADMINISTRATIVO EM ANDAMENTO PARA A CONTRATAÇÃO OU DESIGNAÇÃO DESSES PROFISSIONAIS, QUAL O PRAZO ESTIMADO PARA A IMPLEMENTAÇÃO DESSA MEDIDA? 7) CASO NÃO EXISTA PLANEJAMENTO NESSE SENTIDO, QUAIS PROVIDÊNCIAS O PODER EXECUTIVO PRETENDE ADOTAR PARA ASSEGURAR O CUMPRIMENTO DA LEGISLAÇÃO VIGENTE E GARANTIR A SEGURANÇA E O ADEQUADO ACOMPANHAMENTO DESSES ALUNOS?”</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -528,68 +4163,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19146/plc_no_001-2026_-_mensagem_87-2025_-_doacao_-_construcao_do_colegio_estadual_gregorio_teixeira_-_ass_2_1.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19147/anteprojeto_-_altera_dispositivos_da_lei_1141_-_atualizada_em_15-01-2026_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19148/mensagem_05-2025_-_altera_dispositivos_da_lei_ordinaria_no_1.592_-_2007_-_assinado_1-1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19149/mensagem_06-2026_-_147-2026_-_doacao_de_terreno_-_carceragem_-_anteprojeto_de_lei_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19150/plc_no_005-2026_-_mensagem_07-2026_-_mensagem_e_anteprojeto_revisao_geral_anual_2026.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19444/emenda_no_001-2026_plc_no_002-26.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19450/emenda_no_002-2026_plc_no_002-26.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19466/emenda_no_003-2026_plc_no_002-26.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19470/emenda_no_004-2026_plc_no_002-26.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19475/emenda_no_005-2026_plc_no_07-26.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19478/emenda_no_006-2026_plc_no_003-26.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19258/ind_059-2026.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19259/ind_060-2026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19260/ind_061-2026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19261/ind_062-2026.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19262/ind_063-2026.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19263/ind_064-2026.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19264/ind_065-2026.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19265/ind_066-2026.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19266/ind_067-2026.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19267/ind_068-2026.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19268/ind_069-2026.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19269/ind_070-2026.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19270/ind_071-2026.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19271/ind_072-2026.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19272/ind_073-2026.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19273/ind_074-2026.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19274/ind_075-2026.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19275/ind_076-2026.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19276/ind_077-2026.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19277/ind_078-2026.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19278/ind_079-2026.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19279/ind_080-2026.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19280/ind_081-2026.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19281/ind_082-2026.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19282/ind_083-2026.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19283/ind_084-2026.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19284/ind_085-2026.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19285/ind_086-2026.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19286/ind_087-2026.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19287/ind_088-2026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19288/ind_089-2026.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19289/ind_090-2026.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19290/ind_091-2026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19291/ind_092-2026.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19292/ind_093-2026.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19293/ind_094-2026.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19294/ind_095-2026.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19295/ind_096-2026.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19296/ind_097-2026.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19297/ind_098-2026.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19298/ind_099-2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19299/ind_100-2026.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19300/ind_101-2026.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19301/ind_102-2026.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19302/ind_103-2026.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19303/ind_104-2026.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19306/indicacao_no_105-26.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19310/indicacao_no_106-26.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19312/indicacao_no_107-26.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19313/indicacao_no_108-26.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19314/indicacao_no_109-26.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19316/indicacao_no_110-26.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19317/indicacao_no_111-26.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19318/indicacao_no_112-26.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19321/indicacao_no_113-26.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19324/indicacao_no_114-26.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19325/indicacao_no_115-26.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19326/indicacao_no_116-26.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19328/indicacao_no_117-26.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19329/indicacao_no_118-26.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19330/indicacao_no_119-26.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19331/indicacao_no_120-26.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19332/indicacao_no_121-26.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19333/indicacao_no_122-26.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19334/indicacao_no_123-26.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19335/indicacao_no_124-26.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19336/indicacao_no_125-26.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19337/indicacao_no_126-26.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19338/indicacao_no_127-26.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19339/indicacao_no_128-26.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19340/indicacao_no_129-26.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19341/indicacao_no_130-26.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19342/indicacao_no_131-26.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19343/indicacao_no_132-26.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19344/indicacao_no_133-26.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19345/indicacao_no_134-26.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19347/indicacao_no_135-26.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19348/indicacao_no_136-26.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19349/indicacao_no_137-26.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19350/indicacao_no_138-26.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19351/indicacao_no_139-26.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19352/indicacao_no_140-26.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19353/indicacao_no_141-26.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19354/indicacao_no_142-26.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19355/indicacao_no_143-26.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19356/indicacao_no_144-26.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19357/indicacao_no_145-26.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19358/indicacao_no_146-26.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19359/indicacao_no_147-26.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19360/indicacao_no_148-26.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19361/indicacao_no_149-26.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19362/indicacao_no_150-26.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19367/indicacao_no_151-26.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19368/indicacao_no_152-26.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19369/indicacao_no_153-26.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19370/indicacao_no_154-26.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19371/indicacao_no_155-26.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19372/indicacao_no_156-26.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19373/indicacao_no_157-26.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19374/indicacao_no_158-26.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19375/indicacao_no_159-26.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19376/indicacao_no_160-26.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19377/indicacao_no_161-26.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19378/indicacao_no_162-26.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19379/indicacao_no_163-26.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19380/indicacao_no_164-26.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19381/indicacao_no_165-26.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19382/indicacao_no_166-26.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19383/indicacao_no_167-26.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19384/indicacao_no_168-26.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19385/indicacao_no_169-26.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19386/indicacao_no_170-26.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19387/indicacao_no_171-26.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19388/indicacao_no_172-26.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19389/indicacao_no_173-26.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19390/indicacao_no_174-26.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19391/indicacao_no_175-26.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19392/indicacao_no_176-26.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19393/indicacao_no_177-26.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19394/indicacao_no_178-26.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19395/indicacao_no_179-26.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19396/indicacao_no_180-26.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19397/indicacao_no_181-26.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19398/indicacao_no_182-26.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19399/indicacao_no_183-26.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19400/indicacao_no_184-26.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19401/indicacao_no_185-26.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19402/indicacao_no_186-26.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19403/indicacao_no_187-26.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19404/indicacao_no_188-26.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19405/indicacao_no_189-26.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19406/indicacao_no_190-26.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19408/indicacao_no_191-26.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19409/indicacao_no_192-26.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19411/indicacao_no_193-26.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19412/indicacao_no_194-26.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19414/indicacao_no_195-26.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19415/indicacao_no_196-26.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19245/parecer_legislacao_-_plo_no_097-2026.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19246/parecer_legislacao_-_plo_no_098-2026.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19247/parecer_legislacao_-_plo_no_099-2026.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19146/plc_no_001-2026_-_mensagem_87-2025_-_doacao_-_construcao_do_colegio_estadual_gregorio_teixeira_-_ass_2_1.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19147/plc_no_002-2026_-_altera_dispositivos_da_lei_1141_-__atualizada_em_27-01-2026_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19148/mensagem_05-2025_-_altera_dispositivos_da_lei_ordinaria_no_1.592_-_2007_-_assinado_1-1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19149/mensagem_06-2026_-_147-2026_-_doacao_de_terreno_-_carceragem_-_anteprojeto_de_lei_-_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19150/plc_no_005-2026_-_mensagem_07-2026_-_mensagem_e_anteprojeto_revisao_geral_anual_2026.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19305/plc_no_006-2026_-mensagem_03-2026_-_pa_28713_-_minuta_-altera_dispositivos_da_lei_complementar_73_de_dezembro_de_2019.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19346/plc_no_007-2026_-_mensagem_011-2026.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19167/plo_no_001-2026_-mensagem_86-2025_1.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19168/plo_no_002-2026_-mensagem_90_-2025_-_projeto_banco_vermelho_1.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19169/plo_no_003-2026_jogos_estudatis.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19244/plo_no_004-2026.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19304/plo_no_005-2026.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19474/plo_no_006-2026_ver._felipe_pedroso.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19159/pre_no_001-2026.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19170/requerimento_no_001-26.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19163/requerimento_no_002-26.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19164/requerimento_no_003-26.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19165/requerimento_no_004-26.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19166/requerimento_no_005-26.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19171/requerimento_no_006-26.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19162/req_013-2026.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19237/req_014-2026.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19238/req_015-2026.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19251/req_020-2026.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19252/req_021-2026.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19253/req_022-2026.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19240/req_023-2026.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19241/req_024-2026.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19242/req_025-2026.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/sapl/public/materialegislativa/2026/19243/req_026-2026.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.telemacoborba.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H383"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="54" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="183.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="198.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -621,357 +4256,10320 @@
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>12</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="H6" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="H7" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="H8" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>10</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="F9" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="H9" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D10" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F10" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="H10" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>21</v>
+      </c>
+      <c r="D11" t="s">
+        <v>43</v>
+      </c>
+      <c r="E11" t="s">
+        <v>44</v>
+      </c>
+      <c r="F11" t="s">
         <v>45</v>
       </c>
-      <c r="B11" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G11" s="1" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="H11" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="D12" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E12" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F12" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
       <c r="H12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E13" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F13" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="H13" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="E14" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F14" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="H14" t="s">
         <v>56</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>38</v>
+      </c>
+      <c r="D15" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" t="s">
+        <v>44</v>
+      </c>
+      <c r="F15" t="s">
+        <v>58</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H15" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>60</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>61</v>
+      </c>
+      <c r="D16" t="s">
+        <v>43</v>
+      </c>
+      <c r="E16" t="s">
+        <v>44</v>
+      </c>
+      <c r="F16" t="s">
+        <v>58</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H16" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>63</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>64</v>
+      </c>
+      <c r="D17" t="s">
+        <v>43</v>
+      </c>
+      <c r="E17" t="s">
+        <v>44</v>
+      </c>
+      <c r="F17" t="s">
+        <v>58</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H17" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>66</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>67</v>
+      </c>
+      <c r="D18" t="s">
+        <v>43</v>
+      </c>
+      <c r="E18" t="s">
+        <v>44</v>
+      </c>
+      <c r="F18" t="s">
+        <v>58</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H18" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>69</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>70</v>
+      </c>
+      <c r="D19" t="s">
+        <v>43</v>
+      </c>
+      <c r="E19" t="s">
+        <v>44</v>
+      </c>
+      <c r="F19" t="s">
+        <v>58</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H19" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>72</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>73</v>
+      </c>
+      <c r="D20" t="s">
+        <v>43</v>
+      </c>
+      <c r="E20" t="s">
+        <v>44</v>
+      </c>
+      <c r="F20" t="s">
+        <v>58</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H20" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>75</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" t="s">
+        <v>43</v>
+      </c>
+      <c r="E21" t="s">
+        <v>44</v>
+      </c>
+      <c r="F21" t="s">
+        <v>77</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H21" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>79</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" t="s">
+        <v>43</v>
+      </c>
+      <c r="E22" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" t="s">
+        <v>77</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H22" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>82</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" t="s">
+        <v>43</v>
+      </c>
+      <c r="E23" t="s">
+        <v>44</v>
+      </c>
+      <c r="F23" t="s">
+        <v>77</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H23" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>85</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>86</v>
+      </c>
+      <c r="D24" t="s">
+        <v>43</v>
+      </c>
+      <c r="E24" t="s">
+        <v>44</v>
+      </c>
+      <c r="F24" t="s">
+        <v>77</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H24" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>89</v>
+      </c>
+      <c r="D25" t="s">
+        <v>43</v>
+      </c>
+      <c r="E25" t="s">
+        <v>44</v>
+      </c>
+      <c r="F25" t="s">
+        <v>77</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H25" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>91</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>92</v>
+      </c>
+      <c r="D26" t="s">
+        <v>43</v>
+      </c>
+      <c r="E26" t="s">
+        <v>44</v>
+      </c>
+      <c r="F26" t="s">
+        <v>77</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H26" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>94</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>95</v>
+      </c>
+      <c r="D27" t="s">
+        <v>43</v>
+      </c>
+      <c r="E27" t="s">
+        <v>44</v>
+      </c>
+      <c r="F27" t="s">
+        <v>96</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H27" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>98</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" t="s">
+        <v>43</v>
+      </c>
+      <c r="E28" t="s">
+        <v>44</v>
+      </c>
+      <c r="F28" t="s">
+        <v>96</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H28" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>101</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>102</v>
+      </c>
+      <c r="D29" t="s">
+        <v>43</v>
+      </c>
+      <c r="E29" t="s">
+        <v>44</v>
+      </c>
+      <c r="F29" t="s">
+        <v>96</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H29" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>104</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>105</v>
+      </c>
+      <c r="D30" t="s">
+        <v>43</v>
+      </c>
+      <c r="E30" t="s">
+        <v>44</v>
+      </c>
+      <c r="F30" t="s">
+        <v>96</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H30" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>107</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>108</v>
+      </c>
+      <c r="D31" t="s">
+        <v>43</v>
+      </c>
+      <c r="E31" t="s">
+        <v>44</v>
+      </c>
+      <c r="F31" t="s">
+        <v>96</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H31" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>110</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>111</v>
+      </c>
+      <c r="D32" t="s">
+        <v>43</v>
+      </c>
+      <c r="E32" t="s">
+        <v>44</v>
+      </c>
+      <c r="F32" t="s">
+        <v>96</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H32" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>113</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>114</v>
+      </c>
+      <c r="D33" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" t="s">
+        <v>44</v>
+      </c>
+      <c r="F33" t="s">
+        <v>115</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H33" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>117</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>118</v>
+      </c>
+      <c r="D34" t="s">
+        <v>43</v>
+      </c>
+      <c r="E34" t="s">
+        <v>44</v>
+      </c>
+      <c r="F34" t="s">
+        <v>115</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H34" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>120</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>121</v>
+      </c>
+      <c r="D35" t="s">
+        <v>43</v>
+      </c>
+      <c r="E35" t="s">
+        <v>44</v>
+      </c>
+      <c r="F35" t="s">
+        <v>115</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H35" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>123</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>124</v>
+      </c>
+      <c r="D36" t="s">
+        <v>43</v>
+      </c>
+      <c r="E36" t="s">
+        <v>44</v>
+      </c>
+      <c r="F36" t="s">
+        <v>115</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H36" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>126</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>127</v>
+      </c>
+      <c r="D37" t="s">
+        <v>43</v>
+      </c>
+      <c r="E37" t="s">
+        <v>44</v>
+      </c>
+      <c r="F37" t="s">
+        <v>128</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H37" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>130</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>131</v>
+      </c>
+      <c r="D38" t="s">
+        <v>43</v>
+      </c>
+      <c r="E38" t="s">
+        <v>44</v>
+      </c>
+      <c r="F38" t="s">
+        <v>128</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H38" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>133</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>134</v>
+      </c>
+      <c r="D39" t="s">
+        <v>43</v>
+      </c>
+      <c r="E39" t="s">
+        <v>44</v>
+      </c>
+      <c r="F39" t="s">
+        <v>128</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H39" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>136</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>137</v>
+      </c>
+      <c r="D40" t="s">
+        <v>43</v>
+      </c>
+      <c r="E40" t="s">
+        <v>44</v>
+      </c>
+      <c r="F40" t="s">
+        <v>138</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H40" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>140</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>141</v>
+      </c>
+      <c r="D41" t="s">
+        <v>43</v>
+      </c>
+      <c r="E41" t="s">
+        <v>44</v>
+      </c>
+      <c r="F41" t="s">
+        <v>142</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H41" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>144</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>145</v>
+      </c>
+      <c r="D42" t="s">
+        <v>43</v>
+      </c>
+      <c r="E42" t="s">
+        <v>44</v>
+      </c>
+      <c r="F42" t="s">
+        <v>39</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H42" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>147</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>148</v>
+      </c>
+      <c r="D43" t="s">
+        <v>43</v>
+      </c>
+      <c r="E43" t="s">
+        <v>44</v>
+      </c>
+      <c r="F43" t="s">
+        <v>149</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H43" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>151</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>152</v>
+      </c>
+      <c r="D44" t="s">
+        <v>43</v>
+      </c>
+      <c r="E44" t="s">
+        <v>44</v>
+      </c>
+      <c r="F44" t="s">
+        <v>149</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H44" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>154</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>155</v>
+      </c>
+      <c r="D45" t="s">
+        <v>43</v>
+      </c>
+      <c r="E45" t="s">
+        <v>44</v>
+      </c>
+      <c r="F45" t="s">
+        <v>149</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H45" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>157</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>158</v>
+      </c>
+      <c r="D46" t="s">
+        <v>43</v>
+      </c>
+      <c r="E46" t="s">
+        <v>44</v>
+      </c>
+      <c r="F46" t="s">
+        <v>149</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H46" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>160</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>161</v>
+      </c>
+      <c r="D47" t="s">
+        <v>43</v>
+      </c>
+      <c r="E47" t="s">
+        <v>44</v>
+      </c>
+      <c r="F47" t="s">
+        <v>149</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H47" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>163</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>164</v>
+      </c>
+      <c r="D48" t="s">
+        <v>43</v>
+      </c>
+      <c r="E48" t="s">
+        <v>44</v>
+      </c>
+      <c r="F48" t="s">
+        <v>149</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H48" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>166</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>167</v>
+      </c>
+      <c r="D49" t="s">
+        <v>43</v>
+      </c>
+      <c r="E49" t="s">
+        <v>44</v>
+      </c>
+      <c r="F49" t="s">
+        <v>168</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H49" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>170</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>171</v>
+      </c>
+      <c r="D50" t="s">
+        <v>43</v>
+      </c>
+      <c r="E50" t="s">
+        <v>44</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H50" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>173</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>174</v>
+      </c>
+      <c r="D51" t="s">
+        <v>43</v>
+      </c>
+      <c r="E51" t="s">
+        <v>44</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H51" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>176</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>177</v>
+      </c>
+      <c r="D52" t="s">
+        <v>43</v>
+      </c>
+      <c r="E52" t="s">
+        <v>44</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H52" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>179</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>180</v>
+      </c>
+      <c r="D53" t="s">
+        <v>43</v>
+      </c>
+      <c r="E53" t="s">
+        <v>44</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H53" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>182</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>183</v>
+      </c>
+      <c r="D54" t="s">
+        <v>43</v>
+      </c>
+      <c r="E54" t="s">
+        <v>44</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H54" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>185</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>186</v>
+      </c>
+      <c r="D55" t="s">
+        <v>43</v>
+      </c>
+      <c r="E55" t="s">
+        <v>44</v>
+      </c>
+      <c r="F55" t="s">
+        <v>187</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H55" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>189</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>190</v>
+      </c>
+      <c r="D56" t="s">
+        <v>43</v>
+      </c>
+      <c r="E56" t="s">
+        <v>44</v>
+      </c>
+      <c r="F56" t="s">
+        <v>187</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H56" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>192</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>193</v>
+      </c>
+      <c r="D57" t="s">
+        <v>43</v>
+      </c>
+      <c r="E57" t="s">
+        <v>44</v>
+      </c>
+      <c r="F57" t="s">
+        <v>187</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H57" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>195</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>196</v>
+      </c>
+      <c r="D58" t="s">
+        <v>43</v>
+      </c>
+      <c r="E58" t="s">
+        <v>44</v>
+      </c>
+      <c r="F58" t="s">
+        <v>187</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H58" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>198</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>199</v>
+      </c>
+      <c r="D59" t="s">
+        <v>43</v>
+      </c>
+      <c r="E59" t="s">
+        <v>44</v>
+      </c>
+      <c r="F59" t="s">
+        <v>187</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H59" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>201</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>202</v>
+      </c>
+      <c r="D60" t="s">
+        <v>43</v>
+      </c>
+      <c r="E60" t="s">
+        <v>44</v>
+      </c>
+      <c r="F60" t="s">
+        <v>187</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H60" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>204</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>205</v>
+      </c>
+      <c r="D61" t="s">
+        <v>43</v>
+      </c>
+      <c r="E61" t="s">
+        <v>44</v>
+      </c>
+      <c r="F61" t="s">
+        <v>206</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H61" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>208</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>209</v>
+      </c>
+      <c r="D62" t="s">
+        <v>43</v>
+      </c>
+      <c r="E62" t="s">
+        <v>44</v>
+      </c>
+      <c r="F62" t="s">
+        <v>206</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H62" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>211</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>212</v>
+      </c>
+      <c r="D63" t="s">
+        <v>43</v>
+      </c>
+      <c r="E63" t="s">
+        <v>44</v>
+      </c>
+      <c r="F63" t="s">
+        <v>206</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H63" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>214</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>215</v>
+      </c>
+      <c r="D64" t="s">
+        <v>43</v>
+      </c>
+      <c r="E64" t="s">
+        <v>44</v>
+      </c>
+      <c r="F64" t="s">
+        <v>206</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H64" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>217</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>218</v>
+      </c>
+      <c r="D65" t="s">
+        <v>43</v>
+      </c>
+      <c r="E65" t="s">
+        <v>44</v>
+      </c>
+      <c r="F65" t="s">
+        <v>206</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H65" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>220</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>221</v>
+      </c>
+      <c r="D66" t="s">
+        <v>43</v>
+      </c>
+      <c r="E66" t="s">
+        <v>44</v>
+      </c>
+      <c r="F66" t="s">
+        <v>206</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H66" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>223</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>224</v>
+      </c>
+      <c r="D67" t="s">
+        <v>43</v>
+      </c>
+      <c r="E67" t="s">
+        <v>44</v>
+      </c>
+      <c r="F67" t="s">
+        <v>45</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H67" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>227</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>228</v>
+      </c>
+      <c r="D68" t="s">
+        <v>43</v>
+      </c>
+      <c r="E68" t="s">
+        <v>44</v>
+      </c>
+      <c r="F68" t="s">
+        <v>45</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H68" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>231</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>232</v>
+      </c>
+      <c r="D69" t="s">
+        <v>43</v>
+      </c>
+      <c r="E69" t="s">
+        <v>44</v>
+      </c>
+      <c r="F69" t="s">
+        <v>45</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="H69" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>235</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>236</v>
+      </c>
+      <c r="D70" t="s">
+        <v>43</v>
+      </c>
+      <c r="E70" t="s">
+        <v>44</v>
+      </c>
+      <c r="F70" t="s">
+        <v>45</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H70" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>239</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>240</v>
+      </c>
+      <c r="D71" t="s">
+        <v>43</v>
+      </c>
+      <c r="E71" t="s">
+        <v>44</v>
+      </c>
+      <c r="F71" t="s">
+        <v>45</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H71" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>243</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>244</v>
+      </c>
+      <c r="D72" t="s">
+        <v>43</v>
+      </c>
+      <c r="E72" t="s">
+        <v>44</v>
+      </c>
+      <c r="F72" t="s">
+        <v>45</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H72" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>247</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>248</v>
+      </c>
+      <c r="D73" t="s">
+        <v>43</v>
+      </c>
+      <c r="E73" t="s">
+        <v>44</v>
+      </c>
+      <c r="F73" t="s">
+        <v>58</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H73" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>251</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>252</v>
+      </c>
+      <c r="D74" t="s">
+        <v>43</v>
+      </c>
+      <c r="E74" t="s">
+        <v>44</v>
+      </c>
+      <c r="F74" t="s">
+        <v>58</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H74" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>255</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>256</v>
+      </c>
+      <c r="D75" t="s">
+        <v>43</v>
+      </c>
+      <c r="E75" t="s">
+        <v>44</v>
+      </c>
+      <c r="F75" t="s">
+        <v>58</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H75" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>259</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>260</v>
+      </c>
+      <c r="D76" t="s">
+        <v>43</v>
+      </c>
+      <c r="E76" t="s">
+        <v>44</v>
+      </c>
+      <c r="F76" t="s">
+        <v>58</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H76" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>263</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>264</v>
+      </c>
+      <c r="D77" t="s">
+        <v>43</v>
+      </c>
+      <c r="E77" t="s">
+        <v>44</v>
+      </c>
+      <c r="F77" t="s">
+        <v>58</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H77" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>267</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>268</v>
+      </c>
+      <c r="D78" t="s">
+        <v>43</v>
+      </c>
+      <c r="E78" t="s">
+        <v>44</v>
+      </c>
+      <c r="F78" t="s">
+        <v>58</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H78" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>271</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>272</v>
+      </c>
+      <c r="D79" t="s">
+        <v>43</v>
+      </c>
+      <c r="E79" t="s">
+        <v>44</v>
+      </c>
+      <c r="F79" t="s">
+        <v>77</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H79" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>275</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>276</v>
+      </c>
+      <c r="D80" t="s">
+        <v>43</v>
+      </c>
+      <c r="E80" t="s">
+        <v>44</v>
+      </c>
+      <c r="F80" t="s">
+        <v>77</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H80" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>279</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>280</v>
+      </c>
+      <c r="D81" t="s">
+        <v>43</v>
+      </c>
+      <c r="E81" t="s">
+        <v>44</v>
+      </c>
+      <c r="F81" t="s">
+        <v>96</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H81" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>283</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>284</v>
+      </c>
+      <c r="D82" t="s">
+        <v>43</v>
+      </c>
+      <c r="E82" t="s">
+        <v>44</v>
+      </c>
+      <c r="F82" t="s">
+        <v>96</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H82" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>287</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>288</v>
+      </c>
+      <c r="D83" t="s">
+        <v>43</v>
+      </c>
+      <c r="E83" t="s">
+        <v>44</v>
+      </c>
+      <c r="F83" t="s">
+        <v>96</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H83" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>291</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>292</v>
+      </c>
+      <c r="D84" t="s">
+        <v>43</v>
+      </c>
+      <c r="E84" t="s">
+        <v>44</v>
+      </c>
+      <c r="F84" t="s">
+        <v>96</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H84" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>295</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>296</v>
+      </c>
+      <c r="D85" t="s">
+        <v>43</v>
+      </c>
+      <c r="E85" t="s">
+        <v>44</v>
+      </c>
+      <c r="F85" t="s">
+        <v>115</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H85" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>299</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>300</v>
+      </c>
+      <c r="D86" t="s">
+        <v>43</v>
+      </c>
+      <c r="E86" t="s">
+        <v>44</v>
+      </c>
+      <c r="F86" t="s">
+        <v>149</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H86" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>303</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>304</v>
+      </c>
+      <c r="D87" t="s">
+        <v>43</v>
+      </c>
+      <c r="E87" t="s">
+        <v>44</v>
+      </c>
+      <c r="F87" t="s">
+        <v>149</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H87" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>307</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>308</v>
+      </c>
+      <c r="D88" t="s">
+        <v>43</v>
+      </c>
+      <c r="E88" t="s">
+        <v>44</v>
+      </c>
+      <c r="F88" t="s">
+        <v>149</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H88" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>311</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>312</v>
+      </c>
+      <c r="D89" t="s">
+        <v>43</v>
+      </c>
+      <c r="E89" t="s">
+        <v>44</v>
+      </c>
+      <c r="F89" t="s">
+        <v>149</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H89" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>315</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>316</v>
+      </c>
+      <c r="D90" t="s">
+        <v>43</v>
+      </c>
+      <c r="E90" t="s">
+        <v>44</v>
+      </c>
+      <c r="F90" t="s">
+        <v>149</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H90" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>319</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>320</v>
+      </c>
+      <c r="D91" t="s">
+        <v>43</v>
+      </c>
+      <c r="E91" t="s">
+        <v>44</v>
+      </c>
+      <c r="F91" t="s">
+        <v>149</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H91" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>323</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>324</v>
+      </c>
+      <c r="D92" t="s">
+        <v>43</v>
+      </c>
+      <c r="E92" t="s">
+        <v>44</v>
+      </c>
+      <c r="F92" t="s">
+        <v>168</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H92" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>327</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>328</v>
+      </c>
+      <c r="D93" t="s">
+        <v>43</v>
+      </c>
+      <c r="E93" t="s">
+        <v>44</v>
+      </c>
+      <c r="F93" t="s">
+        <v>168</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H93" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>331</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>332</v>
+      </c>
+      <c r="D94" t="s">
+        <v>43</v>
+      </c>
+      <c r="E94" t="s">
+        <v>44</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H94" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>335</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>336</v>
+      </c>
+      <c r="D95" t="s">
+        <v>43</v>
+      </c>
+      <c r="E95" t="s">
+        <v>44</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H95" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>339</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>340</v>
+      </c>
+      <c r="D96" t="s">
+        <v>43</v>
+      </c>
+      <c r="E96" t="s">
+        <v>44</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H96" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>343</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>344</v>
+      </c>
+      <c r="D97" t="s">
+        <v>43</v>
+      </c>
+      <c r="E97" t="s">
+        <v>44</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H97" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>347</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>348</v>
+      </c>
+      <c r="D98" t="s">
+        <v>43</v>
+      </c>
+      <c r="E98" t="s">
+        <v>44</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H98" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>351</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>352</v>
+      </c>
+      <c r="D99" t="s">
+        <v>43</v>
+      </c>
+      <c r="E99" t="s">
+        <v>44</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="H99" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>355</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>356</v>
+      </c>
+      <c r="D100" t="s">
+        <v>43</v>
+      </c>
+      <c r="E100" t="s">
+        <v>44</v>
+      </c>
+      <c r="F100" t="s">
+        <v>187</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H100" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>359</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>360</v>
+      </c>
+      <c r="D101" t="s">
+        <v>43</v>
+      </c>
+      <c r="E101" t="s">
+        <v>44</v>
+      </c>
+      <c r="F101" t="s">
+        <v>187</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H101" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>363</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>364</v>
+      </c>
+      <c r="D102" t="s">
+        <v>43</v>
+      </c>
+      <c r="E102" t="s">
+        <v>44</v>
+      </c>
+      <c r="F102" t="s">
+        <v>187</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H102" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>367</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>368</v>
+      </c>
+      <c r="D103" t="s">
+        <v>43</v>
+      </c>
+      <c r="E103" t="s">
+        <v>44</v>
+      </c>
+      <c r="F103" t="s">
+        <v>206</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H103" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>371</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>372</v>
+      </c>
+      <c r="D104" t="s">
+        <v>43</v>
+      </c>
+      <c r="E104" t="s">
+        <v>44</v>
+      </c>
+      <c r="F104" t="s">
+        <v>206</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H104" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>375</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>376</v>
+      </c>
+      <c r="D105" t="s">
+        <v>43</v>
+      </c>
+      <c r="E105" t="s">
+        <v>44</v>
+      </c>
+      <c r="F105" t="s">
+        <v>206</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H105" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>379</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>380</v>
+      </c>
+      <c r="D106" t="s">
+        <v>43</v>
+      </c>
+      <c r="E106" t="s">
+        <v>44</v>
+      </c>
+      <c r="F106" t="s">
+        <v>206</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H106" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>383</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>384</v>
+      </c>
+      <c r="D107" t="s">
+        <v>43</v>
+      </c>
+      <c r="E107" t="s">
+        <v>44</v>
+      </c>
+      <c r="F107" t="s">
+        <v>128</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H107" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>387</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>388</v>
+      </c>
+      <c r="D108" t="s">
+        <v>43</v>
+      </c>
+      <c r="E108" t="s">
+        <v>44</v>
+      </c>
+      <c r="F108" t="s">
+        <v>128</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>389</v>
+      </c>
+      <c r="H108" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>391</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>392</v>
+      </c>
+      <c r="D109" t="s">
+        <v>43</v>
+      </c>
+      <c r="E109" t="s">
+        <v>44</v>
+      </c>
+      <c r="F109" t="s">
+        <v>128</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H109" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>395</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>396</v>
+      </c>
+      <c r="D110" t="s">
+        <v>43</v>
+      </c>
+      <c r="E110" t="s">
+        <v>44</v>
+      </c>
+      <c r="F110" t="s">
+        <v>138</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H110" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>399</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>400</v>
+      </c>
+      <c r="D111" t="s">
+        <v>43</v>
+      </c>
+      <c r="E111" t="s">
+        <v>44</v>
+      </c>
+      <c r="F111" t="s">
+        <v>138</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H111" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>403</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>404</v>
+      </c>
+      <c r="D112" t="s">
+        <v>43</v>
+      </c>
+      <c r="E112" t="s">
+        <v>44</v>
+      </c>
+      <c r="F112" t="s">
+        <v>138</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H112" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>407</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>408</v>
+      </c>
+      <c r="D113" t="s">
+        <v>43</v>
+      </c>
+      <c r="E113" t="s">
+        <v>44</v>
+      </c>
+      <c r="F113" t="s">
+        <v>45</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H113" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>411</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>412</v>
+      </c>
+      <c r="D114" t="s">
+        <v>43</v>
+      </c>
+      <c r="E114" t="s">
+        <v>44</v>
+      </c>
+      <c r="F114" t="s">
+        <v>45</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H114" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>415</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>416</v>
+      </c>
+      <c r="D115" t="s">
+        <v>43</v>
+      </c>
+      <c r="E115" t="s">
+        <v>44</v>
+      </c>
+      <c r="F115" t="s">
+        <v>45</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H115" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>419</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>420</v>
+      </c>
+      <c r="D116" t="s">
+        <v>43</v>
+      </c>
+      <c r="E116" t="s">
+        <v>44</v>
+      </c>
+      <c r="F116" t="s">
+        <v>45</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>421</v>
+      </c>
+      <c r="H116" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>423</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>424</v>
+      </c>
+      <c r="D117" t="s">
+        <v>43</v>
+      </c>
+      <c r="E117" t="s">
+        <v>44</v>
+      </c>
+      <c r="F117" t="s">
+        <v>45</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H117" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>427</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>428</v>
+      </c>
+      <c r="D118" t="s">
+        <v>43</v>
+      </c>
+      <c r="E118" t="s">
+        <v>44</v>
+      </c>
+      <c r="F118" t="s">
+        <v>45</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H118" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>431</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>432</v>
+      </c>
+      <c r="D119" t="s">
+        <v>43</v>
+      </c>
+      <c r="E119" t="s">
+        <v>44</v>
+      </c>
+      <c r="F119" t="s">
+        <v>58</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>433</v>
+      </c>
+      <c r="H119" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>435</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>436</v>
+      </c>
+      <c r="D120" t="s">
+        <v>43</v>
+      </c>
+      <c r="E120" t="s">
+        <v>44</v>
+      </c>
+      <c r="F120" t="s">
+        <v>58</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="H120" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>439</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>440</v>
+      </c>
+      <c r="D121" t="s">
+        <v>43</v>
+      </c>
+      <c r="E121" t="s">
+        <v>44</v>
+      </c>
+      <c r="F121" t="s">
+        <v>58</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H121" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>443</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>444</v>
+      </c>
+      <c r="D122" t="s">
+        <v>43</v>
+      </c>
+      <c r="E122" t="s">
+        <v>44</v>
+      </c>
+      <c r="F122" t="s">
+        <v>58</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>445</v>
+      </c>
+      <c r="H122" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>447</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>448</v>
+      </c>
+      <c r="D123" t="s">
+        <v>43</v>
+      </c>
+      <c r="E123" t="s">
+        <v>44</v>
+      </c>
+      <c r="F123" t="s">
+        <v>58</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H123" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>451</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>452</v>
+      </c>
+      <c r="D124" t="s">
+        <v>43</v>
+      </c>
+      <c r="E124" t="s">
+        <v>44</v>
+      </c>
+      <c r="F124" t="s">
+        <v>58</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H124" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>455</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>456</v>
+      </c>
+      <c r="D125" t="s">
+        <v>43</v>
+      </c>
+      <c r="E125" t="s">
+        <v>44</v>
+      </c>
+      <c r="F125" t="s">
+        <v>77</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>457</v>
+      </c>
+      <c r="H125" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>459</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>460</v>
+      </c>
+      <c r="D126" t="s">
+        <v>43</v>
+      </c>
+      <c r="E126" t="s">
+        <v>44</v>
+      </c>
+      <c r="F126" t="s">
+        <v>77</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H126" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>463</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>464</v>
+      </c>
+      <c r="D127" t="s">
+        <v>43</v>
+      </c>
+      <c r="E127" t="s">
+        <v>44</v>
+      </c>
+      <c r="F127" t="s">
+        <v>77</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>465</v>
+      </c>
+      <c r="H127" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>467</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>468</v>
+      </c>
+      <c r="D128" t="s">
+        <v>43</v>
+      </c>
+      <c r="E128" t="s">
+        <v>44</v>
+      </c>
+      <c r="F128" t="s">
+        <v>96</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H128" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>471</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>472</v>
+      </c>
+      <c r="D129" t="s">
+        <v>43</v>
+      </c>
+      <c r="E129" t="s">
+        <v>44</v>
+      </c>
+      <c r="F129" t="s">
+        <v>96</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="H129" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>475</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>476</v>
+      </c>
+      <c r="D130" t="s">
+        <v>43</v>
+      </c>
+      <c r="E130" t="s">
+        <v>44</v>
+      </c>
+      <c r="F130" t="s">
+        <v>96</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="H130" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>479</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>480</v>
+      </c>
+      <c r="D131" t="s">
+        <v>43</v>
+      </c>
+      <c r="E131" t="s">
+        <v>44</v>
+      </c>
+      <c r="F131" t="s">
+        <v>96</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H131" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>483</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>484</v>
+      </c>
+      <c r="D132" t="s">
+        <v>43</v>
+      </c>
+      <c r="E132" t="s">
+        <v>44</v>
+      </c>
+      <c r="F132" t="s">
+        <v>96</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="H132" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>487</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>488</v>
+      </c>
+      <c r="D133" t="s">
+        <v>43</v>
+      </c>
+      <c r="E133" t="s">
+        <v>44</v>
+      </c>
+      <c r="F133" t="s">
+        <v>96</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="H133" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>491</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>492</v>
+      </c>
+      <c r="D134" t="s">
+        <v>43</v>
+      </c>
+      <c r="E134" t="s">
+        <v>44</v>
+      </c>
+      <c r="F134" t="s">
+        <v>115</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H134" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>495</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>496</v>
+      </c>
+      <c r="D135" t="s">
+        <v>43</v>
+      </c>
+      <c r="E135" t="s">
+        <v>44</v>
+      </c>
+      <c r="F135" t="s">
+        <v>115</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="H135" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>499</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>500</v>
+      </c>
+      <c r="D136" t="s">
+        <v>43</v>
+      </c>
+      <c r="E136" t="s">
+        <v>44</v>
+      </c>
+      <c r="F136" t="s">
+        <v>115</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="H136" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>503</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>504</v>
+      </c>
+      <c r="D137" t="s">
+        <v>43</v>
+      </c>
+      <c r="E137" t="s">
+        <v>44</v>
+      </c>
+      <c r="F137" t="s">
+        <v>115</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H137" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>507</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>508</v>
+      </c>
+      <c r="D138" t="s">
+        <v>43</v>
+      </c>
+      <c r="E138" t="s">
+        <v>44</v>
+      </c>
+      <c r="F138" t="s">
+        <v>149</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H138" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>511</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>512</v>
+      </c>
+      <c r="D139" t="s">
+        <v>43</v>
+      </c>
+      <c r="E139" t="s">
+        <v>44</v>
+      </c>
+      <c r="F139" t="s">
+        <v>149</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H139" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>515</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>516</v>
+      </c>
+      <c r="D140" t="s">
+        <v>43</v>
+      </c>
+      <c r="E140" t="s">
+        <v>44</v>
+      </c>
+      <c r="F140" t="s">
+        <v>149</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H140" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>519</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>520</v>
+      </c>
+      <c r="D141" t="s">
+        <v>43</v>
+      </c>
+      <c r="E141" t="s">
+        <v>44</v>
+      </c>
+      <c r="F141" t="s">
+        <v>149</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="H141" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>523</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>524</v>
+      </c>
+      <c r="D142" t="s">
+        <v>43</v>
+      </c>
+      <c r="E142" t="s">
+        <v>44</v>
+      </c>
+      <c r="F142" t="s">
+        <v>149</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H142" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>527</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>528</v>
+      </c>
+      <c r="D143" t="s">
+        <v>43</v>
+      </c>
+      <c r="E143" t="s">
+        <v>44</v>
+      </c>
+      <c r="F143" t="s">
+        <v>149</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H143" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>531</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>532</v>
+      </c>
+      <c r="D144" t="s">
+        <v>43</v>
+      </c>
+      <c r="E144" t="s">
+        <v>44</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H144" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>535</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>536</v>
+      </c>
+      <c r="D145" t="s">
+        <v>43</v>
+      </c>
+      <c r="E145" t="s">
+        <v>44</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H145" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>539</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>540</v>
+      </c>
+      <c r="D146" t="s">
+        <v>43</v>
+      </c>
+      <c r="E146" t="s">
+        <v>44</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H146" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>543</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>544</v>
+      </c>
+      <c r="D147" t="s">
+        <v>43</v>
+      </c>
+      <c r="E147" t="s">
+        <v>44</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="H147" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>547</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>548</v>
+      </c>
+      <c r="D148" t="s">
+        <v>43</v>
+      </c>
+      <c r="E148" t="s">
+        <v>44</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="H148" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>551</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>552</v>
+      </c>
+      <c r="D149" t="s">
+        <v>43</v>
+      </c>
+      <c r="E149" t="s">
+        <v>44</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="H149" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>555</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>556</v>
+      </c>
+      <c r="D150" t="s">
+        <v>43</v>
+      </c>
+      <c r="E150" t="s">
+        <v>44</v>
+      </c>
+      <c r="F150" t="s">
+        <v>187</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="H150" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>559</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>560</v>
+      </c>
+      <c r="D151" t="s">
+        <v>43</v>
+      </c>
+      <c r="E151" t="s">
+        <v>44</v>
+      </c>
+      <c r="F151" t="s">
+        <v>187</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="H151" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>563</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>564</v>
+      </c>
+      <c r="D152" t="s">
+        <v>43</v>
+      </c>
+      <c r="E152" t="s">
+        <v>44</v>
+      </c>
+      <c r="F152" t="s">
+        <v>206</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="H152" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>567</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>568</v>
+      </c>
+      <c r="D153" t="s">
+        <v>43</v>
+      </c>
+      <c r="E153" t="s">
+        <v>44</v>
+      </c>
+      <c r="F153" t="s">
+        <v>128</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="H153" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>571</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>572</v>
+      </c>
+      <c r="D154" t="s">
+        <v>43</v>
+      </c>
+      <c r="E154" t="s">
+        <v>44</v>
+      </c>
+      <c r="F154" t="s">
+        <v>128</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H154" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>575</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>576</v>
+      </c>
+      <c r="D155" t="s">
+        <v>43</v>
+      </c>
+      <c r="E155" t="s">
+        <v>44</v>
+      </c>
+      <c r="F155" t="s">
+        <v>128</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="H155" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>579</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>580</v>
+      </c>
+      <c r="D156" t="s">
+        <v>43</v>
+      </c>
+      <c r="E156" t="s">
+        <v>44</v>
+      </c>
+      <c r="F156" t="s">
+        <v>138</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="H156" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>583</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>584</v>
+      </c>
+      <c r="D157" t="s">
+        <v>43</v>
+      </c>
+      <c r="E157" t="s">
+        <v>44</v>
+      </c>
+      <c r="F157" t="s">
+        <v>138</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="H157" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>587</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>588</v>
+      </c>
+      <c r="D158" t="s">
+        <v>43</v>
+      </c>
+      <c r="E158" t="s">
+        <v>44</v>
+      </c>
+      <c r="F158" t="s">
+        <v>138</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H158" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>591</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>592</v>
+      </c>
+      <c r="D159" t="s">
+        <v>43</v>
+      </c>
+      <c r="E159" t="s">
+        <v>44</v>
+      </c>
+      <c r="F159" t="s">
+        <v>45</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="H159" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>595</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>596</v>
+      </c>
+      <c r="D160" t="s">
+        <v>43</v>
+      </c>
+      <c r="E160" t="s">
+        <v>44</v>
+      </c>
+      <c r="F160" t="s">
+        <v>45</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="H160" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>599</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>600</v>
+      </c>
+      <c r="D161" t="s">
+        <v>43</v>
+      </c>
+      <c r="E161" t="s">
+        <v>44</v>
+      </c>
+      <c r="F161" t="s">
+        <v>45</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="H161" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>603</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>604</v>
+      </c>
+      <c r="D162" t="s">
+        <v>43</v>
+      </c>
+      <c r="E162" t="s">
+        <v>44</v>
+      </c>
+      <c r="F162" t="s">
+        <v>45</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="H162" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>607</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>608</v>
+      </c>
+      <c r="D163" t="s">
+        <v>43</v>
+      </c>
+      <c r="E163" t="s">
+        <v>44</v>
+      </c>
+      <c r="F163" t="s">
+        <v>45</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="H163" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>611</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>612</v>
+      </c>
+      <c r="D164" t="s">
+        <v>43</v>
+      </c>
+      <c r="E164" t="s">
+        <v>44</v>
+      </c>
+      <c r="F164" t="s">
+        <v>45</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="H164" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>615</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>616</v>
+      </c>
+      <c r="D165" t="s">
+        <v>43</v>
+      </c>
+      <c r="E165" t="s">
+        <v>44</v>
+      </c>
+      <c r="F165" t="s">
+        <v>58</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="H165" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>619</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>620</v>
+      </c>
+      <c r="D166" t="s">
+        <v>43</v>
+      </c>
+      <c r="E166" t="s">
+        <v>44</v>
+      </c>
+      <c r="F166" t="s">
+        <v>58</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="H166" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>623</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>624</v>
+      </c>
+      <c r="D167" t="s">
+        <v>43</v>
+      </c>
+      <c r="E167" t="s">
+        <v>44</v>
+      </c>
+      <c r="F167" t="s">
+        <v>58</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="H167" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>627</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>628</v>
+      </c>
+      <c r="D168" t="s">
+        <v>43</v>
+      </c>
+      <c r="E168" t="s">
+        <v>44</v>
+      </c>
+      <c r="F168" t="s">
+        <v>58</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="H168" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>631</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>632</v>
+      </c>
+      <c r="D169" t="s">
+        <v>43</v>
+      </c>
+      <c r="E169" t="s">
+        <v>44</v>
+      </c>
+      <c r="F169" t="s">
+        <v>58</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H169" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>635</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>636</v>
+      </c>
+      <c r="D170" t="s">
+        <v>43</v>
+      </c>
+      <c r="E170" t="s">
+        <v>44</v>
+      </c>
+      <c r="F170" t="s">
+        <v>58</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="H170" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>639</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>640</v>
+      </c>
+      <c r="D171" t="s">
+        <v>43</v>
+      </c>
+      <c r="E171" t="s">
+        <v>44</v>
+      </c>
+      <c r="F171" t="s">
+        <v>77</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="H171" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>643</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>644</v>
+      </c>
+      <c r="D172" t="s">
+        <v>43</v>
+      </c>
+      <c r="E172" t="s">
+        <v>44</v>
+      </c>
+      <c r="F172" t="s">
+        <v>77</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="H172" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>647</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>648</v>
+      </c>
+      <c r="D173" t="s">
+        <v>43</v>
+      </c>
+      <c r="E173" t="s">
+        <v>44</v>
+      </c>
+      <c r="F173" t="s">
+        <v>77</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H173" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>651</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>652</v>
+      </c>
+      <c r="D174" t="s">
+        <v>43</v>
+      </c>
+      <c r="E174" t="s">
+        <v>44</v>
+      </c>
+      <c r="F174" t="s">
+        <v>77</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="H174" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>655</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>656</v>
+      </c>
+      <c r="D175" t="s">
+        <v>43</v>
+      </c>
+      <c r="E175" t="s">
+        <v>44</v>
+      </c>
+      <c r="F175" t="s">
+        <v>77</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="H175" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>659</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>660</v>
+      </c>
+      <c r="D176" t="s">
+        <v>43</v>
+      </c>
+      <c r="E176" t="s">
+        <v>44</v>
+      </c>
+      <c r="F176" t="s">
+        <v>77</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H176" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>663</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>664</v>
+      </c>
+      <c r="D177" t="s">
+        <v>43</v>
+      </c>
+      <c r="E177" t="s">
+        <v>44</v>
+      </c>
+      <c r="F177" t="s">
+        <v>96</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="H177" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>667</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>668</v>
+      </c>
+      <c r="D178" t="s">
+        <v>43</v>
+      </c>
+      <c r="E178" t="s">
+        <v>44</v>
+      </c>
+      <c r="F178" t="s">
+        <v>96</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="H178" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>671</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>672</v>
+      </c>
+      <c r="D179" t="s">
+        <v>43</v>
+      </c>
+      <c r="E179" t="s">
+        <v>44</v>
+      </c>
+      <c r="F179" t="s">
+        <v>96</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H179" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>675</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>676</v>
+      </c>
+      <c r="D180" t="s">
+        <v>43</v>
+      </c>
+      <c r="E180" t="s">
+        <v>44</v>
+      </c>
+      <c r="F180" t="s">
+        <v>96</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="H180" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>679</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>680</v>
+      </c>
+      <c r="D181" t="s">
+        <v>43</v>
+      </c>
+      <c r="E181" t="s">
+        <v>44</v>
+      </c>
+      <c r="F181" t="s">
+        <v>96</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="H181" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>683</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>684</v>
+      </c>
+      <c r="D182" t="s">
+        <v>43</v>
+      </c>
+      <c r="E182" t="s">
+        <v>44</v>
+      </c>
+      <c r="F182" t="s">
+        <v>96</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H182" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>687</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>688</v>
+      </c>
+      <c r="D183" t="s">
+        <v>43</v>
+      </c>
+      <c r="E183" t="s">
+        <v>44</v>
+      </c>
+      <c r="F183" t="s">
+        <v>149</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="H183" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>691</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>692</v>
+      </c>
+      <c r="D184" t="s">
+        <v>43</v>
+      </c>
+      <c r="E184" t="s">
+        <v>44</v>
+      </c>
+      <c r="F184" t="s">
+        <v>149</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H184" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>695</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>696</v>
+      </c>
+      <c r="D185" t="s">
+        <v>43</v>
+      </c>
+      <c r="E185" t="s">
+        <v>44</v>
+      </c>
+      <c r="F185" t="s">
+        <v>149</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H185" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>699</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>700</v>
+      </c>
+      <c r="D186" t="s">
+        <v>43</v>
+      </c>
+      <c r="E186" t="s">
+        <v>44</v>
+      </c>
+      <c r="F186" t="s">
+        <v>149</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H186" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>703</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>704</v>
+      </c>
+      <c r="D187" t="s">
+        <v>43</v>
+      </c>
+      <c r="E187" t="s">
+        <v>44</v>
+      </c>
+      <c r="F187" t="s">
+        <v>149</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H187" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>707</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>708</v>
+      </c>
+      <c r="D188" t="s">
+        <v>43</v>
+      </c>
+      <c r="E188" t="s">
+        <v>44</v>
+      </c>
+      <c r="F188" t="s">
+        <v>149</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H188" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>711</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>712</v>
+      </c>
+      <c r="D189" t="s">
+        <v>43</v>
+      </c>
+      <c r="E189" t="s">
+        <v>44</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H189" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>715</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>716</v>
+      </c>
+      <c r="D190" t="s">
+        <v>43</v>
+      </c>
+      <c r="E190" t="s">
+        <v>44</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H190" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>719</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>720</v>
+      </c>
+      <c r="D191" t="s">
+        <v>43</v>
+      </c>
+      <c r="E191" t="s">
+        <v>44</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H191" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>723</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>724</v>
+      </c>
+      <c r="D192" t="s">
+        <v>43</v>
+      </c>
+      <c r="E192" t="s">
+        <v>44</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H192" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>727</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>728</v>
+      </c>
+      <c r="D193" t="s">
+        <v>43</v>
+      </c>
+      <c r="E193" t="s">
+        <v>44</v>
+      </c>
+      <c r="F193" t="s">
+        <v>187</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="H193" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>731</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>732</v>
+      </c>
+      <c r="D194" t="s">
+        <v>43</v>
+      </c>
+      <c r="E194" t="s">
+        <v>44</v>
+      </c>
+      <c r="F194" t="s">
+        <v>187</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H194" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>735</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>736</v>
+      </c>
+      <c r="D195" t="s">
+        <v>43</v>
+      </c>
+      <c r="E195" t="s">
+        <v>44</v>
+      </c>
+      <c r="F195" t="s">
+        <v>187</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H195" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>739</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>740</v>
+      </c>
+      <c r="D196" t="s">
+        <v>43</v>
+      </c>
+      <c r="E196" t="s">
+        <v>44</v>
+      </c>
+      <c r="F196" t="s">
+        <v>187</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H196" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>743</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>744</v>
+      </c>
+      <c r="D197" t="s">
+        <v>43</v>
+      </c>
+      <c r="E197" t="s">
+        <v>44</v>
+      </c>
+      <c r="F197" t="s">
+        <v>206</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H197" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>747</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>748</v>
+      </c>
+      <c r="D198" t="s">
+        <v>43</v>
+      </c>
+      <c r="E198" t="s">
+        <v>44</v>
+      </c>
+      <c r="F198" t="s">
+        <v>206</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H198" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>751</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>752</v>
+      </c>
+      <c r="D199" t="s">
+        <v>43</v>
+      </c>
+      <c r="E199" t="s">
+        <v>44</v>
+      </c>
+      <c r="F199" t="s">
+        <v>128</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H199" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>755</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>756</v>
+      </c>
+      <c r="D200" t="s">
+        <v>43</v>
+      </c>
+      <c r="E200" t="s">
+        <v>44</v>
+      </c>
+      <c r="F200" t="s">
+        <v>128</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H200" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>759</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>760</v>
+      </c>
+      <c r="D201" t="s">
+        <v>43</v>
+      </c>
+      <c r="E201" t="s">
+        <v>44</v>
+      </c>
+      <c r="F201" t="s">
+        <v>128</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H201" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>763</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>764</v>
+      </c>
+      <c r="D202" t="s">
+        <v>43</v>
+      </c>
+      <c r="E202" t="s">
+        <v>44</v>
+      </c>
+      <c r="F202" t="s">
+        <v>138</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H202" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>767</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>768</v>
+      </c>
+      <c r="D203" t="s">
+        <v>43</v>
+      </c>
+      <c r="E203" t="s">
+        <v>44</v>
+      </c>
+      <c r="F203" t="s">
+        <v>138</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H203" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>771</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>772</v>
+      </c>
+      <c r="D204" t="s">
+        <v>43</v>
+      </c>
+      <c r="E204" t="s">
+        <v>44</v>
+      </c>
+      <c r="F204" t="s">
+        <v>138</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H204" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>775</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>776</v>
+      </c>
+      <c r="D205" t="s">
+        <v>43</v>
+      </c>
+      <c r="E205" t="s">
+        <v>44</v>
+      </c>
+      <c r="F205" t="s">
+        <v>45</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H205" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>778</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>779</v>
+      </c>
+      <c r="D206" t="s">
+        <v>43</v>
+      </c>
+      <c r="E206" t="s">
+        <v>44</v>
+      </c>
+      <c r="F206" t="s">
+        <v>45</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H206" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>781</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>782</v>
+      </c>
+      <c r="D207" t="s">
+        <v>43</v>
+      </c>
+      <c r="E207" t="s">
+        <v>44</v>
+      </c>
+      <c r="F207" t="s">
+        <v>45</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H207" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>784</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>785</v>
+      </c>
+      <c r="D208" t="s">
+        <v>43</v>
+      </c>
+      <c r="E208" t="s">
+        <v>44</v>
+      </c>
+      <c r="F208" t="s">
+        <v>45</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H208" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>787</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>788</v>
+      </c>
+      <c r="D209" t="s">
+        <v>43</v>
+      </c>
+      <c r="E209" t="s">
+        <v>44</v>
+      </c>
+      <c r="F209" t="s">
+        <v>45</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H209" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>790</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>791</v>
+      </c>
+      <c r="D210" t="s">
+        <v>43</v>
+      </c>
+      <c r="E210" t="s">
+        <v>44</v>
+      </c>
+      <c r="F210" t="s">
+        <v>45</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H210" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>793</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>794</v>
+      </c>
+      <c r="D211" t="s">
+        <v>43</v>
+      </c>
+      <c r="E211" t="s">
+        <v>44</v>
+      </c>
+      <c r="F211" t="s">
+        <v>58</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H211" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>796</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>797</v>
+      </c>
+      <c r="D212" t="s">
+        <v>43</v>
+      </c>
+      <c r="E212" t="s">
+        <v>44</v>
+      </c>
+      <c r="F212" t="s">
+        <v>58</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H212" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>799</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>800</v>
+      </c>
+      <c r="D213" t="s">
+        <v>43</v>
+      </c>
+      <c r="E213" t="s">
+        <v>44</v>
+      </c>
+      <c r="F213" t="s">
+        <v>58</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H213" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>802</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>803</v>
+      </c>
+      <c r="D214" t="s">
+        <v>43</v>
+      </c>
+      <c r="E214" t="s">
+        <v>44</v>
+      </c>
+      <c r="F214" t="s">
+        <v>58</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H214" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>805</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>806</v>
+      </c>
+      <c r="D215" t="s">
+        <v>43</v>
+      </c>
+      <c r="E215" t="s">
+        <v>44</v>
+      </c>
+      <c r="F215" t="s">
+        <v>58</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H215" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>808</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>809</v>
+      </c>
+      <c r="D216" t="s">
+        <v>43</v>
+      </c>
+      <c r="E216" t="s">
+        <v>44</v>
+      </c>
+      <c r="F216" t="s">
+        <v>58</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H216" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>811</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>812</v>
+      </c>
+      <c r="D217" t="s">
+        <v>43</v>
+      </c>
+      <c r="E217" t="s">
+        <v>44</v>
+      </c>
+      <c r="F217" t="s">
+        <v>77</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H217" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>814</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>815</v>
+      </c>
+      <c r="D218" t="s">
+        <v>43</v>
+      </c>
+      <c r="E218" t="s">
+        <v>44</v>
+      </c>
+      <c r="F218" t="s">
+        <v>77</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H218" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>817</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>818</v>
+      </c>
+      <c r="D219" t="s">
+        <v>43</v>
+      </c>
+      <c r="E219" t="s">
+        <v>44</v>
+      </c>
+      <c r="F219" t="s">
+        <v>77</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H219" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>820</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>821</v>
+      </c>
+      <c r="D220" t="s">
+        <v>43</v>
+      </c>
+      <c r="E220" t="s">
+        <v>44</v>
+      </c>
+      <c r="F220" t="s">
+        <v>96</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H220" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>823</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>824</v>
+      </c>
+      <c r="D221" t="s">
+        <v>43</v>
+      </c>
+      <c r="E221" t="s">
+        <v>44</v>
+      </c>
+      <c r="F221" t="s">
+        <v>96</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H221" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>826</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>827</v>
+      </c>
+      <c r="D222" t="s">
+        <v>43</v>
+      </c>
+      <c r="E222" t="s">
+        <v>44</v>
+      </c>
+      <c r="F222" t="s">
+        <v>96</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H222" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>829</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>830</v>
+      </c>
+      <c r="D223" t="s">
+        <v>43</v>
+      </c>
+      <c r="E223" t="s">
+        <v>44</v>
+      </c>
+      <c r="F223" t="s">
+        <v>96</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H223" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>832</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>833</v>
+      </c>
+      <c r="D224" t="s">
+        <v>43</v>
+      </c>
+      <c r="E224" t="s">
+        <v>44</v>
+      </c>
+      <c r="F224" t="s">
+        <v>96</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H224" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>835</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>836</v>
+      </c>
+      <c r="D225" t="s">
+        <v>43</v>
+      </c>
+      <c r="E225" t="s">
+        <v>44</v>
+      </c>
+      <c r="F225" t="s">
+        <v>96</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H225" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>838</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>839</v>
+      </c>
+      <c r="D226" t="s">
+        <v>43</v>
+      </c>
+      <c r="E226" t="s">
+        <v>44</v>
+      </c>
+      <c r="F226" t="s">
+        <v>149</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H226" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>841</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>842</v>
+      </c>
+      <c r="D227" t="s">
+        <v>43</v>
+      </c>
+      <c r="E227" t="s">
+        <v>44</v>
+      </c>
+      <c r="F227" t="s">
+        <v>149</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H227" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>844</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>845</v>
+      </c>
+      <c r="D228" t="s">
+        <v>43</v>
+      </c>
+      <c r="E228" t="s">
+        <v>44</v>
+      </c>
+      <c r="F228" t="s">
+        <v>149</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H228" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>847</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>848</v>
+      </c>
+      <c r="D229" t="s">
+        <v>43</v>
+      </c>
+      <c r="E229" t="s">
+        <v>44</v>
+      </c>
+      <c r="F229" t="s">
+        <v>149</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H229" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>850</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>851</v>
+      </c>
+      <c r="D230" t="s">
+        <v>43</v>
+      </c>
+      <c r="E230" t="s">
+        <v>44</v>
+      </c>
+      <c r="F230" t="s">
+        <v>149</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H230" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>853</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>854</v>
+      </c>
+      <c r="D231" t="s">
+        <v>43</v>
+      </c>
+      <c r="E231" t="s">
+        <v>44</v>
+      </c>
+      <c r="F231" t="s">
+        <v>149</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H231" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>856</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>857</v>
+      </c>
+      <c r="D232" t="s">
+        <v>43</v>
+      </c>
+      <c r="E232" t="s">
+        <v>44</v>
+      </c>
+      <c r="F232" t="s">
+        <v>13</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H232" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>859</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>860</v>
+      </c>
+      <c r="D233" t="s">
+        <v>43</v>
+      </c>
+      <c r="E233" t="s">
+        <v>44</v>
+      </c>
+      <c r="F233" t="s">
+        <v>13</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H233" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>862</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>863</v>
+      </c>
+      <c r="D234" t="s">
+        <v>43</v>
+      </c>
+      <c r="E234" t="s">
+        <v>44</v>
+      </c>
+      <c r="F234" t="s">
+        <v>13</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H234" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>865</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>866</v>
+      </c>
+      <c r="D235" t="s">
+        <v>43</v>
+      </c>
+      <c r="E235" t="s">
+        <v>44</v>
+      </c>
+      <c r="F235" t="s">
+        <v>13</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H235" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>868</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>869</v>
+      </c>
+      <c r="D236" t="s">
+        <v>43</v>
+      </c>
+      <c r="E236" t="s">
+        <v>44</v>
+      </c>
+      <c r="F236" t="s">
+        <v>13</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H236" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>871</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>872</v>
+      </c>
+      <c r="D237" t="s">
+        <v>43</v>
+      </c>
+      <c r="E237" t="s">
+        <v>44</v>
+      </c>
+      <c r="F237" t="s">
+        <v>13</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H237" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>874</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>875</v>
+      </c>
+      <c r="D238" t="s">
+        <v>43</v>
+      </c>
+      <c r="E238" t="s">
+        <v>44</v>
+      </c>
+      <c r="F238" t="s">
+        <v>187</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H238" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>877</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>878</v>
+      </c>
+      <c r="D239" t="s">
+        <v>43</v>
+      </c>
+      <c r="E239" t="s">
+        <v>44</v>
+      </c>
+      <c r="F239" t="s">
+        <v>187</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H239" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>880</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>881</v>
+      </c>
+      <c r="D240" t="s">
+        <v>43</v>
+      </c>
+      <c r="E240" t="s">
+        <v>44</v>
+      </c>
+      <c r="F240" t="s">
+        <v>206</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H240" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>883</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>884</v>
+      </c>
+      <c r="D241" t="s">
+        <v>43</v>
+      </c>
+      <c r="E241" t="s">
+        <v>44</v>
+      </c>
+      <c r="F241" t="s">
+        <v>206</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H241" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>886</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>887</v>
+      </c>
+      <c r="D242" t="s">
+        <v>43</v>
+      </c>
+      <c r="E242" t="s">
+        <v>44</v>
+      </c>
+      <c r="F242" t="s">
+        <v>128</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H242" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>889</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>890</v>
+      </c>
+      <c r="D243" t="s">
+        <v>43</v>
+      </c>
+      <c r="E243" t="s">
+        <v>44</v>
+      </c>
+      <c r="F243" t="s">
+        <v>128</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H243" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>892</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>893</v>
+      </c>
+      <c r="D244" t="s">
+        <v>43</v>
+      </c>
+      <c r="E244" t="s">
+        <v>44</v>
+      </c>
+      <c r="F244" t="s">
+        <v>128</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H244" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>895</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>896</v>
+      </c>
+      <c r="D245" t="s">
+        <v>43</v>
+      </c>
+      <c r="E245" t="s">
+        <v>44</v>
+      </c>
+      <c r="F245" t="s">
+        <v>138</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H245" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>898</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>899</v>
+      </c>
+      <c r="D246" t="s">
+        <v>43</v>
+      </c>
+      <c r="E246" t="s">
+        <v>44</v>
+      </c>
+      <c r="F246" t="s">
+        <v>138</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H246" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>901</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>902</v>
+      </c>
+      <c r="D247" t="s">
+        <v>43</v>
+      </c>
+      <c r="E247" t="s">
+        <v>44</v>
+      </c>
+      <c r="F247" t="s">
+        <v>138</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H247" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>904</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>905</v>
+      </c>
+      <c r="D248" t="s">
+        <v>43</v>
+      </c>
+      <c r="E248" t="s">
+        <v>44</v>
+      </c>
+      <c r="F248" t="s">
+        <v>45</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H248" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>907</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>908</v>
+      </c>
+      <c r="D249" t="s">
+        <v>43</v>
+      </c>
+      <c r="E249" t="s">
+        <v>44</v>
+      </c>
+      <c r="F249" t="s">
+        <v>45</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H249" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>910</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>911</v>
+      </c>
+      <c r="D250" t="s">
+        <v>43</v>
+      </c>
+      <c r="E250" t="s">
+        <v>44</v>
+      </c>
+      <c r="F250" t="s">
+        <v>45</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H250" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>913</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>914</v>
+      </c>
+      <c r="D251" t="s">
+        <v>43</v>
+      </c>
+      <c r="E251" t="s">
+        <v>44</v>
+      </c>
+      <c r="F251" t="s">
+        <v>45</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H251" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>916</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>917</v>
+      </c>
+      <c r="D252" t="s">
+        <v>43</v>
+      </c>
+      <c r="E252" t="s">
+        <v>44</v>
+      </c>
+      <c r="F252" t="s">
+        <v>45</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H252" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>919</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>920</v>
+      </c>
+      <c r="D253" t="s">
+        <v>43</v>
+      </c>
+      <c r="E253" t="s">
+        <v>44</v>
+      </c>
+      <c r="F253" t="s">
+        <v>45</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H253" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>922</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>923</v>
+      </c>
+      <c r="D254" t="s">
+        <v>43</v>
+      </c>
+      <c r="E254" t="s">
+        <v>44</v>
+      </c>
+      <c r="F254" t="s">
+        <v>58</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H254" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>925</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>926</v>
+      </c>
+      <c r="D255" t="s">
+        <v>43</v>
+      </c>
+      <c r="E255" t="s">
+        <v>44</v>
+      </c>
+      <c r="F255" t="s">
+        <v>58</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H255" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>928</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>929</v>
+      </c>
+      <c r="D256" t="s">
+        <v>43</v>
+      </c>
+      <c r="E256" t="s">
+        <v>44</v>
+      </c>
+      <c r="F256" t="s">
+        <v>58</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H256" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>931</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>932</v>
+      </c>
+      <c r="D257" t="s">
+        <v>43</v>
+      </c>
+      <c r="E257" t="s">
+        <v>44</v>
+      </c>
+      <c r="F257" t="s">
+        <v>58</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H257" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>934</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>935</v>
+      </c>
+      <c r="D258" t="s">
+        <v>43</v>
+      </c>
+      <c r="E258" t="s">
+        <v>44</v>
+      </c>
+      <c r="F258" t="s">
+        <v>77</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H258" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>937</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>938</v>
+      </c>
+      <c r="D259" t="s">
+        <v>43</v>
+      </c>
+      <c r="E259" t="s">
+        <v>44</v>
+      </c>
+      <c r="F259" t="s">
+        <v>77</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H259" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>940</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>941</v>
+      </c>
+      <c r="D260" t="s">
+        <v>43</v>
+      </c>
+      <c r="E260" t="s">
+        <v>44</v>
+      </c>
+      <c r="F260" t="s">
+        <v>77</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H260" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>943</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>944</v>
+      </c>
+      <c r="D261" t="s">
+        <v>43</v>
+      </c>
+      <c r="E261" t="s">
+        <v>44</v>
+      </c>
+      <c r="F261" t="s">
+        <v>96</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H261" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>946</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>947</v>
+      </c>
+      <c r="D262" t="s">
+        <v>43</v>
+      </c>
+      <c r="E262" t="s">
+        <v>44</v>
+      </c>
+      <c r="F262" t="s">
+        <v>96</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H262" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>949</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>950</v>
+      </c>
+      <c r="D263" t="s">
+        <v>43</v>
+      </c>
+      <c r="E263" t="s">
+        <v>44</v>
+      </c>
+      <c r="F263" t="s">
+        <v>96</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H263" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>952</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>953</v>
+      </c>
+      <c r="D264" t="s">
+        <v>43</v>
+      </c>
+      <c r="E264" t="s">
+        <v>44</v>
+      </c>
+      <c r="F264" t="s">
+        <v>96</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H264" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>955</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>956</v>
+      </c>
+      <c r="D265" t="s">
+        <v>43</v>
+      </c>
+      <c r="E265" t="s">
+        <v>44</v>
+      </c>
+      <c r="F265" t="s">
+        <v>96</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H265" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>958</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>959</v>
+      </c>
+      <c r="D266" t="s">
+        <v>43</v>
+      </c>
+      <c r="E266" t="s">
+        <v>44</v>
+      </c>
+      <c r="F266" t="s">
+        <v>149</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H266" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>961</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>962</v>
+      </c>
+      <c r="D267" t="s">
+        <v>43</v>
+      </c>
+      <c r="E267" t="s">
+        <v>44</v>
+      </c>
+      <c r="F267" t="s">
+        <v>149</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H267" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>964</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>965</v>
+      </c>
+      <c r="D268" t="s">
+        <v>43</v>
+      </c>
+      <c r="E268" t="s">
+        <v>44</v>
+      </c>
+      <c r="F268" t="s">
+        <v>149</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H268" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>967</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>968</v>
+      </c>
+      <c r="D269" t="s">
+        <v>43</v>
+      </c>
+      <c r="E269" t="s">
+        <v>44</v>
+      </c>
+      <c r="F269" t="s">
+        <v>13</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H269" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>970</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>971</v>
+      </c>
+      <c r="D270" t="s">
+        <v>43</v>
+      </c>
+      <c r="E270" t="s">
+        <v>44</v>
+      </c>
+      <c r="F270" t="s">
+        <v>13</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H270" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>973</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>974</v>
+      </c>
+      <c r="D271" t="s">
+        <v>43</v>
+      </c>
+      <c r="E271" t="s">
+        <v>44</v>
+      </c>
+      <c r="F271" t="s">
+        <v>13</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H271" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>976</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>977</v>
+      </c>
+      <c r="D272" t="s">
+        <v>43</v>
+      </c>
+      <c r="E272" t="s">
+        <v>44</v>
+      </c>
+      <c r="F272" t="s">
+        <v>13</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H272" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>979</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>980</v>
+      </c>
+      <c r="D273" t="s">
+        <v>43</v>
+      </c>
+      <c r="E273" t="s">
+        <v>44</v>
+      </c>
+      <c r="F273" t="s">
+        <v>13</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H273" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>982</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>983</v>
+      </c>
+      <c r="D274" t="s">
+        <v>43</v>
+      </c>
+      <c r="E274" t="s">
+        <v>44</v>
+      </c>
+      <c r="F274" t="s">
+        <v>13</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H274" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>985</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>986</v>
+      </c>
+      <c r="D275" t="s">
+        <v>43</v>
+      </c>
+      <c r="E275" t="s">
+        <v>44</v>
+      </c>
+      <c r="F275" t="s">
+        <v>206</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H275" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>988</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>989</v>
+      </c>
+      <c r="D276" t="s">
+        <v>43</v>
+      </c>
+      <c r="E276" t="s">
+        <v>44</v>
+      </c>
+      <c r="F276" t="s">
+        <v>128</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H276" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>991</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>992</v>
+      </c>
+      <c r="D277" t="s">
+        <v>43</v>
+      </c>
+      <c r="E277" t="s">
+        <v>44</v>
+      </c>
+      <c r="F277" t="s">
+        <v>128</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H277" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>994</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>995</v>
+      </c>
+      <c r="D278" t="s">
+        <v>43</v>
+      </c>
+      <c r="E278" t="s">
+        <v>44</v>
+      </c>
+      <c r="F278" t="s">
+        <v>128</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H278" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>997</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>998</v>
+      </c>
+      <c r="D279" t="s">
+        <v>43</v>
+      </c>
+      <c r="E279" t="s">
+        <v>44</v>
+      </c>
+      <c r="F279" t="s">
+        <v>138</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H279" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D280" t="s">
+        <v>43</v>
+      </c>
+      <c r="E280" t="s">
+        <v>44</v>
+      </c>
+      <c r="F280" t="s">
+        <v>138</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H280" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D281" t="s">
+        <v>43</v>
+      </c>
+      <c r="E281" t="s">
+        <v>44</v>
+      </c>
+      <c r="F281" t="s">
+        <v>138</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H281" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>10</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E282" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F282" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H282" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>17</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E283" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F283" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H283" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>21</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E284" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F284" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H284" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>25</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E285" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F285" t="s">
+        <v>30</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H285" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>29</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E286" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F286" t="s">
+        <v>30</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H286" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>34</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E287" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F287" t="s">
+        <v>30</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>38</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E288" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F288" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>61</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E289" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F289" t="s">
+        <v>1022</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1026</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>64</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E290" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F290" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>67</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E291" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F291" t="s">
+        <v>30</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1030</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>70</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E292" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F292" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1033</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>73</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E293" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F293" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>76</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E294" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F294" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>80</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E295" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F295" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1042</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>83</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E296" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F296" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>86</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F297" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>89</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F298" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>92</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E299" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F299" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1050</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>95</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F300" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>99</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E301" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F301" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1054</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>102</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E302" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F302" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>105</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E303" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F303" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>108</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E304" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F304" t="s">
+        <v>30</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>111</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E305" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F305" t="s">
+        <v>30</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1062</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>114</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E306" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F306" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>118</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E307" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F307" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>121</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E308" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F308" t="s">
+        <v>30</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>124</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E309" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F309" t="s">
+        <v>30</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1070</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>127</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E310" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F310" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>131</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E311" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F311" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>134</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E312" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F312" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>137</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F313" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>141</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F314" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>145</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F315" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>148</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F316" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>152</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F317" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>155</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F318" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>158</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F319" t="s">
+        <v>1009</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>161</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F320" t="s">
+        <v>1040</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>10</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F321" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>17</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F322" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>21</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F323" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1102</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>25</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F324" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>29</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F325" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>34</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F326" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>38</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F327" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>61</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1093</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F328" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>10</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F329" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>17</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F330" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>21</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F331" t="s">
+        <v>58</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>25</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F332" t="s">
+        <v>115</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>29</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F333" t="s">
+        <v>187</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>34</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F334" t="s">
+        <v>168</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>38</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F335" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>61</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F336" t="s">
+        <v>1095</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>10</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F337" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>10</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F338" t="s">
+        <v>138</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>17</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F339" t="s">
+        <v>128</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>21</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F340" t="s">
+        <v>128</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>25</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F341" t="s">
+        <v>128</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>29</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F342" t="s">
+        <v>128</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>34</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F343" t="s">
+        <v>128</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1168</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>38</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F344" t="s">
+        <v>13</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1170</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>61</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F345" t="s">
+        <v>13</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1172</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>64</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F346" t="s">
+        <v>13</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1174</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>67</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F347" t="s">
+        <v>13</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1176</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>70</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F348" t="s">
+        <v>13</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1178</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>73</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F349" t="s">
+        <v>13</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1180</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>76</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F350" t="s">
+        <v>128</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>80</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F351" t="s">
+        <v>138</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1184</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1186</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>83</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F352" t="s">
+        <v>138</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1189</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>86</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F353" t="s">
+        <v>187</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>89</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F354" t="s">
+        <v>187</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>92</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F355" t="s">
+        <v>187</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>95</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F356" t="s">
+        <v>187</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>99</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F357" t="s">
+        <v>96</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>102</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F358" t="s">
+        <v>77</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>105</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F359" t="s">
+        <v>1204</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>108</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F360" t="s">
+        <v>13</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1208</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>111</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F361" t="s">
+        <v>13</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>114</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F362" t="s">
+        <v>13</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>118</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F363" t="s">
+        <v>13</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>121</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F364" t="s">
+        <v>13</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>124</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F365" t="s">
+        <v>13</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>127</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F366" t="s">
+        <v>13</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>131</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F367" t="s">
+        <v>13</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>134</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F368" t="s">
+        <v>58</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1229</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>137</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1230</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>141</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F370" t="s">
+        <v>138</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1234</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>145</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F371" t="s">
+        <v>128</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>148</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F372" t="s">
+        <v>138</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1237</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>152</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F373" t="s">
+        <v>45</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>155</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F374" t="s">
+        <v>128</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>158</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F375" t="s">
+        <v>138</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>161</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F376" t="s">
+        <v>115</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>164</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F377" t="s">
+        <v>115</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1248</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>167</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F378" t="s">
+        <v>77</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>171</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F379" t="s">
+        <v>13</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>174</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F380" t="s">
+        <v>13</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>177</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F381" t="s">
+        <v>13</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1256</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>180</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F382" t="s">
+        <v>13</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>183</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F383" t="s">
+        <v>1259</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1260</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>